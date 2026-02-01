--- v0 (2025-12-02)
+++ v1 (2026-02-01)
@@ -1,4258 +1,2376 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:sdt>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Cambria" w:cstheme="majorBidi"/>
+    <w:p w:rsidR="00A37AA7" w:rsidRDefault="00A37AA7" w14:paraId="7274E292" w14:textId="50728EFE"/>
+    <w:p w:rsidR="4A29A719" w:rsidRDefault="4A29A719" w14:paraId="2B78461A" w14:textId="3328FE57"/>
+    <w:p w:rsidR="4A29A719" w:rsidRDefault="4A29A719" w14:paraId="1A27556F" w14:textId="58B42925"/>
+    <w:p w:rsidR="00A37AA7" w:rsidP="5346A8D1" w:rsidRDefault="00A37AA7" w14:paraId="0723A3F8" w14:textId="448739AB">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:color w:val="7C9163" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-      </w:sdtEndPr>
-[...868 lines deleted...]
-    <w:p w14:paraId="532FC818" w14:textId="303B84D2" w:rsidR="00E027A2" w:rsidRPr="00A37AA7" w:rsidRDefault="00E027A2" w:rsidP="00A37AA7">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00726A8E" w:rsidR="00E027A2" w:rsidP="5346A8D1" w:rsidRDefault="00E027A2" w14:paraId="6F990B1C" w14:textId="57ADBBFD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="72"/>
+          <w:szCs w:val="72"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A90503" w:rsidR="00306F72" w:rsidP="00D977C5" w:rsidRDefault="4F5FD487" w14:paraId="5C47075C" w14:textId="1A5112BA">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r w:rsidRPr="7ECB4783" w:rsidR="5E41DBAA">
+        <w:rPr>
+          <w:sz w:val="72"/>
+          <w:szCs w:val="72"/>
+        </w:rPr>
+        <w:t>EO 515 Annual Report of the Toxics Reduction Task Force Fiscal Year 2024</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00306F72" w:rsidP="000D5C4E" w:rsidRDefault="000D5C4E" w14:paraId="6E7B1373" w14:textId="2BF23E4C">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:t>February 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00306F72">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00726A8E" w:rsidR="000D5C4E" w:rsidP="000D5C4E" w:rsidRDefault="000D5C4E" w14:paraId="05358ED2" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00726A8E" w:rsidR="00E027A2" w:rsidP="5346A8D1" w:rsidRDefault="69E4F1BC" w14:paraId="532FC818" w14:textId="01EEB4F4">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t>Introduction</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5674556E" w14:textId="13A27001" w:rsidR="00010BB6" w:rsidRPr="00AC10F6" w:rsidRDefault="00010BB6" w:rsidP="00010BB6">
-[...3 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+    <w:p w:rsidRPr="00B55E34" w:rsidR="00010BB6" w:rsidP="00C37452" w:rsidRDefault="00010BB6" w14:paraId="5674556E" w14:textId="4AF6DE02">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AC10F6">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55E34">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00A1593C">
+        </w:rPr>
+        <w:t xml:space="preserve">To facilitate implementation of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C21925">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Executive Order 515 (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>EO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00A1593C">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC10F6">
+      <w:r w:rsidRPr="00B55E34">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00A1593C">
+        </w:rPr>
+        <w:t>515</w:t>
+      </w:r>
+      <w:r w:rsidR="00C21925">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00A1593C">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="00A1593C" w:rsidRPr="00AC10F6">
+      <w:hyperlink w:history="1" r:id="rId11">
+        <w:r w:rsidRPr="00672241" w:rsidR="00A1593C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-            <w:b/>
-[...2 lines deleted...]
-            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Toxics Reduction Task Force</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00AC10F6">
+      <w:r w:rsidRPr="00B55E34">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (TRTF) was established in 2009 with oversight and leadership by </w:t>
       </w:r>
-      <w:r w:rsidR="00A17A40">
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00A17A40">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the Operational Services Division (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC10F6">
+      <w:r w:rsidRPr="00B55E34">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>OSD</w:t>
       </w:r>
-      <w:r w:rsidR="00A17A40">
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00A17A40">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC10F6">
+      <w:r w:rsidRPr="00B55E34">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidR="00A17A40">
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00A17A40">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the Executive Office of Environmental Affair’s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC10F6">
+      <w:r w:rsidRPr="00B55E34">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Office of Technical Assistance and Technology (OTA). The TRTF includes staff from OSD and OTA, the Department of Public Health (DPH), the Department of Labor Standards (DLS), the Toxics Use Reduction Institute (TURI), and the Department of Environmental Protection (DEP). The TRTF remains a technical advisory group to help the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00DD7F6B">
+      <w:hyperlink w:history="1" r:id="rId12">
+        <w:r w:rsidRPr="00B55E34">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>Environmentally Preferable Products Procurement Program</w:t>
+          <w:t>E</w:t>
         </w:r>
-      </w:hyperlink>
-[...374 lines deleted...]
-        <w:r w:rsidRPr="00AC10F6">
+        <w:r w:rsidRPr="00B55E34" w:rsidR="00A17A40">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">nvironmentally </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B55E34">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>P</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B55E34" w:rsidR="00A17A40">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t xml:space="preserve">referable </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B55E34">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>P</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B55E34" w:rsidR="00A17A40">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>roducts Procurement</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B55E34">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Program identify additional toxics in products on S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00A17A40">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>tatewide Contracts (S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>WC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00A17A40">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and explore safer and healthier options. The goals and objectives of the TRTF are to select priority focus areas for reduction in toxic substances in products or services. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA5A93" w:rsidP="00C37452" w:rsidRDefault="00BA5A93" w14:paraId="40EABA9C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B55E34" w:rsidR="0090169F" w:rsidP="00C37452" w:rsidRDefault="00010BB6" w14:paraId="0EF6862D" w14:textId="389D6CE7">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="05C15932">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>During FY2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="05C15932" w:rsidR="00AA2448">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="05C15932">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>, the TRTF continued to facilitate discussions and provide feedback on safer disinfection practices and products.  The TRTF also continued its focus on per- and polyfluoroalkyl substances (PFAS)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="05C15932" w:rsidR="00121BF3">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="05C15932" w:rsidR="00405870">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>and participated in the Interstate Chemical Clearinghouse (IC2)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="05C15932">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="05C15932" w:rsidP="05C15932" w:rsidRDefault="05C15932" w14:paraId="4E18B579" w14:textId="0BDEBF2F">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00FB71D6" w:rsidR="00FB71D6" w:rsidP="3E03B1CA" w:rsidRDefault="00FB71D6" w14:paraId="7DF462F4" w14:textId="42C2971F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Safer Products</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB71D6" w:rsidP="00BA5A93" w:rsidRDefault="00FB71D6" w14:paraId="77DD7456" w14:textId="68D98772">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55E34">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TURI developed the </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId13">
+        <w:r w:rsidRPr="00C21925">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          </w:rPr>
+          <w:t>Pollution Prevention Options Analysis System</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B55E34">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C21925">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>P2OASYS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>) tool to assist companies and other stakeholders in organizing information to compare the environmental, health, and safety attributes of chemicals, formulated products, and production process changes. TURI continues to update the system with new data to ensure its relevance and usefulness.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B55E34" w:rsidR="00BA5A93" w:rsidP="00BA5A93" w:rsidRDefault="00BA5A93" w14:paraId="5D42F787" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FB71D6" w:rsidP="00BA5A93" w:rsidRDefault="00FB71D6" w14:paraId="74DB53EB" w14:textId="4C559CC3">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55E34">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>The Operational Services Division (OSD) collaborates with TURI to use P2OASYS as a resource for evaluating the environmental, health, and safety attributes of safer products. For instance, in FY22, the tool was used to assess active ingredients in sanitizers and disinfectants for the FAC118 contract bid. The environmental, health, and safety profiles of these active ingredients were shared with the FAC118 Strategic Sourcing Team, aiding their decision-making process regarding which ingredients to permit in products listed on the FAC118 contract.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B55E34" w:rsidR="00BA5A93" w:rsidP="00BA5A93" w:rsidRDefault="00BA5A93" w14:paraId="5566FCC0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B55E34" w:rsidR="00FB71D6" w:rsidP="00BA5A93" w:rsidRDefault="00FB71D6" w14:paraId="7E00E905" w14:textId="59FD9294">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55E34">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>OSD continues to work with TURI when new chemical-based products are submitted for potential inclusion in contracts. This collaboration provides an additional layer of information on the environmental, health, and safety attributes of products, supporting informed decision-making.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="05C15932" w:rsidP="05C15932" w:rsidRDefault="05C15932" w14:paraId="7DF501C1" w14:textId="1931F0A5">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="0090169F" w:rsidR="0090169F" w:rsidP="38AE769D" w:rsidRDefault="0090169F" w14:paraId="0D044466" w14:textId="1FC3774B">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Cleaning and Disinfecting</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB71D6">
+        <w:t>: Quaternary Ammonium Compounds</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00847A54" w:rsidR="00AA2448" w:rsidP="00847A54" w:rsidRDefault="00BE3392" w14:paraId="7EDDB996" w14:textId="45BA308F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Hlk91050162" w:id="0"/>
+      <w:r w:rsidRPr="00847A54">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Members of the TRTF continued to work in FY2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847A54" w:rsidR="00AA2448">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847A54">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to promote the reduction of quaternary ammonium compounds</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847A54" w:rsidR="00072B2F">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (QACs)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847A54">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847A54" w:rsidR="005176D6">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> TURI provides a definition of QACs as “a broad class of several hundred chemicals…. used mainly as active ingredients in antimicrobials, disinfectants, sanitizers, and surfactants. QACs also have many uses beyond disinfection, including wood preservatives, herbicides, eye drops, mouthwashes, nasal sprays, detergents and shampoos, dryer sheets and fabric softeners</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847A54" w:rsidR="004621B0">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847A54" w:rsidR="005176D6">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A44397" w:rsidR="00E05755" w:rsidP="00A44397" w:rsidRDefault="00FB71D6" w14:paraId="33CD4C57" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Hlk189730439" w:id="1"/>
+      <w:r w:rsidRPr="00A44397">
+        <w:rPr>
+          <w:rStyle w:val="Heading3Char"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Procurement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00E05755" w:rsidR="00FB71D6" w:rsidP="00E05755" w:rsidRDefault="00A17A40" w14:paraId="314E006F" w14:textId="7EF36CC6">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E05755">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05755" w:rsidR="00FB71D6">
+        <w:t>he TRTF played a large role in research that helped develop the criteria for surface disinfectants and sanitizers for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05755" w:rsidR="00FB71D6">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId14">
+        <w:r w:rsidRPr="00E05755" w:rsidR="00FB71D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="auto"/>
+            <w:u w:val="none"/>
           </w:rPr>
           <w:t>FAC118</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="00E05755" w:rsidR="00FB71D6">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C0F94">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E05755" w:rsidR="00FB71D6">
         <w:t xml:space="preserve"> the OSD statewide contract for Environmentally Preferable Cleaning Products, Programs, Equipment and Supplies that have a lesser impact on public health and the environment, while ensuring efficacy and high performance. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC10F6">
-[...23 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00E05755" w:rsidR="00FB71D6">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>This includes surface and laundry disinfectants, food contact sanitizers, and non-food contact surface sanitizers, but excludes hand sanitizers, antimicrobial hand soaps, and products designed to kill pathogens on medical instruments or equipment.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05755" w:rsidDel="009E4F2C" w:rsidR="00FB71D6">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC10F6">
-[...81 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E05755" w:rsidR="00FB71D6">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This contract continues to be marketed to public buyers for its ease in procuring safer products and those without QACs. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05755" w:rsidR="00FB71D6">
         <w:t xml:space="preserve">Notably, the </w:t>
       </w:r>
-      <w:r w:rsidR="00A17A40">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E05755">
         <w:t>contract S</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C0F94">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E05755" w:rsidR="00FB71D6">
         <w:t xml:space="preserve">ourcing </w:t>
       </w:r>
-      <w:r w:rsidR="00A17A40">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E05755">
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C0F94">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="005C0F94">
+      <w:r w:rsidRPr="00E05755" w:rsidR="00FB71D6">
+        <w:t>eam chose to prohibit products with quaternary ammonium chloride compound active ingredients as they are known to cause asthma, cancer, and/or skin sensitization.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0708">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
-      <w:r w:rsidRPr="005C0F94">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="214F8A5B" w14:textId="77777777" w:rsidR="00FB71D6" w:rsidRDefault="00FB71D6" w:rsidP="00FB71D6">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidRPr="00E05755" w:rsidR="00FB71D6" w:rsidP="00E05755" w:rsidRDefault="00FB71D6" w14:paraId="214F8A5B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10C7B859" w14:textId="0977F9DD" w:rsidR="00BE3392" w:rsidRDefault="00FB71D6" w:rsidP="005D0BCC">
-[...36 lines deleted...]
-        <w:r w:rsidRPr="005C0F94">
+    <w:p w:rsidRPr="00E05755" w:rsidR="00BE3392" w:rsidP="00E05755" w:rsidRDefault="00FB71D6" w14:paraId="10C7B859" w14:textId="776DD0B1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E05755">
+        <w:t xml:space="preserve">Although QACs are prohibited on FAC118, they continue to be sold in other OSD statewide contracts, notably the </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId15">
+        <w:r w:rsidRPr="00E05755" w:rsidR="000E0513">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:color w:val="auto"/>
+            <w:u w:val="none"/>
           </w:rPr>
-          <w:t>Maintenance Repair and Operations</w:t>
+          <w:t>Maintenance Repair and Operations contracts</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C0F94">
-[...8 lines deleted...]
-        <w:r w:rsidRPr="005C0F94">
+      <w:r w:rsidRPr="00E05755">
+        <w:t xml:space="preserve">.  One of the reasons for allowing on these contracts is that currently the </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId16">
+        <w:r w:rsidRPr="00E05755">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:color w:val="auto"/>
+            <w:u w:val="none"/>
           </w:rPr>
           <w:t>United States Public Health Service Food and Drug Administration’s 2013 Food Code</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C0F94">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E05755">
         <w:t xml:space="preserve"> and the Massachusetts Food Code requires verification of sanitization processes, and the available standard methods are designed </w:t>
       </w:r>
-      <w:r w:rsidR="00A17A40">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E05755" w:rsidR="00A17A40">
         <w:t xml:space="preserve">only </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C0F94">
-[...21 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="00E05755">
+        <w:t xml:space="preserve">for the use of bleach and quaternary ammonium compounds, not alternatives. The TRTF will continue to coordinate research efforts and public awareness campaigns regarding alternatives to QACs. </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="7B8B4009" w14:textId="77777777" w:rsidR="005D0BCC" w:rsidRPr="005D0BCC" w:rsidRDefault="005D0BCC" w:rsidP="005D0BCC">
+    <w:p w:rsidRPr="00B55E34" w:rsidR="005D0BCC" w:rsidP="005D0BCC" w:rsidRDefault="005D0BCC" w14:paraId="7B8B4009" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4992565D" w14:textId="2FC973E4" w:rsidR="00D25A0B" w:rsidRPr="00971706" w:rsidRDefault="00D25A0B" w:rsidP="00BC101E">
+    <w:p w:rsidR="00E05755" w:rsidP="00BC101E" w:rsidRDefault="00D25A0B" w14:paraId="63E2B4E3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rStyle w:val="Heading3Char"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E05755">
+        <w:rPr>
+          <w:rStyle w:val="Heading3Char"/>
+        </w:rPr>
+        <w:t>TURI Cleaner Solutions Database</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00971706" w:rsidR="00D25A0B" w:rsidP="00E05755" w:rsidRDefault="00D25A0B" w14:paraId="4992565D" w14:textId="0B424ED2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...13 lines deleted...]
-      <w:r w:rsidR="00BC101E">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55E34">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">The TURI </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidRPr="00D25A0B">
+      <w:hyperlink w:history="1" r:id="rId17">
+        <w:r w:rsidRPr="00B55E34">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           </w:rPr>
           <w:t>Cleaning Solutions Database</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00971706">
+      <w:r w:rsidRPr="00B55E34">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> was created to assist in identifying safer cleaning processes and products by promoting alternatives to hazardous chemicals. The database enables users to select a specific contaminant (e.g., bacteria, mold, salmonella, viruses, etc.) and provides the option to specify the substrate (e.g., carpet, ceramic, plastic, etc.) and the equipment used (e.g., manual wipe, steam) to identify products that meet those criteria.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D4F7091" w14:textId="36C262A8" w:rsidR="68466A17" w:rsidRDefault="00D25A0B" w:rsidP="005D0BCC">
-[...3 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+    <w:p w:rsidR="00C21925" w:rsidP="00E05755" w:rsidRDefault="00D25A0B" w14:paraId="55DE5C80" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55E34">
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78B14C5C" wp14:editId="2C18B8C6">
-[...6 lines deleted...]
-                </wp:positionV>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="78B14C5C" wp14:editId="485206C9">
                 <wp:extent cx="3544570" cy="2130425"/>
                 <wp:effectExtent l="0" t="0" r="0" b="3175"/>
-                <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="1110207079" name="Group 2" descr="image of TURI Cleaner Solutions Database showing FAC118 as a filter"/>
+                <wp:docPr id="1110207079" name="Group 2" descr="Screenshot from Cleaner Solutions Database showing FAC118 filter."/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3544570" cy="2130425"/>
                           <a:chOff x="-8626" y="0"/>
                           <a:chExt cx="3544941" cy="2130724"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="180935921" name="Picture 1" descr="A screenshot from the TURI Cleaning Solutions Database, showing the filter that enables users to view results with FAC 118 certification."/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId20" cstate="print">
+                          <a:blip r:embed="rId18" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="3536315" cy="1889125"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                       <wps:wsp>
                         <wps:cNvPr id="217" name="Text Box 2"/>
                         <wps:cNvSpPr txBox="1">
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="-8626" y="1897421"/>
                             <a:ext cx="3544570" cy="233303"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="9525">
                             <a:noFill/>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="5C6B0EE8" w14:textId="6BB45D33" w:rsidR="00D25A0B" w:rsidRPr="00D25A0B" w:rsidRDefault="00D25A0B" w:rsidP="00D25A0B">
+                            <w:p w:rsidRPr="00C95E83" w:rsidR="00D25A0B" w:rsidP="00D25A0B" w:rsidRDefault="00D25A0B" w14:paraId="5C6B0EE8" w14:textId="6BB45D33">
                               <w:pPr>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
-                                  <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                                  <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="16"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r w:rsidRPr="00D25A0B">
+                              <w:r w:rsidRPr="00C95E83">
                                 <w:rPr>
-                                  <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                                  <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="16"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:t>Screenshot from Cleaner Solutions Database</w:t>
                               </w:r>
-                              <w:r w:rsidR="00BC101E">
+                              <w:r w:rsidRPr="00C95E83" w:rsidR="00BC101E">
                                 <w:rPr>
-                                  <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                                  <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="16"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> showing FAC 118 filter</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="margin">
-[...5 lines deleted...]
-              </wp:anchor>
+              </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="78B14C5C" id="Group 2" o:spid="_x0000_s1029" alt="image of TURI Cleaner Solutions Database showing FAC118 as a filter" style="position:absolute;margin-left:188.15pt;margin-top:5.25pt;width:279.1pt;height:167.75pt;z-index:251658243;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-86" coordsize="35449,21307" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQA0h2SiqAMAAEoIAAAOAAAAZHJzL2Uyb0RvYy54bWycVttu4zYQfS/QfyD0&#10;3ESWbCe2EWeRJpsgwLYbbLIfQFGURSxFqiQVOf36nqF8TRbYNAYsD2+jM2fODH3xad1o9iydV9Ys&#10;k+x0lDBphC2VWS2T70+3J7OE+cBNybU1cpm8SJ98uvz9t4u+Xcjc1laX0jE4MX7Rt8ukDqFdpKkX&#10;tWy4P7WtNFisrGt4wNCt0tLxHt4bneaj0VnaW1e2zgrpPWZvhsXkMvqvKinC16ryMjC9TIAtxKeL&#10;z4Ke6eUFX6wcb2slNjD4B1A0XBm8dOfqhgfOOqfeuGqUcNbbKpwK26S2qpSQMQZEk41eRXPnbNfG&#10;WFaLftXuaAK1r3j6sFvx9/Odax/bBwcm+nYFLuKIYllXrqFfoGTrSNnLjjK5DkxgcjydTKbnYFZg&#10;Lc/Go0k+HUgVNZincyezs/wsYfuzov58cHo+yfanz/MJnU63L0+PILVKLPDd8ADrDQ+/1gtOhc7J&#10;ZOOkeZePhrsfXXuClLU8qEJpFV6i/JAcAmWeH5R4cMMAlD44pkqUw2w0H0/nOQI0vIH6sYtezjBR&#10;Si+gwyuGHymNr21glbMNC7VkT9+/3bNrLbmBptmj1V1AfXlGsiq4l38w7KcqiLsrpQOKKNQ8oPh4&#10;oaVnnUdNsmDZs5I9c9J3OnjWq1Cz26trlmUzJqQLCvpDRNacEu0UCqEfYuHE9Rcrfnhm7HXNzUpe&#10;+RYVhcBiko63pzQ8IqLQqr1VWpOGyN5QjqhfqfcnWRsq48aKrpEmDKXupI5Yfa1anzC3kE0hQbO7&#10;L0lCaDMBHLdOmTBI0DvxDXhjjfvgZBA1YQFfejMPoe0WYgB7zBSOR12wov/LlnDMu2Bjjb+vLsZn&#10;42w6KDubzebZUBc7ZYNd58OdRMbJQBRAGt3z5y+eMGPrdguhNpa4jLFoczSBjTQT8RPijYkAqKTR&#10;V/2WeozekP+/WsdjzVsJlOR2r/M8O98q/Ikaw592zXJKwWYbtRcW1pgm6RB2374SlnO2ryUvgW8Q&#10;18HRwc+7crHvNdlsfj5B5UXCft6txuPxaByVvG03e8Y/khTWL5P5FHk+yg5fNIrKU6tmmcxG9BlA&#10;UbifTRkBBq70YG+TSfEPySQrrIt1bCkRL80UtnwBq85COmi/uIJh1Nb9m7Ae19ky8f90nPqcvjcg&#10;dZ5NJnT/xQE6do6BO1wpDle4EXC1TELCBvM6YDTaBHaFQqhUlOgeCURHA2gtWvHCgnV0Ix6O4679&#10;X4DL/wAAAP//AwBQSwMECgAAAAAAAAAhAE768LgBqwAAAasAABQAAABkcnMvbWVkaWEvaW1hZ2Ux&#10;LnBuZ4lQTkcNChoKAAAADUlIRFIAAAOOAAAB5ggCAAAAs61H3QAAAAFzUkdCAK7OHOkAAAAJcEhZ&#10;cwAAFiUAABYlAUlSJPAAAKqmSURBVHhe7Z0PXFRV+v9HXHBHkQzSiSQFW6klcjRoF0qkKEY2R1ZJ&#10;yj8FlVbsrlpqSoallKRm/lm1XcqshUosTFvEXcLSgGzYFUpa4lf4TdBQQnfIEJ0AdX/PzL13/t47&#10;c+8wwDDzua997SuZ8+c573PuvZ97znOeM6Cjo0OGCwRAAARAAARAAARAAATcj4CP+5kEi0AABEAA&#10;BEAABEAABEBATwBSFeMABEAABEAABEAABEDATQlAqrppx8AsEAABEAABEAABEAABSFWMARAAARAA&#10;ARAAARAAATclAKnqph0Ds0AABEAABEAABEAABCBVMQZAAARAAARAAARAAATclACkqpt2DMwCARAA&#10;ARAAARAAARCAVMUYAAEQAAEQAAEQAAEQcFMCkKpu2jEwCwRAAARAAARAAARAAFIVYwAEQAAEQAAE&#10;QAAEQMBNCUCqumnHwCwQAAEQAAEQAAEQAAFIVYwBEAABEAABEAABEAABNyUAqeqmHQOzQAAEQAAE&#10;QAAEQAAEIFUxBkAABEAABEAABEAABNyUAKSqm3YMzAIBEAABEAABEAABEIBUxRgAARAAARAAARAA&#10;ARBwUwKQqm7aMTALBEAABEAABEAABEAAUhVjAARAAARAAARAAARAwE0JDOjo6HBT0/qJWVeuXPnX&#10;v/710Ucf/fjjj7/85S8nTJiQnJw8ePDgfmJ+H5tJ0DZu3PjTTz9Z2XHLLbc89thjfWwcqu8egaqq&#10;qvz8fNsy0tLSoqOju1d2b+f+73//W1RU9PXXX1++fPnaa6+le/zXv/71gAEDrOzwpCb3NmLUBwIg&#10;AAICBDCr2q2hcenSpby8vIKCgtbW1v/97386ne7zzz9/+eWXz5w5061ykRkEQMBtCBw7dmz9+vVH&#10;jx7t6uqiT9PTp0+/9tprxcXFdMu7jY0wBARAAAQ8lkCPzKpevHjxW8PV2NjY3t5OAo4e8b6+vnK5&#10;/Be/+MXIkSPDwsIiIyNHjBjh49O/tTLNp5JOpbeX1QAZP358enr6wIEDPXbguKhhvTCrSnqiubn5&#10;s88+q6+vv3DhAg1O+sugQYNo5puGIs2N0QzusGHDXNQgFGMi4BlTjPT4evXVV0+ePGnVtTSEMjIy&#10;brjhBvO/e0aTMYhBAARAwK0IuFKq/vzzz5WVlZ9++inpDzHzDX5+frfeemtiYuLw4cPdCop4Y958&#10;802aa7FNf/XVVy9atAgCyCHJHpWqNAhra2v37Nmj1WrtWELLuLSkO3nyZPrA6O/fTg6B92aCPtdt&#10;3333XW5urnM+TkYvhYaGhr/+9a/0cLNFl5SUdO+990Kq9uagQl0gAAJeSMA1k5qdnZ20HLZixQqS&#10;BcxSuBiUlIukbU5ODr0JyBVMTBa3SkNTxTRLx2sSNY1m79zKWm8zhnwzdu3a9cYbb9jXqYSFmXb9&#10;29/+9uKLL5IzoreBQnvtE6B7nO503jTnzp0DPRAAARAAgZ4m4AKp+n//938kN0tLS0mfOWEurZ7/&#10;v//3/9asWXPo0CHblXQnCuy1LOTSIDRvSq4O/v7+vWYJKrIiQDr17bff1mg0Ir+amOwkardv3/7x&#10;xx+DJwgYCdA9Tmv9vEDIhQmgQAAEQAAEeppAt6Qq6QBSAzQnSsu43TSU5i0+/PBD2i/snN7tZu1O&#10;Z4+KiiI3Btvs5AE5dOhQp4tFxu4QoGH5z3/+k9cxw2GxV111lVKpdJgMCbyHADmHjB492ra9dIPf&#10;fPPN3sMBLQUBEACBviLQLalKm4ref/99odUxqU0ihfHFF1+88847fahWybtuId9Ff+dtDknSu+66&#10;y8rBccyYMVOmTLENZCMVCNI7R+D777+nOAyS5lOZiqjL7rnnnv7rOe0cLuSyT4B2gt53331Wo4JW&#10;VCheVXBwsNP09u3bZ/ukWbp0KfnXOl0mMoIACICARxJwXqp+9dVX7733HkUZdC0Xmgx79913aQHX&#10;tcX2UGkkbkiV0guG9ofRViqKbPDwww/TGwhxVXsIuMNiSaHSxj4hH2LKTt8VNB8WEBBgG5+BdnP/&#10;9re/dVgFEngbAVroz8zMvP/++6+77rrAwMC4uDjyy8dQ8bZhgPaCAAj0FQEnpSrFDaUdVA516pAh&#10;Q2jekfb4z549e/r06RQenx70Dqcba2pq/v3vf/cVESfqpZhHpFCzs7Np1z9pVuwid4Khq7LQaQK0&#10;ZZu3NPI4TE1NfeWVV8i1evXq1Rs2bFiyZAlFqmL6i9yL1Wo1rzuHq2xDOW5CwPi5Ql8sQpfVSKB/&#10;Tpw48Zlnnlm1ahWNIvoudZO2wAwQAAEQ8HgCzgSrookrmvi0oybpTUBhU2m6kdy8bIXp+fPnaefK&#10;4cOH7Sz007zX/Pnzu7O+5lzP9Xl4HefM7r+5XB6sirbo0a5/W6cUGpM0K3b77bfbsqJ9gbT9/ze/&#10;+c3UqVMdfkf1X9S9b3mf301CwarII3nx4sU9ITfFN5kcAA4cOGDVKbyxWnu/41AjCIAACLgVAWdm&#10;VensFjt7VmiWglTmvHnzSGjyvvhJhtIM68qVK3lPJmTokJyl57gT7oZuBRfG9D6BtrY2Xudpms6n&#10;zydee371q19lZWVRjEzo1N7vL9QIAiAAAiAAAvYJSJaqtOhPB/8ITYjSNCotgtO73yF3Eqx0yPuk&#10;SZOE9AFFuKT9MQ7LQQIQMCcgdKQteQ/TVhghVrT6j6V/DCQQAAEQAAEQcEMCkh0Ampqatm3bxhvf&#10;nhbU/vSnP0mKNcjEv/zyyy950cTHx9PeW0nUqECa8a2oqKBzuplTamhNLSgoiFwSaYXX4eZu8et3&#10;kqwSSkzTxmfPnj1y5Mh//vMfcrJkzvxkbCY3X1L8ZDPFE6A9yN2sjgLW0rGiFPuWsDB9R5uKaP6b&#10;Jrbpa0Fo/pu3UiqK1lUp+ANNrtMUJn260McGCUEK6HPnnXeGh4dLctV1uQMA77oqNYR40nY3F7qU&#10;UMeRUzVd1ATaxUUcmKODFQoFTd+SW7YTZ5XR6KUvNBoPJ06coIUFQs14VdJ+r7vvvjskJMS1874t&#10;LS0fffQR9SPVRQOPIgHfcccdVscvmY8BinhPtyqF6aADO4xjlbqebity0Y6OjrYK0Obwbjp16hRF&#10;UyYDaPAzMZWpNAIYGxtLBXb/48GzHQDoAC06jI0ed/RJT91BjzsaLTTOqRfo0RETE0ObwCTdjLb3&#10;Ow1I6kTap0ghh6l8GuFU5kMPPWT7kDc/vpgMozuCOpR6k+yhJxiNDZc8x7r5GER2EACBfkpAslSl&#10;d9v+/fttW0sv0RkzZtDeWKkg6KAg0r70srTNSI9Fq9309pUNveYpeJZQkFeycOzYsTNnzrzmmmus&#10;6hIqlrct5o5uQu9C2klGjo92UNA7gJx9KfwnvaTtE6PXAz3oaceP/UCtFLue9K5VUYypdIh5Xl4e&#10;ceatiMEyZ84ch657zDmlu3fvthNGl7Rgeno6KbaNGzfaNo0+GGgq3dwMl0tVcoMuKiribSlN+ZNf&#10;iqRPKd5yqNMLCwuJpx0HFaJK2p3231x//fVi7gh6r1OALdLZ1Fn2u4lOg+M9LNR2yNnxhiTb6Ney&#10;sjKrQzdo5xB59NoaQJqStlGSU6+dJpMqIpmrUqmM2e1IVVLzxLC6ulro1A8aQkSP4hZ3R527Sqra&#10;ubms7hqH6lzSWa+jRo2ij39CYdUj9IlIUajps8H+xla6/alHKFKBkGC1f/fRrMSOHTusDnuj75kn&#10;n3ySPifMTSKtTEEGhZ4wTErmGO3f/e53Dp8zYu4XpAEBEPAqAtIcAGjd/5tvvuEFRBqF3itOsKOM&#10;9AjjzUhPSfuPP/Nc9OlP+2nsqCh6y9LMIh2LVV5e3rdesDRnRpvQ6dhPhzqVGkiel3TOAu07du40&#10;L5qy+vOf/2wHI4OF0ggtnTOQaaaE3lv2CVMyqoiKokqdGAkuyUJKVOjF/MMPP7z00kskO8g8585F&#10;Yw5r3bp1K01O2x9C9GtjYyPpdVKEDiOv0aDdtGkTfWUJ6VQiY+wmms3tJijSNyQs6H6xhWCriihN&#10;SUkJNYSg2W8ypWTWMRxeNAVIapsmj+30AqGgvZu0DtC3t6rDtvR+AlKo9PQgTewwAAs9XgoKCl59&#10;9VUnjmghSU0ZbQ8lptUYq9luWmDZvHmzwwc1vTsoJX3r9j4x1AgCINDfCUiTqu3t7bT2x9tmWvF0&#10;OpjobbfdZvuOpFrozScUeMjKBhJbf//73x0+uxnlR/ND//jHP/rkFcic77VlyxaHB9NbNdC507yo&#10;v2juyo4AMtZCc3XkicHr10FpGG1BkXTFQKPqqFKquk/uDVoltzP9TNqI5p5Ja9I+KhKRvHP5QmYz&#10;zio09yle5tKApFle0oV21Cp9IdCqAn29iMFF3fTBBx9089CNyspKkjtiupLMpgPkaO6/mzVaNY3u&#10;vuPHjztsL0OPpnIdppSagPqdYpZRbFShy20P16W+ox4Rc0cbmdA3Bg0w+x+iVgDp5qUPJzvBic0L&#10;p8epyOGBuMVSByrSgwAIMASkSVV6U/I+Jek7mx5DTjMlXzdyJ+XNTjWKKZZErRidyhRFUoNeRbbL&#10;5WIq6maa7pzvxZzmJel8BGIicqKL2nXy5Elep2Gql1w+xGgLIxxJ3dFNpFbZaXnxxhtvdFgmvYYp&#10;xAQpFZplJ6oO1afTh7VSRqJKao9XGpIWJOkpaaKU2Dq01k7zKTtNyAnpVHPvCKbJIkWtQ+DmCYS+&#10;iGwLIWvJBpcfX0cASa3SMrrQJUkLSmp7dxKT6Ny7d6/4B52xLhpgdj5EbU2iCQKhWVL6DvzlL3/J&#10;ZKF+od4RyQpxi7vT9cgLAl5OQJpUpX0VvK8NegwJaU0xfCm7kAMT1Shm+kdMLeZp6HFPs7Bi1t+l&#10;lmwnPU1s0FqqE28a8zJpalPolNdumkqcyX3Wtn8pUikp7G4W3mvZybWR3CUpNJWYGpm9IBRUlUKn&#10;0Wy3HQlISl3Ib4T89sirklTv008/TZufyEHQqmqqheZiecNZUKVCHjVi7Hd5GvMTvKjfyZm1J+4+&#10;SWaTmyx5bkjK4pGJSRHSI4tXF9Lzk453puFHg5CGInm42jr40ocoDcLukzH3rqEhzTuqyR7aD0q7&#10;Asj12XjmC+3Yo8P8um8ASgABEPBCAtKkqtCnNr2ejZ/azkGkLS+8GWnag7wkxZdJz2h6OCqVSnJI&#10;oDLtbIClmQZaTRNfcjdT0iufHO+EJonJbFI8tHeKjvWilw1tzLc99pMxgJQuTQdKFdn0JUAbLJgz&#10;w6y2RJi3i5hYubXRtB/pFTvTWrTri3ZlEW2ymdeLo5vcnMhOU4O0S0ySMYxX31//+ldelwCGue38&#10;NPURbRNZvnw57SakSkki/P73vyfXAtsArjSJS76hVrKP6qK4b3a0IDWBqBJbImwn0pYTiJgsxpuF&#10;aqHZMnN9Qz1OGyiF+p1uq9DQUBpLNKJIkTi3W5+WYkjQMAP+pptuErpVSZyJ9I5wmkO/yEhz/7y6&#10;kNYQSKFSX9Dwo0FIQ5HOYKN/Wj1AaJjRqSv05S+1scYbnDa5Wg1CcgazvSloyz9tBXvwwQfpuA3a&#10;okcfgbSzk0I6kJjuzg45qWYjPQiAgCcRGPjcc8+Jbw+5hPIuBJNUpbdOd96mIksm2UoTUUKL2iTC&#10;/vCHP5BcoHcnveDpqU1752kHjJBAJAFBKclsCg5FKSnWEgUHqKurswVCwQ0eeOABetrSRdMDFOaJ&#10;eeySsOPd30DuEFbL0DSlSi56vJbTwz0tLY2qoBAz5GpJu7PJeZfsoX05vJKUXt7kMkFvJnM76U3G&#10;645GdtJ7grBQGCkqnCY2aKqDBKiQE/C4cePMpyQpGak03plgehfSJGJGRga9k4g22Uz/pMl1GiFC&#10;vmvUQVZ774Q61Dal+FFKKcmMm2++mbaGSHKZJQdiyjJ+/HirkUxboekzw9bflJqckpJipbEoshgp&#10;v2+//Za+ssxtJktIwtIGauMfaYJcaKKLBiSFaXvkkUfotiK2tImbBh5pO+oOoalf2yEndE8xBtAw&#10;o/Aa9AFDtwDTd/T/NK6Yb05yjxGaUmXuMjoxgcYSjSgKcUDE6N4hwxhZY2wg3XoUzIu342iMPfXU&#10;UzQyjQOetC/tueF16qVvTtKykgYAk1jo9nRYlBVM3puLQJH9Vl9EQk2mj2eSelQvPToojBThonuK&#10;ZjqtLKEupgAa06ZNYx411CP0cKBbmL4ZaMu/7e4o6i8KqUFlmpfDRJ+gLFbParrXmA8qY2L7j1Pq&#10;TXqWUvlkMA1Cem7QIKFuou9e5ulHziG2rwMaHmS58Q6ilBS1jUJ/0JB2iB0JQAAEQICXgLRZVXeG&#10;SE9nOn3AKjYQSU96rdJzltdymhUgFUI/kdogtU2PYKGdYfR3+pW5KKUT0Qrp3W+lXRiT6FX36KOP&#10;kkC0mnJgLKdG2VpOEySkj0U68BEQevOZR2Yl4++55x7eCKNUptW8Cwl3XnlNOpW0e3Jysvl2YCqZ&#10;RNXjjz9O79c+HyqkDDIzM+lFKylqLE3g0TYRq5lOWgq3XXgl0UnxoXgnimi0kHy3+onmUM13CFEV&#10;JON4p1RpSBBDUgbmw4w4k2MDTVYJTbdLAk7jikaXVdQ2+ifjvUBWkYzm1cQkMQmpbQQuMo8Gg3mk&#10;Kjv2kGqhaW+rqGEkRkmX8+aS5MsriUPvJ6Y7kaQbPUZ4l6FozND0tvFRY/wkJhcIXi8Ikry2DifU&#10;KCqH7kQrCUvdSk8hkQ5INMxotptEp/kgJOPp08L+048cNmjjlyd1We8PEtQIAiBgRUCaVBWKSUmv&#10;YfHbdyS9jehpK8a1gLQRPVh5hSY9XmnCUkiZ2U5s9MQQodcDTXHxlpyQkGA+EWWehppDjeJdyKbg&#10;7WIC0DBTqrYlUMkUkdthS8lsoQPDSIrRu5C3BJpso7k6d1jso3cqTefQAj2tkNKEkP3AtMa20Ovc&#10;vNUEgaZabVtK4oz6lHxIeC+StlbjloSC+RQUzegLzYKTH4jQkKD5SyLvsOPsJyClSF8vduJ1kG3M&#10;J5z1w8LHhxwe7ASmFSmjaYTwDr+IiIjurMx0E4s7Z6cvKNuPJWJFH5ZCI5AGm+2ApyEnZl8/oaAb&#10;h+Z07TPhPZOCxjnFt37xxRfJE4aca6FZ3XlcwTYQ6C8EpElVEj28n9T0GBWjnISgUHahNXqagRAj&#10;emjJ1U6sdXpkC4Vu7R2pSq8H3iBfJMRJfNgZKyNHjuTdi0B7qEmtOhxk1F+887KUUcy5TUJm04Si&#10;nRNxqXCaxrbjEevQbJcnoHVSWspcvXr10qVL6R1sX1HRaKSQn0YbhCDQiKWYXDsFLjqGwFZbUBbj&#10;XDiJDN5ZduImtAhAJtG9QOTNvQicYEUjipZx7WQUso1EKrlVOFGjVRaqnbcLaMq2d5aJaSYyOzub&#10;YsYJXfbP7+g+AaklkC+QbRZysyHnHKERSL7XNMFplYueG7yjzioZiWD6xHX44UELF3Y+/2j+4pNP&#10;PiHN6nDPolQaSA8CIOBtBKRJVXqX8M5xks8T78yTSJrkIygUrlWMoqL3N+kP+4qWPDV5LafnqciV&#10;dJFt4U1GqoV3cxit9Nk/fpPeFlY+qUz5tDgrZmcVvXKE1uLF7DoSMps8Qe2bTVpKaJ9cdzB2My+N&#10;EPqeofVriqBOK6d2JvBoTtE4KoQgOGGMeQwvGni8Hr3Ezb4SJfLdibZBZtO9YF+FOG2bSCZC87I0&#10;Ue1QHomswpOS0by+pADAdtpOrsBidqmSlKePZIcMqR/JB9dhMprFIN28fv16SbFdHRaLBCAAAt5D&#10;QJpUpXek7amkDCzynhQfLtGKLy0Y8ealKRZmL4L9i95wVl5ZtunpBc87YUNyQaTzliMr7P1OW2p4&#10;dQmZ7XAaSei97sRmXqlN6I7ZNJEptbpeS09r37QdijSrkF6nzwDjG10IghPWkuAwFkuTtbxDwiE3&#10;GjAOR7sd22hVxOHRsk7b5gQTZHFIgL6anH60WhVu64zOW7vIiC707TdlyhQxrkRUC03x0pFs3ZnR&#10;cAgKCUAABDyVgDSpSq923kk+okNxrOhEbycw0ae20D5oUsZiZlWdqBRZQMDOPp7e+YDpky6wM9He&#10;J/agUjckQN9yVqenChlJKSkGCHm1itlpSp9AQqFh3RACTAIBEHAfAtKkKtlNvpW8TzHypqf49g5P&#10;grZqOS1I0UlIQn6utLlEzGGtJCwc7hUgHwPe6Nn05u6FNUda0uVdbia/MYfb0YRWzewvwbtkhNEE&#10;Hi8ch2YzofVdYoNzhZABYo50EnLkNa9UCAJFnqKYoJIumso1+mPQTcT7dne4DaWbfuFieJKRvMPV&#10;oW1iCkcaqQToHuTtDnLHom2XkkYgJRY5CSreSHKseuihh8R4gVOZtDeAztwSXzhSggAIgAARkCxV&#10;aUuEkBsTrW++8cYb4h2SSKfSR/bRo0d5e4Lelw63oDIZSZQ4PPKHFp54fVJpW4DI+YPuDBeajeb1&#10;lCUBbX8dnzf4or7bDNG1umOSmLxCkoW62P6mLlpA71upSqH1aceMw2VToTMhzU+PFIJAnwoUb1LS&#10;RfuljINNqFgKPmB/SJBepGEjpvucTkNjlfcTheIlSYpT67QByGhOgMYM7xc7/Z1GlKQRSIlFHuQm&#10;tQvopUAeNeSQSkHQ7ERyoGc1DnSQyhbpQQAEJEtVej5aBdszh0jvUZII5vEjhRCTjHjrrbeEDquk&#10;XLTX2M6mfqtiKUSlHW1EyomODOW1RMifwbUjg3QJr48vvfiFlDpjADl48cbqp1dXL2yxp1p4525J&#10;4dFRq3aOWSLHZaGQDq4Fy1sahekpLi6m/9+8ebOdDyf6UqKY87wl0Cy4uabk7TuaHxJ5+jlvFeTc&#10;wqs/iBtFyxKiRMzplulOvWL4k228W7sIJrmViykBaVxLgDcMCC1GiQkD4lpL7JfGnH9BLgG0c1Fo&#10;ogHH5PZmj6AuEPAMApKlKjWblj6tjmIyZ0Grw9u2baNz1YWWC2lnyaFDhyhYDL2SheQObY2ncOJi&#10;wlQxVdOELgVt4Z1FI0VCQd15jSE50jtSleaoaNs174g5ePCg0IoYNYfCIfHqEtKphKinhyCtfQt9&#10;LZB7MalVXgOoORRDp6/Ojidoe/fuZaDRS3HDhg00w2rrDEB/ocPDhCbjqdXGaUUaJLwO01S4UNBZ&#10;ajvxoUFOX1A0A8rrnUITt7wfG5SXdLbQkCDmznmESxoqZBvvdkaC9s9//lNI/ZPlDv1wJJmBxEYC&#10;NGdp6wNAvkN2PnRp8pJGOH2i0wFa9K0uxh/GCeAkl+kmsr3ZaWKegit3Z/+fE8YgCwiAgKcScEaq&#10;0qcznfpoRyrRY5GOImSiQG/fvp0OpaQ41RUVFXSKCf3xmWeeMYoJXqzM0eoO9ylb5aVHM+0wtVIP&#10;FAOLDnanAwB5K6LZMopi3TtdS+G0eB/cJKry8vJsVTtjOe9iGSl4Ona1F/wWiIyQazJ5JpCM3rdv&#10;n7lbBfU76cLXX3+9p6f9hLqMXpnk+mwOjSx5//336buIXE1oHpTerKS0aCiuWbPm448/5tXTBNbq&#10;S4wXAjWcms/7dUSrClQdDfIdO3ZQ1XQGAR1hSs585MxttJwGOQX64f0YI5vJkcZKYVN1FKv1vffe&#10;64WAFcwA43WlpUlf3mFJ35/U3k8//bR37iZvq4WcqnlDQ5AS5f2qoWG5e/duGm/vvPPO2rVr6fRs&#10;OsaWDvN79dVXXXhv0u1DN1Fubi51va17lVAcCTcMY+dtwwntBYF+R8AZqUqNJB1JatLhhiSa7CQR&#10;RrNENOVJyobWhWl20+H3Pb3CRXqpWuGm5bBXXnll1apVJBHIu+Cll16iqO9CE1TM+1jMti2XdCoR&#10;EzrHnOahSZqQm5dR05MaoBU0IacuUtg0se0SqxwWQpsw6Dx03mRMBHLSYVu3biXa9E1CXyakCx1u&#10;FHNYqdMJaIDxRpMghUrRyGlsUDRyGhI0FO2snNIMllWEfCH/bOog6inzomhs05Gk9O1hKwhI+ZEP&#10;n3nT6DRdodc2o7CJLZVPbOn/n332WZIFvaBTGQtJrAt9xdE8MX0TEkxmuBJwWkKh88BIpzq8tZ3u&#10;WS/PSI8p3oMhaJy8+eab9CluTp4GJD0AbZ8eNHh+9atfiQmoLJI2fZKRVqaqqetpDoL+nzlfgHFI&#10;pViqtncBPXUhVUXiRTIQAAEjASelKuUnD306Bd6hWpXKmp7I3TnonD70aeKHFl7p8U1LtHbenfTE&#10;FDoaVKrNYtLTM5pcGoSmoslsCjtv1PR06LyQKCHgdPR8L+ypYhpFM+j33HOPneCvJFjpY4Bo0zdJ&#10;367/kh796KOPuinmCC8dwWo1Y03/pD/yDnV6JdNHBc2Yklaji/6Dvjp4DwQi8We1H5HW2ePj4+1E&#10;+aE3PY0EYkv/3wsHVZgPYxI0NFyF7m66rWiKmhmuu3btoiWUXjZPzB3nYWnoecs7sUo3HX3MLFmy&#10;hBmBtGZFA5L3+5wePkKH9jnBinqcvEGM36XkY0B+VmQALSDQDC453tielUW10JjvHZ8rJ1qELCAA&#10;Am5LwHmpyqhVClPiMIi9yMYzB9ZTgSSPRGZxOhnZPGPGDJGHwjtdi1VGkVPR9qujqTiaDHaVSWLK&#10;oZkY+8eoiimkF9LQmzg5Obmbk0Y0o897dij5b0RFRQm1gl7YJE/p4o3qT7lo27VarbZVfr/5zW/E&#10;nPfTC/Rsq6AmJyQkiPcX7xMjvadS+jqlw4GFPh7oC40ZgUJRLxivKocHTIjnSW7TTsTzp9Eu1bNL&#10;vElICQIg4KkEuiVVCQp9ptNMkphT+OwTJO1Ic7QzZ850TqcKBb/krZSe2uRrS0Fbe79TaR73/vvv&#10;t3Okpx2TSDQQ7Tlz5jiHyOnGUr30kqPZbvGqRVJ3OG2YbUbS8QsWLHD63FHydqDe4VUD1HaKiirk&#10;wmG/CaSeqdd439DUlTTsJYW6JLZiwq13n6oT/d79SlGCHQL08ZCUlOTEQhZ1JX11uHARiTy77ARv&#10;EWoC7Vak063EP0YwGEAABECAIdBdqUpF0DuY1Cq944WOm7fPmt67pMDIFe/22293+ilG++tFzgCR&#10;TCRTXfjUljSSmJljWiOTKqfI7GnTpqWlpfXObiqrRpGiIq+MO++8U4xIomFAhO0fZC8JmqTE5GGZ&#10;mZkp8vgcY8nUL7RE8Mc//tGO7zL9NG/ePEomaZTSXjqKN2nnu4g574dEtphiaVaMvrKc+9SRhJFJ&#10;TP1OQ44+VHqtRieM9J4sjBMRhfGXtJBF0pYErms1Iq1H0aiWNENBQzc9Pb3X9gZ4z6hAS0HAGwi4&#10;QKrqBa+Pz8SJE8mznl5sFOZGjKChXDTbRC9+2uny8MMPdz/0Ei2w0gSV/fVfijpETl0kFsXIgp7r&#10;ftrPSztmyANBjMspqQQymPaK2Qln23OmGksm1UJaee7cufZFNgVgonlN8hnoBZOEqmCOz6GOpu1Q&#10;DjuaEtCInT9//qxZsxx+BlACSkaCVcxwJYlAipm+wRzSIIMfffRROnnI/sce6V2y04VruGL6iO5l&#10;Ejo0XClepv37mn7tZY8aMfZ7WBoarjSo6GOMPs5Fju3FixfTx4bIZ7J4XMwMBd0ODh9iVDXZTPcj&#10;lv7F40VKEAABcwIDemK/NnncU7C9uro68qynzS60O4R8+EhykY4kxUPLQPTypl0m9OSS+gCl0jZu&#10;3Egu/Fa9SEtj9JVPf6SgOUeOHKF9qbSnimkaKQaa2aIXLTlcklR1+HzvzfFBu6koJAIZTHuSqFHk&#10;Z8aET6JZE1ItRIl8GWl1uJdX/O0ToC01FBGM4j3R/l9aB2S8M8lgEny0SYjiOknt0x4FTic/0bYk&#10;2vdDm+1oAwqzzY4sJLy0r44CKZBjgxNH1DInx1I8qfr6ejrHweggSION5BrN7NKApJJ5jyiz016K&#10;AUwbYg4fPkyblogts0WMJqJIc9O+LhoPfTt6ySSKsUAwKZKacawy50TQMgW5UEOq9uhgtirc2B3m&#10;Y5tGCPUIBQkhZxV6evTChw1zL1C4XzoewvgQY8wgFUvOqTSLgYHRmwMDdYGA5xHoEanac5gcStWe&#10;qxolgwAIgAAIgAAIgAAI9DIB1zgA9LLRqA4EQAAEQAAEQAAEQMAbCECqekMvo40gAAIgAAIgAAIg&#10;0C8JQKr2y26D0SAAAiAAAiAAAiDgDQQgVb2hl9FGEAABEAABEAABEOiXBCBV+2W3wWgQAAEQAAEQ&#10;AAEQ8AYCkKre0MtoIwiAAAiAAAiAAAj0SwKQqv2y22A0CIAACIAACIAACHgDAUhVb+hltBEEQAAE&#10;QAAEQAAE+iUBSNV+2W0wGgRAAARAAARAAAS8gQCkqjf0MtoIAiAAAiAAAiAAAv2SQD87WLVfMobR&#10;IAACIAACIAACIAACThHArKpT2JAJBEAABEAABEAABECg5wlAqvY8Y9QAAiAAAiAAAiAAAiDgFAFI&#10;VaewIRMIgAAIgAAIgAAIgEDPE4BU7XnGqAEEQAAEQAAEQAAEQMApApCqTmFDJhAAARAAARAAARAA&#10;gZ4nAKna84xRAwiAAAiAAAiAAAiAgFMEIFWdwoZMIAACIAACIAACIAACPU8AUrXnGaMGEAABEAAB&#10;EAABEAABpwhAqjqFDZlAAARAAARAAARAAAR6ngCkas8zRg0gAAIgAAIgAAIgAAJOEYBUdQobMoEA&#10;CIAACIAACIAACPQ8AUjVnmeMGkAABEAABEAABEAABJwiAKnqFDZkAgEQAAEQAAEQAAEQ6HkCkKo9&#10;zxg1gAAIgAAIgAAIgAAIOEUAUtUpbMgEAiAAAiAAAiAAAiDQ8wQgVXueMWoAARAAARAAARAAARBw&#10;igCkqlPYkAkEQAAEQAAEQAAEQKDnCUCq9jxj1AACIAACIAACIAACIOAUAUhVp7AhEwiAAAiAAAiA&#10;AAiAQM8TGNDR0dHztaAGEAABfgKZmZlAAwIgIJXAunXrpGZBehAAgX5KAFK1n3YczPYQAiRVN23a&#10;5CGNQTNAoFcILFq0CFK1V0ijEhBwCwJwAHCLboARIAACIAACIAACIAACtgQgVTEqQAAEQAAEQAAE&#10;QAAE3JQApKqbdgzMAgEQAAEQAAEQAAEQgFTFGAABEAABEAABEAABEHBTApCqbtoxMAsEQAAEQAAE&#10;QAAEQABSFWMABEAABEAABEAABEDATQlAqrppx8AsEAABEAABEAABEAABSFWMARAAARAAARAAARAA&#10;ATclAKnqph0Ds0AABEAABEAABEAABCBVMQZAAARAAARAAARAAATclACkqpt2DMwCARAAARAAARAA&#10;ARCAVMUYAAEQAAEQAAEQAAEQcFMCkKpu2jEwCwRAAARAAARAAARAAFIVYwAEQAAEQAAEQAAEQMBN&#10;CUCqumnHwCwQAAEQAAEQAAEQAAFIVYwBEAABEAABEAABEAABNyUAqeqmHQOzQAAEQAAEQAAEQAAE&#10;IFUxBkAABEAABEAABEAABNyUAKSqm3YMzAIBEAABEAABEAABEIBUxRgAARAAARAAARAAARBwUwKQ&#10;qm7aMTALBEAABEAABEAABEAAUhVjAARAAARAAARAAARAwE0JDOjo6BBtWlXuwvw6y9S+QxRj46fP&#10;VkUEsKLXNo2vPFAxXpU+43aFr21NXS1VJcUHqxu059t0XTKZj698mCI8KkGdFG2Tmq/kgMCw306e&#10;bpO4ZV92zgGtvrbItC2PR5tVaywkSLV8pTrY0qC2horS/eVHv29t13Vd8ZUHBF4/ftIUVVzYheLs&#10;NaWG4myviLQtGeYVWKSwbJ3vkCB92+6dzLatOndhngHncFXWc2qFRU4e1AIpZabG8pRDmbiifBSq&#10;pVnqkdZNqHp9YX6t/o9BiVkrpxqs4DGspfjFnNKz9Js8In1VRpTcqhRh4DIZC6G+5RxRpXx6sLy9&#10;Ziqz2T7wdN3WzMJjhuQ+IdOeX5YQyGW9Upe/PLdKZ/jnsLhFq1LDfJwbtIYS+HnyjwOn/5qZmblp&#10;0yans5syntmTtTs854+RLigKRYCAexNYtGjRunXr3NtGWAcCIOAyAt2dVe260FL3j9wVa4qb9CqE&#10;9+rStTZpduWseJ2VEMZE2sod2c/k5B+oaWo16FS6rugT1xzIz3kmu+DLNket7NK1tdSJTWy/MF39&#10;vk2Zz28qLK9vIVv0bdEXXl9emF/W4sgM/t9tW9d1Qdv0ZWn+32ucK1AgV0P5EU5Fn60sbxQu+0pL&#10;6Zb8OsFuEmmUru7trQdbRSaW6Y4V5rBdzFBlwRp6LafwGCMqpV7yuDnTQpiRe6Vp//saYylN+wq5&#10;QSaPnkk6VWBEOh60Uk3q+/T1RQVle4s1l/veElgAAiAAAiAAAi4k4JxU9VXcpFROUIYP5+ZJW0oL&#10;y6yUJZMmXDGItVZXW/jhNybLddW5L++s0TIK1fbq0mreysmt5pcyvkMC6JIbJ2kNia3ne6VAatid&#10;s+1Ag05IxvkM1tdH1xBjlTQ1yFxX8UwVy2Taz7fZa50U25jGstfQwdZZ6yoqzxn/1lbz7wZ7Zeuq&#10;8t6w/mCQYgurDj/8q50vE7PyThVvfLWiRbCLWype3Vh8iq9+h8ADE9JV7DR0V92HhcxUf+vBnYdY&#10;1S4fNzs1wqpkMYNW5oC2ZFi9leFydfHuZpmuuPRwb9WIekAABEAABECgVwg4J1UDlNPnzn1k7vys&#10;RQnDWTMbvv3a0mAmzfysl+YqWbWqq/+2iU1zoWLH23WsDvUJiLg3Y+X6Lfpr/cqMe42+BEITeEF3&#10;LVxN17oNG7JmKjnHA1Jhzk4Z1uXnlnM6Wx4Wl75s3QYyZcO6p9PiQg0r3YqERfoKV69eeFcQ24Cx&#10;qcxfVs9S2vZT68Ed79cbW6ecMZ9p3Ybn5qeOC5DYrWxj2dqeSrD0E5DVHakxl4JtRyrsz5vqavM3&#10;7uN6QaIppuQtpVsdS17twYLSFk79B4ybtYzt4mWzjBBoojefz7NCBHBFklGs6qp2FTZc0VW8+yE7&#10;tS+PSJ2ltPZRkIkZtA5oOw2sxzPWlJXK1I/NDj5QcqCzxytDBSAAAiAAAiDQewSck6qcfT4h0eM4&#10;8XZWy79S7qtUjmXTa1t+YP6r4Z8f1TMiRu9AuTojKSKIkbODgiKSMlYvVSm45d2PSuqFYfgqbp+b&#10;NTOCndfUVR2sdGJBue3gP4yLxhFpzy9KjQoxzNf6ykdFpy5eNfdWG83jqHfq9u9nNZOhdXMnhTOt&#10;8x0eHjdv9bIp1zsqQPTvOs3BLy0nLTtqqqy8iW0KazmwVWi6WnTFMseSt/HgwZNseQETF62eFxvC&#10;dnFI7LzVGbcRVd+gCbOynlZxA0h85czICVE/nMDmPVexc0tuMeO9KvONmJ4ePUS4NDGDVqItfZ28&#10;s2zvnqHTU9ITVcHlH+xp7mtzUD8IyGTnzp1rFHFRMtACARAAAfsEuidVRdFta+OmLH3lzPp1Q9VR&#10;9k8BMam2G31kI9WpMezso66uxu6StkweM/0ubma3vs6OrhWwVVdTxymqkLtSbSSOPGSk1HnQhq+/&#10;ZeWj74Tptq0LGWk1MSoKIm8i3ZfVrOIPiFPdxij2rqrPqwRKDFAoGNmtq9uVp7ngZL1BCtb+lgM7&#10;PuRdvjcU3PKfOraPfcKnTA2zqixiRsbcBatXPhLLt9VOtGEjp6VNZHun5XgD+5kydlp6jOSvC/tV&#10;Nn2ybcWShUtyCuqchSa6SU4lPFNccCjyvuRw2dj7Zo2r/bQcWtUpjMjkUgLDDJf9IsWkcalRKAwE&#10;QKBfEuieVL3SoKnm9vQMD+KRYFe6msrzP+K0YNgNBsmia2phVYxv+LhwXmz0d3autK2h4Zx9soqb&#10;b+TUZMv3kvdANTRwUjgkOsbJCT4L+841NHCtU95m7S8pfYxoD21ZYbp2mm/J0lZUsNI8YFy0OkrJ&#10;EqurNO0zsqjPV/nwAtbDs6OuYLM4f1MbixVJi9MiGS2oPbglt0pAvR0/xQ2Mm6JibaWjPEw51gWC&#10;MmzG7GjzYiggwJw4B+XaG7R8tM8d3Pn3+rYuimSg2bHH0ZS19A7ufo7mj4trx6lU+nAWgeqU+Nrd&#10;xbZfbM07H5343K6yDRnJKcmpUxIS0jaWnTGrWVeWFZ+wttLKltY9f5yY+pr0z7/uNwkleAQB+0oU&#10;OtUjOhmNAIHeIOCcVG2r2btjx1u5Lz+/rYLTkSFjb7a0V1u6ZuHCp5a8vJvz2lSopjHTXed+4lRM&#10;QODVAo28OpCTn7qLjlb1Bxs3WDmxvV13kVtBDwgY5griJnuFWyelnq4LNC3NXe1my/2t1UfZSc0A&#10;ZXSYLCKa9Qm+Ul8tsB3NsGjOOVeI8jflNVQePSc1gpufzeeXvC1afWQr/RU0coyplMaDO96ikWPx&#10;vw8dh3oQ5uUTkTrT5JaqUKWbAldZZxIzaGU8tAfJB3N3iVzuAnktpfPFpK0vLqqPT1ExAbv87lDF&#10;nynYYy06Db8d2pY3YvHuwqLC/QffTKrN+tN2kwiVx6c/FFS8u7jdvMIzn5Z+ZZisxQUCzhIQ0qPQ&#10;qc4SRT4Q8EYCzknVrpZvamq+rGuiuSbmUqhm3yW8UO7jqyCvxGVqNsCQfDD3wu/SCclQHRu9igJ5&#10;GlML9c9FCWltypAP5rbwXxI0RtLAENM6SQUKJG44WM5ujyKlqleDEdHj2KbUH64QiAIrI+eKxQ9x&#10;OrM2f+snggnt2TgkOmOhmeR9t05ol791Idr6mi9p5Fj+r8nRt4hdXPIJSs69IEg5wY5zhcRBa6xU&#10;Hjt3XlxIYIAiMjUjxdqTwRU92b0yvij+4JxaPcmfLUUen5LsV1qu4SnUX/3YA+F+A/W/hE6fFd+s&#10;+cJsf1148qzIyrwCsxgdFP2qdtJ91rGHu2cscnshAVtVCp3qhcMATQaB7hBwTqqaaqQjACIS565c&#10;zslQ0y9Gz0jaLDV28v1mXonDwsJYWdtWU8XvidpQVcN5s4aFDbPfwJavv+VW3BXXWuvlK5Yiyuqf&#10;VHBYGKc+6muEJiMlARbROinl0VEFhtgIzGU6zsDM33cczanqrwijD8Cpo9XCoU/lURkLEllJ17Qv&#10;9yPJPhOGyswl75G8vK+sxKoiiHMg1n5/3L4UVVznMuddkWCFBy0/bXlk6rJVq7Mej2O/tURW0xvJ&#10;9Buq2nWfrpmTarzWHuzsLCo+YAv9ttgoP84mub+frLPDPAjrCHX65PMFRZzGNUS/SkyK5yRwbzQG&#10;dXgqAXNtCp3qqb2MdoFAzxFwTqqa3ugb1mRlTFUG8RTjq5w1m12a1dUVvmsezjNMyc7rydo+38kT&#10;WfNU8c7PWfUpjzDOmfFD0FXvreDWmsdGsL6hiuGc+vnumEXwprpj7DZxmYJ1rZUrI0LZkuv35dl4&#10;XuqaTjk8icDKMAetazrlnDa0rKW2opKzq+2zTQuZK7eKE4xNmsP2agmZOo91Wr3S0sLRkzrI5FHp&#10;s8exfgAtnPexsZDxRi/k+oOfGHdfRWWwmvupOPajwidc2X2HXlGmixm0ogpyo0Q6TWl5+GP5JUWF&#10;Ztf+d+ePLfugxOZjZaDMqFT5muAXO/O+oKK8PYwPa2XxHplaFWM3hxuBgCnuToBRqNCp7t5PsA8E&#10;3JKAc1JVXFPkytn3m9aad3xmmucJT5rMnTbUUrp+xY7yei1zvGuHtr58x4r1XDxOn5DJSXZc5bq0&#10;tYUbjfFZh8VNnsAZdlN4CPOfHVV5uRVNF0jCdelOVmx7mxNzo8JvZpsekJDE7czR1eW/sKmwusng&#10;UEDpqwo3r8r7QvLytFDrus7WV7yVvWn/9+Lw2UtF2/ztr7lrj5TbjZygUD+Vxn0vOG2OXPkot0/L&#10;pgx5TAKLlYKnbswpYKnqDyRrqi7c9FoFo7QDbp/Cs+nKaYt6JqPuWPG2VSty3tJonXCG7hmTmFJb&#10;SwrKblap2LFurClYlRxZW1IqORDA2PvSb60t2EsurJ1lJQeCp6fEQqn2ZPd5W9nQqd7W42gvCLiK&#10;QE9KVfIzjUqfxoU9rd+9sdj48gxMWMB5TMqutNXs3pa91DAvuDR72+6aNlYQyCMeWsC3S4bdpp25&#10;dEn26xVskHmKYPqE2UGaw2InsxN+Mt03hS8vX7Jw4ZLMVwq5HV5y5d2xJleBiDTjgrhM11CR93Im&#10;Jdenz684rrvkBGmB1i15cVvhl3znc2kPbTRt8t900GI+1HJP+mbDjzpNJbcTPSBUf2yY6X8RbDwq&#10;2bmaquN2TTf3N3WijUwW2qclJHl9ItKM/qy0eZ6lathpl1fBRpZSqDJmuJX3Jz/tHa+W1re2tXxZ&#10;sGmP/chpTnN0LmP9B+/VRlIsVYP7qfkVGK+O+vqDYjPHU3EVBKofTjm/e4+mmYt+JS4bUoEACIAA&#10;CIBAzxHoWalKYjX2oRkRTOx3ml170xQgiTwmsx6JDeI9lpQS+wbFPpKVEcW/4ZrZpq1jJmL1iRVx&#10;f1psGcHUzoSfryJpwdwJFiWHTF08PzFM7joY1Lpls5WCrbPqzytdOrNd/hctp+4s9qSfv0hZ2z6v&#10;YMOpDoqY9gf9sWGm/2Vk3D2SKb2tssJRZCXyN53R7f3dJHmf4FbzrdpF5c8T7uJh0RlP2bo499xQ&#10;F1WyLW1Zh87YIzrX7LwTZYnjRN+UlTbH35fIbP23vAJVKXc17ztY67gQqxS3qu8LKs5+5HVsqJKM&#10;DhlAAARAAAR6hoDr1JmQfUNi0+/jZlZbSnN3m+alAibMWrl25fwZceHBAWy8KR9feWCIMjEta+3K&#10;WRMcxd43JI6lY0vXZqXaBumkCb/lqxfNiA0JlPsyrRwkDxoVm7p4Zda91iumJKnDpy5a98Ki1EkR&#10;xvS+8qCQCRRgy8lNP0Exc8mwtMRYU+sGyRVj41KTrKJ6Se1YbWUVt/X/t5MtoorqSwqKi2PVZ1dt&#10;lf1DVim1fOJcLkiqVDPM0o9JzeD2aVmVIo+ctfKlZbMmhSuGcB8l1GvB4XEzFq1elRZh50ypbpjj&#10;4qzDEmb/PjzAlz6IYuem9JJfrZgmVO//oPkulcC+J7/4pMTWvcUa841TYgqVhc+aF9/e3o4NVaJo&#10;IREIgAAIgEDPExjQ0WGcnOz52lADCICAJYHMzMxNmza5EZUvNiY927my6Bk4qrpRp8AUSwKLFi1a&#10;t24dqIAACHgJgZ6fVfUSkGgmCHgCAX30q6HYUOUJXYk2gAAIgICHEIBU9ZCORDNAwAUEzmBDlQso&#10;oggQAAEQAAEXEoBUdSFMFAUC/ZsATqjq3/0H60EABEDAEwlAqnpir6JNIOAEAcMJVfEJsTihygl4&#10;yAICIAACINBDBCBVewgsigWB/kZgYNTiks9y7oFS7W8dB3tBAARAwKMJQKp6dPeicSAAAiAAAiAA&#10;AiDQnwlAqvbn3oPtIAACIAACIAACIODRBCBVPbp70TgQAAEQAAEQAAEQ6M8EIFX7c+/BdhAAARAA&#10;ARAAARDwaAKQqh7dvWgcCIAACIAACIAACPRnApCq/bn3YDsIgAAIgAAIgAAIeDQBSFWP7l40DgRA&#10;AARAAARAAAT6MwFI1f7ce7AdBEAABEAABEAABDyaAKSqR3cvGgcCIAACIAACIAAC/ZkApGp/7j3Y&#10;DgIgAAIgAAIgAAIeTQBS1aO7F40DARAAARAAARAAgf5MAFK1P/cebAcBEAABEAABEAABjyYAqerR&#10;3YvGgQAIgAAIgAAIgEB/JgCp2p97D7aDAAiAAAiAAAiAgEcTgFT16O5F40AABEAABEAABECgPxOA&#10;VO3PvQfbQQAEQAAEQAAEQMCjCUCqenT3onEgAAIgAAIgAAIg0J8JQKr2596D7SAAAiAAAiAAAiDg&#10;0QQGdHR0eHQD0TgQcGsCmZmZbm0fjAMBtySwbt06t7QLRoEACLieAKSq65miRBAAARAAARAAARAA&#10;AZcQgAOASzCiEBAAARAAARAAARAAAdcTgFR1PVOUCAIgAAIgAAIgAAIg4BICkKouwYhCQAAEQAAE&#10;QAAEQAAEXE8AUtX1TFEiCIAACIAACIAACICASwhAqroEIwoBARAAARAAARAAARBwPQFIVdczRYkg&#10;AAIgAAIgAAIgAAIuIQCp6hKMKAQEQAAEQAAEQAAEQMD1BCBVXc8UJYIACIAACIAACIAACLiEAKSq&#10;SzCiEBAAARAAARAAARAAAdcTgFR1PVOUCAIgAAIgAAIgAAIg4BICkKouwYhCQAAEQAAEQAAEQAAE&#10;XE8AUtX1TFEiCIAACIAACIAACICASwhAqroEIwoBARAAARAAARAAARBwPQFIVdczRYkgAAIgAAIg&#10;AAIgAAIuIQCp6hKMKAQEQAAEQAAEQAAEQMD1BCBVXc8UJYIACIAACIAACIAACLiEAKSqSzCiEBAA&#10;ARAAARAAARAAAdcTgFR1PVOUCAIgAAIgAAIgAAIg4BICkKouwYhCQAAEQAAEQAAEQAAEXE8AUtX1&#10;TFEiCIAACIAACIAACICASwhAqroEIwoBARAAARAAARAAARBwPQFIVdczRYkgAAIgAAIgAAIgAAIu&#10;IQCp6hKMKAQEQAAEQAAEQAAEQMD1BCBVXc8UJYIACIAACIAACIAACLiEwICOjg4xBWVmZopJ1qNp&#10;1q1b16Plo3AQAAEQAAEQAAEQAAG3IiBBqvatUiSt3LcGuFW3wRgQAAEQAAEQAAEQ8AYCcADwhl5G&#10;G0EABEAABEAABECgXxKAVO2X3QajQQAEQAAEQAAEQMAbCECqekMvo40gAAIgAAIgAAIg0C8JQKr2&#10;y26D0SAAAiAAAiAAAiDgDQQgVb2hl9FGEAABEAABEAABEOiXBCBV+2W3wWgQAAEQAAEQAAEQ8AYC&#10;kKre0MtoIwiAAAiAAAiAAAj0SwKQqv2y22A0CIAACIAACIAACHgDAUhVb+hltBEEQAAEQAAEQAAE&#10;+iUBSNV+2W0wGgRAAARAAARAAAS8gQCkqjf0MtoIAiAAAiAAAiAAAv2SwICOjg4xhmdmZq5bt05M&#10;yh5KY9eAqtyF+XUWFfvKAxXjVekzblf4WhlUnbswzzKtIUFQYtbKqQr9fzUXZ68p1fI3IyJtS0Y0&#10;+5Ox0iDV8pXqYFOGln3ZOQcMBUSmbXmcS67/t1N2KlTLlqtDrL8pBGt3wL+toaJ0f/nR71vbdV1X&#10;ZDJfecA11yvvmDJ5YlgA32eLsS3yyLRVj0fLrUo3sTIno08kDEFXsTWz8JihIJ+Qac8vSwjkCr1S&#10;l788t0pn+OewuEWrUsPsfEk57EeDFcUv5pSetUEyXJX1nNrQ2ZamWiS07FZR1ZnytzVWfLSvvOZ0&#10;a9uFLh7IAqXp85vbZkxm/sfa/CWvV3Xpk1oPPP3fTD3iG/34hrRI+22URaRvyYiyP2ScGrSWRZpu&#10;LuPf2+pKd+395NsWHbVEPwjDYlTTJ0dZ3q28zbfsVmv7BbMYKhaJXSbratHsfnt/VVOb/h4ZJA9S&#10;jE+YMSUuNMA+KfwKAiAAAiDQEwQ8dVa1S9fapNmVs+J1Vvn0BDtXlCnCzpbSre/yaGvptevq923K&#10;fH5TYXl9S5tBp9LVpWtrrq/YvWlF1qbSRoP+Ebh0tflbPxEQ8NJMkcfNmcYq7ytN+9/XMNKUrqZ9&#10;hVxvyaNn2tWp0mrs3dQX6os3Z67YWFhxrEWvU02Q88tbXGFJZFwMK5m0lYcbrEpsOFzJdtKwmDhO&#10;p7qiVvMyRAxa+1WeKs7Jzi2uNehUlk9daV7OM28wEryPL131jhVrCjQnDTqVrg6d9qSmcOOKnH1N&#10;fWwZqgcBEAABryTgYVLVV3GTUjkhXDGI7UxdbeGH3wh0rA9N5phdg7lkPoPZvw4xTsgaU15lPUfr&#10;5KCRYqdMpjuSl1ttVHROVtm0b+O2Aw065u1re11oKN78cvEpe4U37cu1n0CsZYEJ6Sp2TrOr7sNC&#10;Roe3Htx5iFVZ8nGzUyPEFiYT6kfLAiw6e6ixs+0kChjMe3PYr+5KQ+G6baXHHXWW71XsGJNzA8pY&#10;rJBtJkvDosezWrXtqypLrVpX8a82JmHI7QlhvAgtR72UAS1l0NqjpNP8vbSF1aQGa5gbzSdkSkq0&#10;i+4vgcEjCntD8d9r2NuEaQXTR/Lo6VNCRA9KJAQBEAABEHAZgYHPPfecmMI+/vjjxMREMSl7KI1d&#10;A05X/bPGsMx79R2PLZoZ95tJd113uuzLlsv0l0u6gFvuvMls5a6ZS3vNPZnZGckJ7BU7xp+13D8s&#10;lvnbzV3//uw7g+i4afb6ZQ/q/3TLtabmGSsdfEPcneFDTT9cqC+rYMTKCOXvoq4zA+KUnfr8l87+&#10;5z+Xb5kUbmqHYO38/I8XvryzjnX1kCtiZ/xpwSMPJKt/d8+kW4Iu/N93TRcuUbb/Xfjui7Oj71YO&#10;H8DXFjbBieG3R1/nxyVory9jEQ1X/i7avKnCEPR5/W8Yc/nLw99d0Dft9P+13xQ/pnbHNnY+UB4x&#10;e756tLEKofHksB/1GS/Ul1d8d9HQhXPYLtR3Y0wY19lMIq6/ImavX2roZ/0Va5FIVHWyunfW7jmu&#10;Z0mXPDRu9rw/pc1MVt9z5y3BHafrzwbFcONEcQtbSWADO3KNo9HcNmOlQ26YFB9utPnqay/959N6&#10;vSb9+ZzvjQk3X80xqv1n/r9PGz5GQibNSbzBzF1DoI0JtxjdIIQ4y5watEI3F9Wiq/z7rjrDR4lv&#10;xOzVy9MmJ9wz+Z5b/XVXT1LfbLnCLtB8824dPt5y2AlmMTRPDPbjHxd8etJwpwQlLHtpwbSEhMTJ&#10;d4y+/Isb1XeM7FkhLdgD+AEEQAAEvJuAh82qcp3pq1SOZf9b2/KD+3axeDuvtJRuya3SazsnLp2m&#10;pIKdbZNHpD2fNev2EGaqyHdISOzsrFXpEayq0VV9VMYm5K9GV5e/ubhJaGpWvGk+IeqHE4KY9Ocq&#10;dm7JLWa8V0m+TE+PHiK+IHdKee5g8RF2PlXv2rs4NXqUAbOvPCQqddHzc8dbu/o6a3xgXCw7vNsq&#10;D5ucQ6o+5xbQb4qLM3oAO1uJYD7xg5a3iHM/cX4k8quCWCK+irjUu91jzvJHLXcDBAQNYxsQEKFW&#10;R7mq81zeHygQBEAABDycgIdKVVlbG/fC8ZULrPa6Rc+KsDNAoWDekrq6grdNnp0SzNdVVXNeEGFT&#10;eISgPCpdHcqW11Bbw796PVyhYAZLS+kOlzjtjZyWNpGdRWs53sBWOnZaekx/1QS62jrOmTHk7hk2&#10;W9CGhIRw0kdC3/EnlUdHhTO/dH1VVcd8Oeg0laxq9Y2eFNuTEEUMWjstHHYV+4kia9PkZufuq2oS&#10;tbGz28xEFnB1EDe121C4+uWC8nqtO/jPijQeyUAABEDAEwl4olS90tVUnv/RSba7wm7g99mTaQ9t&#10;XGG6Cr7q9e4VaecgZfpCFSMTu+oKNjohE5t/4CaWQ5TjeDWMXKnk5rRONlhv1WHAKCYvfoidfNV+&#10;srX7vrNUZNiM2RaCjgICzImTrLHE9eOx9019vekTgf1N3xaaEm0+yJ9IuLoGI7lR0TE9N6lp6A15&#10;TEI045DdUVNlUKhtn1fUM5rV/oYq8zau2CTQSOF7QeSgtdMpJLNv4srv0tYdyH956ZIVrxRoOPfV&#10;Xr8PLSscE60cxv3lQpNm97bspUtyXi+ts7vY0Mc2o3oQAAEQ8GgCHiZVtaVrFi58asnLu+vZWTqF&#10;aprQLN0V2v1uun7q1bkTKXbSAvJIdfrdrFNhywHpMtFsTTPA+Bq2HNYBw7i5pI6LBt9OnosmX1Mj&#10;uQnetze6YIuVT0TqTKVRmypU6abAVeLvOnH9aNHZQi00T3ReIJFwdRfZDe0yGe3FEW+/cyl9IuJu&#10;YyrponV/mUxbWcVO6QpuqGIqsgDRdlGCL4eUQWuvU+Sxjy1SjzH/JOlqO6kpyFmx6ZBLQiQ4B9SY&#10;Kyz16bmxw83cUq90tdQW5z6/oqDO0W65btaM7CAAAiAAAnwEPEyqmjXRx1cxYVbWMtuIpG42EMTZ&#10;GTJ1cZpJJm492CqlFfLB3Iv3kk7gbavTsZuBZIMGCztMyKPnLWD37ut9Z/PZpWcptlillU9QcpPe&#10;QcoJjvf4dKOqHs862Lidv0MIsyttCPuNkhXEdZWa4xoNG70hJDqGW2B3ZW2WZYkbtIL1+4apnlq3&#10;YdX8WYkRxmAd5MHQ8PdCpxxcXN3OAOWs5zZsyMxQx4QEGCXrlTbNrmL+BQdX14/yQAAEQAAEzAl4&#10;mFQ1+nVS4O6xk++PtTkAwKztFFZ9i+lyFAjd3rC5ZDk1xYZjtJdDip1sOeYysenDv34kYQIqLIyT&#10;g/U1/EGvdFVf1rP1jDIm5v20CVE/lcb6Aeiq8v5W06uT0bxIxfUjxYo3XuxZD7al0ZENxsvsjACL&#10;hMLVmTB/V+PsBjgpT6fQhEkjDemv1Jfmc+FUb4qLHWa3EPM2brE4usJR3VIGrYhO8Q0Mj52akbV+&#10;wyJuxYAaUscbWu7yJcth1nVJH9yjZy/fkRGq2ctWr189i/1EpP1/9V9LuOt61jyUDgIgAALeQ8DD&#10;pKqvctZsdkVZV1f4bo/G/7/2WtYfUVv/H/PY+Nq6b9h/BinMYltZjCmn7KRd84+yTquylhYJ4fjl&#10;yohQtvr6fXm2KkpXncdtwJeFRZpW5PlvgyHR6dyqva6lBS58RkryyAj2eK0r9cW2Y+9CU9M51z5Y&#10;guLi2M1V2lamH3p0Q5VTg5a3xRfa2kxfd75hv59sjKJr8Zl37bXs/HBrfZ35MkJrXT37z6Brhe6w&#10;7pBuazOtPfgExE6N46apL8kk+Et0xwLkBQEQAAEQMBHwMKlK+02Us+/nZv1q83d81nPuZSHhN7Cr&#10;g00luYW1Wv1btkNb974xTr5v2Fjh+DvO2RmsNu5tkjKKAxKSuP1LFG3qhU2F1U2MX2XXhaaq3ZtW&#10;5XFeePLoyfGO3SzlE+YuSOzfi/VS6IlOOyxhMhfSiA73WrWxsOqkAXOXrqm6cNPqvKOuHozyCVHh&#10;5ndwD55QZYDg3KC14nelqXjzihWrdhj3UbV9XsVGKpMpQszvmJHhYexZHk3Ffy2sO2tgebau8K/F&#10;rFvuoLBwZl7ZhdeFqtycFas2FnP7qLoaDlezn4U+IdebnZ/swjpRFAiAAAiAgB0CHidV6X0alT4t&#10;ghWR9bs3FjcLNN9yk7LgrnBheBH33MXGb7rSUvF69pKnFi5cmp37GbdGqLjLNFnEV4hYOy3zyqMy&#10;nJGJEWmmXLqGiryXM5cspGvJ8pfzy7lAUT4K1cK0CHEjwsx31tH9ZbHlvKDGUXLJv3e7H6XVaLe6&#10;iDmcLy+5XjZW5L9iwLwk8+W8igbDMQsuvuSxCRNMG4AcbKhi6rbojhVSA1+IHbTClJr255XSLXKu&#10;piBnyZLMFSsyl6zYVceu74+8LdbiCyhi8l3cv1sqcl80sHwxt0LMHWZhgPhAB7qqdwvpu03XWJq7&#10;gu6OFZlLl2wqZ5Wq74RYpYv7D8WBAAiAAAg4JiBOmDgux61SyGMfmhHBzMfQ7p83BULWW25SbhPa&#10;FW6nZXbmOIco055SO5p4FGenjQEkE1O5Aw7Ecw+ZumzRvWFyoQ4fEqZ+aplawhwV+c5mxA0TUX9P&#10;B1rofj+KaIQpif3qyEnjqfkqi+3tkkqXnDgiPoabBhe3ocoyAoD0wBfiBq0wpZBbY8O4Ix70thjD&#10;JvgqVA+qrHaEKe417ia0JiMfl7b4XuE7zNIA0YEO5DffPj6IE/9dF9p0xpivQ5SzZog/7VdyPyID&#10;CIAACICAEAGPlKoy2ZDY9Pu4mdWW0tzdPbVzl+Y4V2elqSIV7EHhdDBRgCIiMS3rhbmijlxy0k55&#10;3KPc3iYJQ9s3LGnRunXL0hKVIYFyX6bnyd7g8LgZi1bnLFKFSjw30ics9QnOd1aCGZ6edEi4+ql1&#10;qxenxkWEBDGn2xPlwBBl4jTLKUMXcQjl4oA63FDlogq7e3ONTFj0wsqMe42DUH/LhE9KXbQyi+9L&#10;SR79+OqsdFVEsNkdFhyhSs9aPc/mkAVXNFAeOWvlS8tmTQpnb2kfpu9E39GusAFlgAAIgAAImBMY&#10;0NEh6qyYzMzMdevW9SG7PjegD9uOqkEABEAABEAABEDAOwl46Kyqd3YmWg0CIAACIAACIAACnkUA&#10;UtWz+hOtAQEQAAEQAAEQAAEPIgCp6kGdiaaAAAiAAAiAAAiAgGcRgFT1rP5Ea0AABEAABEAABEDA&#10;gwhAqnpQZ6IpIAACIAACIAACIOBZBCBVPas/0RoQAAEQAAEQAAEQ8CACkKoe1JloCgiAAAiAAAiA&#10;AAh4FgFIVc/qT7QGBEAABEAABEAABDyIAKSqB3UmmgICIAACIAACIAACnkUAUtWz+hOtAQEQAAEQ&#10;AAEQAAEPIgCp6kGdiaaAAAiAAAiAAAiAgGcRgFT1rP5Ea0AABEAABEAABEDAgwhAqnpQZ6IpIAAC&#10;IAACIAACIOBZBCBVPas/0RoQAAEQAAEQAAEQ8CACAzo6OsQ0JzMzU0yyHk2zbt26Hi0fhYMACIAA&#10;CIAACIAACLgVAbFS1a2MhjEgAAIgAAIgAAIgAALeQAAOAN7Qy2gjCIAACIAACIAACPRLApCq/bLb&#10;YDQIgAAIgAAIgAAIeAMBSFVv6GW0EQRAAARAAARAAAT6JQFI1X7ZbTAaBEAABEAABEAABLyBAKSq&#10;N/Qy2ggCIAACIAACIAAC/ZIApGq/7DYYDQIgAAIgAAIgAALeQABS1Rt6GW0EARAAARAAARAAgX5J&#10;AFK1X3YbjAYBEAABEAABEAABbyAAqeoNvYw2ggAIgAAIgAAIgEC/JACp2i+7DUaDAAiAAAiAAAiA&#10;gDcQgFT1hl5GG0EABEAABEAABECgXxKAVO2X3QajQQAEQAAEQAAEQMAbCECqekMvo40gAAIgAAIg&#10;AAIg0C8JQKr2y26D0SAAAiAAAiAAAiDgDQQgVb2hl9FGEAABEAABEAABEOiXBCBV+2W3wWgQAAEQ&#10;AAEQAAEQ8AYCkKre0MtoIwiAAAiAAAiAAAj0SwIDOjo6xBiemZkpJlmPplm3bl2Plo/CQQAEQAAE&#10;QAAEQAAE3IqABKnat0qRtHLfGuBW3QZjQAAEQAAEQAAEQMAbCMABwBt6GW0EARAAARAAARAAgX5J&#10;AFK1X3YbjAYBEAABEAABEAABbyAAqeoNvYw2ggAIgAAIgAAIgEC/JACp2i+7DUaDAAiAAAiAAAiA&#10;gDcQgFT1hl5GG0EABEAABEAABECgXxKAVO2X3QajQQAEQAAEQAAEQMAbCECqekMvo40gAAIgAAIg&#10;AAIg0C8JQKr2y26D0SAAAiAAAiAAAiDgDQQgVb2hl9FGEAABEAABEAABEOiXBCBV+2W3wWgQAAEQ&#10;AAEQAAEQ8AYCkKre0MtoIwiAAAiAAAiAAAj0SwIDOjo6xBiemZm5bt06MSl7KI1dA6pyF+bXWVTs&#10;Kw9UjFelz7hd4WtlUHXuwjzLtIYEQYlZK6cq9P/VXJy9plTL34yItC0Z0exPxkqDVMtXqoNNGVr2&#10;ZeccMBQQmbblcS65/t9O2alQLVuuDrH+phCs3QH/toaK0v3lR79vbdd1XZHJfOUB11yvvGPK5Ilh&#10;AXyfLca2yCPTVj0eLbcq3cTKnIw+kTAEXcXWzMJjhoJ8QqY9vywhkCv0Sl3+8twqneGfw+IWrUoN&#10;E/Ml1dVSVVJ8sLpBe75N1yXzHRKkCI9KuHdytFnPi+gR4U40NnmQXDH27ukzVREBVhRail/MKT1r&#10;Of6GKMbGT59NaQU7zrKQ4aqs59SG8WdBTwp2HjOMdUSkb8mIYv4lPHIuVGzLKqynUUHXqGkrn04I&#10;Muavy8/keiZg4qLV94c5GGbMz1eqchfn1xkKNDOAy1qbv+T1qi79v6zh6/9mGlq+0Y9vSIu0qNDU&#10;oZbcLK0yAbGqXXg88DdLVHW2z41B8iB6CD00I9bmISTCANtnhcE2e+21HjymxkgZuoZc1rezTNbV&#10;8vnuvJKqpnP6HtPfZbckpKrjwizvBek3mmAfGcwQOaRppLXVle7ce+hYCz0C9A+1wLDfTp6eZP4M&#10;EDVgkQgEQMA9CYjRAu5puX2runStTZpdOSteZ5WPu7ZBhJ0tpVvf5dHW0lukq9+3KfP5TYXl9S0k&#10;6hhF0qVra66v2L1pRdam0kaDbBC4dLX5Wz8REPDSTJHHzZnGKu8rTfvf1zDSlK6mfYVcb8mjZ4rS&#10;qdrKHdnP5OQfqGlq1etUfYMuaJu+LM3/e400o8Sk7tC11BbnPp9TfMpx6q4LLXX/yF2xpriJ4ezs&#10;5TrsIiwYEjdragib7uT+wkquZ640ffiBqWdmzxCnU2UyXWUlo1PpqvuXqaPZP0XGxbBCR1t5uMHK&#10;vobDlexoGxYTZ6lTZbKG8iPcUDxbWd4oomndSuJsdR067UlNwZqXi5u7Vb0LMksZunzV6areWJGz&#10;S8PoVPYuqyzcJO5ecIH99ou40lS8Ljv3H3UGnaq3TtfWUncgP+fZHVWi5mF63EBUAAIg0E0CHiZV&#10;fRU3KZUTwhWDWCy62sIPvxFA5EMf32bXYC6Zz2D2r0OME7LGlFdZz9E6iV+KnfTKP5KXW21UdE5W&#10;2bRv47YDDToh5XShoXjzy/ZFWNO+XDEqzbF9gQnpKnYCsavuw0JGh7ce3HmI1R/ycbNTIxwXo/18&#10;28s7a7T2BLbjQhynGBamnKCMGBXAdv2VltL3DrYJZAsIpeEXEcKllbWUFpYJpaWpKbPhN9Q4/qyL&#10;Fo998FCmQLkvd1tLHbhBd5v1zN5CRmhqD+08yM4Zy5UzUyPEPjPaNJ/XmxrzTbXNV2NY9HhWq7Z9&#10;VWWpVesq/sVyC7k9wVoa11VUnjMW3Fbzb2uZ67hPJaWQXF1A2ASlMiJEzoC60nLo4259aoocJzxt&#10;kjJ0LZ+Glg+6xuIPv+KeP4P0T0254WaQR01Xj5SEUnJiMUNaV/lhaTP7FDC0gh3/IUnTorkXgeSK&#10;kQEEQMCdCIh97biTzXZsCVBOnzv3kflZL81Vsg8pXf23TfwZgu5avNp0LbqbW31VJCxi/rzwLm4B&#10;dGwqm3CW0jUgpNipr1FX9/bGbsnE44W5B1pY2+WK2JnL1m3YQteGNctmxSjYZX0SYVvY5Vr+VuoT&#10;5FZdcAECRZJREumqdhU2XNFVvPshOwEpj0idpbT2NLCts/Xgjvfr2fenT4ByxvyV6w0tem5+6jjr&#10;FfpuWRwSN/eRuRlPr16WxM04NtZ/LaD4Q+Jp+GUse2GZinuFN3z7tUDtQXctNBt/TyUYV/+t04vF&#10;rkh4iilwsWng3s8N3HEiGSjUD6sUzFNBV7Vzd4PsQkXBPvYOkkemzp7guGfYmlorq06aV1qvKbOe&#10;lQ9LmMQyPVdTddwscW1VDTsfFjL+NyY3BCZF3ZEa88+TtiMVxrlbkY2UlEx6dSFxj8ydm7Fs1Yxw&#10;pqKuk8e5e09SzUxi0ePEtmwpQ3csN1QMI8biQdfw7xr2u2F4wrJ16+jndetXZySqUlNEfFA60WJT&#10;FjFDWldVzX4R+UbMWm2wbsP6rNRJ02Ybb4Nu2YDMIAACfU/Aw6QqB9RXqRzL/re25Ye+xyxkgXg7&#10;xeoV3pp0mpIK9mUjj0h7PmvW7SHMvIjvkJDY2Vmr0iNYAaKr+kh4FlCfQVeXv7m7i9r6cnxC1A9z&#10;rpDnKnZuyS1mvFdlvhHT06OHOO6xuv37WWnro1AtXT13UniQ4ePEd3h43LzVy6Zc77gIiSkUEyI4&#10;0dSitS89fBS3GdOedZBWlBWuwi6mspHqdO4d3/b5zk2vFbPeq4Mips2xcVYWLrDhYLnVN2JTTbW1&#10;Vg2Mi2Xv07bKw6apx6rPGR9WmeymuDijKzPzF53m4JeWE+kdNVXdmrW0C6Ub1clvCGUHTPecQMR0&#10;mv00EoYuX0Hac9zKwJCgIOaN4RMQMVUt5j7tvvGOSmj76RybRD4siH2O+SriZiTY+Pc7Kgm/gwAI&#10;uCsBD5WqsrY27unqKxdcWnWDThFhZ4CCnfbU1RW8bePwJ6YNNO/AeUGETeERgvKodHUoW1BDbQ2/&#10;q8FwBTvZ1lK6g5tmE1O5YJqR09ImstOfLccb2ErHTkuPETNv1/D1t9yS3wSeVciQkYJzlM7b/GMr&#10;N6bkgx3ZaHq7O05r1yKXYxfR/pCpaXHDDOmutDQ0sj0T/vv0WBGfEFzxDVVfsbTCE1Xs1Okpjcba&#10;a1MeHcVNPX5VxU6O6jSVrPT0jZ4Ua0Va92U1K50D4lS3MU4ZXSRtRTTLmSTdqk7LDZjg63tgOEpp&#10;jpSha1tu0DBumaKxcNW6gopjPe50I6VtAVcxY1Uma/v8tezXi6tO9bRLkBTrkBYEQMAVBDxRql7p&#10;airP/4hbfAy7QWAXiPbQxhWmq+ArV+CUVIZIOwcp0xeya7JddQUbnZCJzT9wE8shynG8IkuuVBr3&#10;0zTwu/4pJi9+iJ181X6ytfu+s4QqbMZsi2k6CggwJ86RCDQgPtfQwAohX+VtPb0KaVBDrXWFe7mp&#10;vmFhYdzbka/Du7S1hXur2fdlQKjVJmljDu2hLWbjb6fAPrAewO54kPqEpc60nEAdNW3WRFE9wxZe&#10;a3QnDVfeMyl6FPNnnu1T8pgE1qGQmxxt+7yCFaM8G6q0FRXsam/AuGh1lJJ1IK6rdOobziEJ56pr&#10;O1apqdiXm/0WM2Dk0bd3x29I3DgRborIoXvsfbPRuPmg+bJB2G+URpca3SlN4dbsJUtzckvq2vp6&#10;ttjQaNPXDt2m2trS/HVLlqx4ueDzFihWh+MbCUCgvxDwMKmqLV2zcOFTS17ezXkxKlTThGbprtBG&#10;UdP1U68+2KTYSYvatCbLudK2HJAuE3/UctOBAQECGivAOHHScfGiwOClydfUSEavdNt3lqnCJyJ1&#10;psktVaFKNwWusn8D6S5yU78BgVf38L1Wm79w4cIlq3Ir2Le3POL3aqE98HV5+rTZr1e0MG9xecS0&#10;3wnul++6YDb+2gXHn+uxiwEWkTrb+FVDLhZzzAJXicheV825k45VRssDoiewH0JtR622T+nHQNxt&#10;jBBiJke1lVWs4wDPhqrW6qNs+IUAZXSYLCKadUm/Ul/d7X2HPM1ysromzc6CwgN1zNyjfOzkhBtE&#10;ILOjNcWNE54CpAxdi6fhectnQGjqskdig8y3lHYYAlysKqjr7m7PbpFhMstvf2LRvWHsJjZmJLUZ&#10;wr9stBDcLqgJRYAACPQRAQ+TqmYUfXwVE2ZlLbONSNpHpIWqFWdnyNTFaSaZuPVgq5RWyAdzb5lL&#10;OoFXi053iS1x0GBhhwl59LwF7N59h3uwxBkon6DkpFyQcoLoZVLTqnqXUIvE1S8tlW9AuCojKyNK&#10;zPyib8BYfVpX+PO5HruIZsuVE0w9c5tZ2GDHec38O8Mn6GdnA6KiOa1aWVFrXYBp0o4mR49rNKwY&#10;DYmOsd5QZfJ/JaU6hsqJiB7HDu36wxUuCaVmbpxLqtMd+/DlTFEBzhyD7UYKKUOXp5qACbNWrt+w&#10;7HF1rDEUBqU6p9m5v4fDL4hqsm9Y0qJ161fOpzjGZiFsdY0fFn7uBlJaVBOQCARAwB4BD5OqRr9O&#10;mWzQ2Mn328beNmNBwbT1W8bZiwuQ7sxwuWS5EMaGLLVXkhQ72XLM9UrTh3/9SMKe4rAwTnTU1/BP&#10;PumqvuTiCo0yJuZrAG2HeiqN9QPQVeX9zWIvtjPsnMtDS/BcmKMam3k6e0VesZy8tPonb06jt6hM&#10;FvjbaWqbAwDMMwUpOLXtExiT4iCtarnZ+LM4KsLGDjfBLq6zdNWcO6ksXMnI+mHRnA9AV021zR6o&#10;0IRJTMCEK/Wl+Vw41ZviYodZ1ddQdZRdHqDVf2ZIRxh9AE4drZb0/ea4LU5XR/Hz2fAaqTcZmk/f&#10;dQWCAc4cGULnI4geJ1ZlSRm6dEqC6TI7jcJUpI9vSKRq1tOrN6yexW3DlLV9+zX/g8iJG80RCAe/&#10;+waFx6gzsjZsWJzAetXLZPV1ZuHSulk+soMACPQdAQ+Tqr7KWbPZFWVdXeG7PRr//9pr2b3J2vr/&#10;mE/oaOu+Yf8ZpLhWoGedspP0yqNcIKGWFglzSHJlRChrSP2+PNtoU7rqPG4Dviws0lGgqCHR6dyq&#10;va6lRTBqaM+O6TAl97akXeq2YbyaTlm8QBXDOQX53TGLwEZ1x9jAAzJFkNCUrmLyPC4KbMsnefZD&#10;himSuLSkTv7milAJRoxugV1Mp2orDhv1QX1hJnlE0LXiQ853vOvL8iprH8eguDh2cxW3E4lnQ5WM&#10;/F+50db22Sam3IW5nAOxrElzWMLnm+OWdLs6Cq8R9/tYdmb4ZH0fiCYpQ9c+kLY2s+nJgNjpE7kJ&#10;b8uu7NaN5rhLhFKQJ5fpJ9/QaZON7utivkWdrxc5QQAEeomAh0lVclxSzr6fm/Wrzd/xWc8tAIWE&#10;38AuPjaV5BbWavWTqR3auveNcfJ9w8Zye5Vse9M5O4PVxr1NUgZIQEISt0uGwh69sKmwuok726mp&#10;avemVXmcy5k8enK846Ck8glzFySKXqyXYqj4tOFJk7kjr1pK16/YUV6vNUTi7DpbX/FW9qb931sU&#10;dVM42xMdVXm5FU0XaG61S3eyYtvbnNAZFX6z8K1gigJLAvQ1igJrx0yzuKQtpbkUl9R1lztgd9ya&#10;ZuMKvkDaK3WVxnOwuCTyCVHh5vx5NlTJTBGsBArWHil3IW6XVKdraGI/Ke351TiG6nQKKUNXsBJd&#10;dW7OilWb9nH7qLoayo9yX8pWwQ26d6M510w63GTF8yt2GPdRtWmqjB+gIa4PWueckcgFAiDQHQID&#10;n3vuOTH5P/7448TERDEpeyiNXQNOV/2zxnCezuAb4u68Ofxm/xNltWf1gkL7//5zWTkpfKiZUc1c&#10;2p9PVn1WUXaQvWr+d3PsGH8L49vryz77ziB1hyt/F32dTcOGj+j64vPvLvxPJvvfhZPVZaUl//zn&#10;gbKqk1yIfMU9j9wXblmiU3YOuWFSvKkc3+uif33pi8PHjYH49U22aCBvBwxXmnJdOney5vDHpf+k&#10;q/STwzUnzrFuqrR7ZvGCO66yyH+hvqziuIHBCOXvokwMAm68bfj3h2vOcB6uNohMGX8kN0Ij5pag&#10;hFssp5otmDhuiNE6editw08crjmrt+B/tMvj32UHDC0q/3fdD7orltbKfnmt/6nDX7bo0176b93h&#10;T6jxpR9/XqdlzZcrUx6KDbY4icyi4dE3hd/Q8e/DhohaP5+sOX3dxFuvNUt9ob684jvDRpTh438X&#10;fWP4GC5tB6W9duKtFiUb26s7+eXhik+58feV7OaYMONocRq7AY+lPdYDl98AnvFvvFMsR6D9G7zh&#10;o/yDJwwfDYMU4eN+FRJ87bXc/wb/3HLuZ/0v2o6r7/ztaAvcvtf7t3xc1cx+BIQkPKL+laXLtE6z&#10;Z1etlu418nwNVd4UZiqWFjfazl7Q9+TP53xvTLjZtM1OkIPjwelEdabHRUfbDw11R7/89yd7dn9+&#10;mm3S2PjU2643NtmxATJR44S3L5wbuufMb9ODZvfphaodf/m4+dKlc8erDpZ+/OlnB0v2VzSwjx/f&#10;6N+nKUeYWSH5RjP1kYUBP1g9J4SH9Knire98deFKR0ttBVl3uOLj/f/8suUyY1LIXQ9OvkGMY7n9&#10;MY1fQQAE+pqAx82q6oHKYx+aEcGcVkXTYG8KrMNaRgBoE9r3bqeH7MxxDlGmPaV2NPEozk4bA2iL&#10;VSp3wIH48RMydZnVPlmLvEPC1E8tk3JMIvnOZrDRN+0b0WOBFuRRGctmKy02JgtaIlc+ym0Is07j&#10;q0haMNfhIUwjp829m1301H21M8/ufvOQqXMThjPV6Gp28XhcML9ZRACw2nMt3BCx2EWMDAsDnBj/&#10;PFWYDkQNmjRvPh3aZPa/RfdHs1rtmKbCxq80Ij6Gm8/n2VBlimBFJxH8waLYuRkZd7Nng7VVVkg8&#10;DEBgcHavuraGL2tqvqypO9nGekbTR+DvrQPEsvBE3B1OjROzvhE3dC0MaTMLiDLk5knGm0z/zNQZ&#10;ffHl42alRloNAudvNAsDhANiWA+64PGxoZwa1RfBLBfRRff1bJXV+REibgokAQEQcEMCHilVZbIh&#10;sen3RbDvRVevw5r3Iqml1VlpqkgFeyq2jM6gVkQkpmW9MFfU1m8n7ZTHPcrtbZIwpgz7ZNctS0tU&#10;hgRyx8STvcHhcTMWrc5ZpAq1mOdyXDBF33yC8511nLpHUgTFzF25NistMTY8mOuBQXLF2LjUpJut&#10;6yNP3+WrF82INbV9kDxoVGzq4pVZ9wr7aZiVYi5A697eUWHngFkKEPsoF92JPC7erHClG4obYBfs&#10;S+OBqD7hqntsvtQi42KGMVmbjv7bxtc6NFrJ/MqzocoUwSrgt5Ntjswyubp21XLnCHRruLmuOhqN&#10;kaq5WVlSPgK7ZTpvZglDlye/PGL2yrWZs+LGck85/Y2jVKVnrZ7Hd3pZt280ae33CaHzhFc+rlaO&#10;CpIz59XRI5ieAKLva2nVITUIgEBfEBjQ0cEetm2/9szMzHXr1vWFhWydfW5AH7YdVYMACIAACIAA&#10;CICAdxLw0FlV7+xMtBoEQAAEQAAEQAAEPIsApKpn9SdaAwIgAAIgAAIgAAIeRABS1YM6E00BARAA&#10;ARAAARAAAc8iAKnqWf2J1oAACIAACIAACICABxGAVPWgzkRTQAAEQAAEQAAEQMCzCECqelZ/ojUg&#10;AAIgAAIgAAIg4EEEIFU9qDPRFBAAARAAARAAARDwLAKQqp7Vn2gNCIAACIAACIAACHgQAUhVD+pM&#10;NAUEQAAEQAAEQAAEPIsApKpn9SdaAwIgAAIgAAIgAAIeRABS1YM6E00BARAAARAAARAAAc8iAKnq&#10;Wf2J1oAACIAACIAACICABxGAVPWgzkRTQAAEQAAEQAAEQMCzCECqelZ/ojUgAAIgAAIgAAIg4EEE&#10;BnR0dIhpTmZmpphkPZpm3bp1PVo+CgcBEAABEAABEAABEHArAmKlqlsZDWNAAARAAARAAARAAAS8&#10;gQAcALyhl9FGEAABEAABEAABEOiXBCBV+2W3wWgQAAEQAAEQAAEQ8AYCkKre0MtoIwiAAAiAAAiA&#10;AAj0SwKQqv2y22A0CIAACIAACIAACHgDAUhVb+hltBEEQAAEQAAEQAAE+iUBSNV+2W0wGgRAAARA&#10;AARAAAS8gQCkqjf0MtoIAiAAAiAAAiAAAv2SAKRqv+w2GA0CIAACIAACIAAC3kAAUtUbehltBAEQ&#10;AAEQAAEQAIF+SQBStV92G4wGARAAARAAARAAAW8gAKnqDb2MNoIACIAACIAACIBAvyQAqdovuw1G&#10;gwAIgAAIgAAIgIA3EIBU9YZeRhtBAARAAARAAARAoF8SGNDR0dEvDYfRINBbBLouXb74c2dn16VL&#10;l6/I/tdbtaIeEAABEAABEPAAAgNkvxjo4+f7i8G/pP8b6ESDIFWdgIYsXkHgyv/+pz3X/mObjnSq&#10;VzQYjQQBEAABEACBniRAavXqAHnQMH+fAQPE1wOpKp4VUnoRgbM/nv/hv22Xr2AS1Ys6HU0FARAA&#10;ARDoBQIDfQZce03A8KuHiqwLUlUkKCTzFgK03H/yhx/PX/jZWxqMdoIACIAACIBArxMYOuSXo669&#10;WoxLAKRqr3cOKnRjAj93dB0/pSW3VKONl/8nO9t2ueXHjrNtHT93XO4id1VcIAACIAACIAAC4gjQ&#10;Wv8Q+S+GBwxSXD1oeMDAgWYr/+S7OmZk0C8H+dovCVJVHGmk8gICNJ967ORZc5168r9d3//357hx&#10;wWOCA64a4udDixZewAFNBAEQAAEQAAEnCLS1tUnNdfz0ubGjhtufW4VUlUoV6T2WwHdN/zWu+3dc&#10;kh093h4bee34G4J+4dSORY/FhIaBAAiAAAiAAB8BJ6TqNyf+S54AN4RcY4co4qpiuIGAngDtozLX&#10;qdXHz6dMGhN94wjoVIwPEAABEAABEOg5AvTypVcwpGrPEUbJnkCA4lLRfn9jS2g+NTX+hpHD/T2h&#10;bWgDCIAACIAACLg3AXoF04tYyEbMqrp378G6XiFA8VONcanIP/X2W64deQ10aq+gRyUgAAIgAAJe&#10;T4BewfQihlT1+oEAAMIEKM4/8yPt9/+/5gvKMUGgBQIgAAIgAAIg0NME6LXLXMYXsW2NmFXt6V5A&#10;+e5OgDk3lbGS4lLdExUC/1R37zPYBwIgAAIg4BEE6LXLtINexPQ65m2TpAgAVbkL8+tsixmuynpO&#10;rZDJWvZl5xzQ0u/yyLRVj0fLrVI2F2evKdX/LItI25IRLdOWrssuPmVIFJm25fFoq+RVry/MrzX8&#10;baR6ZaYqqDp3YZ6hcq46qrD4xZzSsxb5fIcoxsZPn62KCOAR4V0t1R8VH6puONvWpuuibL5DghTh&#10;UQn3To5WWMX04lrqo1AtzVKPtG6z0bagxKyVU6np7NX09+yXP9E3MXzmuvm3WwFoKHx+U8U5ffNn&#10;bc6I5cwzQrOqIyJ9S0YU/c3YRnlE+qqMKGuopuwMQyMl4W5ifjFlNPE0z2Niy1nCO3484Y8/tesa&#10;ThkGpkxW03gx9c5fDRv6S09oGNoAAiAAAiAAAr1IQCgCQFFRUXJyMq8h75WdVIYOZn4KGxl0lb+1&#10;zqG/98isqq42f6tBsdm9guLuCGcT1FVq2AVYLodOU8mJ4vC4OPHLsV0XWur+kbtiTXGTVaT2s5od&#10;Lz6Tk1dac1LL6FS6ui5om74szc95JntnTRtvZPcrLaVb8utEB33/oYVtdX1FhXX7aysqzzHVtmhb&#10;HLHh+V1X9/bWg61OZOTN0lB+hDPwbGV5o6uK7ZflmAdS1bZ3Dh3s1y+bAaNBAARAAARAwP0IkE4l&#10;o5j/t73oeB3jH81fx+YpnZSqvkMCTNdQVg6bl9u0L5edMRWmJo+KCmfqv1Jf/aWFVm37vKKeEYiD&#10;ohNieCS2VakBoUrlhIiQAG5ytKW0sMwsDu2FqtxXCmrOsgrVxqIubeWOnDeqrNQym0xXlSf0k3VB&#10;LT8YNeip8oMW+k+nKa/iqtc2neaD4is3Yxpwle3ZDVeaPvyrjQS3Ksn3KrYQOZffhyvXvJvqjLqZ&#10;8rfV/LvB/cZ271l0yewAqou6SwMHOnlT9J7FqAkEQAAEQAAE+gMBc4XKq1Yv6EzHQ5q/jrsvVYPu&#10;WrjadD2VYFoCN5atn4/MrbpgF6Q8NmECq6jqq82VorayqonJ6RsZHSFCOYTEz537SMayF5apuMX6&#10;hm+/5urWVbyZX8fp0IAIdcZzG7bQtXnDysfVEcM4RSo8E0yTxBv3sfbYbc/3TSZvhLbKCjNfiXOa&#10;im9MWVtO802r3phqxnT1rHF8VbWUbrWvm8fNYgu5fyybP+iuxcyfzLqp7kiNuWxvO1Ihfua4P9wa&#10;Em00i4+Bc1MlskNyEAABEAABEOAnYKtNbf9iEaNKIFyVCBnodBfo6vI3O5gFjIiLCWDKP6bRnONq&#10;atZoGB9WWUBMfISE+n0Ut0VwzgJnuWX2xuKPjrFlKBKXrc5QRQw36GMf36BIVcaqZSpOaDeVltYL&#10;VNZyYGtuNf+sq5kC/cF80b/rqyqj/jNJb0NqbcsPEhplmVS0bhauQac5+KXlBHNHTRWPD7LTNiIj&#10;CIAACIAACICAtxMg/1TbywkoPSNVhysUTMEtpTvsz0eOiVYOY8xuqqpklV7DYe6/Rk5KCJXWKO05&#10;bt1fPpjxG2j4dw37p4DY1Ckh1sX5hKjvj2Xlsu7rmuNWvwcoFEwxurpdeRr7k8TaVgtX0o6qg5WM&#10;um04+LnlpOw5reRTcmWyIAWrqVsO7PiQlfLS4DCpdV9Ws84VAXGq25hZ7a6qz6ucKQt5QAAEQAAE&#10;QAAEQKAnCTgnVbWHtqwwXTtrrC1UTF78UAQj8bSf2J+PDEu4nZWPTTXVBq1aV/EvVshJ2lBFektb&#10;W7i3mp0vDAgNMwhQXVMLW5rvjUrWNdbK3LHK8EHMn9oaGqw0pK/y4QXstGtHXYHdSeK25h+YugNG&#10;hTDal91cZdxQNSqEbWpLE48/wbeFZkw3HbTxEVAkLU6LZKEedOhcIThotBUV7NxxwLhodZSS9cCw&#10;3dnWk8MOZYMACIAACIAACICAGALOSVXaO08RCbirnWe7kjwqPZXVVbR1faOdLVZB8bFsIIBTGk2z&#10;TFZbVcPsBhO3oYppZF3ewoULl2S/XtHCbMaSR0z7XRijPn86x3IIGCYUSCAokJ1Wleku2qzy07Tr&#10;wyrjJLEdV1EtN1UaMCF1EuMya2gRTVgaAPlGJ6mvZTRxR5vW1pugS2fGtO0iT9gBefScVPYLQIRz&#10;BX/3t1Yf5ZwrlNFhsohoJWMS7Wxz6OEgZkAhDQiAAAiAAAiAAAi4joCTUlWEAfLoedx8pP2QT/Lo&#10;qJuY8rSVhxs4YSfzHSdqQ5WNJb4BY1UZWRnRQ5hfOD8AmnTVXRQw+6KOC5VgSm2edKTaOElsJw7X&#10;D62co8GwsLg4Rn5rKz8uYKNuDYuJizRqYq3WubBTQ6IzFprp5nfrhIIaCHVQw8FydkI3QBk9hlJF&#10;RI/jdrYdtgmwJaKbkQQEQAAEQAAEQAAEeo6Ac1I1SLVcv4eevWyi97Pm0nzkU2ncLGBV3t8sdp2b&#10;NUkeOymakUttX+XvZ/f3BMTESdhQZfTjlPkExqSoI7hZUlqNDxvF/qOttqqBN0Lq8SqjN2sY4zVg&#10;c8mjMhYksq6iFIfrI54d/C1advt/UMh1MvkENg5X2xEN4xhKq+1hMsW1bBnaH2w3VlEMf9O1Uh0s&#10;0OnmuvlIXt5XksRqQ9VRTk/r7dFfEUYfgFNHq50T0D03PFEyCIAACIAACICAdxNwTqqKZjYkOn2m&#10;kt2X1MI5jdrmjoyLGWb46zmtllGTEjdUKZLmsR6lNIP7N4uwA2Hjbmbjsp6r2Lnfxkf0SlNxQQUr&#10;3+Q3K/UTjfxXyFRTFS2WR2QZMhgjVSmCSI+axeEy/BoyKUGvDK9VsE4I/PGqxHEl54rZ4xxD5SmM&#10;vGY5X9y2zzaRz4T+yjUGfG3SHHbmcAJxViMVCIAACIAACICA5xM4Ku4SD6KHpSpptglzjfORwmaF&#10;RY+zmM6UuKGKClaYe5Tm7jaLaX+TavIotuaWAy+veKOinjkL4EqX9ljFjlUvl3LyLESl4o7P4rVU&#10;YZoktv29mQv/P2jwVQaoEfFcHC76x01xcYH6PwZwJ4Zpm78X30k2KeXKRznnCimlGJ0rhDJpj5R7&#10;9WEAUmAiLQiAAAiAAAiAQC8QcE6qWkYA2Gy7W93C8pCpxq3rgi0KS5hkiiMlZUOVqcSR6vS72DnL&#10;ts9yd5iOvwpK+APnh6D3MSjc9uIS/WziU0uytxbWnGMLkEemLbjb0QGu5q6iVk0xnqkaEMiWEprA&#10;bq6iDVWTYplZ0IBhnCI/azrZii3JIgLAioKv7Pa+uXOFyGFidlat4XAvs/9FsBG5ZOdqqqzDdcmO&#10;vW832oPI2pEMBEAABEAABEAABKQTcE6qWkYAOC+0XcloDm2xyogbZte6wLg4dnOV0xuqZCFT5yYM&#10;Z2rR1ezKM52VRRIza24sE/mf5/INipmbNS/a8fmtlJdcRWfwzL22tXLh/43+qLKgmGiD/B6kjI7k&#10;ar0uhBWy54wZuJ8sIwD85NAHlRr1RBy/ay1fI83Oqo2Y9gc63MvsfxkZd7OnfFkesmUox8IuvmgP&#10;0kcdcoAACIAACIAACICAKAJOSlVRZZsn8glLfYLbus6fWT5+PCMBpW2osijMJ2TaowmsFqRwTm9W&#10;mEJCBShnPbd25YLUuLGKADmrWX2HBIVMUKVlrV05WxkgmoR84lwuvqmp8iburNQgxbXGvwbcHkeR&#10;XAN+a7ZBzODIqr86fvjhnGSK1hnGpGZwm70clWU6MCvgt5NtVHkQF7JA1lVrOmTLUZn4HQRAAARA&#10;AARAAAR6lsCAjg4uUFPPVoTSQcBNCTSf/aml9Txj3N7KM2sei3FTQ2EWCIAACIAACLgxAQoPT9bR&#10;rioxNo4fP56SrXmvbnrMCCa9InBo8PCrbPOKnksUUy3SgAAIgAAIgAAIgAAIgIDrCECquo4lSgIB&#10;EAABEAABEAABEHApAUhVl+JEYSAAAiAAAiAAAiAAAq4jAKnqOpYoCQRAAARAAARAAARAwKUEIFVd&#10;ihOFgQAIgAAIgAAIgAAIuI4ApKrrWKIkEAABEAABEAABEAABlxKAVHUpThQGAiAAAiAAAiAAAiDg&#10;OgKQqq5jiZJAAARAAARAAARAAARcSgBS1aU4URgIgAAIgAAIgAAIgIDrCECquo4lSgIBEAABEAAB&#10;EAABEHApAUhVl+JEYSAAAiAAAiAAAiAAAq4jMKCjo8N1paEkEOh/BJrP/tTSep6xe2/lmTWPxTjT&#10;huY9SxcWNHI5Q2dvWT892PCv6m2pa8uMJU56pnBBFPOv6q2pa8uNP8Q/Uzif/cGZ6pEHBEAABEAA&#10;BPqYQFtbG1lw9OhRMXaMHz+ekq15r256zAgmvSJwaPDwq2zzQqqK4Yk0nkzANVLVkwmhbSAAAiAA&#10;AiDgmEAPSVU4ADhGjxQgAAIgAAIgAAIgAAJ9QgBStU+wo1IQAAEQAAEQAAEQAAHHBCBVHTNCChAA&#10;ARAAARAAARAAgT4h4JyvaldL9UfFh6obzra16bpkg+RBivCou9SToxS+1Ijq3IV5dbaNCUrMWjlV&#10;IZO1FL+YU3rW4nffIYqx8dNnqyICDMq56vWF+bX8NJhCWvZl5xzQ6lNEpm15PNqQtCp3YT5PrWwC&#10;469BquUr1cx2F+PV1lBRur/86Pet7bquK77ygMDrx0+aoooLC7BMdqUqd3F+3RX9HyPSt2SYbYFx&#10;ymBj4ZYwZTLfIXqcCfdOjjbgNLu4VvgoVEuz1COtERnN4FAzCbpaPt+dV1LVdK6L/qEv/JaEVLVN&#10;6/pk9LlHpfBVdY9+gBUgAAIgAAL9m4Db+Kqe1ex48ZmcvNKak1q9TqWrQ6c9WVOat7fGWcJdF1rq&#10;/pG7Yk1xk0EI9uKlq9+3KfP5TYXl9S3UGH3tXbq2lvrywvyyFiszdJWVjE6lq+5fGp1LrLSFSRZc&#10;0DZ9WZqf80z2zpo2XiBXWkq3sKLZkRW6qjdW5OzSMDpV3zwqvLJw0/M5xaccZcXvIAACIAACIAAC&#10;INDXBCQ6ALRqtr1SUHOW1T0OjPehGUqza7B18oBQpXJCREgAN3fYUlpYpg9z4OvP5pIbZxUHcSXZ&#10;FGJrg+8Qs0r9rSYmLZI37M7ZdqBBJ0oft2k+rzdl/qa6ykyrOmnwhapcezC7tJU7ct4wr8fMeF1V&#10;ntBP5k1sLP7wK85QA0MGqTxquu2kbF8PRdQPAiAAAiAAAiAAAtYEBj733HOiqWgPvrrtsGHhna6A&#10;camPPT73wRnq3yX85oarzn3zzZWbkqKvox+aq/5ZY1jgv+aezOyM5AT2ih3jb8h3ob684ruL+v+6&#10;4fdZj98bfced4y//p+I7Q1zLcz6K30Vff+0tbJarT/yz5oz+70EJmS/8QV8SU8iF+rKK4wYFNkL5&#10;uyh9nTLZaa7WoHuefiHj91ytt1xr+evgG+LuDB9q+Ftd/toPGi4xjZGHxc15/E9pDySr77nz5ms7&#10;TtefDYq980bGYMPVWlb493q9jmYvbZvfb+74FSucnTJYV/HaBuPUbUCE+pGMJ9II5uR7fjPK7+x3&#10;9Wd/1td06UzNN1TRGKYiYxvZn/5z6ZZJN5rcFE5Xs7gG3zCJMb6htKDspCFu7vCEZS8smHZ3QmLi&#10;HaMv/yL83juu8zM1xsv/q/1ixwVdJwPhm6YL90SFeDkQNB8EQAAEQAAEnCDAhOr/4YcfxOS99lq9&#10;Qvvs67O/DhnCpPeXDxo65Je2eaXMqtbt33+SLUGRuGz1vLjw4YY5ukFB4ZPmrl6qvl6MaTwmKG6L&#10;CGL/fFZrve7uXJmOc7Ud/Ac3YSmPSHt+UWpUiGHG0Vc+Kjp18aq5t8rNy2g4WN5kWWZTTTUn2h1X&#10;xpOisfijY2YwM1QRDEwf36BIVcaqZSpy6zVcTaWlZtO5FiW1HNiaW23PE0F7jlPXQ4KCmK72CYiY&#10;qo5mR4VTliMTCIAACIAACIAACPQWAQlStaG2nl34HxQ9fYrNzNPIEE5cSbbdpKjkgy0UouSSRGfQ&#10;1dRxsjvkrlQb6SYPGWm+qaqh6itW84UnqtiWn9JomkVXZ5Ow4d81bIkBsam2MH1C1PfHshbovq45&#10;bpU/QKFgOOnqduVpLgiaETSMa0Vj4ap1BRXHtLauG02fbFuxZOGSnII64XKcbydyggAIgAAIgAAI&#10;gEA3CIiXqm0NJ1lx5TsuOkJMPu2hjStMV8FXvGZ2aWsL91azCiog1HrbvfSmaQ9tcVgpLY03NLBF&#10;h0THcHO6QpXVVlSeY34LV94zKXoU89/aysNcGZKt1DW1cDBvVIbzwhyrDB/ElNvW0GDmeqD/i6/y&#10;4QXstGtHXcFmwe1oYb9RGhW37pSmcGv2kqU5uSV1pt1a5w7uJMeGLgoToNmxhyeCguSWIQMIgAAI&#10;gAAIgAAIuI6AGMnJ1Ka7yC01BwxzpO2YHFdoN73p+slmQq8ub+HChUuyX69oYTY2ySOm/S6s+03r&#10;umCvUrZ83UXOnICAYQ7qrKuuYROPVUbLA6InsPOqbUernNWqbT+dYysVhhkUyMlME3qjpTTt+rBK&#10;wfReS+lWoS1WoanLHokNMt9a1mEItrCqoI7pzUHywdwQkMt7aUa7+12MEkAABEAABEAABLyEgHip&#10;alqb79IZdkW58vINGKvKyMroPR9K+WBOv13S2Y87pdMc/JJVquEToknNBURFc1q1skIg/qsjNmJg&#10;XtQZNkTRxe8WMVK9+KEI1g+gNn/rJ/yuswETZq1cv2HZ4+rYUcZQC7R/TbNzv0Fmy2PnzosLCQxQ&#10;RKZmpLjgO8FRw/E7CIAACIAACIAACEggIF6qBoSNYmf52mqrGsQEeBquytpiusxj5jMGBik471af&#10;wJgUdYRVyH0JrTBPSkH+7VXKJg0L43RZfY3dnUm66up6trHhyiiDMhwWzfkAdNVUO7doLgLm8Sqj&#10;N2uYgFuEPCpjQSLLsGlf7kdCW9J8fEMiVbOeXr1h9SxW25JXwbdfM8nlkanLVq3OejwuRPxYcLJr&#10;kA0EQAAEQAAEQAAEpBGQIE/Cxt3MrhCfq9i532pDvEx2qknq5n1F0jzW4ZJi2v+td+P/y5URoSyp&#10;+n15VdY7inRNpxj3UG3FYeP++/rCTPJYoGvFh9yWrK4vy6vEqHabTnEA80pTcUEF66Aqv1k5RrBT&#10;Q6aaGLZYngHG5KHzxEyZA2KnT+ScN5wyW9rgQmoQAAEQAAEQAAEQ6B4BCVJVdpNqMrujSNZy4OUV&#10;b1TUM2cBdGjry3dkbyz+XrIpCnOHy9zdznp+Sq6XMgQkJOlX8/WXri7/hU2F1U2Gs7e6dCerCjev&#10;yvvCoPCaNRr7pzpdqausdOrgKiGYV7q0xyp2rHq5lBP+ISpVuL0GKtRPpRnnSq0S6qpzc1as2rSP&#10;20fV1VB+lPMTCL6emY/VHSvetmpFzlsaLcSrMwMJeXqFwOXG4mdTk6akpm6t7pX6UAkIgAAIgIC7&#10;EJAiVSkS/x9Mqqjtq8JtLy7RTzIuzd62u4YnDJJlBIBNn/DNuo5Up9/FzvO1fZa740unZJ9zMCPS&#10;jKvnMl1DRd7LmfrWLMl8JZ/OF2COBmg4XMkqu0GK8Al0tpbpf2HD2FrrLQ6uEm+KAMynlmRvLaw5&#10;x5Yjj0xbcLejTWxDojMWcluszOu/UJX3Pu2e0jUcyF2xeEnmiswlSzdVsDOvvtExSoNQ1ex4tbS+&#10;ta3ly4JNe3rzU0E8KK9Mebl646ridq9sOm+jW/dvWnvuvreKCgsXRIEKCIAACICAVxGQJFVlMlJF&#10;T89SMsHqHV6WEQDaBPZihUydmzCcKUtXs8t2Ld5hNc4nCJm6eH5imFyQQV3Fv9hF+KBJ8+Y/Mneu&#10;2f8W3R/NUjimqWh1ygaCmTU3VhCmb1DM3Kx53NSv/Rpoi9UMm7nXITdPUnK7//V9oevi5k3l42al&#10;RhpK7NBd5P6oc7C/zKk2elWmpl2PTkxISrW8Fu0xD7/bvJNLkpKUNOXBJ7eWNbPnZFmQ6izfs+fj&#10;4mKJgXs1L06cmJRsqD4pKSn5wUVrd1U2dl72hD74tqY6NDYmeGDPtsXUO2Z9+ORuid3QszaidBAA&#10;ARDwOgISpSrxGR4797m1Wemq2LEK9kR5H195cHjcDPXNztHzCZn2aAI7c0hr8W9W9OLMqjx86qJ1&#10;LyxKnRQREij3NcDwlQeFTFBNi1HIaqtqmD34PuGqe2zON4iMixnGNLjp6L+dPbgqQDnrubUrF6TG&#10;GWGSAUP0BqRlrV05Wxkgun/kE+emRVpFm5JHzF65NnOWqfBB8qBRSlV61mqjAh6WMPv34RQawFcR&#10;OzclwrkORC4zAvHLdxVaXJtSgq0ATVquT7CnpGTvlpmXt6c+kddorSZbiwvLZLLa4o8bpbINnbPF&#10;UHtJyf7duQtiT//l0YTpWQcMpxPjEkWA6R2z688zrDtQVDlIBAIgAAIg4CICA5gDW3GBgNcSaD77&#10;U0vreab5eyvPrHksxkkUNKs689v0spXxwpN/NG+XWp/+2ap4ror67TMfPf3Hz1ZOMqvzzJ6MlNLY&#10;J4K2F4W+WfiYXU9lC0tpVvXV0HfeeSjU7K/tta8tzNg7Omf3ynh/J5vFk+3r7cl/zLtxWdH6KYGu&#10;K9ReSXxNc33NNr3j8ipqt6dk5I15pugVdS+Bc3kLRBWoyaaR+O476aNFpUYiEAABjyFAYe2pLUeP&#10;HhXTovHjx1OyNe/VTY8ZwaRXBA4NHn6VbV7Rs3ZiqkUaEAABaQTCI2+WHTvRaJ6pvqigdtJ9981Q&#10;xZ8p2FMprTib1P6RT2zJidFkvXSAz9HA2cJHxz48I12tdKH4ddaSfpYvNPahmelTogCun/UbzAUB&#10;EOhTApCqfYoflXs7geYTx2VjR19nwnC5unj3eXVyvL88PiXZr7Rc021C/vF/fDyy/INiF7oB+Eem&#10;LHgsPsSv27Z5WwH+kdPnP3ZXMMB5W8ejvSAAAt0hAKnaHXrICwLdIHCZVuezXv8pRR1jJl0qi/fI&#10;VIm36f8SNeW+oKLiA9333R5xa+yY2v98Y21qa/m2J+ckJaWkJiUkPPjinlqbiAOt5RsfnZKUPCUh&#10;IW1btcWvtML7YN4JwQJTpyQlzcve81Vt3iMTs8vNk+kzbivalTUnOTk1OSkheelO22qti63empp9&#10;SNb47kL9ZqfNFtq99cj2rDTaoJaqr3FO1vYj1jsc9TulnsjKpuqmJK+t7PbMsn7nXNauQxszUsh+&#10;PbaN5WY1kufGxCyr/qp/IzXpZY2xYvJkePDtRgsiL05MfjrrSSowKWOX+Q6u9sbiDRnJxJ9AJSVl&#10;bChutOkgfWlbi3c9+2ByioFm5i4rmvrmL1q78Ynk5BSO9pmyjfMMnZ4kAP9M2bZFDyZNSU7V93v2&#10;nq+ta9WX+dyuMrIthUmzscziK6h6W2p2mayxYJF1Z3XjVkFWEAABryYAqerV3Y/Gu5pA2ZqZlhEA&#10;LKWVvrpDawy79JOTkmdvO6Pe8tbiKJNS7SwrORA8XR3FeLveFK8KKfugqPs70EPDx1q7GTTufDT5&#10;lebEl4pK9hSWHCxZHal5dka2xlwW68o2PFcbv7WoaP/BN6c07ylzYAYVOGOzlimwcH/J7oXXlT6V&#10;sf2YLeDGXW98q9q6u6iwqKRouf+ujDUfO1CQUQsKV94lY3eMPRVrLJGpUfViUcl+fY1F61TazcmP&#10;WgpBfeKvm0Nf3F20v+gZ808CoY4vX2MVwmGjtQ9G2bZ3gxa/W1RE2N5S1z73xHbjN8AI9ay7ykoP&#10;mmu7+rKPZOopsfanUVtr/VLeKioqyZ1p3MHVrsmevbAs+LG/7S3Rg9q/e35w2cIZ2WU2arXxvde/&#10;Tdyyew9Dc2eGrafHkU/Pp/5t9x6WdlLKhvNpu/WdvnuJf352gdUHzIldj6ZuaL5ndRG1b//BklW3&#10;aJbPyD5s00GHtuWNWLy7UJ/mzaTarD9tNx6UQl9Y8wtXxstCZ20qLDTrLFffaCgPBEDAiwhAqnpR&#10;Z6OpPU/AJgKA7dv6ruUUHrRQrz+Kcp9LiTT3ID9TXHAo8r5k406q8PseiKw96EgkOtEqXdn2187P&#10;XLNSPZoRUX6h09evTNRszDeTHOeamy8PDQrSJwh9ICdnit2N8K3Fr74mS39lOVegzH/cY1teTOR1&#10;yoyc83h8oKFe/9hZU4LLNE5F9T+2felrwYv/8kw82wSZX0j8M6+tDH5jqUk7MmTGqaeOEb3kbhMB&#10;YLH1Ljt/9bxZ4UywjdEps+5o1nxhFPF+sQnxmiKzIGNfFH8wUKW6yUEP+Seq4y02EnSWrVtam/RS&#10;zuwohpNsoH/k7PWvTK/l8TkeN/vxSRzN1KnB5Z9b0xw7K/0uQwIDbRmlv8PQLf7xd8aYG09/6ix7&#10;Y9v5B15aOSXUz/Cx5DcmZf0qlWZzntmwMNjjr37sgXAmTej0WfFUjM3xhU6MSmQBARAAAV4CkKoY&#10;GCDgLgT0G6pk9X8zLHQz1xM0R/j1B8U2a/cSLW4+cYI8YkNNuY58WjZGrb7JQsBFJarOl2sajYmC&#10;1Y8lN6x9KGPb/vpWRyvnnV9oNDdbK0K/O+5T8WjV0NjbTKp36NChssuOSudrbWNl2fkpapXVVlH/&#10;xJTk82WVpkbos44Icul2+6jYW43c/Pzlss7LpiAqfpNSUk4Y+6uzbO+e0OnqcEfhYK8ZYXnMx2XN&#10;p/TFMj3SSl+HT58VWf6pyZnAgCX0N2bhZv2JJtljyWt0aChngJ72iGBjeFrSmubGy/T1hqunWNZ7&#10;q0p1vkxz3LLM22JNSwFyfz9ZZ4dHhO+VeFshOQiAQC8RgFTtJdCoBgQcEagv+5hW5EtKzKN67ilZ&#10;P7m5YL9T847G+s5oPv0m8hazub3mphOyEwVLrXwVXtQM7dQ2mzSHf+yyooNb06/54oUZiclry+0d&#10;nqU908ynCIOu452KdSTdHIHS/97c2HhNMM/+pOuCr2tstPGiFVOi2DR+Mjv2D4xSz5AVFBkcaltL&#10;9xyKVdufjeattLn5hCw4mA3eYpaCVKbsRKOVI4YrYLJ16OttLHjaygMiWzO0Q2u1J2+gTPQ0tVis&#10;SAcCIAACQgQgVTE2QMA9CNBi8Tm1ysafMnZKil/JAY3zs1btmtf+RtGvVGbSZ5D/UNmt89+yCnav&#10;/+fiWEvp4zc6duZz75T8RVX97Bo7G7yCRgTLzmhtTm3Tnu6+n61A5wSHhp5u5in9dPPp0NC+jOcZ&#10;nnRfqGEzXGtZcfUk1Z1OBKYKDh4ta262jdhwhho8OrTnTiQYTMMiin9YOBtr2D1uLVgBAiDQvwlA&#10;qvbv/oP1nkJAv1gsS0zk2YBDK7ADi4sPObNKTqvBjW8vXHokKifTwm00MCY+srK41FIMtX+xa/sh&#10;4zmvnY3luw5wm6L8brolUnbitHC4K79bY2O/3rPPcjazvfyDUntTsd3qutCY+KCiPcVW5bcf2FM0&#10;ND4mtFtFdzNziEo9jjZXVX/wXqM+6JgTpQ2MvfOu2g/21lplrd9LAXfvNNuE50TRdrME3h4/TlN8&#10;wPKLo7161xv8x/+6unqUBwIgAAL8BCBVMTJAwA0I6MpKDwXfNyWKz5RI9YzgshKpqq+z/XjZtoUz&#10;Ht07+pm/LLfctUPumynzHzi9cWF2WROrgNu/2v70szu1fkO5hV2/zv/3QfZLeY2G39tLSg8E3hoV&#10;IgwqUP2nJ/y2Z27UcG6t+gJXHWh34fK0VeVjH1v/R+3aeaYmdDaVrX1iTfO89emOtjH1cH8HqlPj&#10;NZuXFlxWqw1Bx6RffvGZ6yNLnn7y7dp2Zjad4prtXPr0/kirTw7pJdvPEZiSMfP05ieyjV8sP9Vu&#10;X5a1s9U0LFxdI8oDARAAAccEIFUdM0IKEBBN4IB1rKOn94hZA28t+aBsrDpxLH89tKYcXllstrFc&#10;0JzGtzL0noYpFGp0TsZWzTWztxTtWqnmi9UfuWB34RNDC55ImkiBO1OSZ796ftZru59h9oYbrvB5&#10;r+VEajIoptaUpBl7g3L+Mj/Sru4Mnf1m0R/9di1IpiinlCXjrY5Zb7352BjR5KQn1Ne45LrSzOQE&#10;agLFH80sDVrwbu5Doc7JQ7Z+NpSYyV9z6V4xHWhhvX5z1cDOoHtU9onZa7F/7MqduYlnts1ITEii&#10;uGZTZmxrjn/l7ZXWnxzSoTnIMW7+7nfnD931SFK8Pp5r8iPbzqfm7l4S68zcsMttQ4EgAALeSmBA&#10;R4dp+6q3QkC7vZpA89mfWlrPMwj2Vp5Z8xj88lw1Hmo3Jj0te6lk8a2uKrDflFO7eWntA+tNcVL7&#10;jeEwFARAAAScJ9DW1kaZjx49KqaI8ePHU7I179VNj2H3UigChwYPtwrsoi8Js6pieCINCICAPQKG&#10;E4zKrN1pWxtPtIeG2nEb8FyokU9Bp3pu76JlIAACvUsAUrV3eaM2EPBEAsGRkf6Vn1ocdkXxpEr2&#10;VI+7M9YyZqgnth5tAgEQAAEQ6EECkKo9CBdFg4C3EBj3+MpJ1VkLttf+xLa4vXLj0jdkjz2dYgw4&#10;7y0o0E4QAAEQAAGXEoBUdSlOFAYCXkrAP/bZnblTTm+bnZSUYthW9Z7fY2/lpos/0dRLuaHZIAAC&#10;IAACDghAqmKIgAAIuIIAnVM/fWXu/pKSPYVF+0ve2TQ/fnS39uK7wiaUAQIgAAIg0O8JQKr2+y5E&#10;A0AABEAABEAABEDAUwlAqnpqz6JdIAACIAACIAACINDvCUCq9vsuRANAAARAAARAAARAwFMJQKp6&#10;as+iXSAAAiAAAiAAAiDQ7wlAqvb7LkQDQAAEQAAEQAAEQMBTCeBgVU/tWbRLLAEcrMpHqr1668Ks&#10;kv8O/fXDW15JCRbLskfTabInvhr67jvpo3u0FhQOAiAAAiDgJAHmYFVJFw5WlYQLiUHAbQhcrt64&#10;qri9D8356vWs/eEr9xYVuotO7UMWqBoEQAAEQKAvCcABoC/po26PItC069GJCUmplteiPc1mjWze&#10;ySVJSUqa8uCTW8uaO3kYdJbv2fNxcbF5TnGkOpvKti16MDklmYLwJz+RvecrJ+Vuc21te0xsbO/E&#10;Rb3c2Vi5a63B7NTU5KQpyQ8uWrursrHzsrg2IxUIgAAIgIBHE4BU9ejuReN6m0D88l2FFtcmm9Xz&#10;Scv1CfaUlOzdMvPy9tQn8hqtNVlrcWGZTFZb/HGjNPPPFC+ds0GbvGV3YREF4d/99C2aFUlPFrVK&#10;K6SXU585kJ2avLRIlrgsd/eeosLCopL9RW8+FX9+78KE6VllZ3rZGlQHAiAAAiDgdgQgVd2uS2CQ&#10;txDwC4x96vl03fa8w5YtPvNp6VeRjz0R31h0oF4Ki/q9ed9OWb78rkC/gfpsfmNT1r+Rm3arv5Qy&#10;ejftiV2Ppm6VLdj57kszo4L9jXO4fqNjH1tX9M68zuqv+eacu2dj60dLEyYmb/u6e6UgNwiAAAiA&#10;QG8RgFTtLdKoBwR4CIRH3iw7dsJi9rS+qKB20n33zVDFnynYUymBmvZM8zXBwRaL9iMio0J6ZxVf&#10;gp1s0sv12zO3yeZt0WtrvtyhyesX3+V64wMnqGc98PCdIdINRg4QAAEQAIG+IACp2hfUUScIsASa&#10;TxyXjR19nYnH5eri3efVyfH+8viUZL/Sco14VDcqoxoPlNm4E4gvoFdTdpbn5cnSn5kd6no1ar8d&#10;I+IfW5ASeVWvNhaVgQAIgAAIOE0AUtVpdMgIAt0jcLm99rWs139KUceYqbXK4j0yVeJt+r9ETbkv&#10;qKj4gE5sLYFTFs33z3swbW3xMbu7qajenVkPJiXRDjD6v0df3FP7NW0Iyy7jXGab9y59Ir9eVr5G&#10;v0HMcltYa/m2J+ckJaWkJiUkPEgZberRvDgx+emsJ2lfV1LGLrvbwqqPlIUmJYYbfBXEX+drdmXN&#10;SU6m3VcJyUt32tYvaz2yPSuNtqylpk5JSpqTtf2IjauufvebqbFc1Z3Nh9im6TPy7Uhz2HbxrUBK&#10;EAABEAAB8QQgVcWzQkoQcEigbM1MywgAm22mRQ+toY3u+q3uybO3nVFveWtxlEmpdpaVHAiero5i&#10;BNxN8aqQsg+KRAcCGBg68y8lhQuCNM8lT0xZur2SN7pAu+al2c9+EfX87qKSwkLaw/RMpObZJ7aZ&#10;O8UGT1//Wlq4jNn+ZbYtrHHno8mvNCe+VFSyp7DkYMlqyjgjW2OjpFtr/VLeKioqyZ1pLxxr84n/&#10;Jxs7JtQhUMsEjbve+Fa1dXcR7b4qWu6/K2PNxxbOrGThjM1a1Yu0N6uwcH9J0TqVdnPyo283Oqql&#10;XfPyjDnvDkrbpG+aPqN+R9oGo3an7CLb7qgi/A4CIAACICCZAKSqZGTIAALCBGwiADwVa534ruW0&#10;0Z3Z6p77nOVK9JnigkOR9yWHc1nC73sgsvZgmWitSvn8gmMey9l1sGRd/Pm/zKGZx+ITlvV/8Xr2&#10;4duXv5QSzuxiGugXPn39yukitl7pyra/dn7mmpXq0Yyy9guljImajTT/ann5J6rje2x5PXLO4/GM&#10;a6t/7KwpwWWaalPlx7YvfS148V+eiWctlPmFxD/z2srgN5Zu/8bumD1WsHH/LYs3PBY1gv1o0O9I&#10;270kyhiZQXTbcWuAAAiAAAi4nACkqsuRokAQcJKAfkOVrP5vC03zsk/QjODXHxTbV1p8tfmPVS/O&#10;L3knVbv2iY3VZsGw6o9oZImJVgFTydPA8XlURz4tG6NW32ThWRqVqDpfrmm0NOCaEUEi2h88+tfW&#10;+8lE5AqNvc1k6dChQ2WXTbOqjZVl56eoVVYq2T8xJfl8WaWVjRZV1R8sPZ+corbK6OdvCkkguu0i&#10;moAkIAACIAAC0ghAqkrjhdQg0GME6ss+puX1ElqXN117StZPbi7YbzZ3KKF6v9CHnkkfWlxWY8qj&#10;jxJgKyX9SfQ5uJqbTshOFCy1cm94UTO0U9vsVKz+qNviGz+rlDJhbLBQ2Le1ubHROgCCIcd1wdc1&#10;NlrNLVs0lp+JWRKXt90RbPwOAiAAAiBgIgCpitEAAu5B4IviD86pVeZbrAx2xU5J8Ss5oHEoBy93&#10;trfbRiH185N3njdzJw0aEdzYaKMPW0+fdsRgkP9Q2a3z37I838Dwr8WxErdGMVX5TUpP/+n1bYec&#10;PE/L1t7g0NDTzTzS93Tz6dDQ0XbaR0xOn9HaSeDytjuCjd9BAARAAAQgVTEGQMC9CHSW7d1juzSv&#10;t/FWlWpgcfEhR8Hwv942e/qaMqtNTt8cKD4Rf7vS1NTwifGB5cVlFvqwU/P3UoeCMTAmPrKyuNTy&#10;+Kj2L3ZtP8S7eUsE3IHhj617vHnV7Oxy/spbP87efkREOVyS0Jj4oKI9xVaFtR/YUzQ0PibUTkHE&#10;xL9kjyUTmexMYyMH0/Vtl9AsJAUBEAABbyeAWVVvHwFov1sQ0JWVHgq+b0oUnzGR6hnBZSWO1OS4&#10;x5dPqs5asL32J7aM9q92LV22L/LF5Ynmm6Zufnj5pP9kLdjGJets3Lkw26EOpiJHpMx/4PTGhdll&#10;Taxobv9q+9PP7tT6DXU+MOromW8WLpBtTkp9dpfmuGlOuPOEZntm8oy/tAePkNI5Yx9b/0ft2nkm&#10;CzubytY+saZ53vr0m+yWwzCZt1HTamzarqXzXqg0zrT2RNultAxpQQAEQMCbCUCqenPvo+0uJ3DA&#10;EIzU7Hp6jxh3zNaSD8rGqhPH8tsTnnRfeGVxsYOC/GOf25k75fS2R/RRRZNTkjPe+m/8hp0rJ1nt&#10;7jckS9Zum20Ijzolee13qlc2pxuDDtghErlgd+ETQwueSJqYlJyakjz71fOzXtv9zB0iogfYKXRE&#10;4srCg+uTZWVbM2boQ73qjX90c6ls0iu7d61X21u35yk0dPabRUuuK81MTiALpyQlZ5YGLXg39yGH&#10;pwwQE2qaLO+hpARCNyVp9qvfxq56JcXsRKseabvLRx8KBAEQAAFPJDCgo6PDE9uFNoGAWALNZ39q&#10;aT3PpN5beWbNYzFicyIdCIAACIAACIAAR6CtrU0qjDXv1U2PYVfQFIFDg4fzBDvErKpUqkgPAiAA&#10;AiAAAiAAAiDQSwQgVXsJNKoBARAAARAAARAAARCQSgBSVSoxpAcBEAABEAABEAABEOglApCqvQQa&#10;1YAACIAACIAACIAACEglAKkqlRjSgwAIgAAIgAAIgAAI9BIBRADoJdCoxm0JWEUAyKse4ramwjAQ&#10;AAEQAAEQcFsC37wsMcSgTIYIAG7bmzAMBEAABEAABEAABEDAMQE4ADhmhBQgAAIgAAIgAAIgAAJ9&#10;QgBStU+wo1IQAAEQAAEQAAEQAAHHBCBVHTNCChAAARAAARAAARAAgT4hAKnaJ9hRKQiAAAiAAAiA&#10;AAiAgGMCkKqOGSEFCLiYwO2hlcuDXVwmigMBEAABEAABTySAYFWe2KtokxQCLgtWdXfYN6n+gzr+&#10;Z6r8Yvu65Y25NsY8+XRk5pjOt1bWZ521a+joqzN/Fzj9V3LFIJnsikzmI+to0312pHXzhz/Wimzg&#10;xNGVqUMVPgMG+Xbufe7bP5lXZ+cnQ+GRd13/6pSrRlHVdHV0/mP/9386pBNZLZKBAAiAAAh4IQEE&#10;q/LCTkeT+x2Bzn+srg17kvsfn06VDb9uypgBMp9Bd6v97DTv7pQbjmaGPDKis6CgMX6BocAF32Uf&#10;uTR2UkjpKzdk/locmc9OxFDGD9vbbJPb+UkmG6UK2506tOPoqYde0Nf77NErdz8Q9r7KnsHiDEIq&#10;EAABEAABEJBGAA4A0nghNQh0k8CohMGRso7PTvxv1K+CJwqUdXda+BuqQfX/bFC98P2fq9tPssl0&#10;BR+eiF/c+NaPv4ga000r7Gf3z4zzH/T9j4vf+fEz/USsruCdk281+EyMFzS4R61B4SAAAiAAAt5M&#10;AFLVm3sfbe99Av6ZkfKOEz89/ZWuI2jIwng+A8aNzrnd7+S/Tj+9zyhSzZOdz8r59v79PWr5L4cP&#10;kbX8oDVzM+hc19wpk/tE9mi1KBwEQAAEQAAEbAhAqmJQgEAvErj9mjuGXzpS+ePJ/a2ftQ0cNz7I&#10;tu4nVUNHac+/8NY5bjK1F81jq/q5TSdTjLjavOInR/jJOq4c631bUCMIgAAIgIB3E4BU9e7+R+t7&#10;l0DGbwePaNPtLeuUyX587VhnwJhhmdYGBN1x7YCT/3fmk941zLK29heO6mRhQaWpw0bpf/CbnnrD&#10;H34lqz3at1b1JRHUDQIgAAIg0FcEIFX7ijzq9UgCfveuiGz4M/e/rBCD1DNeI6aEDjx5TFtg+MNn&#10;n108OWjwvbOs9irJFf6XT57q4732Jwv/b/Hnl8befX3lXyIbtt746t3yln+dmvdeH1vlkSMGjQIB&#10;EAABELBPAFIVIwQEXEjAMgJATpP5Iv6oBwKifDs+KT3P1vf/Wj75XjZ27DWWctaFxjhf1MQHwzfG&#10;/OLkv1rm/bk+7JXGdUe7Rv125NsP+jtfInKCAAiAAAiAgFMEIFWdwoZMICCZgH5DFcWomr3YOO0a&#10;Pvtamey6oc9bRJ7StbQPHDWyb8NCjci8bVDLV6cfeuvMP77tlJ04/+fcb+dVd429TWHjriCZAjKA&#10;AAiAAAiAgCQCkKqScCExCDhL4NdXRw2//Nmeb01RV/WhUps/u+gXfbf5Bibt4R/+N+r6Pp1q/e3g&#10;6wddqv3cYl/XJ5/9fHKQX+TtzjYf+UAABEAABEDAKQKQqk5hQyYQkEhg1t3+o9p0//ySNlSZX//d&#10;e/zSiNBhj5j97c+l509eN+zVKX03sTp4wC9lVzp+srKUzssaMEgusdlIDgIgAAIgAALdIwCp2j1+&#10;yA0CogiMmD32F2dOnnvL5iTVgiO6M/5DUqaalfLViazPL0VO/dX7U3iF4dDnn/7V23eJqtXJRIcu&#10;Huvwi0qw8Eyd+Dv5qI7O2q+cLBLZQAAEQAAEQMA5ApCqznFDLhCQQmDq0MhBnVXlP/Lk+dd/D58d&#10;EBkZbP7TJ/n180o7wqf86pus0ZkT/bl9V/JZ00aXbQzNuE52UiuldslpWzZXdyhuu/79qUzVfhOn&#10;hm67ze/Y0f/+zUZqSy4bGUAABEAABEBACgFIVSm0kBYEnCHglzNu8KCzFzfzT0m2rzvWMej6oTnD&#10;LYr+ZM9349c1vaX9xfRpoWV/uaVhKwWNumHlbb4tXzTfv+b/snp4dvOT/MbFh3SK+NAyfb3hb8f7&#10;/eezU3/qy1MJnOGOPCAAAiAAAh5AYEBHR4cHNANNAAGnCTSf/amllQ0gtbfyTF71EKeLQkYQAAEQ&#10;AAEQ8FoC37w8Wmrb17xXNz1mBJNLETg0ePhVtiVgVlUqVaQHARAAARAAARAAARDoJQKQqr0EGtWA&#10;AAiAAAiAAAiAAAhIJQCpKpUY0oMACIAACIAACIAACPQSAUjVXgKNakAABEAABEAABEAABKQSgFSV&#10;SgzpQQAEQAAEQAAEQAAEeokAIgD0EmhU47YErCIArHksxm1NhWEgAAIgAAIg4LYE2trapNqGCABS&#10;iSE9CIAACIAACIAACICAGxGAA4AbdQZMAQEQAAEQAAEQAAEQMCcAqYrxAAIgAAIgAAIgAAIg4KYE&#10;IFXdtGNgFgiAAAiAAAiAAAiAAKQqxgAIgEDfE2je+ejEVWV9bwcsAAEQAAEQcDMCkKpu1iEwBwRA&#10;AARAAARAAARAgCMAqYqxAAKuJtDZWr137ZNpqUlTklJTk5KSkh9ctHZXZXOnq+vp4fI6mw9tezIt&#10;OTklOWlKcsaLe2p/6uEKUTwIgAAIgAAI2BCAVMWgAAFXEmiv3PZg8uxXj8cu2vpuyf6SwsKSkpLd&#10;W56IPP2XOQlzNmr6j9prLVqaukmb8sruoj1FJUW7F0dqnk1+sviMK1mhLBAAARAAARBwSABS1SEi&#10;JAABsQTaD2fPzvwicWvRm0viQ6/y47L5Bd6kXpxf8k5S7dIHsvqJ2qv/4O1v1c8ujx9haMVAv/Dp&#10;6/+2NS1qmFgUSAcCIAACIAACLiEAqeoSjCgEBGSyM8VZz1ZHvbglfaxRpJpj8Qt9aMv6RFnzD+39&#10;AZb2dPM1wcEWDQkcF2X5h/7QDtgIAiAAAiDQzwlAqvbzDoT5bkOgviiv+o4FSyb5C1vkH7sk57Fx&#10;dhK4TWNkN0bd2njgUKP7GARLQAAEQAAEvJMApKp39jta7XICzV9UNscnxkvVofogTU9kZc9JTp6S&#10;vLbSYudVa/m2J+ckJaWkJiUkPEi7mvhmYx2m0bw48cGtxbuefTA5JTU5KSE5cxdvOTY4AtVL5vvn&#10;P/jgy8X19v1rz5RtW/Qg7btKnZKQkJa952s+K3+qJQNof5lhk9mj2XtraxGayuUDEAWCAAiAgIcS&#10;gFT10I5Fs3qbQOO334SGj+Fd+ndkytfNoS/uLtpf9EyMKXvjzkeTX2lOfKmoZE9hycGS1bSraUa2&#10;RmdRlJg0lKHxvde/Tdyye08hbY9a7r8z46UDomIRjJ6ZW1L4p0BN1vSJyZnbNU18mU7sejR1Q/M9&#10;q4uKigr3HyxZdYtm+Yzsw5Yp2zXZDz1bfdvzu4sMm8z2PnPL4Wcz/lLvCAp+BwEQAAEQAAE9AUhV&#10;jAMQ6FEC1dtSra6le5otaxynnmqlcXVl2187P3PNSvVoRrz6hU5fvzJRszHfTOGJScPUM27245MC&#10;DQX5x6ZODS7/vFpki/2CY+flFB4oeWXS+VfTEpKfLm68bJ6zs+yNbecfeGnllFC/gQYrx6SsX6XS&#10;bM4z16HVr2VrJi7PmR7uzzRFHp6ybmWK1MlnkQYjGQiAAAiAgMcRgFT1uC5Fg/qGQOiNNzXWH7ed&#10;eoyaX2h2bblvaPN5mUHYma4RQYFWNh/5tGyMWn2TxRxtVKLqfLmm0ZhSTBpD4tDfxAQba/QfOlQm&#10;67RQnI54DfQPn7L4nZJ37ju3NmOzmcq9rPn0ULh6SqSFlbeqVOfLNMeNZdZ/USlT3RNrkWZglHp6&#10;sKNa8TsIgAAIgAAI6AlAqmIcgIBLCATfGhNcdqDM/tp65zf/qQ+ODA9yUGNz0wnZiYKlMy2nY1/U&#10;DO3UNnMqU0wathorZexcc/1C059OH1pSZtKqzc0nZI0FT1vNGWdrhnZoTeFX9ZEEgmzaO1QvmHGB&#10;AAiAAAiAgGMCkKqOGSEFCIghEJ6cHnX49de/tpO2tbiwLDxZHelIOw7yHyq7df5b5tOx7H8vjuXy&#10;ikkjxmz+NLr2dlvRLfcb1HneNCM7mKyM4rcyxlhq0HXBjY1N1pVoz5x23jbkBAEQAAEQ6A8E0vku&#10;JwyHVHUCGrKAAB+BEeqVz4WXLnlyF48bAKVvr33t6W3t6YsfCHWILzAmPrKyuNTyaKj2L3ZtP2Q6&#10;nVVMGocVCSWofW128kvWM8T1JcWNd9x+i1FnB94eP05TfKDVopD26l1vlJmdIRseOymwrKTMIi6A&#10;TvNBSb8ILus0P2QEARAAARCQ5eXlWVGw/YsYTJCqYighDQiIIhB4T87OVaOLH5mRsbWs0TQt2dl+&#10;vGxjWvLCw7fmbH3M0rVToNgRKfMfOL1xYXYZt+++/avtTz+7U+s31OT0KSaNKKt5EkXOWx7/RVbG&#10;a7XtjL/B5fbanUuf3h+Zk5lotiEqMCVj5unNT2QbBfRPtduXZe1sNbdSFvnI8viarIV/4YrqbNy1&#10;JNuBn4SzZiMfCIAACICAWxEw16bO6VRqzoCOjg63ahWMAYFeJtB89qeW1vNMpXsrz6x5zLR67aQl&#10;nc2a3Xm7Sqq/1Z4fOlh2/uLQa8Kj1A/MTLmN3SlvXizFVU2tT/9sVbxNXZ3Nh7Zlv1Jce9k/eLCs&#10;Y/idS56dH88GBDCmdZyG4qq+GvrOOw+Fsnmadj0689v0spXxjpwQaBZ4z6Ztfzvc2DnUz+9yQNhd&#10;M/+Upg6/ytrMzqaybS+uKf5G5k9HsF6+7s4Fz8yfZNNMQ1GvH270GyrrvBgaO2/+fe0bM76zaLUw&#10;Byc7AdlAAARAAAR6mUBbWxtvjeQIIKRT17xXNz1mBJNLETg0eLjNawZStZd7EdW5IQHXS1U3bCRM&#10;AgEQAAEQAIEeJiAkVe1UK0aqwgGgh/sNxYMACIAACIAACIAACDhLAFLVWXLIBwIgAAIgAAIgAAIg&#10;0MMEIFV7GDCKBwEQAAEQAAEQAAEQcJYApKqz5JAPBEAABEAABEAABECghwlAqvYwYBQPAiAAAiAA&#10;AiAAAiDgLAFIVWfJIR8IgAAIgAAIgAAIgEAPE0Bc1R4GjOLdnoBVsKrlD0S4vckwEARAAARAAATc&#10;jsDZs2el2vTGwbMO46piVlUqVaQHARAAARAAARAAARDoJQKQqr0EGtWAAAiAAAiAAAiAAAhIJQCp&#10;KpUY0oMACIAACIAACIAACPQSAUjVXgKNakAABEAABEAABEAABKQSgFSVSgzpvZdAUVGR9zYeLQcB&#10;EAABEPB6An3yHoRU9fpxBwDiCPTJ/SnONKQCARAAARAAgV4i0PtvQ0jVXupaVOO+BAaYTPMZYPYP&#10;M4t7/850X1ywDARAAARAwLsJuPCdaPHa5X8DyyBVvXu4ofUy2S8Gmu6CIfJf2CJx4T0J3iAAAiAA&#10;AiDgAQRc9WY0f+2av47NEUGqesCAQRO6RcDP1yRPhwcMsi0rOTm5WxUgMwiAAAiAAAh4FgFXvRnN&#10;X7vmr2NIVc8aL2hN9wgM/qWfsQDF1TxSlX511T3ZPUuRGwRAAARAAAT6noAL34nmr13z1zGkat93&#10;MyxwHwK+vxhovD2GBwwUMsyFd6b7tB2WgAAIgAAIgIAkAq59Gxpfu/QiptcxryUDOjo6JJmIxCDg&#10;eQTO/nj+1JmfmHbdNPoaz2sgWgQCIAACIAACPU3g7NmzUqvQXmT3Uo0ccdXwq4fyZoevqlSqSO+B&#10;BIKG+Q/0Edh56IHNRZNAAARAAARAwI0I0CuYXsRCBkGqulFXwZS+IkDBMq69JqCvake9IAACIAAC&#10;IODNBOgVLBQskrBAqnrz2EDbTQRo3WHokF+CCAiAAAiAAAiAQG8SoJev0NI/Ywakam92B+pyawKj&#10;rr1aKFKGW9sN40AABEAABECgfxKg1y69fO3bjm1V/bNvYXXPEPi5o+v4KW1n1yVj8Zf/Jzvbdrnl&#10;x46zbR0XdJeu/O9/PVMzSgUBEAABEAABDyRAK/sU55/ip1JcKtrvP9BsYwjp1DEjg345yBdS1QM7&#10;Hk3qOQJdly6f/OHH8xd+7rkqUDIIgAAIgAAIeDkBWven+VShAFXmcDCr6uVDBc3nJ0Dhq374b9vl&#10;K5hDxQgBARAAARAAAVcSoP3+tI/Kvn8qpKoriaMsTyVAa/3ac+0/tuku/tzpqW1Eu0AABEAABECg&#10;1whQnP+rA+QUl8rOfn9bYzCr2msdhIr6KwFyCSC1Sg6sly5fkWGatb92I+wGARAAARDoCwIDZL8Y&#10;6ENuqXbOo7JvFqRqX3Qb6gQBEAABEAABEAABEBBBAMGqREBCEhAAARAAARAAARAAgb4gAKnaF9RR&#10;JwiAAAiAAAiAAAiAgAgCkKoiICEJCIAACIAACIAACIBAXxCAVO0L6qgTBEAABEAABEAABEBABAFI&#10;VRGQkAQEQAAEQAAEQAAEQKAvCECq9gV11AkCIAACIAACIAACICCCwP8H6tpwPc9qo9MAAAAASUVO&#10;RK5CYIJQSwMEFAAGAAgAAAAhAMgfTGfgAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FKw0AQ&#10;hu+C77CM4M3uxrSxxmxKKeqpCLaC9LZNpklodjZkt0n69o4nvc3w/fzzTbaabCsG7H3jSEM0UyCQ&#10;Clc2VGn42r89LEH4YKg0rSPUcEUPq/z2JjNp6Ub6xGEXKsEl5FOjoQ6hS6X0RY3W+JnrkJidXG9N&#10;4LWvZNmbkcttKx+VSqQ1DfGF2nS4qbE47y5Ww/toxnUcvQ7b82lzPewXH9/bCLW+v5vWLyACTuEv&#10;DL/6rA45Ox3dhUovWg3xUxJzlIFagODAczzn4chkniiQeSb/v5D/AAAA//8DAFBLAwQUAAYACAAA&#10;ACEAqiYOvrwAAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEj0FqwzAQRfeF3EHM&#10;PpadRSjFsjeh4G1IDjBIY1nEGglJLfXtI8gmgUCX8z//PaYf//wqfillF1hB17QgiHUwjq2C6+V7&#10;/wkiF2SDa2BSsFGGcdh99GdasdRRXlzMolI4K1hKiV9SZr2Qx9yESFybOSSPpZ7Jyoj6hpbkoW2P&#10;Mj0zYHhhiskoSJPpQFy2WM3/s8M8O02noH88cXmjkM5XdwVislQUeDIOH2HXRLYgh16+PDbcAQAA&#10;//8DAFBLAQItABQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADSHZKKoAwAASggAAA4AAAAAAAAAAAAAAAAAOgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhAE768LgBqwAAAasAABQAAAAAAAAAAAAAAAAA&#10;DgYAAGRycy9tZWRpYS9pbWFnZTEucG5nUEsBAi0AFAAGAAgAAAAhAMgfTGfgAAAACgEAAA8AAAAA&#10;AAAAAAAAAAAAQbEAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQCqJg6+vAAAACEBAAAZ&#10;AAAAAAAAAAAAAAAAAE6yAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAfAEA&#10;AEGzAAAAAA==&#10;">
-                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+              <v:group id="Group 2" style="width:279.1pt;height:167.75pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" alt="Screenshot from Cleaner Solutions Database showing FAC118 filter." coordsize="35449,21307" coordorigin="-86" o:spid="_x0000_s1026" w14:anchorId="78B14C5C" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQAllWu+pQMAAEMIAAAOAAAAZHJzL2Uyb0RvYy54bWycVdtu4zYQfS/QfyD0&#10;3ESWbCe2EWeRJpsgwLYbbLIfQFGURaxEsiQVOf36nqF8TRbYNAYsDW+jM2fODC8+rduGPUvnldHL&#10;JDsdJUxqYUqlV8vk+9PtySxhPnBd8sZouUxepE8+Xf7+20VvFzI3tWlK6RicaL/o7TKpQ7CLNPWi&#10;li33p8ZKjcXKuJYHDN0qLR3v4b1t0nw0Okt740rrjJDeY/ZmWEwuo/+qkiJ8rSovA2uWCbCF+HTx&#10;WdAzvbzgi5XjtlZiA4N/AEXLlcZHd65ueOCsc+qNq1YJZ7ypwqkwbWqqSgkZY0A02ehVNHfOdDbG&#10;slr0K7ujCdS+4unDbsXfz3fOPtoHByZ6uwIXcUSxrCvX0hso2TpS9rKjTK4DE5gcTyeT6TmYFVjL&#10;s/Fokk8HUkUN5uncyewsP0vY/qyoPx+cnk+y/enzfEKn0+3H0yNIVokF/hseYL3h4dd6wanQOZls&#10;nLTv8tFy96OzJ0iZ5UEVqlHhJcoPySFQ+vlBiQc3DEDpg2OqRDnMRvPxdJ4jQM1bqB+76OMME6X0&#10;Ajq8YnhJqX1tAqucaVmoJXv6/u2eXTeSa2iaPZqmC6gvz0hWBffyD4b9VAVxd6WagCIKNQ8oPl40&#10;0rPOoyZZMOxZyZ456bsmeNarULPbq2uWZTMmpAsK+kNERp8S7RQKoR9i4cT1FyN+eKbNdc31Sl55&#10;i4pCYDFJx9tTGh4RUTTK3qqmIQ2RvaEcUb9S70+yNlTGjRFdK3UYSt3JJmL1tbI+YW4h20KCZndf&#10;koTQZgI4tk7pMEjQO/ENeGON++BkEDVhAV/NZh5C2y3EAPaYKRyPumBF/5cp4Zh3wcQaf19djM/G&#10;2XRQdjabzbOhLnbKBrvOhzuJjJOBKIA0uufPXzxhxtbtFkKtDXEZY2n00QQ20kzET4g3JgKgkkZf&#10;9VvqMXpD/v9qHY81txIoye1e53l2vlX4EzWGP82a5ZSCzTZqLyysMU3SIezevhKWc6avJS+BbxDX&#10;wdHBz7tyse812Wx+PkHlRcJ+3q3G4/FoHJW8bTd7xj+SFNYvk/kUeT7KDl+0isqzUe0ymY3oN4Ci&#10;cD/rMgIMXDWDvU0mxT8kk6ywLtYbPgtTvoBOZ6AZ9F3cvTBq4/5NWI97bJn4fzpODa6512Bznk0m&#10;dPHFAVp1joE7XCkOV7gWcLVMQsIG8zpgNNpEdIUKqFTUJoEakEBtNIDIohVvKlhHV+HhOO7a3/2X&#10;/wEAAP//AwBQSwMECgAAAAAAAAAhAE768LgBqwAAAasAABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBu&#10;Z4lQTkcNChoKAAAADUlIRFIAAAOOAAAB5ggCAAAAs61H3QAAAAFzUkdCAK7OHOkAAAAJcEhZcwAA&#10;FiUAABYlAUlSJPAAAKqmSURBVHhe7Z0PXFRV+v9HXHBHkQzSiSQFW6klcjRoF0qkKEY2R1ZJyj8F&#10;lVbsrlpqSoallKRm/lm1XcqshUosTFvEXcLSgGzYFUpa4lf4TdBQQnfIEJ0AdX/PzL13/t47c+8w&#10;wDDzua997SuZ8+c573PuvZ97znOeM6Cjo0OGCwRAAARAAARAAARAAATcj4CP+5kEi0AABEAABEAA&#10;BEAABEBATwBSFeMABEAABEAABEAABEDATQlAqrppx8AsEAABEAABEAABEAABSFWMARAAARAAARAA&#10;ARAAATclAKnqph0Ds0AABEAABEAABEAABCBVMQZAAARAAARAAARAAATclACkqpt2DMwCARAAARAA&#10;ARAAARCAVMUYAAEQAAEQAAEQAAEQcFMCkKpu2jEwCwRAAARAAARAAARAAFIVYwAEQAAEQAAEQAAE&#10;QMBNCUCqumnHwCwQAAEQAAEQAAEQAAFIVYwBEAABEAABEAABEAABNyUAqeqmHQOzQAAEQAAEQAAE&#10;QAAEIFUxBkAABEAABEAABEAABNyUAKSqm3YMzAIBEAABEAABEAABEIBUxRgAARAAARAAARAAARBw&#10;UwKQqm7aMTALBEAABEAABEAABEAAUhVjAARAAARAAARAAARAwE0JDOjo6HBT0/qJWVeuXPnXv/71&#10;0Ucf/fjjj7/85S8nTJiQnJw8ePDgfmJ+H5tJ0DZu3PjTTz9Z2XHLLbc89thjfWwcqu8egaqqqvz8&#10;fNsy0tLSoqOju1d2b+f+73//W1RU9PXXX1++fPnaa6+le/zXv/71gAEDrOzwpCb3NmLUBwIgAAIC&#10;BDCr2q2hcenSpby8vIKCgtbW1v/97386ne7zzz9/+eWXz5w5061ykRkEQMBtCBw7dmz9+vVHjx7t&#10;6uqiT9PTp0+/9tprxcXFdMu7jY0wBARAAAQ8lkCPzKpevHjxW8PV2NjY3t5OAo4e8b6+vnK5/Be/&#10;+MXIkSPDwsIiIyNHjBjh49O/tTLNp5JOpbeX1QAZP358enr6wIEDPXbguKhhvTCrSnqiubn5s88+&#10;q6+vv3DhAg1O+sugQYNo5puGIs2N0QzusGHDXNQgFGMi4BlTjPT4evXVV0+ePGnVtTSEMjIybrjh&#10;BvO/e0aTMYhBAARAwK0IuFKq/vzzz5WVlZ9++inpDzHzDX5+frfeemtiYuLw4cPdCop4Y958802a&#10;a7FNf/XVVy9atAgCyCHJHpWqNAhra2v37Nmj1WrtWELLuLSkO3nyZPrA6O/fTg6B92aCPtdt3333&#10;XW5urnM+TkYvhYaGhr/+9a/0cLNFl5SUdO+990Kq9uagQl0gAAJeSMA1k5qdnZ20HLZixQqSBcxS&#10;uBiUlIukbU5ODr0JyBVMTBa3SkNTxTRLx2sSNY1m79zKWm8zhnwzdu3a9cYbb9jXqYSFmXb929/+&#10;9uKLL5IzoreBQnvtE6B7nO503jTnzp0DPRAAARAAgZ4m4AKp+n//938kN0tLS0mfOWEurZ7/v//3&#10;/9asWXPo0CHblXQnCuy1LOTSIDRvSq4O/v7+vWYJKrIiQDr17bff1mg0Ir+amOwkardv3/7xxx+D&#10;JwgYCdA9Tmv9vEDIhQmgQAAEQAAEeppAt6Qq6QBSAzQnSsu43TSU5i0+/PBD2i/snN7tZu1OZ4+K&#10;iiI3Btvs5AE5dOhQp4tFxu4QoGH5z3/+k9cxw2GxV111lVKpdJgMCbyHADmHjB492ra9dIPffPPN&#10;3sMBLQUBEACBviLQLalKm4ref/99odUxqU0ihfHFF1+88847fahWybtuId9Ff+dtDknSu+66y8rB&#10;ccyYMVOmTLENZCMVCNI7R+D777+nOAyS5lOZiqjL7rnnnv7rOe0cLuSyT4B2gt53331Wo4JWVChe&#10;VXBwsNP09u3bZ/ukWbp0KfnXOl0mMoIACICARxJwXqp+9dVX7733HkUZdC0Xmgx79913aQHXtcX2&#10;UGkkbkiV0guG9ofRViqKbPDwww/TGwhxVXsIuMNiSaHSxj4hH2LKTt8VNB8WEBBgG5+BdnP/9re/&#10;dVgFEngbAVroz8zMvP/++6+77rrAwMC4uDjyy8dQ8bZhgPaCAAj0FQEnpSrFDaUdVA516pAhQ2je&#10;kfb4z549e/r06RQenx70Dqcba2pq/v3vf/cVESfqpZhHpFCzs7Np1z9pVuwid4Khq7LQaQK0ZZu3&#10;NPI4TE1NfeWVV8i1evXq1Rs2bFiyZAlFqmL6i9yL1Wo1rzuHq2xDOW5CwPi5Ql8sQpfVSKB/Tpw4&#10;8Zlnnlm1ahWNIvoudZO2wAwQAAEQ8HgCzgSrookrmvi0oybpTUBhU2m6kdy8bIXp+fPnaefK4cOH&#10;7Sz007zX/Pnzu7O+5lzP9Xl4HefM7r+5XB6sirbo0a5/W6cUGpM0K3b77bfbsqJ9gbT9/ze/+c3U&#10;qVMdfkf1X9S9b3mf301CwarII3nx4sU9ITfFN5kcAA4cOGDVKbyxWnu/41AjCIAACLgVAWdmVens&#10;Fjt7VmiWglTmvHnzSGjyvvhJhtIM68qVK3lPJmTokJyl57gT7oZuBRfG9D6BtrY2Xudpms6nzyde&#10;e371q19lZWVRjEzo1N7vL9QIAiAAAiAAAvYJSJaqtOhPB/8ITYjSNCotgtO73yF3Eqx0yPukSZOE&#10;9AFFuKT9MQ7LQQIQMCcgdKQteQ/TVhghVrT6j6V/DCQQAAEQAAEQcEMCkh0Ampqatm3bxhvfnhbU&#10;/vSnP0mKNcjEv/zyyy950cTHx9PeW0nUqECa8a2oqKBzuplTamhNLSgoiFwSaYXX4eZu8et3kqwS&#10;SkzTxmfPnj1y5Mh//vMfcrJkzvxkbCY3X1L8ZDPFE6A9yN2sjgLW0rGiFPuWsDB9R5uKaP6bJrbp&#10;a0Fo/pu3UiqK1lUp+ANNrtMUJn260McGCUEK6HPnnXeGh4dLctV1uQMA77oqNYR40nY3F7qUUMeR&#10;UzVd1ATaxUUcmKODFQoFTd+SW7YTZ5XR6KUvNBoPJ06coIUFQs14VdJ+r7vvvjskJMS1874tLS0f&#10;ffQR9SPVRQOPIgHfcccdVscvmY8BinhPtyqF6aADO4xjlbqebity0Y6OjrYK0Obwbjp16hRFUyYD&#10;aPAzMZWpNAIYGxtLBXb/48GzHQDoAC06jI0ed/RJT91BjzsaLTTOqRfo0RETE0ObwCTdjLb3Ow1I&#10;6kTap0ghh6l8GuFU5kMPPWT7kDc/vpgMozuCOpR6k+yhJxiNDZc8x7r5GER2EACBfkpAslSld9v+&#10;/fttW0sv0RkzZtDeWKkg6KAg0r70srTNSI9Fq9309pUNveYpeJZQkFeycOzYsTNnzrzmmmus6hIq&#10;lrct5o5uQu9C2klGjo92UNA7gJx9KfwnvaTtE6PXAz3oaceP/UCtFLue9K5VUYypdIh5Xl4eceat&#10;iMEyZ84ch657zDmlu3fvthNGl7Rgeno6KbaNGzfaNo0+GGgq3dwMl0tVcoMuKiribSlN+ZNfiqRP&#10;Kd5yqNMLCwuJpx0HFaJK2p3231x//fVi7gh6r1OALdLZ1Fn2u4lOg+M9LNR2yNnxhiTb6NeysjKr&#10;Qzdo5xB59NoaQJqStlGSU6+dJpMqIpmrUqmM2e1IVVLzxLC6ulro1A8aQkSP4hZ3R527Sqraubms&#10;7hqH6lzSWa+jRo2ij39CYdUj9IlIUajps8H+xla6/alHKFKBkGC1f/fRrMSOHTusDnuj75knn3yS&#10;PifMTSKtTEEGhZ4wTErmGO3f/e53Dp8zYu4XpAEBEPAqAtIcAGjd/5tvvuEFRBqF3itOsKOM9Ajj&#10;zUhPSfuPP/Nc9OlP+2nsqCh6y9LMIh2LVV5e3rdesDRnRpvQ6dhPhzqVGkiel3TOAu07du40L5qy&#10;+vOf/2wHI4OF0ggtnTOQaaaE3lv2CVMyqoiKokqdGAkuyUJKVOjF/MMPP7z00kskO8g8585FYw5r&#10;3bp1K01O2x9C9GtjYyPpdVKEDiOv0aDdtGkTfWUJ6VQiY+wmms3tJijSNyQs6H6xhWCriihNSUkJ&#10;NYSg2W8ypWTWMRxeNAVIapsmj+30AqGgvZu0DtC3t6rDtvR+AlKo9PQgTewwAAs9XgoKCl599VUn&#10;jmghSU0ZbQ8lptUYq9luWmDZvHmzwwc1vTsoJX3r9j4x1AgCINDfCUiTqu3t7bT2x9tmWvF0Opjo&#10;bbfdZvuOpFrozScUeMjKBhJbf//73x0+uxnlR/ND//jHP/rkFcic77VlyxaHB9NbNdC507yov2ju&#10;yo4AMtZCc3XkicHr10FpGG1BkXTFQKPqqFKquk/uDVoltzP9TNqI5p5Ja9I+KhKRvHP5QmYzzio0&#10;9yle5tKApFle0oV21Cp9IdCqAn29iMFF3fTBBx9089CNyspKkjtiupLMpgPkaO6/mzVaNY3uvuPH&#10;jztsL0OPpnIdppSagPqdYpZRbFShy20P16W+ox4Rc0cbmdA3Bg0w+x+iVgDp5qUPJzvBic0Lp8ep&#10;yOGBuMVSByrSgwAIMASkSVV6U/I+Jek7mx5DTjMlXzdyJ+XNTjWKKZZErRidyhRFUoNeRbbL5WIq&#10;6maa7pzvxZzmJel8BGIicqKL2nXy5Elep2Gql1w+xGgLIxxJ3dFNpFbZaXnxxhtvdFgmvYYpxAQp&#10;FZplJ6oO1afTh7VSRqJKao9XGpIWJOkpaaKU2Dq01k7zKTtNyAnpVHPvCKbJIkWtQ+DmCYS+iGwL&#10;IWvJBpcfX0cASa3SMrrQJUkLSmp7dxKT6Ny7d6/4B52xLhpgdj5EbU2iCQKhWVL6DvzlL3/JZKF+&#10;od4RyQpxi7vT9cgLAl5OQJpUpX0VvK8NegwJaU0xfCm7kAMT1Shm+kdMLeZp6HFPs7Bi1t+llmwn&#10;PU1s0FqqE28a8zJpalPolNdumkqcyX3Wtn8pUikp7G4W3mvZybWR3CUpNJWYGpm9IBRUlUKn0Wy3&#10;HQlISl3Ib4T89sirklTv008/TZufyEHQqmqqheZiecNZUKVCHjVi7Hd5GvMTvKjfyZm1J+4+SWaT&#10;myx5bkjK4pGJSRHSI4tXF9Lzk453puFHg5CGInm42jr40ocoDcLukzH3rqEhzTuqyR7aD0q7Asj1&#10;2XjmC+3Yo8P8um8ASgABEPBCAtKkqtCnNr2ejZ/azkGkLS+8GWnag7wkxZdJz2h6OCqVSnJIoDLt&#10;bIClmQZaTRNfcjdT0iufHO+EJonJbFI8tHeKjvWilw1tzLc99pMxgJQuTQdKFdn0JUAbLJgzw6y2&#10;RJi3i5hYubXRtB/pFTvTWrTri3ZlEW2ymdeLo5vcnMhOU4O0S0ySMYxX31//+ldelwCGue38NPUR&#10;bRNZvnw57SakSkki/P73vyfXAtsArjSJS76hVrKP6qK4b3a0IDWBqBJbImwn0pYTiJgsxpuFaqHZ&#10;MnN9Qz1OGyiF+p1uq9DQUBpLNKJIkTi3W5+WYkjQMAP+pptuErpVSZyJ9I5wmkO/yEhz/7y6kNYQ&#10;SKFSX9Dwo0FIQ5HOYKN/Wj1AaJjRqSv05S+1scYbnDa5Wg1CcgazvSloyz9tBXvwwQfpuA3aokcf&#10;gbSzk0I6kJjuzg45qWYjPQiAgCcRGPjcc8+Jbw+5hPIuBJNUpbdOd96mIksm2UoTUUKL2iTC/vCH&#10;P5BcoHcnveDpqU1752kHjJBAJAFBKclsCg5FKSnWEgUHqKurswVCwQ0eeOABetrSRdMDFOaJeeyS&#10;sOPd30DuEFbL0DSlSi56vJbTwz0tLY2qoBAz5GpJu7PJeZfsoX05vJKUXt7kMkFvJnM76U3G645G&#10;dtJ7grBQGCkqnCY2aKqDBKiQE/C4cePMpyQpGak03plgehfSJGJGRga9k4g22Uz/pMl1GiFCvmvU&#10;QVZ774Q61Dal+FFKKcmMm2++mbaGSHKZJQdiyjJ+/HirkUxboekzw9bflJqckpJipbEoshgpv2+/&#10;/Za+ssxtJktIwtIGauMfaYJcaKKLBiSFaXvkkUfotiK2tImbBh5pO+oOoalf2yEndE8xBtAwo/Aa&#10;9AFDtwDTd/T/NK6Yb05yjxGaUmXuMjoxgcYSjSgKcUDE6N4hwxhZY2wg3XoUzIu342iMPfXUUzQy&#10;jQOetC/tueF16qVvTtKykgYAk1jo9nRYlBVM3puLQJH9Vl9EQk2mj2eSelQvPToojBThonuKZjqt&#10;LKEupgAa06ZNYx411CP0cKBbmL4ZaMu/7e4o6i8KqUFlmpfDRJ+gLFbParrXmA8qY2L7j1PqTXqW&#10;UvlkMA1Cem7QIKFuou9e5ulHziG2rwMaHmS58Q6ilBS1jUJ/0JB2iB0JQAAEQICXgLRZVXeGSE9n&#10;On3AKjYQSU96rdJzltdymhUgFUI/kdogtU2PYKGdYfR3+pW5KKUT0Qrp3W+lXRiT6FX36KOPkkC0&#10;mnJgLKdG2VpOEySkj0U68BEQevOZR2Yl4++55x7eCKNUptW8Cwl3XnlNOpW0e3Jysvl2YCqZRNXj&#10;jz9O79c+HyqkDDIzM+lFKylqLE3g0TYRq5lOWgq3XXgl0UnxoXgnimi0kHy3+onmUM13CFEVJON4&#10;p1RpSBBDUgbmw4w4k2MDTVYJTbdLAk7jikaXVdQ2+ifjvUBWkYzm1cQkMQmpbQQuMo8Gg3mkKjv2&#10;kGqhaW+rqGEkRkmX8+aS5MsriUPvJ6Y7kaQbPUZ4l6FozND0tvFRY/wkJhcIXi8Ikry2DifUKCqH&#10;7kQrCUvdSk8hkQ5INMxotptEp/kgJOPp08L+048cNmjjlyd1We8PEtQIAiBgRUCaVBWKSUmvYfHb&#10;dyS9jehpK8a1gLQRPVh5hSY9XmnCUkiZ2U5s9MQQodcDTXHxlpyQkGA+EWWehppDjeJdyKbg7WIC&#10;0DBTqrYlUMkUkdthS8lsoQPDSIrRu5C3BJpso7k6d1jso3cqTefQAj2tkNKEkP3AtMa20OvcvNUE&#10;gaZabVtK4oz6lHxIeC+StlbjloSC+RQUzegLzYKTH4jQkKD5SyLvsOPsJyClSF8vduJ1kG3MJ5z1&#10;w8LHhxwe7ASmFSmjaYTwDr+IiIjurMx0E4s7Z6cvKNuPJWJFH5ZCI5AGm+2ApyEnZl8/oaAbh+Z0&#10;7TPhPZOCxjnFt37xxRfJE4aca6FZ3XlcwTYQ6C8EpElVEj28n9T0GBWjnISgUHahNXqagRAjemjJ&#10;1U6sdXpkC4Vu7R2pSq8H3iBfJMRJfNgZKyNHjuTdi0B7qEmtOhxk1F+887KUUcy5TUJm04SinRNx&#10;qXCaxrbjEevQbJcnoHVSWspcvXr10qVL6R1sX1HRaKSQn0YbhCDQiKWYXDsFLjqGwFZbUBbjXDiJ&#10;DN5ZduImtAhAJtG9QOTNvQicYEUjipZx7WQUso1EKrlVOFGjVRaqnbcLaMq2d5aJaSYyOzubYsYJ&#10;XfbP7+g+AaklkC+QbRZysyHnHKERSL7XNMFplYueG7yjzioZiWD6xHX44UELF3Y+/2j+4pNPPiHN&#10;6nDPolQaSA8CIOBtBKRJVXqX8M5xks8T78yTSJrkIygUrlWMoqL3N+kP+4qWPDV5LafnqciVdJFt&#10;4U1GqoV3cxit9Nk/fpPeFlY+qUz5tDgrZmcVvXKE1uLF7DoSMps8Qe2bTVpKaJ9cdzB2My+NEPqe&#10;ofVriqBOK6d2JvBoTtE4KoQgOGGMeQwvGni8Hr3Ezb4SJfLdibZBZtO9YF+FOG2bSCZC87I0Ue1Q&#10;HomswpOS0by+pADAdtpOrsBidqmSlKePZIcMqR/JB9dhMprFIN28fv16SbFdHRaLBCAAAt5DQJpU&#10;pXek7amkDCzynhQfLtGKLy0Y8ealKRZmL4L9i95wVl5ZtunpBc87YUNyQaTzliMr7P1OW2p4dQmZ&#10;7XAaSei97sRmXqlN6I7ZNJEptbpeS09r37QdijSrkF6nzwDjG10IghPWkuAwFkuTtbxDwiE3GjAO&#10;R7sd22hVxOHRsk7b5gQTZHFIgL6anH60WhVu64zOW7vIiC707TdlyhQxrkRUC03x0pFs3ZnRcAgK&#10;CUAABDyVgDSpSq923kk+okNxrOhEbycw0ae20D5oUsZiZlWdqBRZQMDOPp7e+YDpky6wM9HeJ/ag&#10;UjckQN9yVqenChlJKSkGCHm1itlpSp9AQqFh3RACTAIBEHAfAtKkKtlNvpW8TzHypqf49g5PgrZq&#10;OS1I0UlIQn6utLlEzGGtJCwc7hUgHwPe6Nn05u6FNUda0uVdbia/MYfb0YRWzewvwbtkhNEEHi8c&#10;h2YzofVdYoNzhZABYo50EnLkNa9UCAJFnqKYoJIumso1+mPQTcT7dne4DaWbfuFieJKRvMPVoW1i&#10;CkcaqQToHuTtDnLHom2XkkYgJRY5CSreSHKseuihh8R4gVOZtDeAztwSXzhSggAIgAARkCxVaUuE&#10;kBsTrW++8cYb4h2SSKfSR/bRo0d5e4Lelw63oDIZSZQ4PPKHFp54fVJpW4DI+YPuDBeajeb1lCUB&#10;bX8dnzf4or7bDNG1umOSmLxCkoW62P6mLlpA71upSqH1aceMw2VToTMhzU+PFIJAnwoUb1LSRful&#10;jINNqFgKPmB/SJBepGEjpvucTkNjlfcTheIlSYpT67QByGhOgMYM7xc7/Z1GlKQRSIlFHuQmtQvo&#10;pUAeNeSQSkHQ7ERyoGc1DnSQyhbpQQAEJEtVej5aBdszh0jvUZII5vEjhRCTjHjrrbeEDqukXLTX&#10;2M6mfqtiKUSlHW1EyomODOW1RMifwbUjg3QJr48vvfiFlDpjADl48cbqp1dXL2yxp1p4525J4dFR&#10;q3aOWSLHZaGQDq4Fy1sahekpLi6m/9+8ebOdDyf6UqKY87wl0Cy4uabk7TuaHxJ5+jlvFeTcwqs/&#10;iBtFyxKiRMzplulOvWL4k228W7sIJrmViykBaVxLgDcMCC1GiQkD4lpL7JfGnH9BLgG0c1FoogHH&#10;5PZmj6AuEPAMApKlKjWblj6tjmIyZ0Grw9u2baNz1YWWC2lnyaFDhyhYDL2SheQObY2ncOJiwlQx&#10;VdOELgVt4Z1FI0VCQd15jSE50jtSleaoaNs174g5ePCg0IoYNYfCIfHqEtKphKinhyCtfQt9LZB7&#10;MalVXgOoORRDp6/Ojidoe/fuZaDRS3HDhg00w2rrDEB/ocPDhCbjqdXGaUUaJLwO01S4UNBZajvx&#10;oUFOX1A0A8rrnUITt7wfG5SXdLbQkCDmznmESxoqZBvvdkaC9s9//lNI/ZPlDv1wJJmBxEYCNGdp&#10;6wNAvkN2PnRp8pJGOH2i0wFa9K0uxh/GCeAkl+kmsr3ZaWKegit3Z/+fE8YgCwiAgKcScEaq0qcz&#10;nfpoRyrRY5GOImSiQG/fvp0OpaQ41RUVFXSKCf3xmWeeMYoJXqzM0eoO9ylb5aVHM+0wtVIPFAOL&#10;DnanAwB5K6LZMopi3TtdS+G0eB/cJKry8vJsVTtjOe9iGSl4Ona1F/wWiIyQazJ5JpCM3rdvn7lb&#10;BfU76cLXX3+9p6f9hLqMXpnk+mwOjSx5//336buIXE1oHpTerKS0aCiuWbPm448/5tXTBNbqS4wX&#10;AjWcms/7dUSrClQdDfIdO3ZQ1XQGAR1hSs585MxttJwGOQX64f0YI5vJkcZKYVN1FKv1vffe64WA&#10;FcwA43WlpUlf3mFJ35/U3k8//bR37iZvq4WcqnlDQ5AS5f2qoWG5e/duGm/vvPPO2rVr6fRsOsaW&#10;DvN79dVXXXhv0u1DN1Fubi51va17lVAcCTcMY+dtwwntBYF+R8AZqUqNJB1JatLhhiSa7CQRRrNE&#10;NOVJyobWhWl20+H3Pb3CRXqpWuGm5bBXXnll1apVJBHIu+Cll16iqO9CE1TM+1jMti2XdCoREzrH&#10;nOahSZqQm5dR05MaoBU0IacuUtg0se0SqxwWQpsw6Dx03mRMBHLSYVu3biXa9E1CXyakCx1uFHNY&#10;qdMJaIDxRpMghUrRyGlsUDRyGhI0FO2snNIMllWEfCH/bOog6inzomhs05Gk9O1hKwhI+ZEPn3nT&#10;6DRdodc2o7CJLZVPbOn/n332WZIFvaBTGQtJrAt9xdE8MX0TEkxmuBJwWkKh88BIpzq8tZ3uWS/P&#10;SI8p3oMhaJy8+eab9CluTp4GJD0AbZ8eNHh+9atfiQmoLJI2fZKRVqaqqetpDoL+nzlfgHFIpViq&#10;tncBPXUhVUXiRTIQAAEjASelKuUnD306Bd6hWpXKmp7I3TnonD70aeKHFl7p8U1LtHbenfTEFDoa&#10;VKrNYtLTM5pcGoSmoslsCjtv1PR06LyQKCHgdPR8L+ypYhpFM+j33HOPneCvJFjpY4Bo0zdJ367/&#10;kh796KOPuinmCC8dwWo1Y03/pD/yDnV6JdNHBc2Yklaji/6Dvjp4DwQi8We1H5HW2ePj4+1E+aE3&#10;PY0EYkv/3wsHVZgPYxI0NFyF7m66rWiKmhmuu3btoiWUXjZPzB3nYWnoecs7sUo3HX3MLFmyhBmB&#10;tGZFA5L3+5wePkKH9jnBinqcvEGM36XkY0B+VmQALSDQDC453tielUW10JjvHZ8rJ1qELCAAAm5L&#10;wHmpyqhVClPiMIi9yMYzB9ZTgSSPRGZxOhnZPGPGDJGHwjtdi1VGkVPR9qujqTiaDHaVSWLKoZkY&#10;+8eoiimkF9LQmzg5Obmbk0Y0o897dij5b0RFRQm1gl7YJE/p4o3qT7lo27VarbZVfr/5zW/EnPfT&#10;C/Rsq6AmJyQkiPcX7xMjvadS+jqlw4GFPh7oC40ZgUJRLxivKocHTIjnSW7TTsTzp9Eu1bNLvElI&#10;CQIg4KkEuiVVCQp9ptNMkphT+OwTJO1Ic7QzZ850TqcKBb/krZSe2uRrS0Fbe79TaR73/vvvt3Ok&#10;px2TSDQQ7Tlz5jiHyOnGUr30kqPZbvGqRVJ3OG2YbUbS8QsWLHD63FHydqDe4VUD1HaKiirkwmG/&#10;CaSeqdd439DUlTTsJYW6JLZiwq13n6oT/d79SlGCHQL08ZCUlOTEQhZ1JX11uHARiTy77ARvEWoC&#10;7Vak063EP0YwGEAABECAIdBdqUpF0DuY1Cq944WOm7fPmt67pMDIFe/22293+ilG++tFzgCRTCRT&#10;XfjUljSSmJljWiOTKqfI7GnTpqWlpfXObiqrRpGiIq+MO++8U4xIomFAhO0fZC8JmqTE5GGZmZkp&#10;8vgcY8nUL7RE8Mc//tGO7zL9NG/ePEomaZTSXjqKN2nnu4g574dEtphiaVaMvrKc+9SRhJFJTP1O&#10;Q44+VHqtRieM9J4sjBMRhfGXtJBF0pYErms1Iq1H0aiWNENBQzc9Pb3X9gZ4z6hAS0HAGwi4QKrq&#10;Ba+Pz8SJE8mznl5sFOZGjKChXDTbRC9+2uny8MMPdz/0Ei2w0gSV/fVfijpETl0kFsXIgp7rftrP&#10;SztmyANBjMspqQQymPaK2Qln23OmGksm1UJaee7cufZFNgVgonlN8hnoBZOEqmCOz6GOpu1QDjua&#10;EtCInT9//qxZsxx+BlACSkaCVcxwJYlAipm+wRzSIIMfffRROnnI/sce6V2y04VruGL6iO5lEjo0&#10;XClepv37mn7tZY8aMfZ7WBoarjSo6GOMPs5Fju3FixfTx4bIZ7J4XMwMBd0ODh9iVDXZTPcjlv7F&#10;40VKEAABcwIDemK/NnncU7C9uro68qynzS60O4R8+EhykY4kxUPLQPTypl0m9OSS+gCl0jZu3Egu&#10;/Fa9SEtj9JVPf6SgOUeOHKF9qbSnimkaKQaa2aIXLTlcklR1+HzvzfFBu6koJAIZTHuSqFHkZ8aE&#10;T6JZE1ItRIl8GWl1uJdX/O0ToC01FBGM4j3R/l9aB2S8M8lgEny0SYjiOknt0x4FTic/0bYk2vdD&#10;m+1oAwqzzY4sJLy0r44CKZBjgxNH1DInx1I8qfr6ejrHweggSION5BrN7NKApJJ5jyiz016KAUwb&#10;Yg4fPkyblogts0WMJqJIc9O+LhoPfTt6ySSKsUAwKZKacawy50TQMgW5UEOq9uhgtirc2B3mY5tG&#10;CPUIBQkhZxV6evTChw1zL1C4XzoewvgQY8wgFUvOqTSLgYHRmwMDdYGA5xHoEanac5gcStWeqxol&#10;gwAIgAAIgAAIgAAI9DIB1zgA9LLRqA4EQAAEQAAEQAAEQMAbCECqekMvo40gAAIgAAIgAAIg0C8J&#10;QKr2y26D0SAAAiAAAiAAAiDgDQQgVb2hl9FGEAABEAABEAABEOiXBCBV+2W3wWgQAAEQAAEQAAEQ&#10;8AYCkKre0MtoIwiAAAiAAAiAAAj0SwKQqv2y22A0CIAACIAACIAACHgDAUhVb+hltBEEQAAEQAAE&#10;QAAE+iUBSNV+2W0wGgRAAARAAARAAAS8gQCkqjf0MtoIAiAAAiAAAiAAAv2SQD87WLVfMobRIAAC&#10;IAACIAACIAACThHArKpT2JAJBEAABEAABEAABECg5wlAqvY8Y9QAAiAAAiAAAiAAAiDgFAFIVaew&#10;IRMIgAAIgAAIgAAIgEDPE4BU7XnGqAEEQAAEQAAEQAAEQMApApCqTmFDJhAAARAAARAAARAAgZ4n&#10;AKna84xRAwiAAAiAAAiAAAiAgFMEIFWdwoZMIAACIAACIAACIAACPU8AUrXnGaMGEAABEAABEAAB&#10;EAABpwhAqjqFDZlAAARAAARAAARAAAR6ngCkas8zRg0gAAIgAAIgAAIgAAJOEYBUdQobMoEACIAA&#10;CIAACIAACPQ8AUjVnmeMGkAABEAABEAABEAABJwiAKnqFDZkAgEQAAEQAAEQAAEQ6HkCkKo9zxg1&#10;gAAIgAAIgAAIgAAIOEUAUtUpbMgEAiAAAiAAAiAAAiDQ8wQgVXueMWoAARAAARAAARAAARBwigCk&#10;qlPYkAkEQAAEQAAEQAAEQKDnCUCq9jxj1AACIAACIAACIAACIOAUAUhVp7AhEwiAAAiAAAiAAAiA&#10;QM8TGNDR0dHztaAGEAABfgKZmZlAAwIgIJXAunXrpGZBehAAgX5KAFK1n3YczPYQAiRVN23a5CGN&#10;QTNAoFcILFq0CFK1V0ijEhBwCwJwAHCLboARIAACIAACIAACIAACtgQgVTEqQAAEQAAEQAAEQAAE&#10;3JQApKqbdgzMAgEQAAEQAAEQAAEQgFTFGAABEAABEAABEAABEHBTApCqbtoxMAsEQAAEQAAEQAAE&#10;QABSFWMABEAABEAABEAABEDATQlAqrppx8AsEAABEAABEAABEAABSFWMARAAARAAARAAARAAATcl&#10;AKnqph0Ds0AABEAABEAABEAABCBVMQZAAARAAARAAARAAATclACkqpt2DMwCARAAARAAARAAARCA&#10;VMUYAAEQAAEQAAEQAAEQcFMCkKpu2jEwCwRAAARAAARAAARAAFIVYwAEQAAEQAAEQAAEQMBNCUCq&#10;umnHwCwQAAEQAAEQAAEQAAFIVYwBEAABEAABEAABEAABNyUAqeqmHQOzQAAEQAAEQAAEQAAEIFUx&#10;BkAABEAABEAABEAABNyUAKSqm3YMzAIBEAABEAABEAABEIBUxRgAARAAARAAARAAARBwUwKQqm7a&#10;MTALBEAABEAABEAABEAAUhVjAARAAARAAARAAARAwE0JDOjo6BBtWlXuwvw6y9S+QxRj46fPVkUE&#10;sKLXNo2vPFAxXpU+43aFr21NXS1VJcUHqxu059t0XTKZj698mCI8KkGdFG2Tmq/kgMCw306ebpO4&#10;ZV92zgGtvrbItC2PR5tVaywkSLV8pTrY0qC2horS/eVHv29t13Vd8ZUHBF4/ftIUVVzYheLsNaWG&#10;4myviLQtGeYVWKSwbJ3vkCB92+6dzLatOndhngHncFXWc2qFRU4e1AIpZabG8pRDmbiifBSqpVnq&#10;kdZNqHp9YX6t/o9BiVkrpxqs4DGspfjFnNKz9Js8In1VRpTcqhRh4DIZC6G+5RxRpXx6sLy9Ziqz&#10;2T7wdN3WzMJjhuQ+IdOeX5YQyGW9Upe/PLdKZ/jnsLhFq1LDfJwbtIYS+HnyjwOn/5qZmblp0yan&#10;s5syntmTtTs854+RLigKRYCAexNYtGjRunXr3NtGWAcCIOAyAt2dVe260FL3j9wVa4qb9CqE9+rS&#10;tTZpduWseJ2VEMZE2sod2c/k5B+oaWo16FS6rugT1xzIz3kmu+DLNket7NK1tdSJTWy/MF39vk2Z&#10;z28qLK9vIVv0bdEXXl9emF/W4sgM/t9tW9d1Qdv0ZWn+32ucK1AgV0P5EU5Fn60sbxQu+0pL6Zb8&#10;OsFuEmmUru7trQdbRSaW6Y4V5rBdzFBlwRp6LafwGCMqpV7yuDnTQpiRe6Vp//saYylN+wq5QSaP&#10;nkk6VWBEOh60Uk3q+/T1RQVle4s1l/veElgAAiAAAiAAAi4k4JxU9VXcpFROUIYP5+ZJW0oLy6yU&#10;JZMmXDGItVZXW/jhNybLddW5L++s0TIK1fbq0mreysmt5pcyvkMC6JIbJ2kNia3ne6VAatids+1A&#10;g05IxvkM1tdH1xBjlTQ1yFxX8UwVy2Taz7fZa50U25jGstfQwdZZ6yoqzxn/1lbz7wZ7Zeuq8t6w&#10;/mCQYgurDj/8q50vE7PyThVvfLWiRbCLWype3Vh8iq9+h8ADE9JV7DR0V92HhcxUf+vBnYdY1S4f&#10;Nzs1wqpkMYNW5oC2ZFi9leFydfHuZpmuuPRwb9WIekAABEAABECgVwg4J1UDlNPnzn1k7vysRQnD&#10;WTMbvv3a0mAmzfysl+YqWbWqq/+2iU1zoWLH23WsDvUJiLg3Y+X6Lfpr/cqMe42+BEITeEF3LVxN&#10;17oNG7JmKjnHA1Jhzk4Z1uXnlnM6Wx4Wl75s3QYyZcO6p9PiQg0r3YqERfoKV69eeFcQ24Cxqcxf&#10;Vs9S2vZT68Ed79cbW6ecMZ9p3Ybn5qeOC5DYrWxj2dqeSrD0E5DVHakxl4JtRyrsz5vqavM37uN6&#10;QaIppuQtpVsdS17twYLSFk79B4ybtYzt4mWzjBBoojefz7NCBHBFklGs6qp2FTZc0VW8+yE7tS+P&#10;SJ2ltPZRkIkZtA5oOw2sxzPWlJXK1I/NDj5QcqCzxytDBSAAAiAAAiDQewSck6qcfT4h0eM48XZW&#10;y79S7qtUjmXTa1t+YP6r4Z8f1TMiRu9AuTojKSKIkbODgiKSMlYvVSm45d2PSuqFYfgqbp+bNTOC&#10;ndfUVR2sdGJBue3gP4yLxhFpzy9KjQoxzNf6ykdFpy5eNfdWG83jqHfq9u9nNZOhdXMnhTOt8x0e&#10;Hjdv9bIp1zsqQPTvOs3BLy0nLTtqqqy8iW0KazmwVWi6WnTFMseSt/HgwZNseQETF62eFxvCdnFI&#10;7LzVGbcRVd+gCbOynlZxA0h85czICVE/nMDmPVexc0tuMeO9KvONmJ4ePUS4NDGDVqItfZ28s2zv&#10;nqHTU9ITVcHlH+xp7mtzUD8IyGTnzp1rFHFRMtACARAAAfsEuidVRdFta+OmLH3lzPp1Q9VR9k8B&#10;Mam2G31kI9WpMezso66uxu6StkweM/0ubma3vs6OrhWwVVdTxymqkLtSbSSOPGSk1HnQhq+/ZeWj&#10;74Tptq0LGWk1MSoKIm8i3ZfVrOIPiFPdxij2rqrPqwRKDFAoGNmtq9uVp7ngZL1BCtb+lgM7PuRd&#10;vjcU3PKfOraPfcKnTA2zqixiRsbcBatXPhLLt9VOtGEjp6VNZHun5XgD+5kydlp6jOSvC/tVNn2y&#10;bcWShUtyCuqchSa6SU4lPFNccCjyvuRw2dj7Zo2r/bQcWtUpjMjkUgLDDJf9IsWkcalRKAwEQKBf&#10;EuieVL3SoKnm9vQMD+KRYFe6msrzP+K0YNgNBsmia2phVYxv+LhwXmz0d3autK2h4Zx9soqbb+TU&#10;ZMv3kvdANTRwUjgkOsbJCT4L+841NHCtU95m7S8pfYxoD21ZYbp2mm/J0lZUsNI8YFy0OkrJEqur&#10;NO0zsqjPV/nwAtbDs6OuYLM4f1MbixVJi9MiGS2oPbglt0pAvR0/xQ2Mm6JibaWjPEw51gWCMmzG&#10;7GjzYiggwJw4B+XaG7R8tM8d3Pn3+rYuimSg2bHH0ZS19A7ufo7mj4trx6lU+nAWgeqU+NrdxbZf&#10;bM07H5343K6yDRnJKcmpUxIS0jaWnTGrWVeWFZ+wttLKltY9f5yY+pr0z7/uNwkleAQB+0oUOtUj&#10;OhmNAIHeIOCcVG2r2btjx1u5Lz+/rYLTkSFjb7a0V1u6ZuHCp5a8vJvz2lSopjHTXed+4lRMQODV&#10;Ao28OpCTn7qLjlb1Bxs3WDmxvV13kVtBDwgY5griJnuFWyelnq4LNC3NXe1my/2t1UfZSc0AZXSY&#10;LCKa9Qm+Ul8tsB3NsGjOOVeI8jflNVQePSc1gpufzeeXvC1afWQr/RU0coyplMaDO96ikWPxvw8d&#10;h3oQ5uUTkTrT5JaqUKWbAldZZxIzaGU8tAfJB3N3iVzuAnktpfPFpK0vLqqPT1ExAbv87lDFnynY&#10;Yy06Db8d2pY3YvHuwqLC/QffTKrN+tN2kwiVx6c/FFS8u7jdvMIzn5Z+ZZisxQUCzhIQ0qPQqc4S&#10;RT4Q8EYCzknVrpZvamq+rGuiuSbmUqhm3yW8UO7jqyCvxGVqNsCQfDD3wu/SCclQHRu9igJ5GlML&#10;9c9FCWltypAP5rbwXxI0RtLAENM6SQUKJG44WM5ujyKlqleDEdHj2KbUH64QiAIrI+eKxQ9xOrM2&#10;f+snggnt2TgkOmOhmeR9t05ol791Idr6mi9p5Fj+r8nRt4hdXPIJSs69IEg5wY5zhcRBa6xUHjt3&#10;XlxIYIAiMjUjxdqTwRU92b0yvij+4JxaPcmfLUUen5LsV1qu4SnUX/3YA+F+A/W/hE6fFd+s+cJs&#10;f1148qzIyrwCsxgdFP2qdtJ91rGHu2cscnshAVtVCp3qhcMATQaB7hBwTqqaaqQjACIS565czslQ&#10;0y9Gz0jaLDV28v1mXonDwsJYWdtWU8XvidpQVcN5s4aFDbPfwJavv+VW3BXXWuvlK5YiyuqfVHBY&#10;GKc+6muEJiMlARbROinl0VEFhtgIzGU6zsDM33cczanqrwijD8Cpo9XCoU/lURkLEllJ17Qv9yPJ&#10;PhOGyswl75G8vK+sxKoiiHMg1n5/3L4UVVznMuddkWCFBy0/bXlk6rJVq7Mej2O/tURW0xvJ9Buq&#10;2nWfrpmTarzWHuzsLCo+YAv9ttgoP84mub+frLPDPAjrCHX65PMFRZzGNUS/SkyK5yRwbzQGdXgq&#10;AXNtCp3qqb2MdoFAzxFwTqqa3ugb1mRlTFUG8RTjq5w1m12a1dUVvmsezjNMyc7rydo+38kTWfNU&#10;8c7PWfUpjzDOmfFD0FXvreDWmsdGsL6hiuGc+vnumEXwprpj7DZxmYJ1rZUrI0LZkuv35dl4Xuqa&#10;Tjk8icDKMAetazrlnDa0rKW2opKzq+2zTQuZK7eKE4xNmsP2agmZOo91Wr3S0sLRkzrI5FHps8ex&#10;fgAtnPexsZDxRi/k+oOfGHdfRWWwmvupOPajwidc2X2HXlGmixm0ogpyo0Q6TWl5+GP5JUWFZtf+&#10;d+ePLfugxOZjZaDMqFT5muAXO/O+oKK8PYwPa2XxHplaFWM3hxuBgCnuToBRqNCp7t5PsA8E3JKA&#10;c1JVXFPkytn3m9aad3xmmucJT5rMnTbUUrp+xY7yei1zvGuHtr58x4r1XDxOn5DJSXZc5bq0tYUb&#10;jfFZh8VNnsAZdlN4CPOfHVV5uRVNF0jCdelOVmx7mxNzo8JvZpsekJDE7czR1eW/sKmwusngUEDp&#10;qwo3r8r7QvLytFDrus7WV7yVvWn/9+Lw2UtF2/ztr7lrj5TbjZygUD+Vxn0vOG2OXPkot0/Lpgx5&#10;TAKLlYKnbswpYKnqDyRrqi7c9FoFo7QDbp/Cs+nKaYt6JqPuWPG2VSty3tJonXCG7hmTmFJbSwrK&#10;blap2LFurClYlRxZW1IqORDA2PvSb60t2EsurJ1lJQeCp6fEQqn2ZPd5W9nQqd7W42gvCLiKQE9K&#10;VfIzjUqfxoU9rd+9sdj48gxMWMB5TMqutNXs3pa91DAvuDR72+6aNlYQyCMeWsC3S4bdpp25dEn2&#10;6xVskHmKYPqE2UGaw2InsxN+Mt03hS8vX7Jw4ZLMVwq5HV5y5d2xJleBiDTjgrhM11CR93ImJden&#10;z684rrvkBGmB1i15cVvhl3znc2kPbTRt8t900GI+1HJP+mbDjzpNJbcTPSBUf2yY6X8RbDwq2bma&#10;quN2TTf3N3WijUwW2qclJHl9ItKM/qy0eZ6lathpl1fBRpZSqDJmuJX3Jz/tHa+W1re2tXxZsGmP&#10;/chpTnN0LmP9B+/VRlIsVYP7qfkVGK+O+vqDYjPHU3EVBKofTjm/e4+mmYt+JS4bUoEACIAACIBA&#10;zxHoWalKYjX2oRkRTOx3ml170xQgiTwmsx6JDeI9lpQS+wbFPpKVEcW/4ZrZpq1jJmL1iRVxf1ps&#10;GcHUzoSfryJpwdwJFiWHTF08PzFM7joY1Lpls5WCrbPqzytdOrNd/hctp+4s9qSfv0hZ2z6vYMOp&#10;DoqY9gf9sWGm/2Vk3D2SKb2tssJRZCXyN53R7f3dJHmf4FbzrdpF5c8T7uJh0RlP2bo499xQF1Wy&#10;LW1Zh87YIzrX7LwTZYnjRN+UlTbH35fIbP23vAJVKXc17ztY67gQqxS3qu8LKs5+5HVsqJKMDhlA&#10;AARAAAR6hoDr1JmQfUNi0+/jZlZbSnN3m+alAibMWrl25fwZceHBAWy8KR9feWCIMjEta+3KWRMc&#10;xd43JI6lY0vXZqXaBumkCb/lqxfNiA0JlPsyrRwkDxoVm7p4Zda91iumJKnDpy5a98Ki1EkRxvS+&#10;8qCQCRRgy8lNP0Exc8mwtMRYU+sGyRVj41KTrKJ6Se1YbWUVt/X/t5MtoorqSwqKi2PVZ1dtlf1D&#10;Vim1fOJcLkiqVDPM0o9JzeD2aVmVIo+ctfKlZbMmhSuGcB8l1GvB4XEzFq1elRZh50ypbpjj4qzD&#10;Emb/PjzAlz6IYuem9JJfrZgmVO//oPkulcC+J7/4pMTWvcUa841TYgqVhc+aF9/e3o4NVaJoIREI&#10;gAAIgEDPExjQ0WGcnOz52lADCICAJYHMzMxNmza5EZUvNiY927my6Bk4qrpRp8AUSwKLFi1at24d&#10;qIAACHgJgZ6fVfUSkGgmCHgCAX30q6HYUOUJXYk2gAAIgICHEIBU9ZCORDNAwAUEzmBDlQsooggQ&#10;AAEQAAEXEoBUdSFMFAUC/ZsATqjq3/0H60EABEDAEwlAqnpir6JNIOAEAcMJVfEJsTihygl4yAIC&#10;IAACINBDBCBVewgsigWB/kZgYNTiks9y7oFS7W8dB3tBAARAwKMJQKp6dPeicSAAAiAAAiAAAiDQ&#10;nwlAqvbn3oPtIAACIAACIAACIODRBCBVPbp70TgQAAEQAAEQAAEQ6M8EIFX7c+/BdhAAARAAARAA&#10;ARDwaAKQqh7dvWgcCIAACIAACIAACPRnApCq/bn3YDsIgAAIgAAIgAAIeDQBSFWP7l40DgRAAARA&#10;AARAAAT6MwFI1f7ce7AdBEAABEAABEAABDyaAKSqR3cvGgcCIAACIAACIAAC/ZkApGp/7j3YDgIg&#10;AAIgAAIgAAIeTQBS1aO7F40DARAAARAAARAAgf5MAFK1P/cebAcBEAABEAABEAABjyYAqerR3YvG&#10;gQAIgAAIgAAIgEB/JgCp2p97D7aDAAiAAAiAAAiAgEcTgFT16O5F40AABEAABEAABECgPxOAVO3P&#10;vQfbQQAEQAAEQAAEQMCjCUCqenT3onEgAAIgAAIgAAIg0J8JQKr2596D7SAAAiAAAiAAAiDg0QQG&#10;dHR0eHQD0TgQcGsCmZmZbm0fjAMBtySwbt06t7QLRoEACLieAKSq65miRBAAARAAARAAARAAAZcQ&#10;gAOASzCiEBAAARAAARAAARAAAdcTgFR1PVOUCAIgAAIgAAIgAAIg4BICkKouwYhCQAAEQAAEQAAE&#10;QAAEXE8AUtX1TFEiCIAACIAACIAACICASwhAqroEIwoBARAAARAAARAAARBwPQFIVdczRYkgAAIg&#10;AAIgAAIgAAIuIQCp6hKMKAQEQAAEQAAEQAAEQMD1BCBVXc8UJYIACIAACIAACIAACLiEAKSqSzCi&#10;EBAAARAAARAAARAAAdcTgFR1PVOUCAIgAAIgAAIgAAIg4BICkKouwYhCQAAEQAAEQAAEQAAEXE8A&#10;UtX1TFEiCIAACIAACIAACICASwhAqroEIwoBARAAARAAARAAARBwPQFIVdczRYkgAAIgAAIgAAIg&#10;AAIuIQCp6hKMKAQEQAAEQAAEQAAEQMD1BCBVXc8UJYIACIAACIAACIAACLiEAKSqSzCiEBAAARAA&#10;ARAAARAAAdcTgFR1PVOUCAIgAAIgAAIgAAIg4BICkKouwYhCQAAEQAAEQAAEQAAEXE8AUtX1TFEi&#10;CIAACIAACIAACICASwhAqroEIwoBARAAARAAARAAARBwPQFIVdczRYkgAAIgAAIgAAIgAAIuIQCp&#10;6hKMKAQEQAAEQAAEQAAEQMD1BCBVXc8UJYIACIAACIAACIAACLiEwICOjg4xBWVmZopJ1qNp1q1b&#10;16Plo3AQAAEQAAEQAAEQAAG3IiBBqvatUiSt3LcGuFW3wRgQAAEQAAEQAAEQ8AYCcADwhl5GG0EA&#10;BEAABEAABECgXxKAVO2X3QajQQAEQAAEQAAEQMAbCECqekMvo40gAAIgAAIgAAIg0C8JQKr2y26D&#10;0SAAAiAAAiAAAiDgDQQgVb2hl9FGEAABEAABEAABEOiXBCBV+2W3wWgQAAEQAAEQAAEQ8AYCkKre&#10;0MtoIwiAAAiAAAiAAAj0SwKQqv2y22A0CIAACIAACIAACHgDAUhVb+hltBEEQAAEQAAEQAAE+iUB&#10;SNV+2W0wGgRAAARAAARAAAS8gQCkqjf0MtoIAiAAAiAAAiAAAv2SwICOjg4xhmdmZq5bt05Myh5K&#10;Y9eAqtyF+XUWFfvKAxXjVekzblf4WhlUnbswzzKtIUFQYtbKqQr9fzUXZ68p1fI3IyJtS0Y0+5Ox&#10;0iDV8pXqYFOGln3ZOQcMBUSmbXmcS67/t1N2KlTLlqtDrL8pBGt3wL+toaJ0f/nR71vbdV1XZDJf&#10;ecA11yvvmDJ5YlgA32eLsS3yyLRVj0fLrUo3sTIno08kDEFXsTWz8JihIJ+Qac8vSwjkCr1Sl788&#10;t0pn+OewuEWrUsPsfEk57EeDFcUv5pSetUEyXJX1nNrQ2ZamWiS07FZR1ZnytzVWfLSvvOZ0a9uF&#10;Lh7IAqXp85vbZkxm/sfa/CWvV3Xpk1oPPP3fTD3iG/34hrRI+22URaRvyYiyP2ScGrSWRZpuLuPf&#10;2+pKd+395NsWHbVEPwjDYlTTJ0dZ3q28zbfsVmv7BbMYKhaJXSbratHsfnt/VVOb/h4ZJA9SjE+Y&#10;MSUuNMA+KfwKAiAAAiDQEwQ8dVa1S9fapNmVs+J1Vvn0BDtXlCnCzpbSre/yaGvptevq923KfH5T&#10;YXl9S5tBp9LVpWtrrq/YvWlF1qbSRoP+Ebh0tflbPxEQ8NJMkcfNmcYq7ytN+9/XMNKUrqZ9hVxv&#10;yaNn2tWp0mrs3dQX6os3Z67YWFhxrEWvU02Q88tbXGFJZFwMK5m0lYcbrEpsOFzJdtKwmDhOp7qi&#10;VvMyRAxa+1WeKs7Jzi2uNehUlk9daV7OM28wEryPL131jhVrCjQnDTqVrg6d9qSmcOOKnH1NfWwZ&#10;qgcBEAABryTgYVLVV3GTUjkhXDGI7UxdbeGH3wh0rA9N5phdg7lkPoPZvw4xTsgaU15lPUfr5KCR&#10;YqdMpjuSl1ttVHROVtm0b+O2Aw065u1re11oKN78cvEpe4U37cu1n0CsZYEJ6Sp2TrOr7sNCRoe3&#10;Htx5iFVZ8nGzUyPEFiYT6kfLAiw6e6ixs+0kChjMe3PYr+5KQ+G6baXHHXWW71XsGJNzA8pYrJBt&#10;JkvDosezWrXtqypLrVpX8a82JmHI7QlhvAgtR72UAS1l0NqjpNP8vbSF1aQGa5gbzSdkSkq0i+4v&#10;gcEjCntD8d9r2NuEaQXTR/Lo6VNCRA9KJAQBEAABEHAZgYHPPfecmMI+/vjjxMREMSl7KI1dA05X&#10;/bPGsMx79R2PLZoZ95tJd113uuzLlsv0l0u6gFvuvMls5a6ZS3vNPZnZGckJ7BU7xp+13D8slvnb&#10;zV3//uw7g+i4afb6ZQ/q/3TLtabmGSsdfEPcneFDTT9cqC+rYMTKCOXvoq4zA+KUnfr8l87+5z+X&#10;b5kUbmqHYO38/I8XvryzjnX1kCtiZ/xpwSMPJKt/d8+kW4Iu/N93TRcuUbb/Xfjui7Oj71YOH8DX&#10;FjbBieG3R1/nxyVory9jEQ1X/i7avKnCEPR5/W8Yc/nLw99d0Dft9P+13xQ/pnbHNnY+UB4xe756&#10;tLEKofHksB/1GS/Ul1d8d9HQhXPYLtR3Y0wY19lMIq6/ImavX2roZ/0Va5FIVHWyunfW7jmuZ0mX&#10;PDRu9rw/pc1MVt9z5y3BHafrzwbFcONEcQtbSWADO3KNo9HcNmOlQ26YFB9utPnqay/959N6vSb9&#10;+ZzvjQk3X80xqv1n/r9PGz5GQibNSbzBzF1DoI0JtxjdIIQ4y5watEI3F9Wiq/z7rjrDR4lvxOzV&#10;y9MmJ9wz+Z5b/XVXT1LfbLnCLtB8824dPt5y2AlmMTRPDPbjHxd8etJwpwQlLHtpwbSEhMTJd4y+&#10;/Isb1XeM7FkhLdgD+AEEQAAEvJuAh82qcp3pq1SOZf9b2/KD+3axeDuvtJRuya3SazsnLp2mpIKd&#10;bZNHpD2fNev2EGaqyHdISOzsrFXpEayq0VV9VMYm5K9GV5e/ubhJaGpWvGk+IeqHE4KY9Ocqdm7J&#10;LWa8V0m+TE+PHiK+IHdKee5g8RF2PlXv2rs4NXqUAbOvPCQqddHzc8dbu/o6a3xgXCw7vNsqD5uc&#10;Q6o+5xbQb4qLM3oAO1uJYD7xg5a3iHM/cX4k8quCWCK+irjUu91jzvJHLXcDBAQNYxsQEKFWR7mq&#10;81zeHygQBEAABDycgIdKVVlbG/fC8ZULrPa6Rc+KsDNAoWDekrq6grdNnp0SzNdVVXNeEGFTeISg&#10;PCpdHcqW11Bbw796PVyhYAZLS+kOlzjtjZyWNpGdRWs53sBWOnZaekx/1QS62jrOmTHk7hk2W9CG&#10;hIRw0kdC3/EnlUdHhTO/dH1VVcd8Oeg0laxq9Y2eFNuTEEUMWjstHHYV+4kia9PkZufuq2oStbGz&#10;28xEFnB1EDe121C4+uWC8nqtO/jPijQeyUAABEDAEwl4olS90tVUnv/RSba7wm7g99mTaQ9tXGG6&#10;Cr7q9e4VaecgZfpCFSMTu+oKNjohE5t/4CaWQ5TjeDWMXKnk5rRONlhv1WHAKCYvfoidfNV+srX7&#10;vrNUZNiM2RaCjgICzImTrLHE9eOx9019vekTgf1N3xaaEm0+yJ9IuLoGI7lR0TE9N6lp6A15TEI0&#10;45DdUVNlUKhtn1fUM5rV/oYq8zau2CTQSOF7QeSgtdMpJLNv4srv0tYdyH956ZIVrxRoOPfVXr8P&#10;LSscE60cxv3lQpNm97bspUtyXi+ts7vY0Mc2o3oQAAEQ8GgCHiZVtaVrFi58asnLu+vZWTqFaprQ&#10;LN0V2v1uun7q1bkTKXbSAvJIdfrdrFNhywHpMtFsTTPA+Bq2HNYBw7i5pI6LBt9OnosmX1MjuQne&#10;tze6YIuVT0TqTKVRmypU6abAVeLvOnH9aNHZQi00T3ReIJFwdRfZDe0yGe3FEW+/cyl9IuJuYyrp&#10;onV/mUxbWcVO6QpuqGIqsgDRdlGCL4eUQWuvU+Sxjy1SjzH/JOlqO6kpyFmx6ZBLQiQ4B9SYKyz1&#10;6bmxw83cUq90tdQW5z6/oqDO0W65btaM7CAAAiAAAnwEPEyqmjXRx1cxYVbWMtuIpG42EMTZGTJ1&#10;cZpJJm492CqlFfLB3Iv3kk7gbavTsZuBZIMGCztMyKPnLWD37ut9Z/PZpWcptlillU9QcpPeQcoJ&#10;jvf4dKOqHs862Lidv0MIsyttCPuNkhXEdZWa4xoNG70hJDqGW2B3ZW2WZYkbtIL1+4apnlq3YdX8&#10;WYkRxmAd5MHQ8PdCpxxcXN3OAOWs5zZsyMxQx4QEGCXrlTbNrmL+BQdX14/yQAAEQAAEzAl4mFQ1&#10;+nVS4O6xk++PtTkAwKztFFZ9i+lyFAjd3rC5ZDk1xYZjtJdDip1sOeYysenDv34kYQIqLIyTg/U1&#10;/EGvdFVf1rP1jDIm5v20CVE/lcb6Aeiq8v5W06uT0bxIxfUjxYo3XuxZD7al0ZENxsvsjACLhMLV&#10;mTB/V+PsBjgpT6fQhEkjDemv1Jfmc+FUb4qLHWa3EPM2brE4usJR3VIGrYhO8Q0Mj52akbV+wyJu&#10;xYAaUscbWu7yJcth1nVJH9yjZy/fkRGq2ctWr189i/1EpP1/9V9LuOt61jyUDgIgAALeQ8DDpKqv&#10;ctZsdkVZV1f4bo/G/7/2WtYfUVv/H/PY+Nq6b9h/BinMYltZjCmn7KRd84+yTquylhYJ4fjlyohQ&#10;tvr6fXm2KkpXncdtwJeFRZpW5PlvgyHR6dyqva6lBS58RkryyAj2eK0r9cW2Y+9CU9M51z5YguLi&#10;2M1V2lamH3p0Q5VTg5a3xRfa2kxfd75hv59sjKJr8Zl37bXs/HBrfZ35MkJrXT37z6Brhe6w7pBu&#10;azOtPfgExE6N46apL8kk+Et0xwLkBQEQAAEQMBHwMKlK+02Us+/nZv1q83d81nPuZSHhN7Crg00l&#10;uYW1Wv1btkNb974xTr5v2Fjh+DvO2RmsNu5tkjKKAxKSuP1LFG3qhU2F1U2MX2XXhaaq3ZtW5XFe&#10;ePLoyfGO3SzlE+YuSOzfi/VS6IlOOyxhMhfSiA73WrWxsOqkAXOXrqm6cNPqvKOuHozyCVHh5ndw&#10;D55QZYDg3KC14nelqXjzihWrdhj3UbV9XsVGKpMpQszvmJHhYexZHk3Ffy2sO2tgebau8K/FrFvu&#10;oLBwZl7ZhdeFqtycFas2FnP7qLoaDlezn4U+IdebnZ/swjpRFAiAAAiAgB0CHidV6X0alT4tghWR&#10;9bs3FjcLNN9yk7LgrnBheBH33MXGb7rSUvF69pKnFi5cmp37GbdGqLjLNFnEV4hYOy3zyqMynJGJ&#10;EWmmXLqGiryXM5cspGvJ8pfzy7lAUT4K1cK0CHEjwsx31tH9ZbHlvKDGUXLJv3e7H6XVaLe6iDmc&#10;Ly+5XjZW5L9iwLwk8+W8igbDMQsuvuSxCRNMG4AcbKhi6rbojhVSA1+IHbTClJr255XSLXKupiBn&#10;yZLMFSsyl6zYVceu74+8LdbiCyhi8l3cv1sqcl80sHwxt0LMHWZhgPhAB7qqdwvpu03XWJq7gu6O&#10;FZlLl2wqZ5Wq74RYpYv7D8WBAAiAAAg4JiBOmDgux61SyGMfmhHBzMfQ7p83BULWW25SbhPaFW6n&#10;ZXbmOIco055SO5p4FGenjQEkE1O5Aw7Ecw+ZumzRvWFyoQ4fEqZ+aplawhwV+c5mxA0TUX9PB1ro&#10;fj+KaIQpif3qyEnjqfkqi+3tkkqXnDgiPoabBhe3ocoyAoD0wBfiBq0wpZBbY8O4Ix70thjDJvgq&#10;VA+qrHaEKe417ia0JiMfl7b4XuE7zNIA0YEO5DffPj6IE/9dF9p0xpivQ5SzZog/7VdyPyIDCIAA&#10;CICAEAGPlKoy2ZDY9Pu4mdWW0tzdPbVzl+Y4V2elqSIV7EHhdDBRgCIiMS3rhbmijlxy0k553KPc&#10;3iYJQ9s3LGnRunXL0hKVIYFyX6bnyd7g8LgZi1bnLFKFSjw30ics9QnOd1aCGZ6edEi4+ql1qxen&#10;xkWEBDGn2xPlwBBl4jTLKUMXcQjl4oA63FDlogq7e3ONTFj0wsqMe42DUH/LhE9KXbQyi+9LSR79&#10;+OqsdFVEsNkdFhyhSs9aPc/mkAVXNFAeOWvlS8tmTQpnb2kfpu9E39GusAFlgAAIgAAImBMY0NEh&#10;6qyYzMzMdevW9SG7PjegD9uOqkEABEAABEAABEDAOwl46Kyqd3YmWg0CIAACIAACIAACnkUAUtWz&#10;+hOtAQEQAAEQAAEQAAEPIgCp6kGdiaaAAAiAAAiAAAiAgGcRgFT1rP5Ea0AABEAABEAABEDAgwhA&#10;qnpQZ6IpIAACIAACIAACIOBZBCBVPas/0RoQAAEQAAEQAAEQ8CACkKoe1JloCgiAAAiAAAiAAAh4&#10;FgFIVc/qT7QGBEAABEAABEAABDyIAKSqB3UmmgICIAACIAACIAACnkUAUtWz+hOtAQEQAAEQAAEQ&#10;AAEPIgCp6kGdiaaAAAiAAAiAAAiAgGcRgFT1rP5Ea0AABEAABEAABEDAgwhAqnpQZ6IpIAACIAAC&#10;IAACIOBZBCBVPas/0RoQAAEQAAEQAAEQ8CACAzo6OsQ0JzMzU0yyHk2zbt26Hi0fhYMACIAACIAA&#10;CIAACLgVAbFS1a2MhjEgAAIgAAIgAAIgAALeQAAOAN7Qy2gjCIAACIAACIAACPRLApCq/bLbYDQI&#10;gAAIgAAIgAAIeAMBSFVv6GW0EQRAAARAAARAAAT6JQFI1X7ZbTAaBEAABEAABEAABLyBAKSqN/Qy&#10;2ggCIAACIAACIAAC/ZIApGq/7DYYDQIgAAIgAAIgAALeQABS1Rt6GW0EARAAARAAARAAgX5JAFK1&#10;X3YbjAYBEAABEAABEAABbyAAqeoNvYw2ggAIgAAIgAAIgEC/JACp2i+7DUaDAAiAAAiAAAiAgDcQ&#10;gFT1hl5GG0EABEAABEAABECgXxKAVO2X3QajQQAEQAAEQAAEQMAbCECqekMvo40gAAIgAAIgAAIg&#10;0C8JQKr2y26D0SAAAiAAAiAAAiDgDQQgVb2hl9FGEAABEAABEAABEOiXBCBV+2W3wWgQAAEQAAEQ&#10;AAEQ8AYCkKre0MtoIwiAAAiAAAiAAAj0SwIDOjo6xBiemZkpJlmPplm3bl2Plo/CQQAEQAAEQAAE&#10;QAAE3IqABKnat0qRtHLfGuBW3QZjQAAEQAAEQAAEQMAbCMABwBt6GW0EARAAARAAARAAgX5JAFK1&#10;X3YbjAYBEAABEAABEAABbyAAqeoNvYw2ggAIgAAIgAAIgEC/JACp2i+7DUaDAAiAAAiAAAiAgDcQ&#10;gFT1hl5GG0EABEAABEAABECgXxKAVO2X3QajQQAEQAAEQAAEQMAbCECqekMvo40gAAIgAAIgAAIg&#10;0C8JQKr2y26D0SAAAiAAAiAAAiDgDQQgVb2hl9FGEAABEAABEAABEOiXBCBV+2W3wWgQAAEQAAEQ&#10;AAEQ8AYCkKre0MtoIwiAAAiAAAiAAAj0SwIDOjo6xBiemZm5bt06MSl7KI1dA6pyF+bXWVTsKw9U&#10;jFelz7hd4WtlUHXuwjzLtIYEQYlZK6cq9P/VXJy9plTL34yItC0Z0exPxkqDVMtXqoNNGVr2Zecc&#10;MBQQmbblcS65/t9O2alQLVuuDrH+phCs3QH/toaK0v3lR79vbdd1XZHJfOUB11yvvGPK5IlhAXyf&#10;Lca2yCPTVj0eLbcq3cTKnIw+kTAEXcXWzMJjhoJ8QqY9vywhkCv0Sl3+8twqneGfw+IWrUoNE/Ml&#10;1dVSVVJ8sLpBe75N1yXzHRKkCI9KuHdytFnPi+gR4U40NnmQXDH27ukzVREBVhRail/MKT1rOf6G&#10;KMbGT59NaQU7zrKQ4aqs59SG8WdBTwp2HjOMdUSkb8mIYv4lPHIuVGzLKqynUUHXqGkrn04IMuav&#10;y8/keiZg4qLV94c5GGbMz1eqchfn1xkKNDOAy1qbv+T1qi79v6zh6/9mGlq+0Y9vSIu0qNDUoZbc&#10;LK0yAbGqXXg88DdLVHW2z41B8iB6CD00I9bmISTCANtnhcE2e+21HjymxkgZuoZc1rezTNbV8vnu&#10;vJKqpnP6HtPfZbckpKrjwizvBek3mmAfGcwQOaRppLXVle7ce+hYCz0C9A+1wLDfTp6eZP4MEDVg&#10;kQgEQMA9CYjRAu5puX2runStTZpdOSteZ5WPu7ZBhJ0tpVvf5dHW0lukq9+3KfP5TYXl9S0k6hhF&#10;0qVra66v2L1pRdam0kaDbBC4dLX5Wz8REPDSTJHHzZnGKu8rTfvf1zDSlK6mfYVcb8mjZ4rSqdrK&#10;HdnP5OQfqGlq1etUfYMuaJu+LM3/e400o8Sk7tC11BbnPp9TfMpx6q4LLXX/yF2xpriJ4ezs5Trs&#10;IiwYEjdragib7uT+wkquZ640ffiBqWdmzxCnU2UyXWUlo1PpqvuXqaPZP0XGxbBCR1t5uMHKvobD&#10;lexoGxYTZ6lTZbKG8iPcUDxbWd4oomndSuJsdR067UlNwZqXi5u7Vb0LMksZunzV6areWJGzS8Po&#10;VPYuqyzcJO5ecIH99ou40lS8Ljv3H3UGnaq3TtfWUncgP+fZHVWi5mF63EBUAAIg0E0CHiZVfRU3&#10;KZUTwhWDWCy62sIPvxFA5EMf32bXYC6Zz2D2r0OME7LGlFdZz9E6iV+KnfTKP5KXW21UdE5W2bRv&#10;47YDDToh5XShoXjzy/ZFWNO+XDEqzbF9gQnpKnYCsavuw0JGh7ce3HmI1R/ycbNTIxwXo/1828s7&#10;a7T2BLbjQhynGBamnKCMGBXAdv2VltL3DrYJZAsIpeEXEcKllbWUFpYJpaWpKbPhN9Q4/qyLFo99&#10;8FCmQLkvd1tLHbhBd5v1zN5CRmhqD+08yM4Zy5UzUyPEPjPaNJ/XmxrzTbXNV2NY9HhWq7Z9VWWp&#10;Vesq/sVyC7k9wVoa11VUnjMW3Fbzb2uZ67hPJaWQXF1A2ASlMiJEzoC60nLo4259aoocJzxtkjJ0&#10;LZ+Glg+6xuIPv+KeP4P0T0254WaQR01Xj5SEUnJiMUNaV/lhaTP7FDC0gh3/IUnTorkXgeSKkQEE&#10;QMCdCIh97biTzXZsCVBOnzv3kflZL81Vsg8pXf23TfwZgu5avNp0LbqbW31VJCxi/rzwLm4BdGwq&#10;m3CW0jUgpNipr1FX9/bGbsnE44W5B1pY2+WK2JnL1m3YQteGNctmxSjYZX0SYVvY5Vr+VuoT5FZd&#10;cAECRZJREumqdhU2XNFVvPshOwEpj0idpbT2NLCts/Xgjvfr2fenT4ByxvyV6w0tem5+6jjrFfpu&#10;WRwSN/eRuRlPr16WxM04NtZ/LaD4Q+Jp+GUse2GZinuFN3z7tUDtQXctNBt/TyUYV/+t04vFrkh4&#10;iilwsWng3s8N3HEiGSjUD6sUzFNBV7Vzd4PsQkXBPvYOkkemzp7guGfYmlorq06aV1qvKbOelQ9L&#10;mMQyPVdTddwscW1VDTsfFjL+NyY3BCZF3ZEa88+TtiMVxrlbkY2UlEx6dSFxj8ydm7Fs1YxwpqKu&#10;k8e5e09SzUxi0ePEtmwpQ3csN1QMI8biQdfw7xr2u2F4wrJ16+jndetXZySqUlNEfFA60WJTFjFD&#10;WldVzX4R+UbMWm2wbsP6rNRJ02Ybb4Nu2YDMIAACfU/Aw6QqB9RXqRzL/re25Ye+xyxkgXg7xeoV&#10;3pp0mpIK9mUjj0h7PmvW7SHMvIjvkJDY2Vmr0iNYAaKr+kh4FlCfQVeXv7m7i9r6cnxC1A9zrpDn&#10;KnZuyS1mvFdlvhHT06OHOO6xuv37WWnro1AtXT13UniQ4ePEd3h43LzVy6Zc77gIiSkUEyI40dSi&#10;tS89fBS3GdOedZBWlBWuwi6mspHqdO4d3/b5zk2vFbPeq4Mips2xcVYWLrDhYLnVN2JTTbW1Vg2M&#10;i2Xv07bKw6apx6rPGR9WmeymuDijKzPzF53m4JeWE+kdNVXdmrW0C6Ub1clvCGUHTPecQMR0mv00&#10;EoYuX0Hac9zKwJCgIOaN4RMQMVUt5j7tvvGOSmj76RybRD4siH2O+SriZiTY+Pc7Kgm/gwAIuCsB&#10;D5WqsrY27unqKxdcWnWDThFhZ4CCnfbU1RW8bePwJ6YNNO/AeUGETeERgvKodHUoW1BDbQ2/q8Fw&#10;BTvZ1lK6g5tmE1O5YJqR09ImstOfLccb2ErHTkuPETNv1/D1t9yS3wSeVciQkYJzlM7b/GMrN6bk&#10;gx3ZaHq7O05r1yKXYxfR/pCpaXHDDOmutDQ0sj0T/vv0WBGfEFzxDVVfsbTCE1Xs1Okpjcbaa1Me&#10;HcVNPX5VxU6O6jSVrPT0jZ4Ua0Va92U1K50D4lS3MU4ZXSRtRTTLmSTdqk7LDZjg63tgOEppjpSh&#10;a1tu0DBumaKxcNW6gopjPe50I6VtAVcxY1Uma/v8tezXi6tO9bRLkBTrkBYEQMAVBDxRql7pairP&#10;/4hbfAy7QWAXiPbQxhWmq+ArV+CUVIZIOwcp0xeya7JddQUbnZCJzT9wE8shynG8IkuuVBr30zTw&#10;u/4pJi9+iJ181X6ytfu+s4QqbMZsi2k6CggwJ86RCDQgPtfQwAohX+VtPb0KaVBDrXWFe7mpvmFh&#10;Ydzbka/Du7S1hXur2fdlQKjVJmljDu2hLWbjb6fAPrAewO54kPqEpc60nEAdNW3WRFE9wxZea3Qn&#10;DVfeMyl6FPNnnu1T8pgE1qGQmxxt+7yCFaM8G6q0FRXsam/AuGh1lJJ1IK6rdOobziEJ56prO1ap&#10;qdiXm/0WM2Dk0bd3x29I3DgRborIoXvsfbPRuPmg+bJB2G+URpca3SlN4dbsJUtzckvq2vp6ttjQ&#10;aNPXDt2m2trS/HVLlqx4ueDzFihWh+MbCUCgvxDwMKmqLV2zcOFTS17ezXkxKlTThGbprtBGUdP1&#10;U68+2KTYSYvatCbLudK2HJAuE3/UctOBAQECGivAOHHScfGiwOClydfUSEavdNt3lqnCJyJ1pskt&#10;VaFKNwWusn8D6S5yU78BgVf38L1Wm79w4cIlq3Ir2Le3POL3aqE98HV5+rTZr1e0MG9xecS03wnu&#10;l++6YDb+2gXHn+uxiwEWkTrb+FVDLhZzzAJXicheV825k45VRssDoiewH0JtR622T+nHQNxtjBBi&#10;Jke1lVWs4wDPhqrW6qNs+IUAZXSYLCKadUm/Ul/d7X2HPM1ysromzc6CwgN1zNyjfOzkhBtEILOj&#10;NcWNE54CpAxdi6fhectnQGjqskdig8y3lHYYAlysKqjr7m7PbpFhMstvf2LRvWHsJjZmJLUZwr9s&#10;tBDcLqgJRYAACPQRAQ+TqmYUfXwVE2ZlLbONSNpHpIWqFWdnyNTFaSaZuPVgq5RWyAdzb5lLOoFX&#10;i053iS1x0GBhhwl59LwF7N59h3uwxBkon6DkpFyQcoLoZVLTqnqXUIvE1S8tlW9AuCojKyNKzPyi&#10;b8BYfVpX+PO5HruIZsuVE0w9c5tZ2GDHec38O8Mn6GdnA6KiOa1aWVFrXYBp0o4mR49rNKwYDYmO&#10;sd5QZfJ/JaU6hsqJiB7HDu36wxUuCaVmbpxLqtMd+/DlTFEBzhyD7UYKKUOXp5qACbNWrt+w7HF1&#10;rDEUBqU6p9m5v4fDL4hqsm9Y0qJ161fOpzjGZiFsdY0fFn7uBlJaVBOQCARAwB4BD5OqRr9OmWzQ&#10;2Mn328beNmNBwbT1W8bZiwuQ7sxwuWS5EMaGLLVXkhQ72XLM9UrTh3/9SMKe4rAwTnTU1/BPPumq&#10;vuTiCo0yJuZrAG2HeiqN9QPQVeX9zWIvtjPsnMtDS/BcmKMam3k6e0VesZy8tPonb06jt6hMFvjb&#10;aWqbAwDMMwUpOLXtExiT4iCtarnZ+LM4KsLGDjfBLq6zdNWcO6ksXMnI+mHRnA9AV021zR6o0IRJ&#10;TMCEK/Wl+Vw41ZviYodZ1ddQdZRdHqDVf2ZIRxh9AE4drZb0/ea4LU5XR/Hz2fAaqTcZmk/fdQWC&#10;Ac4cGULnI4geJ1ZlSRm6dEqC6TI7jcJUpI9vSKRq1tOrN6yexW3DlLV9+zX/g8iJG80RCAe/+waF&#10;x6gzsjZsWJzAetXLZPV1ZuHSulk+soMACPQdAQ+Tqr7KWbPZFWVdXeG7PRr//9pr2b3J2vr/mE/o&#10;aOu+Yf8ZpLhWoGedspP0yqNcIKGWFglzSHJlRChrSP2+PNtoU7rqPG4Dviws0lGgqCHR6dyqva6l&#10;RTBqaM+O6TAl97akXeq2YbyaTlm8QBXDOQX53TGLwEZ1x9jAAzJFkNCUrmLyPC4KbMsnefZDhimS&#10;uLSkTv7milAJRoxugV1Mp2orDhv1QX1hJnlE0LXiQ853vOvL8iprH8eguDh2cxW3E4lnQ5WM/F+5&#10;0db22Sam3IW5nAOxrElzWMLnm+OWdLs6Cq8R9/tYdmb4ZH0fiCYpQ9c+kLY2s+nJgNjpE7kJb8uu&#10;7NaN5rhLhFKQJ5fpJ9/QaZON7utivkWdrxc5QQAEeomAh0lVclxSzr6fm/Wrzd/xWc8tAIWE38Au&#10;PjaV5BbWavWTqR3auveNcfJ9w8Zye5Vse9M5O4PVxr1NUgZIQEISt0uGwh69sKmwuok726mpavem&#10;VXmcy5k8enK846Ck8glzFySKXqyXYqj4tOFJk7kjr1pK16/YUV6vNUTi7DpbX/FW9qb931sUdVM4&#10;2xMdVXm5FU0XaG61S3eyYtvbnNAZFX6z8K1gigJLAvQ1igJrx0yzuKQtpbkUl9R1lztgd9yaZuMK&#10;vkDaK3WVxnOwuCTyCVHh5vx5NlTJTBGsBArWHil3IW6XVKdraGI/Ke351TiG6nQKKUNXsBJddW7O&#10;ilWb9nH7qLoayo9yX8pWwQ26d6M510w63GTF8yt2GPdRtWmqjB+gIa4PWueckcgFAiDQHQIDn3vu&#10;OTH5P/7448TERDEpeyiNXQNOV/2zxnCezuAb4u68Ofxm/xNltWf1gkL7//5zWTkpfKiZUc1c2p9P&#10;Vn1WUXaQvWr+d3PsGH8L49vryz77ziB1hyt/F32dTcOGj+j64vPvLvxPJvvfhZPVZaUl//zngbKq&#10;k1yIfMU9j9wXblmiU3YOuWFSvKkc3+uif33pi8PHjYH49U22aCBvBwxXmnJdOney5vDHpf+kq/ST&#10;wzUnzrFuqrR7ZvGCO66yyH+hvqziuIHBCOXvokwMAm68bfj3h2vOcB6uNohMGX8kN0Ij5paghFss&#10;p5otmDhuiNE6editw08crjmrt+B/tMvj32UHDC0q/3fdD7orltbKfnmt/6nDX7bo0176b93hT6jx&#10;pR9/XqdlzZcrUx6KDbY4icyi4dE3hd/Q8e/DhohaP5+sOX3dxFuvNUt9ob684jvDRpTh438XfWP4&#10;GC5tB6W9duKtFiUb26s7+eXhik+58feV7OaYMONocRq7AY+lPdYDl98AnvFvvFMsR6D9G7zho/yD&#10;JwwfDYMU4eN+FRJ87bXc/wb/3HLuZ/0v2o6r7/ztaAvcvtf7t3xc1cx+BIQkPKL+laXLtE6zZ1et&#10;lu418nwNVd4UZiqWFjfazl7Q9+TP53xvTLjZtM1OkIPjwelEdabHRUfbDw11R7/89yd7dn9+mm3S&#10;2PjU2643NtmxATJR44S3L5wbuufMb9ODZvfphaodf/m4+dKlc8erDpZ+/OlnB0v2VzSwjx/f6N+n&#10;KUeYWSH5RjP1kYUBP1g9J4SH9Knire98deFKR0ttBVl3uOLj/f/8suUyY1LIXQ9OvkGMY7n9MY1f&#10;QQAE+pqAx82q6oHKYx+aEcGcVkXTYG8KrMNaRgBoE9r3bqeH7MxxDlGmPaV2NPEozk4bA2iLVSp3&#10;wIH48RMydZnVPlmLvEPC1E8tk3JMIvnOZrDRN+0b0WOBFuRRGctmKy02JgtaIlc+ym0Is07jq0ha&#10;MNfhIUwjp829m1301H21M8/ufvOQqXMThjPV6Gp28XhcML9ZRACw2nMt3BCx2EWMDAsDnBj/PFWY&#10;DkQNmjRvPh3aZPa/RfdHs1rtmKbCxq80Ij6Gm8/n2VBlimBFJxH8waLYuRkZd7Nng7VVVkg8DEBg&#10;cHavuraGL2tqvqypO9nGekbTR+DvrQPEsvBE3B1OjROzvhE3dC0MaTMLiDLk5knGm0z/zNQZffHl&#10;42alRloNAudvNAsDhANiWA+64PGxoZwa1RfBLBfRRff1bJXV+REibgokAQEQcEMCHilVZbIhsen3&#10;RbDvRVevw5r3Iqml1VlpqkgFeyq2jM6gVkQkpmW9MFfU1m8n7ZTHPcrtbZIwpgz7ZNctS0tUhgRy&#10;x8STvcHhcTMWrc5ZpAq1mOdyXDBF33yC8511nLpHUgTFzF25NistMTY8mOuBQXLF2LjUpJut6yNP&#10;3+WrF82INbV9kDxoVGzq4pVZ9wr7aZiVYi5A697eUWHngFkKEPsoF92JPC7erHClG4obYBfsS+OB&#10;qD7hqntsvtQi42KGMVmbjv7bxtc6NFrJ/MqzocoUwSrgt5Ntjswyubp21XLnCHRruLmuOhqNkaq5&#10;WVlSPgK7ZTpvZglDlye/PGL2yrWZs+LGck85/Y2jVKVnrZ7Hd3pZt280ae33CaHzhFc+rlaOCpIz&#10;59XRI5ieAKLva2nVITUIgEBfEBjQ0cEetm2/9szMzHXr1vWFhWydfW5AH7YdVYMACIAACIAACICA&#10;dxLw0FlV7+xMtBoEQAAEQAAEQAAEPIsApKpn9SdaAwIgAAIgAAIgAAIeRABS1YM6E00BARAAARAA&#10;ARAAAc8iAKnqWf2J1oAACIAACIAACICABxGAVPWgzkRTQAAEQAAEQAAEQMCzCECqelZ/ojUgAAIg&#10;AAIgAAIg4EEEIFU9qDPRFBAAARAAARAAARDwLAKQqp7Vn2gNCIAACIAACIAACHgQAUhVD+pMNAUE&#10;QAAEQAAEQAAEPIsApKpn9SdaAwIgAAIgAAIgAAIeRABS1YM6E00BARAAARAAARAAAc8iAKnqWf2J&#10;1oAACIAACIAACICABxGAVPWgzkRTQAAEQAAEQAAEQMCzCECqelZ/ojUgAAIgAAIgAAIg4EEEBnR0&#10;dIhpTmZmpphkPZpm3bp1PVo+CgcBEAABEAABEAABEHArAmKlqlsZDWNAAARAAARAAARAAAS8gQAc&#10;ALyhl9FGEAABEAABEAABEOiXBCBV+2W3wWgQAAEQAAEQAAEQ8AYCkKre0MtoIwiAAAiAAAiAAAj0&#10;SwKQqv2y22A0CIAACIAACIAACHgDAUhVb+hltBEEQAAEQAAEQAAE+iUBSNV+2W0wGgRAAARAAARA&#10;AAS8gQCkqjf0MtoIAiAAAiAAAiAAAv2SAKRqv+w2GA0CIAACIAACIAAC3kAAUtUbehltBAEQAAEQ&#10;AAEQAIF+SQBStV92G4wGARAAARAAARAAAW8gAKnqDb2MNoIACIAACIAACIBAvyQAqdovuw1GgwAI&#10;gAAIgAAIgIA3EIBU9YZeRhtBAARAAARAAARAoF8SGNDR0dEvDYfRINBbBLouXb74c2dn16VLl6/I&#10;/tdbtaIeEAABEAABEPAAAgNkvxjo4+f7i8G/pP8b6ESDIFWdgIYsXkHgyv/+pz3X/mObjnSqVzQY&#10;jQQBEAABEACBniRAavXqAHnQMH+fAQPE1wOpKp4VUnoRgbM/nv/hv22Xr2AS1Ys6HU0FARAAARDo&#10;BQIDfQZce03A8KuHiqwLUlUkKCTzFgK03H/yhx/PX/jZWxqMdoIACIAACIBArxMYOuSXo669WoxL&#10;AKRqr3cOKnRjAj93dB0/pSW3VKONl/8nO9t2ueXHjrNtHT93XO4id1VcIAACIAACIAAC4gjQWv8Q&#10;+S+GBwxSXD1oeMDAgWYr/+S7OmZk0C8H+dovCVJVHGmk8gICNJ967ORZc5168r9d3//357hxwWOC&#10;A64a4udDixZewAFNBAEQAAEQAAEnCLS1tUnNdfz0ubGjhtufW4VUlUoV6T2WwHdN/zWu+3dckh09&#10;3h4bee34G4J+4dSORY/FhIaBAAiAAAiAAB8BJ6TqNyf+S54AN4RcY4co4qpiuIGAngDtozLXqdXH&#10;z6dMGhN94wjoVIwPEAABEAABEOg5AvTypVcwpGrPEUbJnkCA4lLRfn9jS2g+NTX+hpHD/T2hbWgD&#10;CIAACIAACLg3AXoF04tYyEbMqrp378G6XiFA8VONcanIP/X2W64deQ10aq+gRyUgAAIgAAJeT4Be&#10;wfQihlT1+oEAAMIEKM4/8yPt9/+/5gvKMUGgBQIgAAIgAAIg0NME6LXLXMYXsW2NmFXt6V5A+e5O&#10;gDk3lbGS4lLdExUC/1R37zPYBwIgAAIg4BEE6LXLtINexPQ65m2TpAgAVbkL8+tsixmuynpOrZDJ&#10;WvZl5xzQ0u/yyLRVj0fLrVI2F2evKdX/LItI25IRLdOWrssuPmVIFJm25fFoq+RVry/MrzX8baR6&#10;ZaYqqDp3YZ6hcq46qrD4xZzSsxb5fIcoxsZPn62KCOAR4V0t1R8VH6puONvWpuuibL5DghThUQn3&#10;To5WWMX04lrqo1AtzVKPtG6z0bagxKyVU6np7NX09+yXP9E3MXzmuvm3WwFoKHx+U8U5ffNnbc6I&#10;5cwzQrOqIyJ9S0YU/c3YRnlE+qqMKGuopuwMQyMl4W5ifjFlNPE0z2Niy1nCO3484Y8/tesaThkG&#10;pkxW03gx9c5fDRv6S09oGNoAAiAAAiAAAr1IQCgCQFFRUXJyMq8h75WdVIYOZn4KGxl0lb+1zqG/&#10;98isqq42f6tBsdm9guLuCGcT1FVq2AVYLodOU8mJ4vC4OPHLsV0XWur+kbtiTXGTVaT2s5odLz6T&#10;k1dac1LL6FS6ui5om74szc95JntnTRtvZPcrLaVb8utEB33/oYVtdX1FhXX7aysqzzHVtmhbHLHh&#10;+V1X9/bWg61OZOTN0lB+hDPwbGV5o6uK7ZflmAdS1bZ3Dh3s1y+bAaNBAARAAARAwP0IkE4lo5j/&#10;t73oeB3jH81fx+YpnZSqvkMCTNdQVg6bl9u0L5edMRWmJo+KCmfqv1Jf/aWFVm37vKKeEYiDohNi&#10;eCS2VakBoUrlhIiQAG5ytKW0sMwsDu2FqtxXCmrOsgrVxqIubeWOnDeqrNQym0xXlSf0k3VBLT8Y&#10;Neip8oMW+k+nKa/iqtc2neaD4is3Yxpwle3ZDVeaPvyrjQS3Ksn3KrYQOZffhyvXvJvqjLqZ8rfV&#10;/LvB/cZ271l0yewAqou6SwMHOnlT9J7FqAkEQAAEQAAE+gMBc4XKq1Yv6EzHQ5q/jrsvVYPuWrja&#10;dD2VYFoCN5atn4/MrbpgF6Q8NmECq6jqq82VorayqonJ6RsZHSFCOYTEz537SMayF5apuMX6hm+/&#10;5urWVbyZX8fp0IAIdcZzG7bQtXnDysfVEcM4RSo8E0yTxBv3sfbYbc/3TSZvhLbKCjNfiXOaim9M&#10;WVtO802r3phqxnT1rHF8VbWUbrWvm8fNYgu5fyybP+iuxcyfzLqp7kiNuWxvO1Ihfua4P9waEm00&#10;i4+Bc1MlskNyEAABEAABEOAnYKtNbf9iEaNKIFyVCBnodBfo6vI3O5gFjIiLCWDKP6bRnONqatZo&#10;GB9WWUBMfISE+n0Ut0VwzgJnuWX2xuKPjrFlKBKXrc5QRQw36GMf36BIVcaqZSpOaDeVltYLVNZy&#10;YGtuNf+sq5kC/cF80b/rqyqj/jNJb0NqbcsPEhplmVS0bhauQac5+KXlBHNHTRWPD7LTNiIjCIAA&#10;CIAACICAtxMg/1TbywkoPSNVhysUTMEtpTvsz0eOiVYOY8xuqqpklV7DYe6/Rk5KCJXWKO05bt1f&#10;PpjxG2j4dw37p4DY1Ckh1sX5hKjvj2Xlsu7rmuNWvwcoFEwxurpdeRr7k8TaVgtX0o6qg5WMum04&#10;+LnlpOw5reRTcmWyIAWrqVsO7PiQlfLS4DCpdV9Ws84VAXGq25hZ7a6qz6ucKQt5QAAEQAAEQAAE&#10;QKAnCTgnVbWHtqwwXTtrrC1UTF78UAQj8bSf2J+PDEu4nZWPTTXVBq1aV/EvVshJ2lBFektbW7i3&#10;mp0vDAgNMwhQXVMLW5rvjUrWNdbK3LHK8EHMn9oaGqw0pK/y4QXstGtHXYHdSeK25h+YugNGhTDa&#10;l91cZdxQNSqEbWpLE48/wbeFZkw3HbTxEVAkLU6LZKEedOhcIThotBUV7NxxwLhodZSS9cCw3dnW&#10;k8MOZYMACIAACIAACICAGALOSVXaO08RCbirnWe7kjwqPZXVVbR1faOdLVZB8bFsIIBTGk2zTFZb&#10;VcPsBhO3oYppZF3ewoULl2S/XtHCbMaSR0z7XRijPn86x3IIGCYUSCAokJ1Wleku2qzy07Trwyrj&#10;JLEdV1EtN1UaMCF1EuMya2gRTVgaAPlGJ6mvZTRxR5vW1pugS2fGtO0iT9gBefScVPYLQIRzBX/3&#10;t1Yf5ZwrlNFhsohoJWMS7Wxz6OEgZkAhDQiAAAiAAAiAAAi4joCTUlWEAfLoedx8pP2QT/LoqJuY&#10;8rSVhxs4YSfzHSdqQ5WNJb4BY1UZWRnRQ5hfOD8AmnTVXRQw+6KOC5VgSm2edKTaOElsJw7XD62c&#10;o8GwsLg4Rn5rKz8uYKNuDYuJizRqYq3WubBTQ6IzFprp5nfrhIIaCHVQw8FydkI3QBk9hlJFRI/j&#10;drYdtgmwJaKbkQQEQAAEQAAEQAAEeo6Ac1I1SLVcv4eevWyi97Pm0nzkU2ncLGBV3t8sdp2bNUke&#10;OymakUttX+XvZ/f3BMTESdhQZfTjlPkExqSoI7hZUlqNDxvF/qOttqqBN0Lq8SqjN2sY4zVgc8mj&#10;MhYksq6iFIfrI54d/C1advt/UMh1MvkENg5X2xEN4xhKq+1hMsW1bBnaH2w3VlEMf9O1Uh0s0Onm&#10;uvlIXt5XksRqQ9VRTk/r7dFfEUYfgFNHq50T0D03PFEyCIAACIAACICAdxNwTqqKZjYkOn2mkt2X&#10;1MI5jdrmjoyLGWb46zmtllGTEjdUKZLmsR6lNIP7N4uwA2Hjbmbjsp6r2Lnfxkf0SlNxQQUr3+Q3&#10;K/UTjfxXyFRTFS2WR2QZMhgjVSmCSI+axeEy/BoyKUGvDK9VsE4I/PGqxHEl54rZ4xxD5SmMvGY5&#10;X9y2zzaRz4T+yjUGfG3SHHbmcAJxViMVCIAACIAACICA5xM4Ku4SD6KHpSpptglzjfORwmaFRY+z&#10;mM6UuKGKClaYe5Tm7jaLaX+TavIotuaWAy+veKOinjkL4EqX9ljFjlUvl3LyLESl4o7P4rVUYZok&#10;tv29mQv/P2jwVQaoEfFcHC76x01xcYH6PwZwJ4Zpm78X30k2KeXKRznnCimlGJ0rhDJpj5R79WEA&#10;UmAiLQiAAAiAAAiAQC8QcE6qWkYA2Gy7W93C8pCpxq3rgi0KS5hkiiMlZUOVqcSR6vS72DnLts9y&#10;d5iOvwpK+APnh6D3MSjc9uIS/WziU0uytxbWnGMLkEemLbjb0QGu5q6iVk0xnqkaEMiWEprAbq6i&#10;DVWTYplZ0IBhnCI/azrZii3JIgLAioKv7Pa+uXOFyGFidlat4XAvs/9FsBG5ZOdqqqzDdcmOvW83&#10;2oPI2pEMBEAABEAABEAABKQTcE6qWkYAOC+0XcloDm2xyogbZte6wLg4dnOV0xuqZCFT5yYMZ2rR&#10;1ezKM52VRRIza24sE/mf5/INipmbNS/a8fmtlJdcRWfwzL22tXLh/43+qLKgmGiD/B6kjI7kar0u&#10;hBWy54wZuJ8sIwD85NAHlRr1RBy/ay1fI83Oqo2Y9gc63MvsfxkZd7OnfFkesmUox8IuvmgP0kcd&#10;coAACIAACIAACICAKAJOSlVRZZsn8glLfYLbus6fWT5+PCMBpW2osijMJ2TaowmsFqRwTm9WmEJC&#10;BShnPbd25YLUuLGKADmrWX2HBIVMUKVlrV05WxkgmoR84lwuvqmp8iburNQgxbXGvwbcHkeRXAN+&#10;a7ZBzODIqr86fvjhnGSK1hnGpGZwm70clWU6MCvgt5NtVHkQF7JA1lVrOmTLUZn4HQRAAARAAARA&#10;AAR6lsCAjg4uUFPPVoTSQcBNCTSf/aml9Txj3N7KM2sei3FTQ2EWCIAACIAACLgxAQoPT9bRriox&#10;No4fP56SrXmvbnrMCCa9InBo8PCrbPOKnksUUy3SgAAIgAAIgAAIgAAIgIDrCECquo4lSgIBEAAB&#10;EAABEAABEHApAUhVl+JEYSAAAiAAAiAAAiAAAq4jAKnqOpYoCQRAAARAAARAAARAwKUEIFVdihOF&#10;gQAIgAAIgAAIgAAIuI4ApKrrWKIkEAABEAABEAABEAABlxKAVHUpThQGAiAAAiAAAiAAAiDgOgKQ&#10;qq5jiZJAAARAAARAAARAAARcSgBS1aU4URgIgAAIgAAIgAAIgIDrCECquo4lSgIBEAABEAABEAAB&#10;EHApAUhVl+JEYSAAAiAAAiAAAiAAAq4jMKCjo8N1paEkEOh/BJrP/tTSep6xe2/lmTWPxTjThuY9&#10;SxcWNHI5Q2dvWT892PCv6m2pa8uMJU56pnBBFPOv6q2pa8uNP8Q/Uzif/cGZ6pEHBEAABEAABPqY&#10;QFtbG1lw9OhRMXaMHz+ekq15r256zAgmvSJwaPDwq2zzQqqK4Yk0nkzANVLVkwmhbSAAAiAAAiDg&#10;mEAPSVU4ADhGjxQgAAIgAAIgAAIgAAJ9QgBStU+wo1IQAAEQAAEQAAEQAAHHBCBVHTNCChAAARAA&#10;ARAAARAAgT4h4JyvaldL9UfFh6obzra16bpkg+RBivCou9SToxS+1Ijq3IV5dbaNCUrMWjlVIZO1&#10;FL+YU3rW4nffIYqx8dNnqyICDMq56vWF+bX8NJhCWvZl5xzQ6lNEpm15PNqQtCp3YT5PrWwC469B&#10;quUr1cx2F+PV1lBRur/86Pet7bquK77ygMDrx0+aoooLC7BMdqUqd3F+3RX9HyPSt2SYbYFxymBj&#10;4ZYwZTLfIXqcCfdOjjbgNLu4VvgoVEuz1COtERnN4FAzCbpaPt+dV1LVdK6L/qEv/JaEVLVN6/pk&#10;9LlHpfBVdY9+gBUgAAIgAAL9m4Db+Kqe1ex48ZmcvNKak1q9TqWrQ6c9WVOat7fGWcJdF1rq/pG7&#10;Yk1xk0EI9uKlq9+3KfP5TYXl9S3UGH3tXbq2lvrywvyyFiszdJWVjE6lq+5fGp1LrLSFSRZc0DZ9&#10;WZqf80z2zpo2XiBXWkq3sKLZkRW6qjdW5OzSMDpV3zwqvLJw0/M5xaccZcXvIAACIAACIAACINDX&#10;BCQ6ALRqtr1SUHOW1T0OjPehGUqza7B18oBQpXJCREgAN3fYUlpYpg9z4OvP5pIbZxUHcSXZFGJr&#10;g+8Qs0r9rSYmLZI37M7ZdqBBJ0oft2k+rzdl/qa6ykyrOmnwhapcezC7tJU7ct4wr8fMeF1VntBP&#10;5k1sLP7wK85QA0MGqTxquu2kbF8PRdQPAiAAAiAAAiAAAtYEBj733HOiqWgPvrrtsGHhna6AcamP&#10;PT73wRnq3yX85oarzn3zzZWbkqKvox+aq/5ZY1jgv+aezOyM5AT2ih3jb8h3ob684ruL+v+64fdZ&#10;j98bfced4y//p+I7Q1zLcz6K30Vff+0tbJarT/yz5oz+70EJmS/8QV8SU8iF+rKK4wYFNkL5uyh9&#10;nTLZaa7WoHuefiHj91ytt1xr+evgG+LuDB9q+Ftd/toPGi4xjZGHxc15/E9pDySr77nz5ms7Ttef&#10;DYq980bGYMPVWlb493q9jmYvbZvfb+74FSucnTJYV/HaBuPUbUCE+pGMJ9II5uR7fjPK7+x39Wd/&#10;1td06UzNN1TRGKYiYxvZn/5z6ZZJN5rcFE5Xs7gG3zCJMb6htKDspCFu7vCEZS8smHZ3QmLiHaMv&#10;/yL83juu8zM1xsv/q/1ixwVdJwPhm6YL90SFeDkQNB8EQAAEQAAEnCDAhOr/4YcfxOS99lq9Qvvs&#10;67O/DhnCpPeXDxo65Je2eaXMqtbt33+SLUGRuGz1vLjw4YY5ukFB4ZPmrl6qvl6MaTwmKG6LCGL/&#10;fFZrve7uXJmOc7Ud/Ac3YSmPSHt+UWpUiGHG0Vc+Kjp18aq5t8rNy2g4WN5kWWZTTTUn2h1XxpOi&#10;sfijY2YwM1QRDEwf36BIVcaqZSpy6zVcTaWlZtO5FiW1HNiaW23PE0F7jlPXQ4KCmK72CYiYqo5m&#10;R4VTliMTCIAACIAACIAACPQWAQlStaG2nl34HxQ9fYrNzNPIEE5cSbbdpKjkgy0UouSSRGfQ1dRx&#10;sjvkrlQb6SYPGWm+qaqh6itW84UnqtiWn9JomkVXZ5Ow4d81bIkBsam2MH1C1PfHshbovq45bpU/&#10;QKFgOOnqduVpLgiaETSMa0Vj4ap1BRXHtLauG02fbFuxZOGSnII64XKcbydyggAIgAAIgAAIgEA3&#10;CIiXqm0NJ1lx5TsuOkJMPu2hjStMV8FXvGZ2aWsL91azCiog1HrbvfSmaQ9tcVgpLY03NLBFh0TH&#10;cHO6QpXVVlSeY34LV94zKXoU89/aysNcGZKt1DW1cDBvVIbzwhyrDB/ElNvW0GDmeqD/i6/y4QXs&#10;tGtHXcFmwe1oYb9RGhW37pSmcGv2kqU5uSV1pt1a5w7uJMeGLgoToNmxhyeCguSWIQMIgAAIgAAI&#10;gAAIuI6AGMnJ1Ka7yC01BwxzpO2YHFdoN73p+slmQq8ub+HChUuyX69oYTY2ySOm/S6s+03rumCv&#10;UrZ83UXOnICAYQ7qrKuuYROPVUbLA6InsPOqbUernNWqbT+dYysVhhkUyMlME3qjpTTt+rBKwfRe&#10;S+lWoS1WoanLHokNMt9a1mEItrCqoI7pzUHywdwQkMt7aUa7+12MEkAABEAABEAABLyEgHipalqb&#10;79IZdkW58vINGKvKyMroPR9K+WBOv13S2Y87pdMc/JJVquEToknNBURFc1q1skIg/qsjNmJgXtQZ&#10;NkTRxe8WMVK9+KEI1g+gNn/rJ/yuswETZq1cv2HZ4+rYUcZQC7R/TbNzv0Fmy2PnzosLCQxQRKZm&#10;pLjgO8FRw/E7CIAACIAACIAACEggIF6qBoSNYmf52mqrGsQEeBquytpiusxj5jMGBik471afwJgU&#10;dYRVyH0JrTBPSkH+7VXKJg0L43RZfY3dnUm66up6trHhyiiDMhwWzfkAdNVUO7doLgLm8SqjN2uY&#10;gFuEPCpjQSLLsGlf7kdCW9J8fEMiVbOeXr1h9SxW25JXwbdfM8nlkanLVq3OejwuRPxYcLJrkA0E&#10;QAAEQAAEQAAEpBGQIE/Cxt3MrhCfq9i532pDvEx2qknq5n1F0jzW4ZJi2v+td+P/y5URoSyp+n15&#10;VdY7inRNpxj3UG3FYeP++/rCTPJYoGvFh9yWrK4vy6vEqHabTnEA80pTcUEF66Aqv1k5RrBTQ6aa&#10;GLZYngHG5KHzxEyZA2KnT+ScN5wyW9rgQmoQAAEQAAEQAAEQ6B4BCVJVdpNqMrujSNZy4OUVb1TU&#10;M2cBdGjry3dkbyz+XrIpCnOHy9zdznp+Sq6XMgQkJOlX8/WXri7/hU2F1U2Gs7e6dCerCjevyvvC&#10;oPCaNRr7pzpdqausdOrgKiGYV7q0xyp2rHq5lBP+ISpVuL0GKtRPpRnnSq0S6qpzc1as2rSP20fV&#10;1VB+lPMTCL6emY/VHSvetmpFzlsaLcSrMwMJeXqFwOXG4mdTk6akpm6t7pX6UAkIgAAIgIC7EJAi&#10;VSkS/x9Mqqjtq8JtLy7RTzIuzd62u4YnDJJlBIBNn/DNuo5Up9/FzvO1fZa740unZJ9zMCPSjKvn&#10;Ml1DRd7LmfrWLMl8JZ/OF2COBmg4XMkqu0GK8Al0tpbpf2HD2FrrLQ6uEm+KAMynlmRvLaw5x5Yj&#10;j0xbcLejTWxDojMWcluszOu/UJX3Pu2e0jUcyF2xeEnmiswlSzdVsDOvvtExSoNQ1ex4tbS+ta3l&#10;y4JNe3rzU0E8KK9Mebl646ridq9sOm+jW/dvWnvuvreKCgsXRIEKCIAACICAVxGQJFVlMlJFT89S&#10;MsHqHV6WEQDaBPZihUydmzCcKUtXs8t2Ld5hNc4nCJm6eH5imFyQQV3Fv9hF+KBJ8+Y/Mneu2f8W&#10;3R/NUjimqWh1ygaCmTU3VhCmb1DM3Kx53NSv/Rpoi9UMm7nXITdPUnK7//V9oevi5k3l42alRhpK&#10;7NBd5P6oc7C/zKk2elWmpl2PTkxISrW8Fu0xD7/bvJNLkpKUNOXBJ7eWNbPnZFmQ6izfs+fj4mKJ&#10;gXs1L06cmJRsqD4pKSn5wUVrd1U2dl72hD74tqY6NDYmeGDPtsXUO2Z9+ORuid3QszaidBAAARDw&#10;OgISpSrxGR4797m1Wemq2LEK9kR5H195cHjcDPXNztHzCZn2aAI7c0hr8W9W9OLMqjx86qJ1LyxK&#10;nRQREij3NcDwlQeFTFBNi1HIaqtqmD34PuGqe2zON4iMixnGNLjp6L+dPbgqQDnrubUrF6TGGWGS&#10;AUP0BqRlrV05Wxkgun/kE+emRVpFm5JHzF65NnOWqfBB8qBRSlV61mqjAh6WMPv34RQawFcROzcl&#10;wrkORC4zAvHLdxVaXJtSgq0ATVquT7CnpGTvlpmXt6c+kddorSZbiwvLZLLa4o8bpbINnbPFUHtJ&#10;yf7duQtiT//l0YTpWQcMpxPjEkWA6R2z688zrDtQVDlIBAIgAAIg4CICA5gDW3GBgNcSaD77U0vr&#10;eab5eyvPrHksxkkUNKs689v0spXxwpN/NG+XWp/+2ap4ror67TMfPf3Hz1ZOMqvzzJ6MlNLYJ4K2&#10;F4W+WfiYXU9lC0tpVvXV0HfeeSjU7K/tta8tzNg7Omf3ynh/J5vFk+3r7cl/zLtxWdH6KYGuK9Re&#10;SXxNc33NNr3j8ipqt6dk5I15pugVdS+Bc3kLRBWoyaaR+O476aNFpUYiEAABjyFAYe2pLUePHhXT&#10;ovHjx1OyNe/VTY8ZwaRXBA4NHn6VbV7Rs3ZiqkUaEAABaQTCI2+WHTvRaJ6pvqigdtJ9981QxZ8p&#10;2FMprTib1P6RT2zJidFkvXSAz9HA2cJHxz48I12tdKH4ddaSfpYvNPahmelTogCun/UbzAUBEOhT&#10;ApCqfYoflXs7geYTx2VjR19nwnC5unj3eXVyvL88PiXZr7Rc021C/vF/fDyy/INiF7oB+EemLHgs&#10;PsSv27Z5WwH+kdPnP3ZXMMB5W8ejvSAAAt0hAKnaHXrICwLdIHCZVuezXv8pRR1jJl0qi/fIVIm3&#10;6f8SNeW+oKLiA9333R5xa+yY2v98Y21qa/m2J+ckJaWkJiUkPPjinlqbiAOt5RsfnZKUPCUhIW1b&#10;tcWvtML7YN4JwQJTpyQlzcve81Vt3iMTs8vNk+kzbivalTUnOTk1OSkheelO22qti63empp9SNb4&#10;7kL9ZqfNFtq99cj2rDTaoJaqr3FO1vYj1jsc9TulnsjKpuqmJK+t7PbMsn7nXNauQxszUsh+PbaN&#10;5WY1kufGxCyr/qp/IzXpZY2xYvJkePDtRgsiL05MfjrrSSowKWOX+Q6u9sbiDRnJxJ9AJSVlbChu&#10;tOkgfWlbi3c9+2ByioFm5i4rmvrmL1q78Ynk5BSO9pmyjfMMnZ4kAP9M2bZFDyZNSU7V93v2nq+t&#10;a9WX+dyuMrIthUmzscziK6h6W2p2mayxYJF1Z3XjVkFWEAABryYAqerV3Y/Gu5pA2ZqZlhEALKWV&#10;vrpDawy79JOTkmdvO6Pe8tbiKJNS7SwrORA8XR3FeLveFK8KKfugqPs70EPDx1q7GTTufDT5lebE&#10;l4pK9hSWHCxZHal5dka2xlwW68o2PFcbv7WoaP/BN6c07ylzYAYVOGOzlimwcH/J7oXXlT6Vsf2Y&#10;LeDGXW98q9q6u6iwqKRouf+ujDUfO1CQUQsKV94lY3eMPRVrLJGpUfViUcl+fY1F61TazcmPWgpB&#10;feKvm0Nf3F20v+gZ808CoY4vX2MVwmGjtQ9G2bZ3gxa/W1RE2N5S1z73xHbjN8AI9ay7ykoPmmu7&#10;+rKPZOopsfanUVtr/VLeKioqyZ1p3MHVrsmevbAs+LG/7S3Rg9q/e35w2cIZ2WU2arXxvde/Tdyy&#10;ew9Dc2eGrafHkU/Pp/5t9x6WdlLKhvNpu/WdvnuJf352gdUHzIldj6ZuaL5ndRG1b//BklW3aJbP&#10;yD5s00GHtuWNWLy7UJ/mzaTarD9tNx6UQl9Y8wtXxstCZ20qLDTrLFffaCgPBEDAiwhAqnpRZ6Op&#10;PU/AJgKA7dv6ruUUHrRQrz+Kcp9LiTT3ID9TXHAo8r5k406q8PseiKw96EgkOtEqXdn2187PXLNS&#10;PZoRUX6h09evTNRszDeTHOeamy8PDQrSJwh9ICdnit2N8K3Fr74mS39lOVegzH/cY1teTOR1yoyc&#10;83h8oKFe/9hZU4LLNE5F9T+2felrwYv/8kw82wSZX0j8M6+tDH5jqUk7MmTGqaeOEb3kbhMBYLH1&#10;Ljt/9bxZ4UywjdEps+5o1nxhFPF+sQnxmiKzIGNfFH8wUKW6yUEP+Seq4y02EnSWrVtam/RSzuwo&#10;hpNsoH/k7PWvTK/l8TkeN/vxSRzN1KnB5Z9b0xw7K/0uQwIDbRmlv8PQLf7xd8aYG09/6ix7Y9v5&#10;B15aOSXUz/Cx5DcmZf0qlWZzntmwMNjjr37sgXAmTej0WfFUjM3xhU6MSmQBARAAAV4CkKoYGCDg&#10;LgT0G6pk9X8zLHQz1xM0R/j1B8U2a/cSLW4+cYI8YkNNuY58WjZGrb7JQsBFJarOl2sajYmC1Y8l&#10;N6x9KGPb/vpWRyvnnV9oNDdbK0K/O+5T8WjV0NjbTKp36NChssuOSudrbWNl2fkpapXVVlH/xJTk&#10;82WVpkbos44Icul2+6jYW43c/Pzlss7LpiAqfpNSUk4Y+6uzbO+e0OnqcEfhYK8ZYXnMx2XNp/TF&#10;Mj3SSl+HT58VWf6pyZnAgCX0N2bhZv2JJtljyWt0aChngJ72iGBjeFrSmubGy/T1hqunWNZ7q0p1&#10;vkxz3LLM22JNSwFyfz9ZZ4dHhO+VeFshOQiAQC8RgFTtJdCoBgQcEagv+5hW5EtKzKN67ilZP7m5&#10;YL9T847G+s5oPv0m8hazub3mphOyEwVLrXwVXtQM7dQ2mzSHf+yyooNb06/54oUZiclry+0dnqU9&#10;08ynCIOu452KdSTdHIHS/97c2HhNMM/+pOuCr2tstPGiFVOi2DR+Mjv2D4xSz5AVFBkcaltL9xyK&#10;VdufjeattLn5hCw4mA3eYpaCVKbsRKOVI4YrYLJ16OttLHjaygMiWzO0Q2u1J2+gTPQ0tVisSAcC&#10;IAACQgQgVTE2QMA9CNBi8Tm1ysafMnZKil/JAY3zs1btmtf+RtGvVGbSZ5D/UNmt89+yCnav/+fi&#10;WEvp4zc6duZz75T8RVX97Bo7G7yCRgTLzmhtTm3Tnu6+n61A5wSHhp5u5in9dPPp0NC+jOcZnnRf&#10;qGEzXGtZcfUk1Z1OBKYKDh4ta262jdhwhho8OrTnTiQYTMMiin9YOBtr2D1uLVgBAiDQvwlAqvbv&#10;/oP1nkJAv1gsS0zk2YBDK7ADi4sPObNKTqvBjW8vXHokKifTwm00MCY+srK41FIMtX+xa/sh4zmv&#10;nY3luw5wm6L8brolUnbitHC4K79bY2O/3rPPcjazvfyDUntTsd3qutCY+KCiPcVW5bcf2FM0ND4m&#10;tFtFdzNziEo9jjZXVX/wXqM+6JgTpQ2MvfOu2g/21lplrd9LAXfvNNuE50TRdrME3h4/TlN8wPKL&#10;o7161xv8x/+6unqUBwIgAAL8BCBVMTJAwA0I6MpKDwXfNyWKz5RI9YzgshKpqq+z/XjZtoUzHt07&#10;+pm/LLfctUPumynzHzi9cWF2WROrgNu/2v70szu1fkO5hV2/zv/3QfZLeY2G39tLSg8E3hoVIgwq&#10;UP2nJ/y2Z27UcG6t+gJXHWh34fK0VeVjH1v/R+3aeaYmdDaVrX1iTfO89emOtjH1cH8HqlPjNZuX&#10;FlxWqw1Bx6RffvGZ6yNLnn7y7dp2Zjad4prtXPr0/kirTw7pJdvPEZiSMfP05ieyjV8sP9VuX5a1&#10;s9U0LFxdI8oDARAAAccEIFUdM0IKEBBN4IB1rKOn94hZA28t+aBsrDpxLH89tKYcXllstrFc0JzG&#10;tzL0noYpFGp0TsZWzTWztxTtWqnmi9UfuWB34RNDC55ImkiBO1OSZ796ftZru59h9oYbrvB5r+VE&#10;ajIoptaUpBl7g3L+Mj/Sru4Mnf1m0R/9di1IpiinlCXjrY5Zb7352BjR5KQn1Ne45LrSzOQEagLF&#10;H80sDVrwbu5Doc7JQ7Z+NpSYyV9z6V4xHWhhvX5z1cDOoHtU9onZa7F/7MqduYlnts1ITEiiuGZT&#10;Zmxrjn/l7ZXWnxzSoTnIMW7+7nfnD931SFK8Pp5r8iPbzqfm7l4S68zcsMttQ4EgAALeSmBAR4dp&#10;+6q3QkC7vZpA89mfWlrPMwj2Vp5Z8xj88lw1Hmo3Jj0te6lk8a2uKrDflFO7eWntA+tNcVL7jeEw&#10;FARAAAScJ9DW1kaZjx49KqaI8ePHU7I179VNj2H3UigChwYPtwrsoi8Js6pieCINCICAPQKGE4zK&#10;rN1pWxtPtIeG2nEb8FyokU9Bp3pu76JlIAACvUsAUrV3eaM2EPBEAsGRkf6Vn1ocdkXxpEr2VI+7&#10;M9YyZqgnth5tAgEQAAEQ6EECkKo9CBdFg4C3EBj3+MpJ1VkLttf+xLa4vXLj0jdkjz2dYgw47y0o&#10;0E4QAAEQAAGXEoBUdSlOFAYCXkrAP/bZnblTTm+bnZSUYthW9Z7fY2/lpos/0dRLuaHZIAACIAAC&#10;DghAqmKIgAAIuIIAnVM/fWXu/pKSPYVF+0ve2TQ/fnS39uK7wiaUAQIgAAIg0O8JQKr2+y5EA0AA&#10;BEAABEAABEDAUwlAqnpqz6JdIAACIAACIAACINDvCUCq9vsuRANAAARAAARAAARAwFMJQKp6as+i&#10;XSAAAiAAAiAAAiDQ7wlAqvb7LkQDQAAEQAAEQAAEQMBTCeBgVU/tWbRLLAEcrMpHqr1668Kskv8O&#10;/fXDW15JCRbLskfTabInvhr67jvpo3u0FhQOAiAAAiDgJAHmYFVJFw5WlYQLiUHAbQhcrt64qri9&#10;D8356vWs/eEr9xYVuotO7UMWqBoEQAAEQKAvCcABoC/po26PItC069GJCUmplteiPc1mjWzeySVJ&#10;SUqa8uCTW8uaO3kYdJbv2fNxcbF5TnGkOpvKti16MDklmYLwJz+RvecrJ+Vuc21te0xsbO/ERb3c&#10;2Vi5a63B7NTU5KQpyQ8uWrursrHzsrg2IxUIgAAIgIBHE4BU9ejuReN6m0D88l2FFtcmm9XzScv1&#10;CfaUlOzdMvPy9tQn8hqtNVlrcWGZTFZb/HGjNPPPFC+ds0GbvGV3YREF4d/99C2aFUlPFrVKK6SX&#10;U585kJ2avLRIlrgsd/eeosLCopL9RW8+FX9+78KE6VllZ3rZGlQHAiAAAiDgdgQgVd2uS2CQtxDw&#10;C4x96vl03fa8w5YtPvNp6VeRjz0R31h0oF4Ki/q9ed9OWb78rkC/gfpsfmNT1r+Rm3arv5Qyejft&#10;iV2Ppm6VLdj57kszo4L9jXO4fqNjH1tX9M68zuqv+eacu2dj60dLEyYmb/u6e6UgNwiAAAiAQG8R&#10;gFTtLdKoBwR4CIRH3iw7dsJi9rS+qKB20n33zVDFnynYUymBmvZM8zXBwRaL9iMio0J6ZxVfgp1s&#10;0sv12zO3yeZt0WtrvtyhyesX3+V64wMnqGc98PCdIdINRg4QAAEQAIG+IACp2hfUUScIsASaTxyX&#10;jR19nYnH5eri3efVyfH+8viUZL/Sco14VDcqoxoPlNm4E4gvoFdTdpbn5cnSn5kd6no1ar8dI+If&#10;W5ASeVWvNhaVgQAIgAAIOE0AUtVpdMgIAt0jcLm99rWs139KUceYqbXK4j0yVeJt+r9ETbkvqKj4&#10;gE5sLYFTFs33z3swbW3xMbu7qajenVkPJiXRDjD6v0df3FP7NW0Iyy7jXGab9y59Ir9eVr5Gv0HM&#10;cltYa/m2J+ckJaWkJiUkPEgZberRvDgx+emsJ2lfV1LGLrvbwqqPlIUmJYYbfBXEX+drdmXNSU6m&#10;3VcJyUt32tYvaz2yPSuNtqylpk5JSpqTtf2IjauufvebqbFc1Z3Nh9im6TPy7Uhz2HbxrUBKEAAB&#10;EAAB8QQgVcWzQkoQcEigbM1MywgAm22mRQ+toY3u+q3uybO3nVFveWtxlEmpdpaVHAiero5iBNxN&#10;8aqQsg+KRAcCGBg68y8lhQuCNM8lT0xZur2SN7pAu+al2c9+EfX87qKSwkLaw/RMpObZJ7aZO8UG&#10;T1//Wlq4jNn+ZbYtrHHno8mvNCe+VFSyp7DkYMlqyjgjW2OjpFtr/VLeKioqyZ1pLxxr84n/Jxs7&#10;JtQhUMsEjbve+Fa1dXcR7b4qWu6/K2PNxxbOrGThjM1a1Yu0N6uwcH9J0TqVdnPyo283OqqlXfPy&#10;jDnvDkrbpG+aPqN+R9oGo3an7CLb7qgi/A4CIAACICCZAKSqZGTIAALCBGwiADwVa534ruW00Z3Z&#10;6p77nOVK9JnigkOR9yWHc1nC73sgsvZgmWitSvn8gmMey9l1sGRd/Pm/zKGZx+ITlvV/8Xr24duX&#10;v5QSzuxiGugXPn39yukitl7pyra/dn7mmpXq0Yyy9guljImajTT/ann5J6rje2x5PXLO4/GMa6t/&#10;7KwpwWWaalPlx7YvfS148V+eiWctlPmFxD/z2srgN5Zu/8bumD1WsHH/LYs3PBY1gv1o0O9I270k&#10;yhiZQXTbcWuAAAiAAAi4nACkqsuRokAQcJKAfkOVrP5vC03zsk/QjODXHxTbV1p8tfmPVS/OL3kn&#10;Vbv2iY3VZsGw6o9oZImJVgFTydPA8XlURz4tG6NW32ThWRqVqDpfrmm0NOCaEUEi2h88+tfW+8lE&#10;5AqNvc1k6dChQ2WXTbOqjZVl56eoVVYq2T8xJfl8WaWVjRZV1R8sPZ+corbK6OdvCkkguu0imoAk&#10;IAACIAAC0ghAqkrjhdQg0GME6ss+puX1ElqXN117StZPbi7YbzZ3KKF6v9CHnkkfWlxWY8qjjxJg&#10;KyX9SfQ5uJqbTshOFCy1cm94UTO0U9vsVKz+qNviGz+rlDJhbLBQ2Le1ubHROgCCIcd1wdc1NlrN&#10;LVs0lp+JWRKXt90RbPwOAiAAAiBgIgCpitEAAu5B4IviD86pVeZbrAx2xU5J8Ss5oHEoBy93trfb&#10;RiH185N3njdzJw0aEdzYaKMPW0+fdsRgkP9Q2a3z37I838Dwr8WxErdGMVX5TUpP/+n1bYecPE/L&#10;1t7g0NDTzTzS93Tz6dDQ0XbaR0xOn9HaSeDytjuCjd9BAARAAAQgVTEGQMC9CHSW7d1juzSvt/FW&#10;lWpgcfEhR8Hwv942e/qaMqtNTt8cKD4Rf7vS1NTwifGB5cVlFvqwU/P3UoeCMTAmPrKyuNTy+Kj2&#10;L3ZtP8S7eUsE3IHhj617vHnV7Oxy/spbP87efkREOVyS0Jj4oKI9xVaFtR/YUzQ0PibUTkHExL9k&#10;jyUTmexMYyMH0/Vtl9AsJAUBEAABbyeAWVVvHwFov1sQ0JWVHgq+b0oUnzGR6hnBZSWO1OS4x5dP&#10;qs5asL32J7aM9q92LV22L/LF5Ynmm6Zufnj5pP9kLdjGJets3Lkw26EOpiJHpMx/4PTGhdllTaxo&#10;bv9q+9PP7tT6DXU+MOromW8WLpBtTkp9dpfmuGlOuPOEZntm8oy/tAePkNI5Yx9b/0ft2nkmCzub&#10;ytY+saZ53vr0m+yWwzCZt1HTamzarqXzXqg0zrT2RNultAxpQQAEQMCbCUCqenPvo+0uJ3DAEIzU&#10;7Hp6jxh3zNaSD8rGqhPH8tsTnnRfeGVxsYOC/GOf25k75fS2R/RRRZNTkjPe+m/8hp0rJ1nt7jck&#10;S9Zum20Ijzolee13qlc2pxuDDtghErlgd+ETQwueSJqYlJyakjz71fOzXtv9zB0iogfYKXRE4srC&#10;g+uTZWVbM2boQ73qjX90c6ls0iu7d61X21u35yk0dPabRUuuK81MTiALpyQlZ5YGLXg39yGHpwwQ&#10;E2qaLO+hpARCNyVp9qvfxq56JcXsRKseabvLRx8KBAEQAAFPJDCgo6PDE9uFNoGAWALNZ39qaT3P&#10;pN5beWbNYzFicyIdCIAACIAACIAAR6CtrU0qjDXv1U2PYVfQFIFDg4fzBDvErKpUqkgPAiAAAiAA&#10;AiAAAiDQSwQgVXsJNKoBARAAARAAARAAARCQSgBSVSoxpAcBEAABEAABEAABEOglApCqvQQa1YAA&#10;CIAACIAACIAACEglAKkqlRjSgwAIgAAIgAAIgAAI9BIBRADoJdCoxm0JWEUAyKse4ramwjAQAAEQ&#10;AAEQcFsC37wsMcSgTIYIAG7bmzAMBEAABEAABEAABEDAMQE4ADhmhBQgAAIgAAIgAAIgAAJ9QgBS&#10;tU+wo1IQAAEQAAEQAAEQAAHHBCBVHTNCChAAARAAARAAARAAgT4hAKnaJ9hRKQiAAAiAAAiAAAiA&#10;gGMCkKqOGSEFCLiYwO2hlcuDXVwmigMBEAABEAABTySAYFWe2KtokxQCLgtWdXfYN6n+gzr+Z6r8&#10;Yvu65Y25NsY8+XRk5pjOt1bWZ521a+joqzN/Fzj9V3LFIJnsikzmI+to0312pHXzhz/WimzgxNGV&#10;qUMVPgMG+Xbufe7bP5lXZ+cnQ+GRd13/6pSrRlHVdHV0/mP/9386pBNZLZKBAAiAAAh4IQEEq/LC&#10;TkeT+x2Bzn+srg17kvsfn06VDb9uypgBMp9Bd6v97DTv7pQbjmaGPDKis6CgMX6BocAF32UfuTR2&#10;UkjpKzdk/locmc9OxFDGD9vbbJPb+UkmG6UK2506tOPoqYde0Nf77NErdz8Q9r7KnsHiDEIqEAAB&#10;EAABEJBGAA4A0nghNQh0k8CohMGRso7PTvxv1K+CJwqUdXda+BuqQfX/bFC98P2fq9tPssl0BR+e&#10;iF/c+NaPv4ga000r7Gf3z4zzH/T9j4vf+fEz/USsruCdk281+EyMFzS4R61B4SAAAiAAAt5MAFLV&#10;m3sfbe99Av6ZkfKOEz89/ZWuI2jIwng+A8aNzrnd7+S/Tj+9zyhSzZOdz8r59v79PWr5L4cPkbX8&#10;oDVzM+hc19wpk/tE9mi1KBwEQAAEQAAEbAhAqmJQgEAvErj9mjuGXzpS+ePJ/a2ftQ0cNz7Itu4n&#10;VUNHac+/8NY5bjK1F81jq/q5TSdTjLjavOInR/jJOq4c631bUCMIgAAIgIB3E4BU9e7+R+t7l0DG&#10;bwePaNPtLeuUyX587VhnwJhhmdYGBN1x7YCT/3fmk941zLK29heO6mRhQaWpw0bpf/CbnnrDH34l&#10;qz3at1b1JRHUDQIgAAIg0FcEIFX7ijzq9UgCfveuiGz4M/e/rBCD1DNeI6aEDjx5TFtg+MNnn108&#10;OWjwvbOs9irJFf6XT57q4732Jwv/b/Hnl8befX3lXyIbtt746t3yln+dmvdeH1vlkSMGjQIBEAAB&#10;ELBPAFIVIwQEXEjAMgJATpP5Iv6oBwKifDs+KT3P1vf/Wj75XjZ27DWWctaFxjhf1MQHwzfG/OLk&#10;v1rm/bk+7JXGdUe7Rv125NsP+jtfInKCAAiAAAiAgFMEIFWdwoZMICCZgH5DFcWomr3YOO0aPvta&#10;mey6oc9bRJ7StbQPHDWyb8NCjci8bVDLV6cfeuvMP77tlJ04/+fcb+dVd429TWHjriCZAjKAAAiA&#10;AAiAgCQCkKqScCExCDhL4NdXRw2//Nmeb01RV/WhUps/u+gXfbf5Bibt4R/+N+r6Pp1q/e3g6wdd&#10;qv3cYl/XJ5/9fHKQX+TtzjYf+UAABEAABEDAKQKQqk5hQyYQkEhg1t3+o9p0//ySNlSZX//de/zS&#10;iNBhj5j97c+l509eN+zVKX03sTp4wC9lVzp+srKUzssaMEgusdlIDgIgAAIgAALdIwCp2j1+yA0C&#10;ogiMmD32F2dOnnvL5iTVgiO6M/5DUqaalfLViazPL0VO/dX7U3iF4dDnn/7V23eJqtXJRIcuHuvw&#10;i0qw8Eyd+Dv5qI7O2q+cLBLZQAAEQAAEQMA5ApCqznFDLhCQQmDq0MhBnVXlP/Lk+dd/D58dEBkZ&#10;bP7TJ/n180o7wqf86pus0ZkT/bl9V/JZ00aXbQzNuE52UiuldslpWzZXdyhuu/79qUzVfhOnhm67&#10;ze/Y0f/+zUZqSy4bGUAABEAABEBACgFIVSm0kBYEnCHglzNu8KCzFzfzT0m2rzvWMej6oTnDLYr+&#10;ZM9349c1vaX9xfRpoWV/uaVhKwWNumHlbb4tXzTfv+b/snp4dvOT/MbFh3SK+NAyfb3hb8f7/eez&#10;U3/qy1MJnOGOPCAAAiAAAh5AYEBHR4cHNANNAAGnCTSf/amllQ0gtbfyTF71EKeLQkYQAAEQAAEQ&#10;8FoC37w8Wmrb17xXNz1mBJNLETg0ePhVtiVgVlUqVaQHARAAARAAARAAARDoJQKQqr0EGtWAAAiA&#10;AAiAAAiAAAhIJQCpKpUY0oMACIAACIAACIAACPQSAUjVXgKNakAABEAABEAABEAABKQSgFSVSgzp&#10;QQAEQAAEQAAEQAAEeokAIgD0EmhU47YErCIArHksxm1NhWEgAAIgAAIg4LYE2trapNqGCABSiSE9&#10;CIAACIAACIAACICAGxGAA4AbdQZMAQEQAAEQAAEQAAEQMCcAqYrxAAIgAAIgAAIgAAIg4KYEIFXd&#10;tGNgFgiAAAiAAAiAAAiAAKQqxgAIgEDfE2je+ejEVWV9bwcsAAEQAAEQcDMCkKpu1iEwBwRAAARA&#10;AARAAARAgCMAqYqxAAKuJtDZWr137ZNpqUlTklJTk5KSkh9ctHZXZXOnq+vp4fI6mw9tezItOTkl&#10;OWlKcsaLe2p/6uEKUTwIgAAIgAAI2BCAVMWgAAFXEmiv3PZg8uxXj8cu2vpuyf6SwsKSkpLdW56I&#10;PP2XOQlzNmr6j9prLVqaukmb8sruoj1FJUW7F0dqnk1+sviMK1mhLBAAARAAARBwSABS1SEiJAAB&#10;sQTaD2fPzvwicWvRm0viQ6/y47L5Bd6kXpxf8k5S7dIHsvqJ2qv/4O1v1c8ujx9haMVAv/Dp6/+2&#10;NS1qmFgUSAcCIAACIAACLiEAqeoSjCgEBGSyM8VZz1ZHvbglfaxRpJpj8Qt9aMv6RFnzD+39AZb2&#10;dPM1wcEWDQkcF2X5h/7QDtgIAiAAAiDQzwlAqvbzDoT5bkOgviiv+o4FSyb5C1vkH7sk57FxdhK4&#10;TWNkN0bd2njgUKP7GARLQAAEQAAEvJMApKp39jta7XICzV9UNscnxkvVofogTU9kZc9JTp6SvLbS&#10;YudVa/m2J+ckJaWkJiUkPEi7mvhmYx2m0bw48cGtxbuefTA5JTU5KSE5cxdvOTY4AtVL5vvnP/jg&#10;y8X19v1rz5RtW/Qg7btKnZKQkJa952s+K3+qJQNof5lhk9mj2XtraxGayuUDEAWCAAiAgIcSgFT1&#10;0I5Fs3qbQOO334SGj+Fd+ndkytfNoS/uLtpf9EyMKXvjzkeTX2lOfKmoZE9hycGS1bSraUa2RmdR&#10;lJg0lKHxvde/Tdyye08hbY9a7r8z46UDomIRjJ6ZW1L4p0BN1vSJyZnbNU18mU7sejR1Q/M9q4uK&#10;igr3HyxZdYtm+Yzsw5Yp2zXZDz1bfdvzu4sMm8z2PnPL4Wcz/lLvCAp+BwEQAAEQAAE9AUhVjAMQ&#10;6FEC1dtSra6le5otaxynnmqlcXVl2187P3PNSvVoRrz6hU5fvzJRszHfTOGJScPUM27245MCDQX5&#10;x6ZODS7/vFpki/2CY+flFB4oeWXS+VfTEpKfLm68bJ6zs+yNbecfeGnllFC/gQYrx6SsX6XSbM4z&#10;16HVr2VrJi7PmR7uzzRFHp6ybmWK1MlnkQYjGQiAAAiAgMcRgFT1uC5Fg/qGQOiNNzXWH7edeoya&#10;X2h2bblvaPN5mUHYma4RQYFWNh/5tGyMWn2TxRxtVKLqfLmm0ZhSTBpD4tDfxAQba/QfOlQm67RQ&#10;nI54DfQPn7L4nZJ37ju3NmOzmcq9rPn0ULh6SqSFlbeqVOfLNMeNZdZ/USlT3RNrkWZglHp6sKNa&#10;8TsIgAAIgAAI6AlAqmIcgIBLCATfGhNcdqDM/tp65zf/qQ+ODA9yUGNz0wnZiYKlMy2nY1/UDO3U&#10;NnMqU0wathorZexcc/1C059OH1pSZtKqzc0nZI0FT1vNGWdrhnZoTeFX9ZEEgmzaO1QvmHGBAAiA&#10;AAiAgGMCkKqOGSEFCIghEJ6cHnX49de/tpO2tbiwLDxZHelIOw7yHyq7df5b5tOx7H8vjuXyikkj&#10;xmz+NLr2dlvRLfcb1HneNCM7mKyM4rcyxlhq0HXBjY1N1pVoz5x23jbkBAEQAAEQ6A8E0vkuJwyH&#10;VHUCGrKAAB+BEeqVz4WXLnlyF48bAKVvr33t6W3t6YsfCHWILzAmPrKyuNTyaKj2L3ZtP2Q6nVVM&#10;GocVCSWofW128kvWM8T1JcWNd9x+i1FnB94eP05TfKDVopD26l1vlJmdIRseOymwrKTMIi6ATvNB&#10;Sb8ILus0P2QEARAAARCQ5eXlWVGw/YsYTJCqYighDQiIIhB4T87OVaOLH5mRsbWs0TQt2dl+vGxj&#10;WvLCw7fmbH3M0rVToNgRKfMfOL1xYXYZt+++/avtTz+7U+s31OT0KSaNKKt5EkXOWx7/RVbGa7Xt&#10;jL/B5fbanUuf3h+Zk5lotiEqMCVj5unNT2QbBfRPtduXZe1sNbdSFvnI8viarIV/4YrqbNy1JNuB&#10;n4SzZiMfCIAACICAWxEw16bO6VRqzoCOjg63ahWMAYFeJtB89qeW1vNMpXsrz6x5zLR67aQlnc2a&#10;3Xm7Sqq/1Z4fOlh2/uLQa8Kj1A/MTLmN3SlvXizFVU2tT/9sVbxNXZ3Nh7Zlv1Jce9k/eLCsY/id&#10;S56dH88GBDCmdZyG4qq+GvrOOw+Fsnmadj0689v0spXxjpwQaBZ4z6Ztfzvc2DnUz+9yQNhdM/+U&#10;pg6/ytrMzqaybS+uKf5G5k9HsF6+7s4Fz8yfZNNMQ1GvH270GyrrvBgaO2/+fe0bM76zaLUwByc7&#10;AdlAAARAAAR6mUBbWxtvjeQIIKRT17xXNz1mBJNLETg0eLjNawZStZd7EdW5IQHXS1U3bCRMAgEQ&#10;AAEQAIEeJiAkVe1UK0aqwgGgh/sNxYMACIAACIAACIAACDhLAFLVWXLIBwIgAAIgAAIgAAIg0MME&#10;IFV7GDCKBwEQAAEQAAEQAAEQcJYApKqz5JAPBEAABEAABEAABECghwlAqvYwYBQPAiAAAiAAAiAA&#10;AiDgLAFIVWfJIR8IgAAIgAAIgAAIgEAPE0Bc1R4GjOLdnoBVsKrlD0S4vckwEARAAARAAATcjsDZ&#10;s2el2vTGwbMO46piVlUqVaQHARAAARAAARAAARDoJQKQqr0EGtWAAAiAAAiAAAiAAAhIJQCpKpUY&#10;0oMACIAACIAACIAACPQSAUjVXgKNakAABEAABEAABEAABKQSgFSVSgzpvZdAUVGR9zYeLQcBEAAB&#10;EPB6An3yHoRU9fpxBwDiCPTJ/SnONKQCARAAARAAgV4i0PtvQ0jVXupaVOO+BAaYTPMZYPYPM4t7&#10;/850X1ywDARAAARAwLsJuPCdaPHa5X8DyyBVvXu4ofUy2S8Gmu6CIfJf2CJx4T0J3iAAAiAAAiDg&#10;AQRc9WY0f+2av47NEUGqesCAQRO6RcDP1yRPhwcMsi0rOTm5WxUgMwiAAAiAAAh4FgFXvRnNX7vm&#10;r2NIVc8aL2hN9wgM/qWfsQDF1TxSlX511T3ZPUuRGwRAAARAAAT6noAL34nmr13z1zGkat93Myxw&#10;HwK+vxhovD2GBwwUMsyFd6b7tB2WgAAIgAAIgIAkAq59Gxpfu/QiptcxryUDOjo6JJmIxCDgeQTO&#10;/nj+1JmfmHbdNPoaz2sgWgQCIAACIAACPU3g7NmzUqvQXmT3Uo0ccdXwq4fyZoevqlSqSO+BBIKG&#10;+Q/0Edh56IHNRZNAAARAAARAwI0I0CuYXsRCBkGqulFXwZS+IkDBMq69JqCvake9IAACIAACIODN&#10;BOgVLBQskrBAqnrz2EDbTQRo3WHokF+CCAiAAAiAAAiAQG8SoJev0NI/Ywakam92B+pyawKjrr1a&#10;KFKGW9sN40AABEAABECgfxKg1y69fO3bjm1V/bNvYXXPEPi5o+v4KW1n1yVj8Zf/Jzvbdrnlx46z&#10;bR0XdJeu/O9/PVMzSgUBEAABEAABDyRAK/sU55/ip1JcKtrvP9BsYwjp1DEjg345yBdS1QM7Hk3q&#10;OQJdly6f/OHH8xd+7rkqUDIIgAAIgAAIeDkBWven+VShAFXmcDCr6uVDBc3nJ0Dhq374b9vlK5hD&#10;xQgBARAAARAAAVcSoP3+tI/Kvn8qpKoriaMsTyVAa/3ac+0/tuku/tzpqW1Eu0AABEAABECg1whQ&#10;nP+rA+QUl8rOfn9bYzCr2msdhIr6KwFyCSC1Sg6sly5fkWGatb92I+wGARAAARDoCwIDZL8Y6ENu&#10;qXbOo7JvFqRqX3Qb6gQBEAABEAABEAABEBBBAMGqREBCEhAAARAAARAAARAAgb4gAKnaF9RRJwiA&#10;AAiAAAiAAAiAgAgCkKoiICEJCIAACIAACIAACIBAXxCAVO0L6qgTBEAABEAABEAABEBABAFIVRGQ&#10;kAQEQAAEQAAEQAAEQKAvCECq9gV11AkCIAACIAACIAACICCCwP8H6tpwPc9qo9MAAAAASUVORK5C&#10;YIJQSwMEFAAGAAgAAAAhAOtLUTfcAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C&#10;/2EZwZvdpGGlxGxKKeqpCLaCeJtmp0lodjZkt0n671296GXg8R7vfVOsZ9uJkQbfOtaQLhIQxJUz&#10;LdcaPg4vDysQPiAb7ByThit5WJe3NwXmxk38TuM+1CKWsM9RQxNCn0vpq4Ys+oXriaN3coPFEOVQ&#10;SzPgFMttJ5dJ8igtthwXGuxp21B13l+shtcJp02WPo+782l7/Tqot89dSlrf382bJxCB5vAXhh/8&#10;iA5lZDq6CxsvOg3xkfB7o6fUagniqCHLlAJZFvI/ffkNAAD//wMAUEsDBBQABgAIAAAAIQCqJg6+&#10;vAAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SPQWrDMBBF94XcQcw+lp1FKMWy&#10;N6HgbUgOMEhjWcQaCUkt9e0jyCaBQJfzP/89ph///Cp+KWUXWEHXtCCIdTCOrYLr5Xv/CSIXZINr&#10;YFKwUYZx2H30Z1qx1FFeXMyiUjgrWEqJX1JmvZDH3IRIXJs5JI+lnsnKiPqGluShbY8yPTNgeGGK&#10;yShIk+lAXLZYzf+zwzw7TaegfzxxeaOQzld3BWKyVBR4Mg4fYddEtiCHXr48NtwBAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALGCZ7YKAQAAEwIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAJZVrvqUDAABDCAAADgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAKAAAAAAAAACEATvrwuAGrAAABqwAAFAAAAAAAAAAAAAAAAAALBgAAZHJz&#10;L21lZGlhL2ltYWdlMS5wbmdQSwECLQAUAAYACAAAACEA60tRN9wAAAAFAQAADwAAAAAAAAAAAAAA&#10;AAA+sQAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAAAAAAAA&#10;AAAAAAAAR7IAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB8AQAAOrMAAAAA&#10;">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" filled="f" stroked="f" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
-                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <v:path gradientshapeok="t" o:connecttype="rect" o:extrusionok="f"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="Picture 1" o:spid="_x0000_s1030" type="#_x0000_t75" alt="A screenshot from the TURI Cleaning Solutions Database, showing the filter that enables users to view results with FAC 118 certification." style="position:absolute;width:35363;height:18891;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCraGbNyQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4P9j+EN9htpnY4tBpFO2Qe5oadB709mmdTbF5Kk2n975fBYMeP7/ds0dtGXKjztWMFw0ECgrh0&#10;uuZKwf5r/TQG4QOyxsYxKbiRh8X8/m6GmXZX3tGlCJWIIewzVGBCaDMpfWnIoh+4ljhyJ9dZDBF2&#10;ldQdXmO4bWSaJC/SYs2xwWBLuaHyXHxbBa/vuFu+3TbbdPRRrD9Ph/xoVrlSjw/9cgoiUB/+xX/u&#10;jY7zx8nkeTRJh/B7KWKQ8x8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAq2hmzckAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;">
-                  <v:imagedata r:id="rId21" o:title="A screenshot from the TURI Cleaning Solutions Database, showing the filter that enables users to view results with FAC 118 certification"/>
+                <v:shape id="Picture 1" style="position:absolute;width:35363;height:18891;visibility:visible;mso-wrap-style:square" alt="A screenshot from the TURI Cleaning Solutions Database, showing the filter that enables users to view results with FAC 118 certification." o:spid="_x0000_s1027" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCraGbNyQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4P9j+EN9htpnY4tBpFO2Qe5oadB709mmdTbF5Kk2n975fBYMeP7/ds0dtGXKjztWMFw0ECgrh0&#10;uuZKwf5r/TQG4QOyxsYxKbiRh8X8/m6GmXZX3tGlCJWIIewzVGBCaDMpfWnIoh+4ljhyJ9dZDBF2&#10;ldQdXmO4bWSaJC/SYs2xwWBLuaHyXHxbBa/vuFu+3TbbdPRRrD9Ph/xoVrlSjw/9cgoiUB/+xX/u&#10;jY7zx8nkeTRJh/B7KWKQ8x8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAq2hmzckAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;">
+                  <v:imagedata o:title="A screenshot from the TURI Cleaning Solutions Database, showing the filter that enables users to view results with FAC 118 certification" r:id="rId19"/>
                 </v:shape>
-                <v:shape id="_x0000_s1031" type="#_x0000_t202" style="position:absolute;left:-86;top:18974;width:35445;height:2333;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA9RXA1xAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8gRvuqvYqjEbkZZCTy3+BW+P7DMJZt+G7Nak375bEHocZuY3TLrpbS3u1PrKsYbpRIEg&#10;zp2puNBwPLyPlyB8QDZYOyYNP+Rhkw2eUkyM63hH930oRISwT1BDGUKTSOnzkiz6iWuIo3d1rcUQ&#10;ZVtI02IX4baWM6VepMWK40KJDb2WlN/231bD6fN6Oc/VV/Fmn5vO9UqyXUmtR8N+uwYRqA//4Uf7&#10;w2iYTRfwdyYeAZn9AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD1FcDXEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
+                <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:path gradientshapeok="t" o:connecttype="rect"/>
+                </v:shapetype>
+                <v:shape id="Text Box 2" style="position:absolute;left:-86;top:18974;width:35445;height:2333;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1028" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA9RXA1xAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8gRvuqvYqjEbkZZCTy3+BW+P7DMJZt+G7Nak375bEHocZuY3TLrpbS3u1PrKsYbpRIEg&#10;zp2puNBwPLyPlyB8QDZYOyYNP+Rhkw2eUkyM63hH930oRISwT1BDGUKTSOnzkiz6iWuIo3d1rcUQ&#10;ZVtI02IX4baWM6VepMWK40KJDb2WlN/231bD6fN6Oc/VV/Fmn5vO9UqyXUmtR8N+uwYRqA//4Uf7&#10;w2iYTRfwdyYeAZn9AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD1FcDXEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="5C6B0EE8" w14:textId="6BB45D33" w:rsidR="00D25A0B" w:rsidRPr="00D25A0B" w:rsidRDefault="00D25A0B" w:rsidP="00D25A0B">
+                      <w:p w:rsidRPr="00C95E83" w:rsidR="00D25A0B" w:rsidP="00D25A0B" w:rsidRDefault="00D25A0B" w14:paraId="5C6B0EE8" w14:textId="6BB45D33">
                         <w:pPr>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                            <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00D25A0B">
+                        <w:r w:rsidRPr="00C95E83">
                           <w:rPr>
-                            <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                            <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:t>Screenshot from Cleaner Solutions Database</w:t>
                         </w:r>
-                        <w:r w:rsidR="00BC101E">
+                        <w:r w:rsidRPr="00C95E83" w:rsidR="00BC101E">
                           <w:rPr>
-                            <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                            <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> showing FAC 118 filter</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <w10:wrap type="square"/>
+                <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="68466A17">
+    </w:p>
+    <w:p w:rsidR="68466A17" w:rsidP="00E05755" w:rsidRDefault="00D25A0B" w14:paraId="2D4F7091" w14:textId="029343C5">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55E34">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">Additionally, the database allows users to refine their search by indicating a preference for products with environmental certifications, such as EPA Safer Choice, Green Seal, or UL </w:t>
       </w:r>
-      <w:r w:rsidR="003B4C56">
+      <w:r w:rsidRPr="00B55E34" w:rsidR="003B4C56">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>ECOLOGO</w:t>
       </w:r>
-      <w:r w:rsidRPr="68466A17">
+      <w:r w:rsidRPr="00B55E34">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">. Users can also specify whether the product is listed on the OSD statewide contract </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
-        <w:r w:rsidRPr="68466A17">
+      <w:r w:rsidRPr="001E332D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>FAC118</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The FAC118 contract requires cleaning chemicals to meet third-party certifications and standards and includes a list of safer active ingredients for sanitizers and disinfectants. For more information on the specifications for FAC118, refer to </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId20">
+        <w:r w:rsidRPr="00B55E34">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...21 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           </w:rPr>
           <w:t>Attachment A: FAC118 Mandatory Specifications and Desirable Criteria</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="68466A17">
+      <w:r w:rsidRPr="00B55E34">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> available in COMMBUYS (scroll to “Agency Attachments”). Incorporating this list into the Cleaning Solutions database benefit</w:t>
       </w:r>
-      <w:r w:rsidR="003B4C56">
+      <w:r w:rsidRPr="00B55E34" w:rsidR="003B4C56">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="68466A17">
+      <w:r w:rsidRPr="00B55E34">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> public entities eligible to purchase from OSD Statewide Contracts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F4608D8" w14:textId="69F672E6" w:rsidR="00BC101E" w:rsidRDefault="00BC101E" w:rsidP="00D25A0B">
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w:rsidRPr="009426BD" w:rsidR="00481C4D" w:rsidP="00A44397" w:rsidRDefault="00BC101E" w14:paraId="09CD36BE" w14:textId="0B437F8D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rStyle w:val="Heading3Char"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...21 lines deleted...]
-        <w:r w:rsidRPr="00BC101E">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009426BD">
+        <w:rPr>
+          <w:rStyle w:val="Heading3Char"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">TURI Safer Cleaning </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009426BD" w:rsidR="00481C4D">
+        <w:rPr>
+          <w:rStyle w:val="Heading3Char"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009426BD">
+        <w:rPr>
+          <w:rStyle w:val="Heading3Char"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">nformational </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009426BD" w:rsidR="00481C4D">
+        <w:rPr>
+          <w:rStyle w:val="Heading3Char"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009426BD">
+        <w:rPr>
+          <w:rStyle w:val="Heading3Char"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ideo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B55E34" w:rsidR="00BC101E" w:rsidP="0047763B" w:rsidRDefault="00BC101E" w14:paraId="3F4608D8" w14:textId="63A3464F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55E34">
+        <w:t xml:space="preserve">TURI laboratory specialist Alicia McCarthy created and presented a video titled </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId21">
+        <w:r w:rsidRPr="00B55E34">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           </w:rPr>
-          <w:t>Clean Break</w:t>
+          <w:t xml:space="preserve">Clean Break: Removing Toxics </w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidRPr="00B55E34" w:rsidR="005D0BCC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...19 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           </w:rPr>
           <w:t>i</w:t>
         </w:r>
-        <w:r w:rsidRPr="00BC101E">
+        <w:r w:rsidRPr="00B55E34">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           </w:rPr>
           <w:t>n Cleaning, Sanitizing, and Disinfection</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00BC101E">
-[...37 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00B55E34">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>. This video serves as a training resource as part of the Green Cleaning section of an online Asthma Education course for future school nurses at Northeastern University. In the presentation, McCarthy explores safer cleaning products and disinfection methods</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="003B4C56">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>, and references the FAC118 contract</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E48B86F" w14:textId="77777777" w:rsidR="00CA75B8" w:rsidRPr="004E1684" w:rsidRDefault="00CA75B8" w:rsidP="00CA75B8">
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    <w:p w:rsidRPr="009426BD" w:rsidR="00481C4D" w:rsidP="00A44397" w:rsidRDefault="00CA75B8" w14:paraId="7648C7EC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rStyle w:val="Heading3Char"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009426BD">
+        <w:rPr>
+          <w:rStyle w:val="Heading3Char"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DPH Educational Resources</w:t>
       </w:r>
-      <w:r w:rsidRPr="68466A17">
+    </w:p>
+    <w:p w:rsidR="00CA75B8" w:rsidP="0047763B" w:rsidRDefault="00CA75B8" w14:paraId="0E48B86F" w14:textId="40C10205">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55E34">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:sz w:val="22"/>
-[...11 lines deleted...]
-          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Department of Public Health developed and shared resources to assist municipalities and businesses with the safe use of QAC-based cleaners and disinfectants. </w:t>
+      </w:r>
+      <w:bookmarkStart w:name="_Hlk186721744" w:id="2"/>
+      <w:bookmarkStart w:name="_Hlk189728089" w:id="3"/>
+      <w:r w:rsidRPr="00B55E34">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">The Occupational Health Surveillance Program (OHSP) at the Massachusetts Department of Public Health </w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="68466A17">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00B55E34">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">held several webinars to public entities to deliver a presentation on </w:t>
       </w:r>
-      <w:r w:rsidRPr="68466A17">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00B55E34">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
           <w:i/>
-          <w:iCs/>
-[...22 lines deleted...]
-          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Cleaning and Disinfecting Products: Resources for Prevention</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">. With seasonal cases of COVID, RSV, and flu, OHSP highlighted several key resources available for facility departments and those responsible for cleaning and disinfecting to remind viewers of safer cleaning products and practices. As stated in the webinar, 12% of all work-related asthma cases are from cleaning and disinfecting products in five states including MA.  The webinar reviewed resources for viewers, such as TURI’s Cleaner Solutions website, safer products </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D0BCC">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00B55E34">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">available through OSD Statewide Contract </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25">
-        <w:r w:rsidRPr="005D0BCC">
+      <w:hyperlink r:id="rId22">
+        <w:r w:rsidR="00861757">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           </w:rPr>
-          <w:t>FAC118</w:t>
+          <w:t>FAC118: Environmentally Preferable Cleaning Products, Programs, Equipment and Supplies</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005D0BCC">
-[...9 lines deleted...]
-        <w:r w:rsidRPr="005D0BCC">
+      <w:r w:rsidRPr="00B55E34">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, as well as the Department of Labor Standards </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23">
+        <w:r w:rsidRPr="00B55E34">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>On-Site Consultation Program</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005D0BCC">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> practices around cleaning and disinfectant use and shared a work-related respiratory disease case where town workers were exposed to cleaning and disinfectant products to highlight issues with common cleaners and disinfectant use</w:t>
+      <w:r w:rsidRPr="00B55E34">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  The webinar also reviewed best practices around cleaning and disinfectant use and shared a work-related respiratory </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>disease case where town workers were exposed to cleaning and disinfectant products to highlight issues with common cleaners and disinfectant use</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="005D0BCC">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00B55E34">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6085F65A" w14:textId="7FB7F3C0" w:rsidR="00CA75B8" w:rsidRPr="00CA75B8" w:rsidRDefault="00CA75B8" w:rsidP="00D25A0B">
-[...3 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+    <w:p w:rsidRPr="00B55E34" w:rsidR="00251170" w:rsidP="0047763B" w:rsidRDefault="00251170" w14:paraId="518F22E4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="005D0BCC">
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="009426BD" w:rsidR="38AE769D" w:rsidP="009426BD" w:rsidRDefault="0029203F" w14:paraId="0856AE03" w14:textId="1FFF251C">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId24">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           </w:rPr>
-          <w:t>Slides</w:t>
+          <w:t>Cleaning and Disinfecting Products: Resources for Prevention slides</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005D0BCC">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="38AE769D" w:rsidR="00CA75B8">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28">
-        <w:r w:rsidRPr="005D0BCC">
+      <w:hyperlink r:id="rId25">
+        <w:r w:rsidR="005F31D2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           </w:rPr>
-          <w:t>video</w:t>
+          <w:t>webinar recording</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005D0BCC">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="38AE769D" w:rsidR="00CA75B8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> are available for the webinar as hosted by the Division of Capital Management and Maintenance (DCAMM)’s Massachusetts Facilities Management Association (MAFMA) on Feb 1, 2024.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EDBC4B6" w14:textId="1E772464" w:rsidR="0090169F" w:rsidRPr="0090169F" w:rsidRDefault="0090169F" w:rsidP="00A37AA7">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidRPr="0090169F" w:rsidR="0090169F" w:rsidP="38AE769D" w:rsidRDefault="0090169F" w14:paraId="3EDBC4B6" w14:textId="1E772464">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t>Per- and Polyfluoroalkyl Substances (PFAS)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="5B1FB155" w14:textId="0E6D0F9A" w:rsidR="00DE1574" w:rsidRDefault="00010BB6" w:rsidP="0090169F">
-[...4 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+    <w:p w:rsidRPr="00B55E34" w:rsidR="00DE1574" w:rsidP="0047763B" w:rsidRDefault="00010BB6" w14:paraId="5B1FB155" w14:textId="0E6D0F9A">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AC10F6">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55E34">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The TRTF continued to discuss per- and poly-fluoroalkyl substances, a family of chemicals commonly referred to as PFAS</w:t>
       </w:r>
-      <w:r w:rsidR="001A70FA" w:rsidRPr="00AC10F6">
+      <w:r w:rsidRPr="00B55E34" w:rsidR="001A70FA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00BE2AA8" w:rsidRPr="00AC10F6">
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00BE2AA8">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> PFAS break down very slowly and can build up in people, animals, and the environment over time, posing environmental and health concerns.</w:t>
       </w:r>
-      <w:r w:rsidR="00BE2AA8" w:rsidRPr="00AC10F6">
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00BE2AA8">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
-      <w:r w:rsidR="001A70FA" w:rsidRPr="00AC10F6">
+      <w:r w:rsidRPr="00B55E34" w:rsidR="001A70FA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> PFAS may be found in products in </w:t>
       </w:r>
-      <w:r w:rsidR="00BE2AA8" w:rsidRPr="00AC10F6">
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00BE2AA8">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>statewide contracts</w:t>
       </w:r>
-      <w:r w:rsidR="001A70FA" w:rsidRPr="00AC10F6">
+      <w:r w:rsidRPr="00B55E34" w:rsidR="001A70FA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, including firefighting foam and gear, cleaning products, personal care products, clothing, furniture, textiles, carpets, rugs, and non-slip additives for industrial applications or other surfactant property processing aids.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D865A71" w14:textId="18CA20F1" w:rsidR="68466A17" w:rsidRDefault="00FB71D6" w:rsidP="005D0BCC">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w:rsidRPr="00B55E34" w:rsidR="68466A17" w:rsidP="0047763B" w:rsidRDefault="00FB71D6" w14:paraId="2D865A71" w14:textId="18CA20F1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55E34">
+        <w:t>Because of the environmental, health and safety issues associated with this category of chemical</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
-      <w:r w:rsidRPr="001D587F">
-[...39 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00B55E34">
+        <w:t>, addressing PFAS requires coordinated actions involving regulatory frameworks, research into safer alternatives, and public awareness. The TRTF will continue to compile resources available from team members and will be working in FY25 on coordinating efforts for additional research and public awareness campaigns.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FDD8352" w14:textId="18858407" w:rsidR="00DE1574" w:rsidRPr="00AC10F6" w:rsidRDefault="00014F75" w:rsidP="0090169F">
-[...15 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+    <w:p w:rsidRPr="009426BD" w:rsidR="00EC63FF" w:rsidP="00A44397" w:rsidRDefault="00014F75" w14:paraId="070D349F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rStyle w:val="Heading3Char"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...7 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009426BD">
+        <w:rPr>
+          <w:rStyle w:val="Heading3Char"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...7 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Conference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009426BD" w:rsidR="00A1593C">
+        <w:rPr>
+          <w:rStyle w:val="Heading3Char"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00A1593C">
+        </w:rPr>
+        <w:t xml:space="preserve"> Planning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B55E34" w:rsidR="00DE1574" w:rsidP="0047763B" w:rsidRDefault="00BE2AA8" w14:paraId="1FDD8352" w14:textId="5559038C">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55E34">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Members </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00CD3F6F">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00014F75">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TRTF </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00ED26B7">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="005A599F">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">assisting in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="004E1684">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the early stages of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="005A599F">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">organizing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00ED6A1E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="004325CE">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Northeast </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00ED6A1E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Waste Manage</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="004325CE">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ment Officials’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00ED6A1E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Association </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="004325CE">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(NEWMOA) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00ED6A1E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="004E1684">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00ED6A1E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BE2AA8" w:rsidRPr="00A1593C">
+      <w:r w:rsidRPr="00B55E34" w:rsidR="004E1684">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...153 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>conference</w:t>
       </w:r>
-      <w:r w:rsidR="004E1684">
+      <w:r w:rsidRPr="00B55E34" w:rsidR="004E1684">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00ED6A1E" w:rsidRPr="00AC10F6">
+      <w:hyperlink w:history="1" r:id="rId26">
+        <w:r w:rsidR="00ED6A1E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>The Science of PFAS: Public Health &amp; the Environment</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00337146">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="004325CE" w:rsidRPr="00AC10F6">
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="004325CE">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00737123" w:rsidRPr="00AC10F6">
+        </w:rPr>
+        <w:t xml:space="preserve"> to be held </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00737123">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">April </w:t>
       </w:r>
-      <w:r w:rsidR="004E1684">
+      <w:r w:rsidRPr="00B55E34" w:rsidR="004E1684">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
-      <w:r w:rsidR="00737123" w:rsidRPr="00AC10F6">
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00737123">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="004E1684">
+      <w:r w:rsidRPr="00B55E34" w:rsidR="004E1684">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>16</w:t>
       </w:r>
-      <w:r w:rsidR="00737123" w:rsidRPr="00AC10F6">
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00737123">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
-      <w:r w:rsidR="004E1684">
+      <w:r w:rsidRPr="00B55E34" w:rsidR="004E1684">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00CD3F6F" w:rsidRPr="00AC10F6">
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00CD3F6F">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00BA5680" w:rsidRPr="00AC10F6">
-[...1 lines deleted...]
-          <w:rStyle w:val="FootnoteReference"/>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00737123">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00737123" w:rsidRPr="00AC10F6">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00213DF9">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00213DF9" w:rsidRPr="00AC10F6">
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00CD3F6F">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This conference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="004409E3">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, which is expected to include over 500 attendees, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="004E3C41">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>is intended to update state, local, and federal officials on the newest PFAS science</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00E2440B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>; enable key stakeholders to share information about PFAS; and identify knowledge gaps in PFAS science and policy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002258C3" w:rsidP="00A44397" w:rsidRDefault="00FB71D6" w14:paraId="3003D8F9" w14:textId="3691B2CB">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55E34">
+        <w:t xml:space="preserve">Regulatory Action under </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="4970BE4D">
+        <w:t>the Toxics Use Reduction Act (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34">
+        <w:t>TURA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="121D4B58">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0094034A" w:rsidP="00EC63FF" w:rsidRDefault="00AE41E6" w14:paraId="151109FD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047763B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The TURA Program has continued to reconcile the TURA List with recent additions to the list of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B" w:rsidR="2F25717D">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the US EPA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B" w:rsidR="00815189">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Toxics Release Inventory (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>TRI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B" w:rsidR="00815189">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>-reportable substances, as required by the TURA statute</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B" w:rsidR="00815189">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (MGL Chapter 21I)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B" w:rsidR="00BC101E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To date, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B" w:rsidR="000D6274">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TURA Program </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B" w:rsidR="00BC101E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">has </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B" w:rsidR="000D6274">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>amend</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B" w:rsidR="000479FE">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B" w:rsidR="000D6274">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CD3F6F" w:rsidRPr="00AC10F6">
-[...33 lines deleted...]
-        <w:t>; enable key stakeholders to share information about PFAS; and identify knowledge gaps in PFAS science and policy.</w:t>
+      <w:r w:rsidRPr="0047763B" w:rsidR="000479FE">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">its </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B" w:rsidR="000D6274">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">regulations to add </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B" w:rsidR="00BC101E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a total of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B" w:rsidR="00FB71D6">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>196</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B" w:rsidR="00BC101E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B" w:rsidR="00815189">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>PFAS to the TURA List</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B" w:rsidR="000D6274">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B" w:rsidR="00815189">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>at the 100 lb. threshold, consistent with their TRI reporting threshold</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B" w:rsidR="00BC101E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, including </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B" w:rsidR="00FB71D6">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>seven</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B" w:rsidR="00BC101E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that were added in FY24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B" w:rsidR="00815189">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B" w:rsidR="000479FE">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Listing these PFAS individually under TURA will help manufacturers understand their use, identify opportunities for reduction or elimination, and reduce manufacturers’ liability.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13868ADA" w14:textId="0D1D5FD7" w:rsidR="00AE41E6" w:rsidRPr="00AC10F6" w:rsidRDefault="00FB71D6" w:rsidP="68466A17">
-[...60 lines deleted...]
-      </w:r>
+    <w:p w:rsidRPr="0047763B" w:rsidR="009426BD" w:rsidP="00EC63FF" w:rsidRDefault="009426BD" w14:paraId="193F14CA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="151109FD" w14:textId="77777777" w:rsidR="0094034A" w:rsidRDefault="00AE41E6" w:rsidP="00CA75B8">
-[...79 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w:rsidR="00AE41E6" w:rsidP="00EC63FF" w:rsidRDefault="00CD24A4" w14:paraId="7E08A3AF" w14:textId="77C84669">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0047763B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In FY24, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B" w:rsidR="0010567A">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>EPA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B" w:rsidR="0094034A">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34">
+        <w:t>finalized a rule to eliminate </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00365650">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B">
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34">
+        <w:t xml:space="preserve"> exemption for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00365650">
+        <w:t xml:space="preserve">chemicals </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00BA2C0E">
+        <w:t>added to the list of Lower Thresholds for Chemicals of Special Concern</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00365650">
+        <w:t xml:space="preserve">. TRI-listed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34">
+        <w:t>PFAS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00365650">
+        <w:t xml:space="preserve">have been added to this list, meaning the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B" w:rsidR="00365650">
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00365650">
+        <w:t xml:space="preserve"> threshold no longer applies to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34">
+        <w:t xml:space="preserve">reporting and supplier </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">notification requirements </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00365650">
+        <w:t xml:space="preserve">for these chemicals </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E34">
+        <w:t>under TRI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047763B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00BC101E" w:rsidRPr="68466A17">
-[...372 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="0047763B" w:rsidR="00365650">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">Because </w:t>
       </w:r>
-      <w:r w:rsidR="00EE4B74">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="0047763B" w:rsidR="00EE4B74">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">TURA </w:t>
       </w:r>
-      <w:r w:rsidR="00365650">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="0047763B" w:rsidR="00365650">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">adopts TRI thresholds for TRI-listed substances, this change also applies to TURA reporting. </w:t>
       </w:r>
-      <w:r w:rsidR="00EE4B74">
-[...48 lines deleted...]
-        <w:r w:rsidR="00EE4B74" w:rsidRPr="00EE4B74">
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00EE4B74">
+        <w:t xml:space="preserve">This may enable facilities to capture more PFAS source information, supported by OTA’s updated </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId27">
+        <w:r w:rsidRPr="0047763B" w:rsidR="00EE4B74">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:color w:val="auto"/>
+            <w:u w:val="none"/>
           </w:rPr>
           <w:t>supplier notification lette</w:t>
         </w:r>
-        <w:r w:rsidR="00192C48">
+        <w:r w:rsidRPr="0047763B" w:rsidR="00192C48">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:color w:val="auto"/>
+            <w:u w:val="none"/>
           </w:rPr>
           <w:t>r template</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00EE4B74">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B55E34" w:rsidR="00EE4B74">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5215A939" w14:textId="64B195D5" w:rsidR="0090169F" w:rsidRPr="00A1593C" w:rsidRDefault="00010BB6" w:rsidP="00CA75B8">
+    <w:p w:rsidRPr="00B55E34" w:rsidR="009426BD" w:rsidP="00EC63FF" w:rsidRDefault="009426BD" w14:paraId="2F7C40B3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B55E34" w:rsidR="0090169F" w:rsidP="00EC63FF" w:rsidRDefault="00010BB6" w14:paraId="5215A939" w14:textId="1FD9FC29">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+      <w:r w:rsidRPr="18605BB2">
+        <w:t xml:space="preserve">OSD will continue to communicate regulatory changes in bids and to Statewide Contract vendors to encourage offering products without PFAS. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="18605BB2" w:rsidR="00A146ED">
+        <w:t xml:space="preserve">OTA has developed several </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId28">
+        <w:r w:rsidRPr="0047763B" w:rsidR="004621C1">
+          <w:t>resources</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0047763B" w:rsidR="00A146ED">
+          <w:t xml:space="preserve"> for companies to identify PFAS in their facilities and supply </w:t>
+        </w:r>
+        <w:r w:rsidRPr="0047763B" w:rsidR="00121BF3">
+          <w:t>chains</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="18605BB2" w:rsidR="00121BF3">
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="18605BB2" w:rsidR="00A146ED">
+        <w:t xml:space="preserve"> is also available to offer companies technical assistance with identifying and eliminating potential sources of PFAS in their facilities. </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId29">
+        <w:r w:rsidRPr="0047763B" w:rsidR="00A146ED">
+          <w:t>TURI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="18605BB2" w:rsidR="00A146ED">
+        <w:t xml:space="preserve"> is also a resource for companies who wish to apply for grants to undertake research and development into PFAS alternatives for their facilities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="18605BB2" w:rsidP="18605BB2" w:rsidRDefault="18605BB2" w14:paraId="4D838A84" w14:textId="7FC3C7F2">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
-        <w:textAlignment w:val="baseline"/>
-[...106 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="06060E54" w14:textId="3EFB8EF1" w:rsidR="00270977" w:rsidRPr="0090169F" w:rsidRDefault="00270977" w:rsidP="00A37AA7">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidRPr="0090169F" w:rsidR="00270977" w:rsidP="38AE769D" w:rsidRDefault="00270977" w14:paraId="06060E54" w14:textId="3EFB8EF1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t>IC2 Procurement Workgroup</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31606DA1" w14:textId="63CE54B3" w:rsidR="00270977" w:rsidRPr="00AC10F6" w:rsidRDefault="00270977" w:rsidP="0090169F">
-[...13 lines deleted...]
-        <w:r w:rsidRPr="00AC10F6">
+    <w:p w:rsidR="00270977" w:rsidP="00251170" w:rsidRDefault="00270977" w14:paraId="31606DA1" w14:textId="63CE54B3">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:history="1" r:id="rId30">
+        <w:r w:rsidRPr="00251170">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:color w:val="auto"/>
+            <w:u w:val="none"/>
           </w:rPr>
           <w:t>The Interstate Chemicals Clearinghouse (IC2)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00AC10F6">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00251170">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> is an association of state, local, and tribal governments that promotes a clean environment, healthy communities, and a vital economy through the development and use of safer chemicals and products. Members of the TRTF participate in the PFAS, Environmental Justice and Procurement subcommittees</w:t>
       </w:r>
-      <w:r w:rsidR="007520BE" w:rsidRPr="00AC10F6">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00251170" w:rsidR="007520BE">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>, bringing learning and information from the TRTF to the workgroups</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC10F6">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00251170">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2231839D" w14:textId="3FD0ED3D" w:rsidR="007520BE" w:rsidRDefault="00270977" w:rsidP="0090169F">
-[...17 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w:rsidRPr="00251170" w:rsidR="00251170" w:rsidP="00251170" w:rsidRDefault="00251170" w14:paraId="3CB10E1A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00251170" w:rsidR="007520BE" w:rsidP="00251170" w:rsidRDefault="00270977" w14:paraId="2231839D" w14:textId="3FD0ED3D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00251170">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>Julia Wolfe, Director of Environmental Purchasing at OSD</w:t>
       </w:r>
-      <w:r w:rsidR="00AA2448">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00251170" w:rsidR="00AA2448">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC10F6">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00251170">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AA2448">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00251170" w:rsidR="00AA2448">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">continues to serve as the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC10F6">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00251170">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">chair </w:t>
       </w:r>
-      <w:r w:rsidR="00AA2448">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00251170" w:rsidR="00AA2448">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC10F6">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00251170">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">the IC2 Procurement Workgroup.  IC2’s Procurement Workgroup supports members’ advancement of low-toxicity product procurement. Specific areas of </w:t>
       </w:r>
-      <w:r w:rsidR="00121BF3" w:rsidRPr="00AC10F6">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00251170" w:rsidR="00121BF3">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">focus </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC10F6">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00251170">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>include how patterns of chemical use inform environmentally preferable procurement, facilitating state and municipal cooperation to enhance the market for less-toxic products, identifying product categories that are good targets for action, sharing specification language and informing individual or joint procurement, and working with large vendors to harmonize green product claims with state requirements.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ABABE65" w14:textId="5D1FEE83" w:rsidR="00CF3AAB" w:rsidRDefault="00A1593C" w:rsidP="00A1593C">
-[...21 lines deleted...]
-      </w:r>
+    <w:p w:rsidRPr="00251170" w:rsidR="00251170" w:rsidP="00251170" w:rsidRDefault="00251170" w14:paraId="5CE1E8E0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="67181A65" w14:textId="585EE085" w:rsidR="007520BE" w:rsidRPr="00AC10F6" w:rsidRDefault="00121BF3" w:rsidP="007520BE">
-[...17 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w:rsidR="007520BE" w:rsidP="00251170" w:rsidRDefault="00121BF3" w14:paraId="67181A65" w14:textId="55669EAB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00251170">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>This report</w:t>
       </w:r>
-      <w:r w:rsidR="007520BE" w:rsidRPr="00AC10F6">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00251170" w:rsidR="007520BE">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> underscores the ongoing dedication and collaborative efforts of the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC10F6">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00251170">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>TRTF</w:t>
       </w:r>
-      <w:r w:rsidR="007520BE" w:rsidRPr="00AC10F6">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00251170" w:rsidR="007520BE">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> towards implementing EO 515. Throughout the year, the TRTF focus</w:t>
       </w:r>
-      <w:r w:rsidR="00277030" w:rsidRPr="00AC10F6">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00251170" w:rsidR="00277030">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>ed</w:t>
       </w:r>
-      <w:r w:rsidR="007520BE" w:rsidRPr="00AC10F6">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00251170" w:rsidR="007520BE">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> on safer disinfection practices and </w:t>
       </w:r>
-      <w:r w:rsidR="00277030" w:rsidRPr="00AC10F6">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00251170" w:rsidR="00277030">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>purchasing products free PFAS</w:t>
       </w:r>
-      <w:r w:rsidR="003B4C56">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00251170" w:rsidR="003B4C56">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> and QACs</w:t>
       </w:r>
-      <w:r w:rsidR="00277030" w:rsidRPr="00AC10F6">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00251170" w:rsidR="00277030">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="007520BE" w:rsidRPr="00AC10F6">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> and fostering cooperation among state and municipal entities for the procurement of less-toxic products.</w:t>
+      <w:r w:rsidRPr="00251170" w:rsidR="007520BE">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>The collaborative involvement in the Interstate Chemicals Clearinghouse (IC2) further amplifies the impact of TRTF's work, promoting the use of safer chemicals and products at a broader governmental level. The leadership roles assumed within IC2's Procurement Workgroup highlight the TRTF's commitment to driving actionable change and fostering cooperation among state and municipal entities for the procurement of less-toxic products.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="101D32B3" w14:textId="63C6C0E7" w:rsidR="007520BE" w:rsidRPr="00AC10F6" w:rsidRDefault="007520BE" w:rsidP="001D4BFE">
-[...17 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w:rsidRPr="00251170" w:rsidR="00251170" w:rsidP="00251170" w:rsidRDefault="00251170" w14:paraId="399CA8D3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00251170" w:rsidR="007520BE" w:rsidP="00251170" w:rsidRDefault="007520BE" w14:paraId="101D32B3" w14:textId="63C6C0E7">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00251170">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>As the TRTF moves forward into FY202</w:t>
       </w:r>
-      <w:r w:rsidR="00AA2448">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00251170" w:rsidR="00AA2448">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC10F6">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00251170">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>, it</w:t>
       </w:r>
-      <w:r w:rsidR="00277030" w:rsidRPr="00AC10F6">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00251170" w:rsidR="00277030">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> will continue to focus on </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC10F6">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00251170">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>addressing QACs, PFAS, and likely other emerging concerns</w:t>
       </w:r>
-      <w:r w:rsidR="00121BF3" w:rsidRPr="00AC10F6">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00251170" w:rsidR="00121BF3">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC10F6">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00251170">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> The </w:t>
       </w:r>
-      <w:r w:rsidR="005176D6" w:rsidRPr="00AC10F6">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00251170" w:rsidR="005176D6">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>TRTF has</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC10F6">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00251170">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> a shared commitment to safeguard public health and the environment through informed action and </w:t>
       </w:r>
-      <w:r w:rsidR="005176D6" w:rsidRPr="00AC10F6">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00251170" w:rsidR="005176D6">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">work to make </w:t>
       </w:r>
-      <w:r w:rsidR="00121BF3" w:rsidRPr="00AC10F6">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00251170" w:rsidR="00121BF3">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">public purchasing of safer products. </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="007520BE" w:rsidRPr="00AC10F6" w:rsidSect="00A37AA7">
-      <w:pgSz w:w="12240" w:h="15840"/>
+    <w:sectPr w:rsidRPr="00251170" w:rsidR="007520BE" w:rsidSect="00A37AA7">
+      <w:headerReference w:type="default" r:id="rId31"/>
+      <w:footerReference w:type="default" r:id="rId32"/>
+      <w:headerReference w:type="first" r:id="rId33"/>
+      <w:footerReference w:type="first" r:id="rId34"/>
+      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D6E40FE" w14:textId="77777777" w:rsidR="007E7338" w:rsidRDefault="007E7338" w:rsidP="00010BB6">
+    <w:p w:rsidR="00EC6AB7" w:rsidP="00010BB6" w:rsidRDefault="00EC6AB7" w14:paraId="7A61FCD3" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="35823840" w14:textId="77777777" w:rsidR="007E7338" w:rsidRDefault="007E7338" w:rsidP="00010BB6">
+    <w:p w:rsidR="00EC6AB7" w:rsidP="00010BB6" w:rsidRDefault="00EC6AB7" w14:paraId="0D8F7157" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="36737EF1" w14:textId="77777777" w:rsidR="007E7338" w:rsidRDefault="007E7338">
+    <w:p w:rsidR="00EC6AB7" w:rsidRDefault="00EC6AB7" w14:paraId="1ECC8D17" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -4261,1739 +2379,7378 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...1 lines deleted...]
-    <w:charset w:val="00"/>
+  <w:font w:name="Cordia New">
+    <w:panose1 w:val="020B0304020202020204"/>
+    <w:charset w:val="DE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DengXian Light">
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Angsana New">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="DE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DengXian">
+    <w:altName w:val="等线"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3120"/>
+      <w:gridCol w:w="3120"/>
+      <w:gridCol w:w="3120"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="3C85A835" w:rsidTr="3C85A835" w14:paraId="49C17586" w14:textId="77777777">
+      <w:trPr>
+        <w:trHeight w:val="300"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3120" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="3C85A835" w:rsidP="3C85A835" w:rsidRDefault="3C85A835" w14:paraId="5322D807" w14:textId="749AD7DD">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:ind w:left="-115"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3120" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="3C85A835" w:rsidP="3C85A835" w:rsidRDefault="3C85A835" w14:paraId="0B58BA81" w14:textId="00610D6A">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3120" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="3C85A835" w:rsidP="3C85A835" w:rsidRDefault="3C85A835" w14:paraId="18753EEA" w14:textId="326D7B8E">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:ind w:right="-115"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="003861E7" w:rsidRDefault="003861E7" w14:paraId="3AB4B88A" w14:textId="67FC5E21">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3120"/>
+      <w:gridCol w:w="3120"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="000D5C4E" w:rsidTr="3C85A835" w14:paraId="1FFBD3CF" w14:textId="77777777">
+      <w:trPr>
+        <w:trHeight w:val="300"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3120" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="000D5C4E" w:rsidP="3C85A835" w:rsidRDefault="000D5C4E" w14:paraId="7EAC3D28" w14:textId="7705412C">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:ind w:left="-115"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3120" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="000D5C4E" w:rsidP="3C85A835" w:rsidRDefault="000D5C4E" w14:paraId="43FFA2A8" w14:textId="2D16971C">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="003861E7" w:rsidRDefault="003861E7" w14:paraId="0D9029D2" w14:textId="2C999728">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="017BEFD7" w14:textId="77777777" w:rsidR="007E7338" w:rsidRDefault="007E7338" w:rsidP="00010BB6">
+    <w:p w:rsidR="00EC6AB7" w:rsidP="00010BB6" w:rsidRDefault="00EC6AB7" w14:paraId="3C61B4BA" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1F043838" w14:textId="77777777" w:rsidR="007E7338" w:rsidRDefault="007E7338" w:rsidP="00010BB6">
+    <w:p w:rsidR="00EC6AB7" w:rsidP="00010BB6" w:rsidRDefault="00EC6AB7" w14:paraId="5AE9B776" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="565B8531" w14:textId="77777777" w:rsidR="007E7338" w:rsidRDefault="007E7338">
+    <w:p w:rsidR="00EC6AB7" w:rsidRDefault="00EC6AB7" w14:paraId="771045A2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="352231C7" w14:textId="77777777" w:rsidR="00FB71D6" w:rsidRPr="00FB71D6" w:rsidRDefault="00FB71D6" w:rsidP="00FB71D6">
+    <w:p w:rsidR="00CC0708" w:rsidRDefault="00CC0708" w14:paraId="5BA0D95F" w14:textId="11145AF5">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00FB71D6">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId1">
+        <w:r w:rsidR="00D261C8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Quaternary Ammonium Compounds Fact Sheet - Alternatives, TURI, 2021, turi.org/publications/alternatives/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p w:rsidRPr="005B411B" w:rsidR="00BE2AA8" w:rsidP="00BE2AA8" w:rsidRDefault="00BE2AA8" w14:paraId="2D5D3863" w14:textId="373C3415">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00296797">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00FB71D6">
+      <w:r w:rsidRPr="00296797">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1" w:history="1">
-        <w:r w:rsidRPr="00FB71D6">
+      <w:hyperlink w:history="1" r:id="rId2">
+        <w:r w:rsidR="000F65AB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>https://www.turi.org/publications/alternatives/</w:t>
+          <w:t>Per- and Polyfluoroalkyl Substances (PFAS), 2025, epa.gov/pfas</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FB71D6">
-[...11 lines deleted...]
-        <w:pStyle w:val="FootnoteText"/>
+      <w:r w:rsidRPr="00296797">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00296797">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="4">
+    <w:p w:rsidRPr="000C3CD1" w:rsidR="00FB71D6" w:rsidP="00FB71D6" w:rsidRDefault="00FB71D6" w14:paraId="50DC3FBF" w14:textId="5D0DBE4C">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C3CD1">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00296797">
+      <w:r w:rsidRPr="000C3CD1">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2" w:history="1">
-        <w:r w:rsidRPr="00296797">
+      <w:hyperlink w:history="1" r:id="rId3">
+        <w:r w:rsidR="00815069">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>https://www.epa.gov/pfas</w:t>
+          <w:t xml:space="preserve">Pfas, TURI, 2025, </w:t>
         </w:r>
-      </w:hyperlink>
-[...25 lines deleted...]
-        <w:r w:rsidRPr="00FB71D6">
+        <w:r w:rsidR="003B5C38">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>https://www.turi.org/pfas/</w:t>
+          <w:t>t</w:t>
         </w:r>
-      </w:hyperlink>
-[...34 lines deleted...]
-        <w:r w:rsidR="004E1684" w:rsidRPr="00E04372">
+        <w:r w:rsidRPr="000C3CD1" w:rsidR="003C365D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>https://www.newmoa.org/event/pfas-conference-2026/</w:t>
+          <w:t>uri.org/pfas</w:t>
         </w:r>
-      </w:hyperlink>
-[...53 lines deleted...]
-        <w:r w:rsidRPr="00CA75B8">
+        <w:r w:rsidR="00815069">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>https://www.turi.org/grants/</w:t>
+          <w:t xml:space="preserve">/ </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3120"/>
+      <w:gridCol w:w="3120"/>
+      <w:gridCol w:w="3120"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="3C85A835" w:rsidTr="3C85A835" w14:paraId="25A62F0E" w14:textId="77777777">
+      <w:trPr>
+        <w:trHeight w:val="300"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3120" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="3C85A835" w:rsidP="3C85A835" w:rsidRDefault="3C85A835" w14:paraId="37F37628" w14:textId="1707DE6B">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:ind w:left="-115"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3120" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="3C85A835" w:rsidP="3C85A835" w:rsidRDefault="3C85A835" w14:paraId="4B30F2B6" w14:textId="2F3CABC6">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3120" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="3C85A835" w:rsidP="3C85A835" w:rsidRDefault="3C85A835" w14:paraId="6780DD9B" w14:textId="71CA6126">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:ind w:right="-115"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="003861E7" w:rsidRDefault="003861E7" w14:paraId="59B0454B" w14:textId="445EEF20">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3120"/>
+      <w:gridCol w:w="3120"/>
+      <w:gridCol w:w="3120"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="3C85A835" w:rsidTr="3C85A835" w14:paraId="506AE977" w14:textId="77777777">
+      <w:trPr>
+        <w:trHeight w:val="300"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3120" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="3C85A835" w:rsidP="3C85A835" w:rsidRDefault="3C85A835" w14:paraId="6D598A62" w14:textId="6B0FE6AC">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:ind w:left="-115"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3120" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="3C85A835" w:rsidP="3C85A835" w:rsidRDefault="3C85A835" w14:paraId="084CE7B8" w14:textId="1D62D75B">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3120" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="3C85A835" w:rsidP="3C85A835" w:rsidRDefault="3C85A835" w14:paraId="4944BE69" w14:textId="1CF5CA6C">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:ind w:right="-115"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="003861E7" w:rsidRDefault="003861E7" w14:paraId="3A222072" w14:textId="0DB01853">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0AEB0882"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2EF6DF68"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0CE26750"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6C98755E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0DCC77E1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9006A364"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="100C4E61"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="44D8A4FC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="104437A7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="326A5952"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12FA26B0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B266A414"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A3E6FEE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B810AD02"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D1E42E0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="98EE5922"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E7818AD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CB143B7A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="230372C6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E2A4319C"/>
+    <w:lvl w:ilvl="0" w:tplc="8974A70E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4522A084">
+      <w:start w:val="149"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="651A09F6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="A77848FA" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="07BC1792" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="886E7ED6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="73F85374" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="DE6A46A2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1792A648" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="230D5D7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A95A539A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="239E1033"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6E10BE96"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24840AE6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="955A46EC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26BA59E2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F538F6AE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27C43295"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="74FC8882"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29502B99"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7818CE64"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D6A75F5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2C0408F2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2F9527E7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="05668D06"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="313D377C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7C368468"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3CE8629D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D736D71E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3EC425E5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F68AB128"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3EFC0CE8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C368F68E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="45162F85"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="98C40FD2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46F30CD4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="AC642C3A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4CDB2F6B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A93C1694"/>
+    <w:lvl w:ilvl="0" w:tplc="B00C7076">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="CDFCC73E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="238AE2CA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="258AAA16">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A9DE2F66">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="C4686FE6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2FECCB8E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A754C714">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FC32B1B6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53AD6267"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="90244C0E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58115C45"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1D7211AC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5831102D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A702941A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5AE1385B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8C286DE0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5B7D0BE7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B6A42166"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5F9A5A12"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="698C84B0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="64FB3A2E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7E8A1648"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66231B73"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5D50319A"/>
     <w:lvl w:ilvl="0" w:tplc="5CF487AE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C712B114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="ED72B118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="60BC8DBC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="E17832E0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0E680E10" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="EC16851A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="DFF2E24E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="7F9614B6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="663B269F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="94786DE2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="671F5451"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EFFE740E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="677A0880"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6B56298A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E3F31A6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D3724374"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6EFC023A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="49B4DB30"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F433141"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9398C7F6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="764035B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B74ED502"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78E2393D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FF9A81C0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="769617392">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1873614609">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="2126386969">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="328599044">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="103352329">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="2024478091">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="156460733">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="118425907">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1720475728">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="145900786">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="415514829">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="759524274">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="865145325">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1665165083">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="401292297">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1480345564">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="229929161">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1873614609">
+  <w:num w:numId="18" w16cid:durableId="621880889">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="27336449">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="183978980">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="292909844">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="566262958">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="604314734">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1641110993">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="364184853">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1333024691">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="2126386969">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="27" w16cid:durableId="799495466">
+    <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="328599044">
+  <w:num w:numId="28" w16cid:durableId="560945375">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1982954796">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="224920108">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1793789461">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="103352329">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="32" w16cid:durableId="1566840962">
+    <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="2024478091">
+  <w:num w:numId="33" w16cid:durableId="1102915965">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="2126997214">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="433400026">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1702852790">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1335376513">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1126852695">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="407923960">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="156460733">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="40" w16cid:durableId="852499744">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="447892726">
+    <w:abstractNumId w:val="24"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:attachedTemplate r:id="rId1"/>
+  <w:linkStyles/>
+  <w:stylePaneFormatFilter w:val="1024" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00010BB6"/>
     <w:rsid w:val="00005216"/>
     <w:rsid w:val="00010BB6"/>
-    <w:rsid w:val="00014397"/>
     <w:rsid w:val="00014F75"/>
+    <w:rsid w:val="00015F75"/>
     <w:rsid w:val="00017486"/>
     <w:rsid w:val="00017745"/>
     <w:rsid w:val="000246EB"/>
+    <w:rsid w:val="00027D7B"/>
+    <w:rsid w:val="00030E19"/>
     <w:rsid w:val="000322A5"/>
     <w:rsid w:val="00033D54"/>
     <w:rsid w:val="00033ED3"/>
     <w:rsid w:val="00041787"/>
     <w:rsid w:val="00041D08"/>
     <w:rsid w:val="000479FE"/>
+    <w:rsid w:val="00047A53"/>
     <w:rsid w:val="000512F4"/>
+    <w:rsid w:val="00051A26"/>
     <w:rsid w:val="00051EAF"/>
     <w:rsid w:val="00052E7F"/>
-    <w:rsid w:val="00061CF0"/>
+    <w:rsid w:val="0005369F"/>
+    <w:rsid w:val="00057488"/>
+    <w:rsid w:val="000601D8"/>
+    <w:rsid w:val="00061FE9"/>
     <w:rsid w:val="000655D9"/>
     <w:rsid w:val="00065A32"/>
     <w:rsid w:val="00070311"/>
     <w:rsid w:val="00072B2F"/>
     <w:rsid w:val="00076C2B"/>
     <w:rsid w:val="00082CD0"/>
     <w:rsid w:val="00090742"/>
+    <w:rsid w:val="000A1303"/>
+    <w:rsid w:val="000A18DC"/>
+    <w:rsid w:val="000A20AB"/>
     <w:rsid w:val="000A2712"/>
     <w:rsid w:val="000A34E5"/>
+    <w:rsid w:val="000A5E07"/>
+    <w:rsid w:val="000A63A7"/>
+    <w:rsid w:val="000B08EF"/>
     <w:rsid w:val="000B0E96"/>
+    <w:rsid w:val="000B2B3D"/>
+    <w:rsid w:val="000B6A67"/>
+    <w:rsid w:val="000B7FB2"/>
+    <w:rsid w:val="000C3CD1"/>
     <w:rsid w:val="000C566E"/>
+    <w:rsid w:val="000C5C4E"/>
+    <w:rsid w:val="000C7DEC"/>
+    <w:rsid w:val="000D0EC6"/>
+    <w:rsid w:val="000D5C4E"/>
     <w:rsid w:val="000D6274"/>
+    <w:rsid w:val="000E0513"/>
+    <w:rsid w:val="000E2B29"/>
+    <w:rsid w:val="000E7E22"/>
     <w:rsid w:val="000F0709"/>
+    <w:rsid w:val="000F20D3"/>
+    <w:rsid w:val="000F65AB"/>
     <w:rsid w:val="000F674D"/>
+    <w:rsid w:val="00100B00"/>
+    <w:rsid w:val="00102B78"/>
     <w:rsid w:val="0010567A"/>
+    <w:rsid w:val="001101F2"/>
     <w:rsid w:val="001115A0"/>
     <w:rsid w:val="001118FA"/>
     <w:rsid w:val="00121BF3"/>
     <w:rsid w:val="00132075"/>
+    <w:rsid w:val="00134549"/>
+    <w:rsid w:val="001351B0"/>
+    <w:rsid w:val="0014198D"/>
     <w:rsid w:val="001479A5"/>
+    <w:rsid w:val="001548DD"/>
     <w:rsid w:val="00160944"/>
     <w:rsid w:val="00160B75"/>
     <w:rsid w:val="00162F90"/>
     <w:rsid w:val="00167EE6"/>
     <w:rsid w:val="00174B94"/>
+    <w:rsid w:val="00183D83"/>
+    <w:rsid w:val="00187312"/>
     <w:rsid w:val="0019015F"/>
     <w:rsid w:val="00192C48"/>
     <w:rsid w:val="00193F15"/>
+    <w:rsid w:val="001A4681"/>
     <w:rsid w:val="001A4928"/>
     <w:rsid w:val="001A59BA"/>
     <w:rsid w:val="001A70FA"/>
     <w:rsid w:val="001B7481"/>
+    <w:rsid w:val="001C1EBA"/>
+    <w:rsid w:val="001C233A"/>
+    <w:rsid w:val="001D4A98"/>
     <w:rsid w:val="001D4BFE"/>
     <w:rsid w:val="001D73BE"/>
     <w:rsid w:val="001E2D01"/>
+    <w:rsid w:val="001E332D"/>
+    <w:rsid w:val="001E63A6"/>
     <w:rsid w:val="001E65F3"/>
     <w:rsid w:val="001F28C3"/>
-    <w:rsid w:val="002027B7"/>
+    <w:rsid w:val="001F4021"/>
+    <w:rsid w:val="001F6EA7"/>
     <w:rsid w:val="00213DF9"/>
+    <w:rsid w:val="002258C3"/>
     <w:rsid w:val="00227DCB"/>
     <w:rsid w:val="00245259"/>
     <w:rsid w:val="00246949"/>
+    <w:rsid w:val="00246B77"/>
+    <w:rsid w:val="00247399"/>
     <w:rsid w:val="00247EF2"/>
     <w:rsid w:val="00250038"/>
+    <w:rsid w:val="00251170"/>
+    <w:rsid w:val="00261AD7"/>
     <w:rsid w:val="00262777"/>
+    <w:rsid w:val="00262982"/>
     <w:rsid w:val="0026332C"/>
+    <w:rsid w:val="002639BC"/>
+    <w:rsid w:val="00266546"/>
     <w:rsid w:val="00270977"/>
     <w:rsid w:val="00276EFF"/>
     <w:rsid w:val="00277030"/>
+    <w:rsid w:val="00282AC1"/>
+    <w:rsid w:val="0029203F"/>
     <w:rsid w:val="002956CB"/>
     <w:rsid w:val="00296797"/>
+    <w:rsid w:val="002A1066"/>
+    <w:rsid w:val="002A15AB"/>
+    <w:rsid w:val="002A4414"/>
+    <w:rsid w:val="002B3C18"/>
+    <w:rsid w:val="002B5E80"/>
+    <w:rsid w:val="002B6E16"/>
     <w:rsid w:val="002C1605"/>
     <w:rsid w:val="002C4A85"/>
+    <w:rsid w:val="002C5951"/>
+    <w:rsid w:val="002E03BA"/>
+    <w:rsid w:val="002E1687"/>
+    <w:rsid w:val="002E2BD7"/>
+    <w:rsid w:val="002E7ADF"/>
+    <w:rsid w:val="002F0292"/>
     <w:rsid w:val="002F54A1"/>
     <w:rsid w:val="00301772"/>
+    <w:rsid w:val="00306956"/>
+    <w:rsid w:val="00306F72"/>
+    <w:rsid w:val="0031319B"/>
+    <w:rsid w:val="00327BF0"/>
+    <w:rsid w:val="003326F2"/>
     <w:rsid w:val="003347F5"/>
+    <w:rsid w:val="00337146"/>
     <w:rsid w:val="0034103D"/>
+    <w:rsid w:val="003440FB"/>
+    <w:rsid w:val="00344C69"/>
+    <w:rsid w:val="00347DEA"/>
     <w:rsid w:val="00350B50"/>
+    <w:rsid w:val="00362029"/>
+    <w:rsid w:val="00362049"/>
     <w:rsid w:val="00362EE0"/>
     <w:rsid w:val="00363900"/>
     <w:rsid w:val="00365641"/>
     <w:rsid w:val="00365650"/>
+    <w:rsid w:val="0036640F"/>
+    <w:rsid w:val="003671A5"/>
+    <w:rsid w:val="00377877"/>
     <w:rsid w:val="00383076"/>
+    <w:rsid w:val="00384E05"/>
+    <w:rsid w:val="003861E7"/>
     <w:rsid w:val="003A0326"/>
     <w:rsid w:val="003A16B1"/>
+    <w:rsid w:val="003A1BAC"/>
+    <w:rsid w:val="003A260D"/>
+    <w:rsid w:val="003A322F"/>
+    <w:rsid w:val="003A46B8"/>
     <w:rsid w:val="003B4C56"/>
+    <w:rsid w:val="003B5C38"/>
+    <w:rsid w:val="003B6AA1"/>
+    <w:rsid w:val="003C365D"/>
+    <w:rsid w:val="003D00C8"/>
     <w:rsid w:val="003D196D"/>
     <w:rsid w:val="003E278F"/>
     <w:rsid w:val="003E5029"/>
+    <w:rsid w:val="003E56F3"/>
     <w:rsid w:val="003F13EE"/>
     <w:rsid w:val="004000DD"/>
     <w:rsid w:val="00405870"/>
+    <w:rsid w:val="00410673"/>
     <w:rsid w:val="00414654"/>
+    <w:rsid w:val="004146F5"/>
+    <w:rsid w:val="00414F61"/>
     <w:rsid w:val="004154E7"/>
     <w:rsid w:val="00415DDD"/>
     <w:rsid w:val="00416464"/>
     <w:rsid w:val="004217F1"/>
+    <w:rsid w:val="00425863"/>
+    <w:rsid w:val="004276CF"/>
+    <w:rsid w:val="00430753"/>
     <w:rsid w:val="004325CE"/>
+    <w:rsid w:val="00432D2D"/>
+    <w:rsid w:val="004331C2"/>
+    <w:rsid w:val="00433AAB"/>
     <w:rsid w:val="0044086E"/>
     <w:rsid w:val="004409E3"/>
     <w:rsid w:val="004419F2"/>
+    <w:rsid w:val="00441D16"/>
+    <w:rsid w:val="00442C8E"/>
+    <w:rsid w:val="00446272"/>
     <w:rsid w:val="00450C15"/>
+    <w:rsid w:val="004560FE"/>
+    <w:rsid w:val="004568D8"/>
+    <w:rsid w:val="00461A8D"/>
     <w:rsid w:val="004621B0"/>
     <w:rsid w:val="004621C1"/>
     <w:rsid w:val="004716E3"/>
+    <w:rsid w:val="0047763B"/>
+    <w:rsid w:val="00481C4D"/>
     <w:rsid w:val="004858C2"/>
+    <w:rsid w:val="00487F94"/>
     <w:rsid w:val="00491360"/>
+    <w:rsid w:val="00491C08"/>
+    <w:rsid w:val="004968B6"/>
+    <w:rsid w:val="004A3228"/>
     <w:rsid w:val="004C0AD7"/>
+    <w:rsid w:val="004C4C86"/>
     <w:rsid w:val="004C58A2"/>
     <w:rsid w:val="004E0399"/>
     <w:rsid w:val="004E1684"/>
     <w:rsid w:val="004E3C41"/>
     <w:rsid w:val="004E6295"/>
     <w:rsid w:val="004F4EE0"/>
+    <w:rsid w:val="00500AC0"/>
     <w:rsid w:val="005018AE"/>
+    <w:rsid w:val="0050287D"/>
     <w:rsid w:val="00510364"/>
+    <w:rsid w:val="005115F4"/>
     <w:rsid w:val="00513D9C"/>
+    <w:rsid w:val="00515796"/>
     <w:rsid w:val="005176D6"/>
     <w:rsid w:val="00527705"/>
+    <w:rsid w:val="00532DA0"/>
+    <w:rsid w:val="00533759"/>
+    <w:rsid w:val="0054179A"/>
     <w:rsid w:val="00541D87"/>
+    <w:rsid w:val="00541E69"/>
+    <w:rsid w:val="00545D9E"/>
+    <w:rsid w:val="00547746"/>
+    <w:rsid w:val="00555E7C"/>
     <w:rsid w:val="005579A6"/>
+    <w:rsid w:val="005703F9"/>
+    <w:rsid w:val="00571539"/>
     <w:rsid w:val="005753ED"/>
+    <w:rsid w:val="00576EEB"/>
+    <w:rsid w:val="00580A1E"/>
+    <w:rsid w:val="00582162"/>
     <w:rsid w:val="00587FD0"/>
     <w:rsid w:val="0059575E"/>
+    <w:rsid w:val="005972EC"/>
     <w:rsid w:val="005A5021"/>
     <w:rsid w:val="005A599F"/>
+    <w:rsid w:val="005A5A2F"/>
     <w:rsid w:val="005A73CB"/>
+    <w:rsid w:val="005B411B"/>
+    <w:rsid w:val="005C0177"/>
+    <w:rsid w:val="005C41AB"/>
     <w:rsid w:val="005D0BCC"/>
-    <w:rsid w:val="005E3882"/>
+    <w:rsid w:val="005D31BD"/>
+    <w:rsid w:val="005E1158"/>
     <w:rsid w:val="005F1A04"/>
+    <w:rsid w:val="005F31D2"/>
     <w:rsid w:val="005F43CA"/>
-    <w:rsid w:val="00601177"/>
+    <w:rsid w:val="005F4D1C"/>
+    <w:rsid w:val="00602329"/>
     <w:rsid w:val="006025C3"/>
     <w:rsid w:val="00617761"/>
+    <w:rsid w:val="00621165"/>
+    <w:rsid w:val="00650F1C"/>
     <w:rsid w:val="00651FAE"/>
+    <w:rsid w:val="00652178"/>
+    <w:rsid w:val="00656C08"/>
+    <w:rsid w:val="00665D84"/>
     <w:rsid w:val="00666926"/>
+    <w:rsid w:val="00671FE0"/>
+    <w:rsid w:val="00672241"/>
+    <w:rsid w:val="00672AB3"/>
     <w:rsid w:val="00681463"/>
+    <w:rsid w:val="00683A7D"/>
+    <w:rsid w:val="00684C83"/>
+    <w:rsid w:val="00693239"/>
+    <w:rsid w:val="006A1E54"/>
+    <w:rsid w:val="006A34F6"/>
+    <w:rsid w:val="006A5C1C"/>
     <w:rsid w:val="006A7D12"/>
+    <w:rsid w:val="006B0278"/>
+    <w:rsid w:val="006C2C25"/>
     <w:rsid w:val="006C779A"/>
+    <w:rsid w:val="006D0632"/>
     <w:rsid w:val="006E7497"/>
-    <w:rsid w:val="00706D09"/>
-    <w:rsid w:val="0071769A"/>
+    <w:rsid w:val="006F41FA"/>
+    <w:rsid w:val="006F5533"/>
+    <w:rsid w:val="006F76B0"/>
+    <w:rsid w:val="00704D0C"/>
+    <w:rsid w:val="00714033"/>
     <w:rsid w:val="00725056"/>
+    <w:rsid w:val="00726A8E"/>
     <w:rsid w:val="00731C6B"/>
     <w:rsid w:val="00737123"/>
     <w:rsid w:val="00737328"/>
+    <w:rsid w:val="0074508A"/>
     <w:rsid w:val="00745380"/>
     <w:rsid w:val="007459C2"/>
     <w:rsid w:val="007520BE"/>
+    <w:rsid w:val="007532CD"/>
+    <w:rsid w:val="00774AF1"/>
     <w:rsid w:val="0077634D"/>
     <w:rsid w:val="00780DF0"/>
+    <w:rsid w:val="00781669"/>
     <w:rsid w:val="007854D3"/>
+    <w:rsid w:val="0079019C"/>
     <w:rsid w:val="00790F96"/>
+    <w:rsid w:val="007A41A8"/>
+    <w:rsid w:val="007A7695"/>
     <w:rsid w:val="007B2E5A"/>
+    <w:rsid w:val="007B639C"/>
     <w:rsid w:val="007C167F"/>
     <w:rsid w:val="007C16A8"/>
     <w:rsid w:val="007C2667"/>
+    <w:rsid w:val="007C4B9A"/>
+    <w:rsid w:val="007C4CD3"/>
     <w:rsid w:val="007C6B64"/>
+    <w:rsid w:val="007D04D7"/>
     <w:rsid w:val="007D14C4"/>
     <w:rsid w:val="007D6BE2"/>
-    <w:rsid w:val="007E7338"/>
+    <w:rsid w:val="007D6EE3"/>
+    <w:rsid w:val="007E6D17"/>
     <w:rsid w:val="007F174C"/>
+    <w:rsid w:val="00801CCE"/>
     <w:rsid w:val="008028B0"/>
+    <w:rsid w:val="00804B6A"/>
     <w:rsid w:val="00811E6A"/>
+    <w:rsid w:val="00812A9B"/>
+    <w:rsid w:val="00815069"/>
     <w:rsid w:val="00815189"/>
+    <w:rsid w:val="00822740"/>
+    <w:rsid w:val="008423E5"/>
+    <w:rsid w:val="00842F38"/>
+    <w:rsid w:val="0084463E"/>
+    <w:rsid w:val="0084755C"/>
+    <w:rsid w:val="00847A54"/>
     <w:rsid w:val="0085388E"/>
     <w:rsid w:val="00854029"/>
     <w:rsid w:val="00857482"/>
     <w:rsid w:val="00857606"/>
+    <w:rsid w:val="00861757"/>
+    <w:rsid w:val="00861A67"/>
     <w:rsid w:val="00864219"/>
-    <w:rsid w:val="0087326E"/>
+    <w:rsid w:val="00871108"/>
+    <w:rsid w:val="00871168"/>
+    <w:rsid w:val="008809EE"/>
+    <w:rsid w:val="00882366"/>
     <w:rsid w:val="0089551D"/>
     <w:rsid w:val="008B5C1B"/>
     <w:rsid w:val="008B7D1A"/>
-    <w:rsid w:val="008D1AB7"/>
+    <w:rsid w:val="008C4832"/>
+    <w:rsid w:val="008D4132"/>
     <w:rsid w:val="008D445A"/>
+    <w:rsid w:val="008D587B"/>
     <w:rsid w:val="008E1212"/>
+    <w:rsid w:val="008E4E49"/>
     <w:rsid w:val="00900C29"/>
     <w:rsid w:val="0090169F"/>
+    <w:rsid w:val="0090433F"/>
+    <w:rsid w:val="00923E8A"/>
     <w:rsid w:val="0093200E"/>
+    <w:rsid w:val="00933CC8"/>
     <w:rsid w:val="00933D8B"/>
+    <w:rsid w:val="00936ED9"/>
     <w:rsid w:val="0094034A"/>
-    <w:rsid w:val="00954E03"/>
+    <w:rsid w:val="009408FD"/>
+    <w:rsid w:val="009426BD"/>
+    <w:rsid w:val="00943F40"/>
+    <w:rsid w:val="00946D25"/>
+    <w:rsid w:val="00952DEC"/>
+    <w:rsid w:val="00964172"/>
     <w:rsid w:val="009652CC"/>
     <w:rsid w:val="00973118"/>
     <w:rsid w:val="00973E1E"/>
     <w:rsid w:val="0097428D"/>
     <w:rsid w:val="009769AD"/>
+    <w:rsid w:val="00976E96"/>
     <w:rsid w:val="00984D47"/>
+    <w:rsid w:val="00985DD5"/>
+    <w:rsid w:val="00985FE8"/>
     <w:rsid w:val="00992DCF"/>
-    <w:rsid w:val="00997E59"/>
+    <w:rsid w:val="009A18CB"/>
     <w:rsid w:val="009A2D86"/>
     <w:rsid w:val="009B1FB8"/>
     <w:rsid w:val="009C0D11"/>
+    <w:rsid w:val="009C2EAE"/>
     <w:rsid w:val="009C5E03"/>
+    <w:rsid w:val="009D0FD7"/>
+    <w:rsid w:val="009D3DF7"/>
+    <w:rsid w:val="009E2FB0"/>
     <w:rsid w:val="009E4F2C"/>
+    <w:rsid w:val="009E6C65"/>
+    <w:rsid w:val="009E7B9C"/>
     <w:rsid w:val="009F3DBB"/>
     <w:rsid w:val="009F7D80"/>
+    <w:rsid w:val="00A000CF"/>
     <w:rsid w:val="00A028A6"/>
     <w:rsid w:val="00A0465B"/>
+    <w:rsid w:val="00A0482F"/>
     <w:rsid w:val="00A061F3"/>
     <w:rsid w:val="00A1014E"/>
+    <w:rsid w:val="00A10B69"/>
+    <w:rsid w:val="00A1291B"/>
     <w:rsid w:val="00A146ED"/>
     <w:rsid w:val="00A1593C"/>
     <w:rsid w:val="00A17A40"/>
     <w:rsid w:val="00A20436"/>
-    <w:rsid w:val="00A22638"/>
+    <w:rsid w:val="00A249AC"/>
     <w:rsid w:val="00A261C8"/>
+    <w:rsid w:val="00A26FB3"/>
     <w:rsid w:val="00A34741"/>
+    <w:rsid w:val="00A36413"/>
     <w:rsid w:val="00A37AA7"/>
+    <w:rsid w:val="00A44397"/>
+    <w:rsid w:val="00A47AF0"/>
+    <w:rsid w:val="00A56B97"/>
     <w:rsid w:val="00A614B2"/>
     <w:rsid w:val="00A636BE"/>
     <w:rsid w:val="00A65811"/>
+    <w:rsid w:val="00A722C9"/>
     <w:rsid w:val="00A818A8"/>
+    <w:rsid w:val="00A81D08"/>
     <w:rsid w:val="00A83C17"/>
+    <w:rsid w:val="00A86C88"/>
+    <w:rsid w:val="00A90503"/>
+    <w:rsid w:val="00AA016C"/>
     <w:rsid w:val="00AA2448"/>
+    <w:rsid w:val="00AA29C5"/>
+    <w:rsid w:val="00AA571F"/>
     <w:rsid w:val="00AB338E"/>
     <w:rsid w:val="00AB5836"/>
     <w:rsid w:val="00AB6B09"/>
     <w:rsid w:val="00AC10F6"/>
+    <w:rsid w:val="00AC16F5"/>
     <w:rsid w:val="00AC23F2"/>
     <w:rsid w:val="00AC4F0B"/>
+    <w:rsid w:val="00AD5FA4"/>
     <w:rsid w:val="00AD6929"/>
+    <w:rsid w:val="00AE25EC"/>
     <w:rsid w:val="00AE41E6"/>
+    <w:rsid w:val="00AE4679"/>
     <w:rsid w:val="00AE5926"/>
     <w:rsid w:val="00AE7985"/>
+    <w:rsid w:val="00AF7744"/>
     <w:rsid w:val="00B03508"/>
     <w:rsid w:val="00B03950"/>
+    <w:rsid w:val="00B174A3"/>
     <w:rsid w:val="00B211B4"/>
-    <w:rsid w:val="00B21DB4"/>
+    <w:rsid w:val="00B30DA8"/>
     <w:rsid w:val="00B314B0"/>
     <w:rsid w:val="00B33665"/>
+    <w:rsid w:val="00B55E34"/>
     <w:rsid w:val="00B57337"/>
     <w:rsid w:val="00B60CAB"/>
+    <w:rsid w:val="00B60D09"/>
     <w:rsid w:val="00B64E95"/>
+    <w:rsid w:val="00B67698"/>
+    <w:rsid w:val="00B67786"/>
     <w:rsid w:val="00B679E7"/>
     <w:rsid w:val="00B67B97"/>
+    <w:rsid w:val="00B712F8"/>
+    <w:rsid w:val="00B718B8"/>
     <w:rsid w:val="00B74016"/>
+    <w:rsid w:val="00B75B89"/>
     <w:rsid w:val="00B761B2"/>
     <w:rsid w:val="00B83A99"/>
     <w:rsid w:val="00B86053"/>
+    <w:rsid w:val="00B92EB9"/>
+    <w:rsid w:val="00B933FB"/>
     <w:rsid w:val="00B9386F"/>
+    <w:rsid w:val="00BA01AB"/>
     <w:rsid w:val="00BA2C0E"/>
     <w:rsid w:val="00BA5282"/>
     <w:rsid w:val="00BA5680"/>
+    <w:rsid w:val="00BA5A93"/>
+    <w:rsid w:val="00BC0014"/>
     <w:rsid w:val="00BC101E"/>
+    <w:rsid w:val="00BD24DC"/>
+    <w:rsid w:val="00BD3C38"/>
     <w:rsid w:val="00BD45E4"/>
     <w:rsid w:val="00BD4DB0"/>
     <w:rsid w:val="00BE032F"/>
     <w:rsid w:val="00BE1501"/>
     <w:rsid w:val="00BE1926"/>
     <w:rsid w:val="00BE2AA8"/>
     <w:rsid w:val="00BE3392"/>
-    <w:rsid w:val="00BF0319"/>
+    <w:rsid w:val="00BE4311"/>
+    <w:rsid w:val="00BE6594"/>
+    <w:rsid w:val="00C100F0"/>
     <w:rsid w:val="00C12A3C"/>
+    <w:rsid w:val="00C134C9"/>
     <w:rsid w:val="00C17F37"/>
+    <w:rsid w:val="00C21925"/>
     <w:rsid w:val="00C22A9E"/>
     <w:rsid w:val="00C23EC1"/>
     <w:rsid w:val="00C2755E"/>
+    <w:rsid w:val="00C278DF"/>
     <w:rsid w:val="00C31BB1"/>
+    <w:rsid w:val="00C37452"/>
+    <w:rsid w:val="00C40044"/>
     <w:rsid w:val="00C4020D"/>
-    <w:rsid w:val="00C467AD"/>
+    <w:rsid w:val="00C460E4"/>
     <w:rsid w:val="00C50E68"/>
+    <w:rsid w:val="00C518BD"/>
     <w:rsid w:val="00C53447"/>
+    <w:rsid w:val="00C578AD"/>
+    <w:rsid w:val="00C60687"/>
+    <w:rsid w:val="00C71794"/>
+    <w:rsid w:val="00C726C0"/>
     <w:rsid w:val="00C75083"/>
     <w:rsid w:val="00C76A25"/>
+    <w:rsid w:val="00C81C09"/>
     <w:rsid w:val="00C90E3C"/>
     <w:rsid w:val="00C938E1"/>
+    <w:rsid w:val="00C95E83"/>
+    <w:rsid w:val="00C9691B"/>
+    <w:rsid w:val="00CA0FB2"/>
     <w:rsid w:val="00CA6350"/>
     <w:rsid w:val="00CA75B8"/>
+    <w:rsid w:val="00CB290B"/>
     <w:rsid w:val="00CB2F5A"/>
     <w:rsid w:val="00CB390C"/>
     <w:rsid w:val="00CB4A7C"/>
+    <w:rsid w:val="00CB4EA3"/>
     <w:rsid w:val="00CB71A1"/>
+    <w:rsid w:val="00CC0708"/>
     <w:rsid w:val="00CC32DE"/>
+    <w:rsid w:val="00CC6EF5"/>
     <w:rsid w:val="00CD182F"/>
     <w:rsid w:val="00CD24A4"/>
+    <w:rsid w:val="00CD2539"/>
+    <w:rsid w:val="00CD38D1"/>
     <w:rsid w:val="00CD3F6F"/>
     <w:rsid w:val="00CE0E4C"/>
+    <w:rsid w:val="00CE1023"/>
+    <w:rsid w:val="00CE264B"/>
     <w:rsid w:val="00CE2B25"/>
     <w:rsid w:val="00CF26B4"/>
     <w:rsid w:val="00CF320C"/>
     <w:rsid w:val="00CF3AAB"/>
     <w:rsid w:val="00D02916"/>
     <w:rsid w:val="00D04FCD"/>
-    <w:rsid w:val="00D14EF3"/>
+    <w:rsid w:val="00D11759"/>
     <w:rsid w:val="00D15375"/>
     <w:rsid w:val="00D16770"/>
     <w:rsid w:val="00D17E0D"/>
     <w:rsid w:val="00D24FFC"/>
     <w:rsid w:val="00D25A0B"/>
+    <w:rsid w:val="00D261C8"/>
+    <w:rsid w:val="00D2696C"/>
+    <w:rsid w:val="00D30C3C"/>
     <w:rsid w:val="00D31DE5"/>
     <w:rsid w:val="00D323A1"/>
+    <w:rsid w:val="00D33C5F"/>
+    <w:rsid w:val="00D358FE"/>
+    <w:rsid w:val="00D35D01"/>
+    <w:rsid w:val="00D37B45"/>
+    <w:rsid w:val="00D4141A"/>
+    <w:rsid w:val="00D465E5"/>
+    <w:rsid w:val="00D469C1"/>
+    <w:rsid w:val="00D5342B"/>
     <w:rsid w:val="00D553AD"/>
+    <w:rsid w:val="00D614D2"/>
     <w:rsid w:val="00D733C3"/>
     <w:rsid w:val="00D86476"/>
+    <w:rsid w:val="00D93AC1"/>
     <w:rsid w:val="00D9715B"/>
+    <w:rsid w:val="00D977C5"/>
     <w:rsid w:val="00DA11FE"/>
+    <w:rsid w:val="00DA3F0C"/>
     <w:rsid w:val="00DA4823"/>
     <w:rsid w:val="00DB2DA2"/>
+    <w:rsid w:val="00DC01A6"/>
     <w:rsid w:val="00DC1D89"/>
-    <w:rsid w:val="00DC7449"/>
-    <w:rsid w:val="00DD1AD6"/>
+    <w:rsid w:val="00DC4B5D"/>
+    <w:rsid w:val="00DC573A"/>
+    <w:rsid w:val="00DC5ACE"/>
+    <w:rsid w:val="00DC5AEC"/>
+    <w:rsid w:val="00DC7DE3"/>
+    <w:rsid w:val="00DD65CC"/>
     <w:rsid w:val="00DD663C"/>
-    <w:rsid w:val="00DD7F6B"/>
     <w:rsid w:val="00DE1574"/>
     <w:rsid w:val="00DE62A3"/>
     <w:rsid w:val="00DE6DBB"/>
+    <w:rsid w:val="00DF0CC4"/>
     <w:rsid w:val="00E027A2"/>
+    <w:rsid w:val="00E05755"/>
     <w:rsid w:val="00E1096F"/>
+    <w:rsid w:val="00E2311A"/>
     <w:rsid w:val="00E2440B"/>
+    <w:rsid w:val="00E30207"/>
     <w:rsid w:val="00E3083D"/>
+    <w:rsid w:val="00E3106D"/>
     <w:rsid w:val="00E37FB7"/>
     <w:rsid w:val="00E42D8E"/>
     <w:rsid w:val="00E54060"/>
     <w:rsid w:val="00E6328E"/>
+    <w:rsid w:val="00E64FFE"/>
+    <w:rsid w:val="00E6582F"/>
+    <w:rsid w:val="00E658F9"/>
     <w:rsid w:val="00E66AC8"/>
     <w:rsid w:val="00E67605"/>
+    <w:rsid w:val="00E71A1B"/>
     <w:rsid w:val="00E72E78"/>
     <w:rsid w:val="00E7765C"/>
+    <w:rsid w:val="00E84F16"/>
     <w:rsid w:val="00E85BDB"/>
+    <w:rsid w:val="00E873B6"/>
+    <w:rsid w:val="00E87CEA"/>
     <w:rsid w:val="00E91F88"/>
+    <w:rsid w:val="00E9268F"/>
+    <w:rsid w:val="00E95234"/>
     <w:rsid w:val="00EA2E14"/>
     <w:rsid w:val="00EB093B"/>
     <w:rsid w:val="00EB516F"/>
     <w:rsid w:val="00EC1FF7"/>
+    <w:rsid w:val="00EC5BBE"/>
+    <w:rsid w:val="00EC63FF"/>
+    <w:rsid w:val="00EC6AB7"/>
+    <w:rsid w:val="00EC7E63"/>
+    <w:rsid w:val="00EC7FB6"/>
     <w:rsid w:val="00ED109B"/>
+    <w:rsid w:val="00ED1378"/>
     <w:rsid w:val="00ED26B7"/>
     <w:rsid w:val="00ED544F"/>
     <w:rsid w:val="00ED6A1E"/>
+    <w:rsid w:val="00ED6E97"/>
     <w:rsid w:val="00EE0052"/>
     <w:rsid w:val="00EE0370"/>
     <w:rsid w:val="00EE396E"/>
     <w:rsid w:val="00EE4B74"/>
     <w:rsid w:val="00EF2DE7"/>
     <w:rsid w:val="00EF34BE"/>
     <w:rsid w:val="00EF58B2"/>
+    <w:rsid w:val="00F02CBD"/>
+    <w:rsid w:val="00F04D00"/>
+    <w:rsid w:val="00F04F09"/>
+    <w:rsid w:val="00F10414"/>
     <w:rsid w:val="00F10449"/>
+    <w:rsid w:val="00F11BF2"/>
+    <w:rsid w:val="00F21E98"/>
+    <w:rsid w:val="00F22A6F"/>
     <w:rsid w:val="00F2686F"/>
+    <w:rsid w:val="00F2716B"/>
+    <w:rsid w:val="00F31151"/>
     <w:rsid w:val="00F32F37"/>
     <w:rsid w:val="00F3349E"/>
     <w:rsid w:val="00F371C5"/>
+    <w:rsid w:val="00F511DF"/>
+    <w:rsid w:val="00F52C4D"/>
+    <w:rsid w:val="00F54982"/>
+    <w:rsid w:val="00F6539D"/>
+    <w:rsid w:val="00F76246"/>
     <w:rsid w:val="00F80103"/>
     <w:rsid w:val="00F803DF"/>
-    <w:rsid w:val="00F91079"/>
+    <w:rsid w:val="00F82E5F"/>
+    <w:rsid w:val="00F874D4"/>
+    <w:rsid w:val="00F87763"/>
+    <w:rsid w:val="00F90A61"/>
+    <w:rsid w:val="00FA002D"/>
     <w:rsid w:val="00FA3EC0"/>
     <w:rsid w:val="00FA6BE0"/>
     <w:rsid w:val="00FA7D57"/>
     <w:rsid w:val="00FB59B7"/>
     <w:rsid w:val="00FB71D6"/>
     <w:rsid w:val="00FC29C9"/>
     <w:rsid w:val="00FD134B"/>
+    <w:rsid w:val="00FE5742"/>
+    <w:rsid w:val="00FE5F03"/>
     <w:rsid w:val="00FF4C7C"/>
     <w:rsid w:val="00FF6E92"/>
+    <w:rsid w:val="01DC4BC3"/>
     <w:rsid w:val="03062614"/>
+    <w:rsid w:val="0310E221"/>
     <w:rsid w:val="035D3F3A"/>
+    <w:rsid w:val="04897860"/>
     <w:rsid w:val="059C8D35"/>
+    <w:rsid w:val="05C15932"/>
     <w:rsid w:val="07B402D3"/>
     <w:rsid w:val="0C3F6519"/>
     <w:rsid w:val="0F3C2781"/>
     <w:rsid w:val="121D4B58"/>
+    <w:rsid w:val="13C86163"/>
     <w:rsid w:val="15C6C60E"/>
     <w:rsid w:val="1806F018"/>
     <w:rsid w:val="1827CC0A"/>
+    <w:rsid w:val="18605BB2"/>
     <w:rsid w:val="1E54E733"/>
+    <w:rsid w:val="1F9A138B"/>
     <w:rsid w:val="202DCEE0"/>
+    <w:rsid w:val="25BDFABB"/>
     <w:rsid w:val="26D175EE"/>
     <w:rsid w:val="2822E8DE"/>
     <w:rsid w:val="28DE719D"/>
+    <w:rsid w:val="2A18D971"/>
     <w:rsid w:val="2F25717D"/>
     <w:rsid w:val="335EE877"/>
     <w:rsid w:val="3438B90A"/>
+    <w:rsid w:val="38AE769D"/>
+    <w:rsid w:val="39C45F8D"/>
     <w:rsid w:val="3C58E5AE"/>
     <w:rsid w:val="3C6ACA5F"/>
+    <w:rsid w:val="3C85A835"/>
+    <w:rsid w:val="3E03B1CA"/>
     <w:rsid w:val="424E948E"/>
     <w:rsid w:val="42994C9E"/>
     <w:rsid w:val="43ED9735"/>
     <w:rsid w:val="4805EE38"/>
     <w:rsid w:val="4970BE4D"/>
+    <w:rsid w:val="49C1DBA3"/>
+    <w:rsid w:val="4A29A719"/>
     <w:rsid w:val="4F560B68"/>
+    <w:rsid w:val="4F5FD487"/>
     <w:rsid w:val="51130C75"/>
+    <w:rsid w:val="5346A8D1"/>
     <w:rsid w:val="54F356F8"/>
     <w:rsid w:val="561A9A71"/>
     <w:rsid w:val="57DF489F"/>
     <w:rsid w:val="5920B172"/>
+    <w:rsid w:val="59D9B290"/>
     <w:rsid w:val="5A69CFDA"/>
     <w:rsid w:val="5A6B64A2"/>
     <w:rsid w:val="5A8BA12C"/>
     <w:rsid w:val="5C288BDE"/>
+    <w:rsid w:val="5E41DBAA"/>
     <w:rsid w:val="6043D22D"/>
     <w:rsid w:val="61220A17"/>
     <w:rsid w:val="61405C78"/>
     <w:rsid w:val="61D963B2"/>
     <w:rsid w:val="68466A17"/>
     <w:rsid w:val="68918DA5"/>
+    <w:rsid w:val="69E4F1BC"/>
     <w:rsid w:val="6AB31DF0"/>
     <w:rsid w:val="713C28F5"/>
     <w:rsid w:val="76B0FB65"/>
     <w:rsid w:val="76C68578"/>
     <w:rsid w:val="7D240197"/>
     <w:rsid w:val="7DDED184"/>
     <w:rsid w:val="7EB56643"/>
+    <w:rsid w:val="7ECB4783"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="34593325"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{5703DF27-F721-472C-BB73-5F9A0712F9C6}"/>
+  <w15:docId w15:val="{D4306F47-0D08-4386-BB61-5C568A3650C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6148,52 +9905,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -6260,508 +10017,948 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
-    <w:qFormat/>
+    <w:rsid w:val="00D977C5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
+    <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00A37AA7"/>
+    <w:rsid w:val="00D977C5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Cambria" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="36"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:color w:val="2E3192"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D977C5"/>
+    <w:pPr>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Heading2"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D977C5"/>
+    <w:pPr>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="2E3192"/>
+      <w:sz w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Heading3"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D977C5"/>
+    <w:pPr>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="0"/>
+      <w:iCs/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Heading4"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D977C5"/>
+    <w:pPr>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="2E3192"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading2Char"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D977C5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D977C5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00A37AA7"/>
+    <w:rsid w:val="00D977C5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:after="0"/>
-      <w:outlineLvl w:val="1"/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
-    <w:name w:val="heading 3"/>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading3Char"/>
+    <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="004E1684"/>
+    <w:rsid w:val="00D977C5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:after="0"/>
-      <w:outlineLvl w:val="2"/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00D977C5"/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00D977C5"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E6328E"/>
+    <w:rsid w:val="00D977C5"/>
     <w:rPr>
-      <w:color w:val="004BB0"/>
+      <w:color w:val="8E58B6" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00010BB6"/>
+    <w:rsid w:val="00D977C5"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00010BB6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+  <w:style w:type="character" w:styleId="FootnoteTextChar" w:customStyle="1">
     <w:name w:val="Footnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00010BB6"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00010BB6"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+  <w:style w:type="paragraph" w:styleId="paragraph" w:customStyle="1">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00010BB6"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="24"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+  <w:style w:type="character" w:styleId="normaltextrun" w:customStyle="1">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00010BB6"/>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001D73BE"/>
     <w:rPr>
       <w:color w:val="7F6F6F" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003A0326"/>
+    <w:rsid w:val="00D977C5"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BE2AA8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BE2AA8"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BE2AA8"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00BE2AA8"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BE2AA8"/>
     <w:rPr>
       <w:b/>
-      <w:bCs/>
+      <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BE2AA8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+  <w:style w:type="character" w:styleId="eop" w:customStyle="1">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00270977"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E67605"/>
+    <w:rsid w:val="00D977C5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00E67605"/>
+    <w:rsid w:val="00D977C5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E67605"/>
+    <w:rsid w:val="00D977C5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00E67605"/>
+    <w:rsid w:val="00D977C5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00A37AA7"/>
+    <w:rsid w:val="00D977C5"/>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Cambria" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="36"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="2E3192"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="32"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:link w:val="NoSpacingChar"/>
     <w:uiPriority w:val="1"/>
-    <w:qFormat/>
-    <w:rsid w:val="00A37AA7"/>
+    <w:rsid w:val="00D977C5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
+  <w:style w:type="character" w:styleId="NoSpacingChar" w:customStyle="1">
     <w:name w:val="No Spacing Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="NoSpacing"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00A37AA7"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00A37AA7"/>
+    <w:rsid w:val="00D977C5"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="32"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
-    <w:qFormat/>
-    <w:rsid w:val="00A37AA7"/>
+    <w:rsid w:val="00D977C5"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="10" w:color="A5B592" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="A5B592" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="7C9163" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
+        <w:bottom w:val="single" w:color="7C9163" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="809EC2" w:themeColor="accent6"/>
+      <w:color w:val="7C9163" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+  <w:style w:type="character" w:styleId="IntenseQuoteChar" w:customStyle="1">
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="00A37AA7"/>
+    <w:rsid w:val="00D977C5"/>
     <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:bCs/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="809EC2" w:themeColor="accent6"/>
+      <w:color w:val="7C9163" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
-    <w:qFormat/>
-    <w:rsid w:val="00A37AA7"/>
+    <w:rsid w:val="00D977C5"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="809EC2" w:themeColor="accent6"/>
+      <w:color w:val="7C9163" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="00A37AA7"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="809EC2" w:themeColor="accent6"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D977C5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="2E3192"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="003861E7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mention">
+    <w:name w:val="Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000D5C4E"/>
+    <w:rPr>
+      <w:color w:val="2B579A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D977C5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="32"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D977C5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:color w:val="2E3192"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading6Char" w:customStyle="1">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D977C5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading7Char" w:customStyle="1">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="004E1684"/>
+    <w:rsid w:val="00D977C5"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="526041" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:bCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading8Char" w:customStyle="1">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D977C5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading9Char" w:customStyle="1">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D977C5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:bCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00D977C5"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00D977C5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:bCs/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00D977C5"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="1">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00D977C5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:bCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D977C5"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="QuoteChar" w:customStyle="1">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00D977C5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="BookTitle">
+    <w:name w:val="Book Title"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="33"/>
+    <w:rsid w:val="00D977C5"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D977C5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:bCs w:val="0"/>
+      <w:noProof/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="BodyTextChar" w:customStyle="1">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00D977C5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:noProof/>
+      <w:sz w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="OSDStyleGuide" w:customStyle="1">
+    <w:name w:val="OSD Style Guide"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:link w:val="OSDStyleGuideChar"/>
+    <w:rsid w:val="00D977C5"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="OSDStyleGuideChar" w:customStyle="1">
+    <w:name w:val="OSD Style Guide Char"/>
+    <w:basedOn w:val="Heading1Char"/>
+    <w:link w:val="OSDStyleGuide"/>
+    <w:rsid w:val="00D977C5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="2E3192"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="32"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="185825153">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="935556683">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
@@ -6876,60 +11073,63 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2090733150">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/toxic-reduction-task-force" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/media/87140/download" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/on-site-consultation-program-brochure/download" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/facility-maintenance-repair-and-operations-contract-user-guides" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac118/download" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac118/download" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/pfas-tri-and-tura-supplier-notification-letter-template/download" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=MA-lSlD-UIQ" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://p2oasys.turi.org/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24779&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=96bkEXdXM9g&amp;feature=youtu.be" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cleanersolutions.org" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac118/download" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/safer-use-of-disinfectants-post-covid-pandemic-presentation/download" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theic2.org/" TargetMode="External"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://p2oasys.turi.org/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newmoa.org/event/pfas-conference-2026/" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=MA-lSlD-UIQ" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cleanersolutions.org" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=96bkEXdXM9g&amp;feature=youtu.be" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/media/87140/download" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24779&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turi.org/grants/" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/toxic-reduction-task-force" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/safer-use-of-disinfectants-post-covid-pandemic-presentation/download" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/facility-maintenance-repair-and-operations-contract-user-guides" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/on-site-consultation-program-brochure/download" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/per-and-polyfluoroalkyl-substances-pfas-tur-resources" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac118/download" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac118/download" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/pfas-tri-and-tura-supplier-notification-letter-template/download" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theic2.org/" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turi.org/pfas/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/pfas" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turi.org/publications/alternatives/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turi.org/grants/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newmoa.org/event/pfas-conference-2026/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turi.org/pfas/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/pfas" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turi.org/publications/alternatives/" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\Marissa.Randall\OneDrive%20-%20Commonwealth%20of%20Massachusetts\Documents\Custom%20Office%20Templates\OSD-Branded-Template-24Sept2025.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Paper">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="444D26"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FEFAC9"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="A5B592"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="F3A447"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="E7BC29"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="D092A7"/>
@@ -7205,92 +11405,158 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A528DB4F3B680049A1B6302570DB6599" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5d44102a0948d3ca53251cb2619a39ca">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="55a87ade-ca37-4be4-b5e7-89e6a0eeda8e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="be13de5851f91174c7a1ab66af23eefd" ns2:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="55a87ade-ca37-4be4-b5e7-89e6a0eeda8e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A528DB4F3B680049A1B6302570DB6599" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="bc9aad976e1496f67de81552ecc85e50">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="55a87ade-ca37-4be4-b5e7-89e6a0eeda8e" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f5ac0d3a52bae470ab026609d665ea27" ns2:_="" ns3:_="">
     <xsd:import namespace="55a87ade-ca37-4be4-b5e7-89e6a0eeda8e"/>
+    <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="55a87ade-ca37-4be4-b5e7-89e6a0eeda8e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="09ce38db-efdb-4708-8c34-9908d67fb011" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{c0b7012c-f701-4a59-bd35-95e7d22289f7}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="09ce38db-efdb-4708-8c34-9908d67fb011">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -7348,151 +11614,100 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60FAA249-A1F2-49D8-9491-738CCE4DB8F2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FCCE523-6D47-4A04-A724-45DBB7F942CE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C17B0A3-68C7-4875-867B-D2C538F2F5DD}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="55a87ade-ca37-4be4-b5e7-89e6a0eeda8e"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C17B0A3-68C7-4875-867B-D2C538F2F5DD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75EE5DED-B07F-49F2-97FA-D4402260A290}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75EE5DED-B07F-49F2-97FA-D4402260A290}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA7585DE-123C-4872-A90E-7FAAF5F3D428}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>OSD-Branded-Template-24Sept2025.dotx</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Annual Report FY2024</dc:title>
-  <dc:subject>Commonwealth of Massachusetts</dc:subject>
+  <dc:title>EO 515 Annual Report</dc:title>
+  <dc:subject>Fiscal Year 2024</dc:subject>
   <dc:creator>Members of the Toxics Reduction Task Force</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100A528DB4F3B680049A1B6302570DB6599</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
-  </property>
-[...1 lines deleted...]
-    <vt:lpwstr>0x010100A528DB4F3B680049A1B6302570DB6599</vt:lpwstr>
   </property>
 </Properties>
 </file>