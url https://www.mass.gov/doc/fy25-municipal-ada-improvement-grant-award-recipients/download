--- v0 (2025-10-30)
+++ v1 (2026-02-02)
@@ -8,108 +8,139 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6D4BDE74" w14:textId="3E5D68BF" w:rsidR="00C9117F" w:rsidRPr="006921A0" w:rsidRDefault="00C9117F" w:rsidP="006921A0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="006921A0">
         <w:t>FY25 Municipal ADA Improvement Grant Award Recipients</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12A20A5E" w14:textId="1C5CA5D7" w:rsidR="00C9117F" w:rsidRPr="006921A0" w:rsidRDefault="00C9117F" w:rsidP="006921A0">
+    <w:p w14:paraId="69DA78F2" w14:textId="77777777" w:rsidR="00FC5D68" w:rsidRDefault="00C9117F" w:rsidP="00FC5D68">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="006921A0">
-        <w:rPr>
-[...3 lines deleted...]
-        <w:t>Total awarded: $4,910,668.61</w:t>
+        <w:t>Total awarded:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05A23DE0" w14:textId="34F2AF29" w:rsidR="006921A0" w:rsidRPr="006921A0" w:rsidRDefault="00C9117F" w:rsidP="006921A0">
+    <w:p w14:paraId="12A20A5E" w14:textId="2A7DBA54" w:rsidR="00C9117F" w:rsidRPr="006921A0" w:rsidRDefault="00C9117F" w:rsidP="00FC5D68">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006921A0">
-        <w:rPr>
-[...3 lines deleted...]
-        <w:t>Total awards: 59 (25 planning grants, 34 project grants)</w:t>
+        <w:t>$4,910,668.61</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="3B68B9FC" w14:textId="722CF9E8" w:rsidR="00FC5D68" w:rsidRDefault="00C9117F" w:rsidP="00FC5D68">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006921A0">
+        <w:t>Total awards:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00CD9F64" w14:textId="77777777" w:rsidR="00FC5D68" w:rsidRDefault="00C9117F" w:rsidP="00FC5D68">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006921A0">
+        <w:t>59</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05A23DE0" w14:textId="6B6878DF" w:rsidR="006921A0" w:rsidRDefault="00C9117F" w:rsidP="00FC5D68">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006921A0">
+        <w:t>25 planning grants, 34 project grants</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D60617C" w14:textId="77777777" w:rsidR="00FC5D68" w:rsidRDefault="00FC5D68" w:rsidP="00FC5D68">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F7A0151" w14:textId="68AE619F" w:rsidR="00FC5D68" w:rsidRPr="00E15FA8" w:rsidRDefault="00FC5D68" w:rsidP="00FC5D68">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Awards by Municipality and Grant Type:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44B5F1FA" w14:textId="77777777" w:rsidR="00FC5D68" w:rsidRPr="006921A0" w:rsidRDefault="00FC5D68" w:rsidP="00FC5D68">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="PlainTable1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="Awards by Municipality and Grant Type:"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3773"/>
         <w:gridCol w:w="3071"/>
         <w:gridCol w:w="2506"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C9117F" w:rsidRPr="006921A0" w14:paraId="388D9DA7" w14:textId="77777777" w:rsidTr="006921A0">
+      <w:tr w:rsidR="00C9117F" w:rsidRPr="006921A0" w14:paraId="388D9DA7" w14:textId="77777777" w:rsidTr="00FC5D68">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6D74864C" w14:textId="77777777" w:rsidR="00C9117F" w:rsidRPr="006921A0" w:rsidRDefault="00C9117F" w:rsidP="004D4B29">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006921A0">
               <w:rPr>
@@ -2461,50 +2492,51 @@
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4369FDFC" w14:textId="6FC40A3C" w:rsidR="006921A0" w:rsidRPr="006921A0" w:rsidRDefault="006921A0" w:rsidP="006921A0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006921A0">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Monterey </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1642" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="544196CB" w14:textId="26EC7EAE" w:rsidR="006921A0" w:rsidRPr="006921A0" w:rsidRDefault="006921A0" w:rsidP="006921A0">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006921A0">
               <w:rPr>
@@ -3096,51 +3128,50 @@
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="764A146F" w14:textId="2EF7C7B5" w:rsidR="006921A0" w:rsidRPr="006921A0" w:rsidRDefault="006921A0" w:rsidP="006921A0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006921A0">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>North Adams </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1642" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="12FEE050" w14:textId="2AB43F54" w:rsidR="006921A0" w:rsidRPr="006921A0" w:rsidRDefault="006921A0" w:rsidP="006921A0">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006921A0">
               <w:rPr>
@@ -3723,67 +3754,57 @@
               <w:t>$250,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006921A0" w:rsidRPr="006921A0" w14:paraId="5602771C" w14:textId="77777777" w:rsidTr="006921A0">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="64810C1F" w14:textId="510C07B8" w:rsidR="006921A0" w:rsidRPr="006921A0" w:rsidRDefault="006921A0" w:rsidP="006921A0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t> </w:t>
+            <w:r w:rsidRPr="006921A0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Royalston </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1642" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="45BAEAFC" w14:textId="37637043" w:rsidR="006921A0" w:rsidRPr="006921A0" w:rsidRDefault="006921A0" w:rsidP="006921A0">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006921A0">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
@@ -5524,114 +5545,153 @@
           </w:tcPr>
           <w:p w14:paraId="58A55E2A" w14:textId="7959740A" w:rsidR="006921A0" w:rsidRPr="006921A0" w:rsidRDefault="006921A0" w:rsidP="006921A0">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006921A0">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>$250,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="44DDCF42" w14:textId="77777777" w:rsidR="000D1398" w:rsidRPr="000D1398" w:rsidRDefault="000D1398" w:rsidP="000D1398"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="1912611B" w14:textId="77777777" w:rsidR="000D1398" w:rsidRPr="000D1398" w:rsidRDefault="000D1398" w:rsidP="000D1398"/>
+    <w:p w14:paraId="1912611B" w14:textId="77777777" w:rsidR="000D1398" w:rsidRDefault="000D1398" w:rsidP="000D1398"/>
+    <w:p w14:paraId="45802E5D" w14:textId="77777777" w:rsidR="00FC5D68" w:rsidRDefault="00FC5D68" w:rsidP="00FC5D68">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Contact information:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="617F8697" w14:textId="77777777" w:rsidR="00FC5D68" w:rsidRDefault="00FC5D68" w:rsidP="00FC5D68">
+      <w:r>
+        <w:t xml:space="preserve">For more information about the grant program, please visit our </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00F56293">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Municipal ADA Improvement Grant Program</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> page.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B35AED0" w14:textId="55F1D2E8" w:rsidR="00FC5D68" w:rsidRPr="000D1398" w:rsidRDefault="00FC5D68" w:rsidP="000D1398">
+      <w:r>
+        <w:t xml:space="preserve">For questions about the grant or your municipality’s award, please contact the Massachusetts Office on Disability (MOD) at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00E15FA8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>mass.gov/MOD/Contact</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or (617) 727-7440.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="71241455" w14:textId="77777777" w:rsidR="000D1398" w:rsidRPr="000D1398" w:rsidRDefault="000D1398" w:rsidP="000D1398"/>
     <w:p w14:paraId="102D04AE" w14:textId="77777777" w:rsidR="000D1398" w:rsidRDefault="000D1398" w:rsidP="000D1398"/>
     <w:p w14:paraId="2A194E2B" w14:textId="77777777" w:rsidR="000D1398" w:rsidRPr="000D1398" w:rsidRDefault="000D1398" w:rsidP="000D1398">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2760"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000D1398" w:rsidRPr="000D1398" w:rsidSect="00581F10">
-      <w:headerReference w:type="default" r:id="rId9"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="2160" w:right="1440" w:bottom="1728" w:left="1440" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26F9706B" w14:textId="77777777" w:rsidR="00C9117F" w:rsidRDefault="00C9117F" w:rsidP="00D50415">
+    <w:p w14:paraId="3C6B6764" w14:textId="77777777" w:rsidR="005864BE" w:rsidRDefault="005864BE" w:rsidP="00D50415">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0FA422D4" w14:textId="77777777" w:rsidR="00C9117F" w:rsidRDefault="00C9117F" w:rsidP="00D50415">
+    <w:p w14:paraId="29BA8726" w14:textId="77777777" w:rsidR="005864BE" w:rsidRDefault="005864BE" w:rsidP="00D50415">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="662FC788" w14:textId="77777777" w:rsidR="00C9117F" w:rsidRDefault="00C9117F">
+    <w:p w14:paraId="61D15E90" w14:textId="77777777" w:rsidR="005864BE" w:rsidRDefault="005864BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:altName w:val="等线 Light"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="DE"/>
@@ -5643,51 +5703,51 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3120"/>
       <w:gridCol w:w="3120"/>
       <w:gridCol w:w="3120"/>
     </w:tblGrid>
     <w:tr w:rsidR="7487031A" w14:paraId="22F0CE1B" w14:textId="77777777" w:rsidTr="7487031A">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3120" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="6DE99F1E" w14:textId="77777777" w:rsidR="7487031A" w:rsidRDefault="7487031A" w:rsidP="7487031A">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:left="-115"/>
             <w:rPr>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
         </w:p>
@@ -5713,51 +5773,51 @@
         <w:p w14:paraId="6D1A3F07" w14:textId="77777777" w:rsidR="7487031A" w:rsidRDefault="7487031A" w:rsidP="7487031A">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="0B1F9E47" w14:textId="77777777" w:rsidR="7487031A" w:rsidRDefault="7487031A" w:rsidP="7487031A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="64695FF9" w14:textId="77777777" w:rsidR="0074786B" w:rsidRPr="000D1DFB" w:rsidRDefault="0074786B" w:rsidP="0074786B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="14558F"/>
         <w:szCs w:val="24"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="000D1DFB">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="14558F"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09E16130" wp14:editId="265A157A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
@@ -5904,83 +5964,83 @@
       </w:tabs>
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:color w:val="14558F"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="000D1DFB">
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:color w:val="14558F"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>mass.gov/mod</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6E7058EC" w14:textId="77777777" w:rsidR="0074786B" w:rsidRDefault="0074786B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3CCB1CA2" w14:textId="77777777" w:rsidR="00C9117F" w:rsidRDefault="00C9117F" w:rsidP="00D50415">
+    <w:p w14:paraId="24BE01DB" w14:textId="77777777" w:rsidR="005864BE" w:rsidRDefault="005864BE" w:rsidP="00D50415">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0EE4C454" w14:textId="77777777" w:rsidR="00C9117F" w:rsidRDefault="00C9117F" w:rsidP="00D50415">
+    <w:p w14:paraId="1C9195D0" w14:textId="77777777" w:rsidR="005864BE" w:rsidRDefault="005864BE" w:rsidP="00D50415">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="067BEB99" w14:textId="77777777" w:rsidR="00C9117F" w:rsidRDefault="00C9117F">
+    <w:p w14:paraId="13D15581" w14:textId="77777777" w:rsidR="005864BE" w:rsidRDefault="005864BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3120"/>
       <w:gridCol w:w="3120"/>
       <w:gridCol w:w="3120"/>
     </w:tblGrid>
     <w:tr w:rsidR="7487031A" w14:paraId="65296A80" w14:textId="77777777" w:rsidTr="7487031A">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3120" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="6175583E" w14:textId="77777777" w:rsidR="7487031A" w:rsidRDefault="7487031A" w:rsidP="7487031A">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:left="-115"/>
             <w:rPr>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
         </w:p>
@@ -6006,51 +6066,51 @@
         <w:p w14:paraId="0F26F8F4" w14:textId="77777777" w:rsidR="7487031A" w:rsidRDefault="7487031A" w:rsidP="7487031A">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="00E7A3BE" w14:textId="77777777" w:rsidR="7487031A" w:rsidRDefault="7487031A" w:rsidP="7487031A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="62504B11" w14:textId="77777777" w:rsidR="0074786B" w:rsidRPr="00296D49" w:rsidRDefault="0074786B" w:rsidP="0074786B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-1440"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="40"/>
         <w:szCs w:val="40"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="40"/>
         <w:szCs w:val="40"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5A881942" wp14:editId="323DDA03">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
@@ -6234,153 +6294,156 @@
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00227BF8">
       <w:rPr>
         <w:color w:val="14558F"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>Mary Mahon McCauley, Executive Director</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3BC9F713" w14:textId="77777777" w:rsidR="0074786B" w:rsidRPr="00591BA9" w:rsidRDefault="0074786B" w:rsidP="0074786B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4E186A5E" w14:textId="77777777" w:rsidR="0074786B" w:rsidRDefault="0074786B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="50"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:applyBreakingRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C9117F"/>
     <w:rsid w:val="0003360C"/>
+    <w:rsid w:val="000A54C4"/>
     <w:rsid w:val="000D1398"/>
     <w:rsid w:val="000D1D90"/>
     <w:rsid w:val="00102526"/>
     <w:rsid w:val="00135B70"/>
     <w:rsid w:val="00137B75"/>
     <w:rsid w:val="001E5503"/>
     <w:rsid w:val="002C57C7"/>
     <w:rsid w:val="002D550B"/>
     <w:rsid w:val="002D64FB"/>
     <w:rsid w:val="002F2BC9"/>
     <w:rsid w:val="00300A6F"/>
     <w:rsid w:val="003C4850"/>
     <w:rsid w:val="0041193E"/>
     <w:rsid w:val="00477E1D"/>
     <w:rsid w:val="00581F10"/>
+    <w:rsid w:val="005864BE"/>
     <w:rsid w:val="006921A0"/>
     <w:rsid w:val="00727BDC"/>
     <w:rsid w:val="0074786B"/>
     <w:rsid w:val="0081053E"/>
     <w:rsid w:val="008407B0"/>
     <w:rsid w:val="00871AEF"/>
     <w:rsid w:val="00895DA0"/>
     <w:rsid w:val="00951984"/>
     <w:rsid w:val="00986206"/>
     <w:rsid w:val="009C600E"/>
     <w:rsid w:val="00A71DC9"/>
     <w:rsid w:val="00AC6E82"/>
     <w:rsid w:val="00AE344F"/>
     <w:rsid w:val="00B130AE"/>
     <w:rsid w:val="00C9117F"/>
     <w:rsid w:val="00CD4412"/>
     <w:rsid w:val="00D50415"/>
     <w:rsid w:val="00DB1C69"/>
     <w:rsid w:val="00DD48C2"/>
     <w:rsid w:val="00DE2C21"/>
     <w:rsid w:val="00EE22C6"/>
     <w:rsid w:val="00F000B3"/>
     <w:rsid w:val="00F55BE3"/>
+    <w:rsid w:val="00FC5D68"/>
     <w:rsid w:val="00FD65FE"/>
     <w:rsid w:val="7487031A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5B9045C0"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A08D9CEE-2EF5-42B7-A44A-86B8423E53F1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6770,58 +6833,58 @@
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="006921A0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="120" w:after="0"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="14558F"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00951984"/>
+    <w:rsid w:val="00FC5D68"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="388857"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00951984"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
@@ -6929,58 +6992,59 @@
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="006921A0"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="14558F"/>
       <w:kern w:val="2"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00951984"/>
+    <w:rsid w:val="00FC5D68"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="388857"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00951984"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:sz w:val="32"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00FB4123"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
@@ -7039,77 +7103,90 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC5D68"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="950472490">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\LMelikechi\Downloads\mass.gov\MOD\Contact" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/municipal-ada-improvement-grant-program" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\LMelikechi\OneDrive%20-%20Commonwealth%20of%20Massachusetts\OneNote\Custom%20Office%20Templates\MOD%20Letterhead.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -7397,52 +7474,63 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010098EF14C0B91ED548AD0BD3D2D4704924" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="05bc2d220059e43e5f58fb37094d6211">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7cdb7e35-829b-4b43-b10b-15bdaaea9263" xmlns:ns3="b72976aa-e7d9-498e-b08a-d3d9e47e4056" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="206015c56e9160c8e1d036f24c0584eb" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="b72976aa-e7d9-498e-b08a-d3d9e47e4056" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7cdb7e35-829b-4b43-b10b-15bdaaea9263">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010098EF14C0B91ED548AD0BD3D2D4704924" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="06f65cc96ec46a525c2e7092a1d1338f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7cdb7e35-829b-4b43-b10b-15bdaaea9263" xmlns:ns3="b72976aa-e7d9-498e-b08a-d3d9e47e4056" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="43ec5a23ef6c964650584a2b8d879a84" ns2:_="" ns3:_="">
     <xsd:import namespace="7cdb7e35-829b-4b43-b10b-15bdaaea9263"/>
     <xsd:import namespace="b72976aa-e7d9-498e-b08a-d3d9e47e4056"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -7631,131 +7719,103 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1E74F50C-854B-4070-BBE5-282C611321F0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3DF486D-867E-4F4B-8BDF-1F903F338848}">
-[...17 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07882E66-CE1F-46AD-B7F8-62CD3EBEDE14}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="7fbcbd3d-b0ac-4a27-a90b-5a8cc5af7b6a"/>
-    <ds:schemaRef ds:uri="37e2494f-4c60-42bb-b138-373d8d62bafa"/>
     <ds:schemaRef ds:uri="b72976aa-e7d9-498e-b08a-d3d9e47e4056"/>
     <ds:schemaRef ds:uri="7cdb7e35-829b-4b43-b10b-15bdaaea9263"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D23F1F58-79EE-4D7C-9B17-93BF0C572F36}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>MOD Letterhead</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1854</Characters>
+  <Pages>3</Pages>
+  <Words>398</Words>
+  <Characters>2272</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2175</CharactersWithSpaces>
+  <CharactersWithSpaces>2665</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Melikechi, Lilia (OHA)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010098EF14C0B91ED548AD0BD3D2D4704924</vt:lpwstr>
   </property>