--- v0 (2025-10-28)
+++ v1 (2026-01-29)
@@ -4,61 +4,61 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27726"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/emily_fontaine_mass_gov/Documents/Desktop/Shannon SFY25/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov.sharepoint.com/sites/OGR-Files/JPD/State Grants/Shannon CSI Grant/2026 Shannon Grant/AGF Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{7D659154-9FFD-4A4B-9309-25A94054B8FD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{7D659154-9FFD-4A4B-9309-25A94054B8FD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{EA49ABE4-F316-4666-A3B4-EC1D2DCB2E1D}"/>
   <workbookProtection workbookPassword="DF09" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$O$45</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Sheet1!$1:$5</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="33">
   <si>
     <t>Strategy</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>Age</t>
   </si>
@@ -158,51 +158,51 @@
       <rPr>
         <sz val="8"/>
         <color theme="0"/>
         <rFont val="Book Antiqua"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">. </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color rgb="FFFFFF00"/>
         <rFont val="Book Antiqua"/>
         <family val="1"/>
       </rPr>
       <t>Text limit: 5 lines; more than 5 lines will not be read</t>
     </r>
   </si>
   <si>
     <t>Proven risk</t>
   </si>
   <si>
     <t xml:space="preserve">High risk </t>
   </si>
   <si>
-    <t>FY2025 Shannon CSI AGF: Proposed Partner Selection Workbook</t>
+    <t>FY2026 Shannon CSI AGF: Proposed Partner Selection Workbook</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="4" tint="-0.249977111117893"/>
       <name val="Book Antiqua"/>
       <family val="1"/>
     </font>
     <font>
@@ -514,99 +514,99 @@
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="4" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
-    </xf>
-[...24 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
@@ -883,1075 +883,1075 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:O114"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A7" sqref="A7"/>
+      <selection activeCell="K5" sqref="K5:O5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="10.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.54296875" style="12" customWidth="1"/>
     <col min="2" max="2" width="10.81640625" style="12" customWidth="1"/>
     <col min="3" max="3" width="6.7265625" style="12" customWidth="1"/>
     <col min="4" max="4" width="11.26953125" style="12" customWidth="1"/>
     <col min="5" max="5" width="6.453125" style="12" customWidth="1"/>
     <col min="6" max="6" width="6.7265625" style="12" customWidth="1"/>
     <col min="7" max="7" width="4.7265625" style="12" customWidth="1"/>
     <col min="8" max="8" width="4.54296875" style="12" customWidth="1"/>
     <col min="9" max="9" width="14.81640625" style="12" customWidth="1"/>
     <col min="10" max="10" width="10.1796875" style="12" customWidth="1"/>
     <col min="11" max="11" width="9.1796875" style="12" customWidth="1"/>
     <col min="12" max="16384" width="9.1796875" style="12"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="11" x14ac:dyDescent="0.3">
       <c r="A1" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="B1" s="37"/>
-[...2 lines deleted...]
-      <c r="E1" s="37"/>
+      <c r="B1" s="29"/>
+      <c r="C1" s="29"/>
+      <c r="D1" s="29"/>
+      <c r="E1" s="29"/>
       <c r="F1" s="11"/>
       <c r="G1" s="11"/>
       <c r="H1" s="11"/>
       <c r="I1" s="11"/>
       <c r="J1" s="11"/>
       <c r="K1" s="11"/>
       <c r="L1" s="11"/>
       <c r="M1" s="11"/>
       <c r="N1" s="11"/>
       <c r="O1" s="11"/>
     </row>
     <row r="2" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A2" s="11"/>
       <c r="B2" s="11"/>
       <c r="C2" s="11"/>
       <c r="D2" s="11"/>
       <c r="E2" s="11"/>
       <c r="F2" s="11"/>
       <c r="G2" s="11"/>
       <c r="H2" s="11"/>
       <c r="I2" s="11"/>
       <c r="J2" s="11"/>
       <c r="K2" s="11"/>
       <c r="L2" s="11"/>
       <c r="M2" s="11"/>
       <c r="N2" s="11"/>
       <c r="O2" s="11"/>
     </row>
     <row r="3" spans="1:15" s="27" customFormat="1" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="A3" s="38" t="s">
+      <c r="A3" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="B3" s="38"/>
-[...12 lines deleted...]
-      <c r="O3" s="38"/>
+      <c r="B3" s="30"/>
+      <c r="C3" s="30"/>
+      <c r="D3" s="30"/>
+      <c r="E3" s="30"/>
+      <c r="F3" s="30"/>
+      <c r="G3" s="30"/>
+      <c r="H3" s="30"/>
+      <c r="I3" s="30"/>
+      <c r="J3" s="30"/>
+      <c r="K3" s="30"/>
+      <c r="L3" s="30"/>
+      <c r="M3" s="30"/>
+      <c r="N3" s="30"/>
+      <c r="O3" s="30"/>
     </row>
     <row r="4" spans="1:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="42" t="s">
+      <c r="A4" s="34" t="s">
         <v>24</v>
       </c>
-      <c r="B4" s="42"/>
-[...12 lines deleted...]
-      <c r="O4" s="42"/>
+      <c r="B4" s="34"/>
+      <c r="C4" s="34"/>
+      <c r="D4" s="34"/>
+      <c r="E4" s="34"/>
+      <c r="F4" s="34"/>
+      <c r="G4" s="34"/>
+      <c r="H4" s="34"/>
+      <c r="I4" s="34"/>
+      <c r="J4" s="34"/>
+      <c r="K4" s="34"/>
+      <c r="L4" s="34"/>
+      <c r="M4" s="34"/>
+      <c r="N4" s="34"/>
+      <c r="O4" s="34"/>
     </row>
     <row r="5" spans="1:15" s="9" customFormat="1" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="H5" s="13" t="s">
         <v>2</v>
       </c>
       <c r="I5" s="5" t="s">
         <v>6</v>
       </c>
       <c r="J5" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="K5" s="39" t="s">
+      <c r="K5" s="31" t="s">
         <v>29</v>
       </c>
-      <c r="L5" s="40"/>
-[...2 lines deleted...]
-      <c r="O5" s="41"/>
+      <c r="L5" s="32"/>
+      <c r="M5" s="32"/>
+      <c r="N5" s="32"/>
+      <c r="O5" s="33"/>
     </row>
     <row r="6" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="8" t="s">
         <v>25</v>
       </c>
       <c r="B6" s="14">
         <v>35000</v>
       </c>
       <c r="C6" s="15">
         <v>1</v>
       </c>
       <c r="D6" s="8" t="s">
         <v>7</v>
       </c>
       <c r="E6" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="16">
         <v>30</v>
       </c>
       <c r="G6" s="17" t="s">
         <v>21</v>
       </c>
       <c r="H6" s="18" t="s">
         <v>22</v>
       </c>
       <c r="I6" s="8" t="s">
         <v>28</v>
       </c>
       <c r="J6" s="17" t="s">
         <v>16</v>
       </c>
-      <c r="K6" s="29" t="s">
+      <c r="K6" s="37" t="s">
         <v>27</v>
       </c>
-      <c r="L6" s="30"/>
-[...2 lines deleted...]
-      <c r="O6" s="31"/>
+      <c r="L6" s="38"/>
+      <c r="M6" s="38"/>
+      <c r="N6" s="38"/>
+      <c r="O6" s="39"/>
     </row>
     <row r="7" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="2"/>
       <c r="B7" s="19"/>
       <c r="C7" s="20"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="21"/>
       <c r="G7" s="22"/>
       <c r="H7" s="23"/>
       <c r="I7" s="2"/>
       <c r="J7" s="22"/>
-      <c r="K7" s="32"/>
-[...3 lines deleted...]
-      <c r="O7" s="34"/>
+      <c r="K7" s="40"/>
+      <c r="L7" s="41"/>
+      <c r="M7" s="41"/>
+      <c r="N7" s="41"/>
+      <c r="O7" s="42"/>
     </row>
     <row r="8" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="2"/>
       <c r="B8" s="19"/>
       <c r="C8" s="20"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="21"/>
       <c r="G8" s="22"/>
       <c r="H8" s="23"/>
       <c r="I8" s="2"/>
       <c r="J8" s="22"/>
-      <c r="K8" s="35"/>
-[...3 lines deleted...]
-      <c r="O8" s="35"/>
+      <c r="K8" s="28"/>
+      <c r="L8" s="28"/>
+      <c r="M8" s="28"/>
+      <c r="N8" s="28"/>
+      <c r="O8" s="28"/>
     </row>
     <row r="9" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="2"/>
       <c r="B9" s="19"/>
       <c r="C9" s="20"/>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="21"/>
       <c r="G9" s="22"/>
       <c r="H9" s="23"/>
       <c r="I9" s="2"/>
       <c r="J9" s="22"/>
-      <c r="K9" s="35"/>
-[...3 lines deleted...]
-      <c r="O9" s="35"/>
+      <c r="K9" s="28"/>
+      <c r="L9" s="28"/>
+      <c r="M9" s="28"/>
+      <c r="N9" s="28"/>
+      <c r="O9" s="28"/>
     </row>
     <row r="10" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="2"/>
       <c r="B10" s="19"/>
       <c r="C10" s="20"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="21"/>
       <c r="G10" s="22"/>
       <c r="H10" s="23"/>
       <c r="I10" s="2"/>
       <c r="J10" s="22"/>
-      <c r="K10" s="35"/>
-[...3 lines deleted...]
-      <c r="O10" s="35"/>
+      <c r="K10" s="28"/>
+      <c r="L10" s="28"/>
+      <c r="M10" s="28"/>
+      <c r="N10" s="28"/>
+      <c r="O10" s="28"/>
     </row>
     <row r="11" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="2"/>
       <c r="B11" s="19"/>
       <c r="C11" s="20"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="21"/>
       <c r="G11" s="22"/>
       <c r="H11" s="23"/>
       <c r="I11" s="2"/>
       <c r="J11" s="22"/>
-      <c r="K11" s="35"/>
-[...3 lines deleted...]
-      <c r="O11" s="35"/>
+      <c r="K11" s="28"/>
+      <c r="L11" s="28"/>
+      <c r="M11" s="28"/>
+      <c r="N11" s="28"/>
+      <c r="O11" s="28"/>
     </row>
     <row r="12" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="2"/>
       <c r="B12" s="19"/>
       <c r="C12" s="20"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="21"/>
       <c r="G12" s="22"/>
       <c r="H12" s="23"/>
       <c r="I12" s="2"/>
       <c r="J12" s="22"/>
-      <c r="K12" s="35"/>
-[...3 lines deleted...]
-      <c r="O12" s="35"/>
+      <c r="K12" s="28"/>
+      <c r="L12" s="28"/>
+      <c r="M12" s="28"/>
+      <c r="N12" s="28"/>
+      <c r="O12" s="28"/>
     </row>
     <row r="13" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="2"/>
       <c r="B13" s="19"/>
       <c r="C13" s="20"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="21"/>
       <c r="G13" s="22"/>
       <c r="H13" s="23"/>
       <c r="I13" s="2"/>
       <c r="J13" s="22"/>
-      <c r="K13" s="35"/>
-[...3 lines deleted...]
-      <c r="O13" s="35"/>
+      <c r="K13" s="28"/>
+      <c r="L13" s="28"/>
+      <c r="M13" s="28"/>
+      <c r="N13" s="28"/>
+      <c r="O13" s="28"/>
     </row>
     <row r="14" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="2"/>
       <c r="B14" s="19"/>
       <c r="C14" s="20"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="21"/>
       <c r="G14" s="22"/>
       <c r="H14" s="23"/>
       <c r="I14" s="2"/>
       <c r="J14" s="22"/>
-      <c r="K14" s="35"/>
-[...3 lines deleted...]
-      <c r="O14" s="35"/>
+      <c r="K14" s="28"/>
+      <c r="L14" s="28"/>
+      <c r="M14" s="28"/>
+      <c r="N14" s="28"/>
+      <c r="O14" s="28"/>
     </row>
     <row r="15" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="2"/>
       <c r="B15" s="19"/>
       <c r="C15" s="20"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="21"/>
       <c r="G15" s="22"/>
       <c r="H15" s="23"/>
       <c r="I15" s="2"/>
       <c r="J15" s="22"/>
-      <c r="K15" s="35"/>
-[...3 lines deleted...]
-      <c r="O15" s="35"/>
+      <c r="K15" s="28"/>
+      <c r="L15" s="28"/>
+      <c r="M15" s="28"/>
+      <c r="N15" s="28"/>
+      <c r="O15" s="28"/>
     </row>
     <row r="16" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="2"/>
       <c r="B16" s="19"/>
       <c r="C16" s="20"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="21"/>
       <c r="G16" s="22"/>
       <c r="H16" s="23"/>
       <c r="I16" s="2"/>
       <c r="J16" s="22"/>
-      <c r="K16" s="35"/>
-[...3 lines deleted...]
-      <c r="O16" s="35"/>
+      <c r="K16" s="28"/>
+      <c r="L16" s="28"/>
+      <c r="M16" s="28"/>
+      <c r="N16" s="28"/>
+      <c r="O16" s="28"/>
     </row>
     <row r="17" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="2"/>
       <c r="B17" s="19"/>
       <c r="C17" s="20"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="21"/>
       <c r="G17" s="22"/>
       <c r="H17" s="23"/>
       <c r="I17" s="2"/>
       <c r="J17" s="22"/>
-      <c r="K17" s="35"/>
-[...3 lines deleted...]
-      <c r="O17" s="35"/>
+      <c r="K17" s="28"/>
+      <c r="L17" s="28"/>
+      <c r="M17" s="28"/>
+      <c r="N17" s="28"/>
+      <c r="O17" s="28"/>
     </row>
     <row r="18" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="2"/>
       <c r="B18" s="19"/>
       <c r="C18" s="20"/>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="21"/>
       <c r="G18" s="22"/>
       <c r="H18" s="23"/>
       <c r="I18" s="2"/>
       <c r="J18" s="22"/>
-      <c r="K18" s="35"/>
-[...3 lines deleted...]
-      <c r="O18" s="35"/>
+      <c r="K18" s="28"/>
+      <c r="L18" s="28"/>
+      <c r="M18" s="28"/>
+      <c r="N18" s="28"/>
+      <c r="O18" s="28"/>
     </row>
     <row r="19" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="2"/>
       <c r="B19" s="19"/>
       <c r="C19" s="20"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="21"/>
       <c r="G19" s="22"/>
       <c r="H19" s="23"/>
       <c r="I19" s="2"/>
       <c r="J19" s="22"/>
-      <c r="K19" s="35"/>
-[...3 lines deleted...]
-      <c r="O19" s="35"/>
+      <c r="K19" s="28"/>
+      <c r="L19" s="28"/>
+      <c r="M19" s="28"/>
+      <c r="N19" s="28"/>
+      <c r="O19" s="28"/>
     </row>
     <row r="20" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="2"/>
       <c r="B20" s="19"/>
       <c r="C20" s="20"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="21"/>
       <c r="G20" s="22"/>
       <c r="H20" s="23"/>
       <c r="I20" s="2"/>
       <c r="J20" s="22"/>
-      <c r="K20" s="35"/>
-[...3 lines deleted...]
-      <c r="O20" s="35"/>
+      <c r="K20" s="28"/>
+      <c r="L20" s="28"/>
+      <c r="M20" s="28"/>
+      <c r="N20" s="28"/>
+      <c r="O20" s="28"/>
     </row>
     <row r="21" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="2"/>
       <c r="B21" s="19"/>
       <c r="C21" s="20"/>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="21"/>
       <c r="G21" s="22"/>
       <c r="H21" s="23"/>
       <c r="I21" s="2"/>
       <c r="J21" s="22"/>
-      <c r="K21" s="35"/>
-[...3 lines deleted...]
-      <c r="O21" s="35"/>
+      <c r="K21" s="28"/>
+      <c r="L21" s="28"/>
+      <c r="M21" s="28"/>
+      <c r="N21" s="28"/>
+      <c r="O21" s="28"/>
     </row>
     <row r="22" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="2"/>
       <c r="B22" s="19"/>
       <c r="C22" s="20"/>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="21"/>
       <c r="G22" s="22"/>
       <c r="H22" s="23"/>
       <c r="I22" s="2"/>
       <c r="J22" s="22"/>
-      <c r="K22" s="35"/>
-[...3 lines deleted...]
-      <c r="O22" s="35"/>
+      <c r="K22" s="28"/>
+      <c r="L22" s="28"/>
+      <c r="M22" s="28"/>
+      <c r="N22" s="28"/>
+      <c r="O22" s="28"/>
     </row>
     <row r="23" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="2"/>
       <c r="B23" s="19"/>
       <c r="C23" s="20"/>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="21"/>
       <c r="G23" s="22"/>
       <c r="H23" s="23"/>
       <c r="I23" s="2"/>
       <c r="J23" s="22"/>
-      <c r="K23" s="35"/>
-[...3 lines deleted...]
-      <c r="O23" s="35"/>
+      <c r="K23" s="28"/>
+      <c r="L23" s="28"/>
+      <c r="M23" s="28"/>
+      <c r="N23" s="28"/>
+      <c r="O23" s="28"/>
     </row>
     <row r="24" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="2"/>
       <c r="B24" s="19"/>
       <c r="C24" s="20"/>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
       <c r="F24" s="21"/>
       <c r="G24" s="22"/>
       <c r="H24" s="23"/>
       <c r="I24" s="2"/>
       <c r="J24" s="22"/>
-      <c r="K24" s="35"/>
-[...3 lines deleted...]
-      <c r="O24" s="35"/>
+      <c r="K24" s="28"/>
+      <c r="L24" s="28"/>
+      <c r="M24" s="28"/>
+      <c r="N24" s="28"/>
+      <c r="O24" s="28"/>
     </row>
     <row r="25" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="2"/>
       <c r="B25" s="19"/>
       <c r="C25" s="20"/>
       <c r="D25" s="2"/>
       <c r="E25" s="2"/>
       <c r="F25" s="21"/>
       <c r="G25" s="22"/>
       <c r="H25" s="23"/>
       <c r="I25" s="2"/>
       <c r="J25" s="22"/>
-      <c r="K25" s="35"/>
-[...3 lines deleted...]
-      <c r="O25" s="35"/>
+      <c r="K25" s="28"/>
+      <c r="L25" s="28"/>
+      <c r="M25" s="28"/>
+      <c r="N25" s="28"/>
+      <c r="O25" s="28"/>
     </row>
     <row r="26" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="2"/>
       <c r="B26" s="19"/>
       <c r="C26" s="20"/>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="21"/>
       <c r="G26" s="22"/>
       <c r="H26" s="23"/>
       <c r="I26" s="2"/>
       <c r="J26" s="22"/>
-      <c r="K26" s="35"/>
-[...3 lines deleted...]
-      <c r="O26" s="35"/>
+      <c r="K26" s="28"/>
+      <c r="L26" s="28"/>
+      <c r="M26" s="28"/>
+      <c r="N26" s="28"/>
+      <c r="O26" s="28"/>
     </row>
     <row r="27" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="2"/>
       <c r="B27" s="19"/>
       <c r="C27" s="20"/>
       <c r="D27" s="2"/>
       <c r="E27" s="2"/>
       <c r="F27" s="21"/>
       <c r="G27" s="22"/>
       <c r="H27" s="23"/>
       <c r="I27" s="2"/>
       <c r="J27" s="22"/>
-      <c r="K27" s="35"/>
-[...3 lines deleted...]
-      <c r="O27" s="35"/>
+      <c r="K27" s="28"/>
+      <c r="L27" s="28"/>
+      <c r="M27" s="28"/>
+      <c r="N27" s="28"/>
+      <c r="O27" s="28"/>
     </row>
     <row r="28" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="2"/>
       <c r="B28" s="19"/>
       <c r="C28" s="20"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="21"/>
       <c r="G28" s="22"/>
       <c r="H28" s="23"/>
       <c r="I28" s="2"/>
       <c r="J28" s="22"/>
-      <c r="K28" s="35"/>
-[...3 lines deleted...]
-      <c r="O28" s="35"/>
+      <c r="K28" s="28"/>
+      <c r="L28" s="28"/>
+      <c r="M28" s="28"/>
+      <c r="N28" s="28"/>
+      <c r="O28" s="28"/>
     </row>
     <row r="29" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="2"/>
       <c r="B29" s="19"/>
       <c r="C29" s="20"/>
       <c r="D29" s="2"/>
       <c r="E29" s="2"/>
       <c r="F29" s="21"/>
       <c r="G29" s="22"/>
       <c r="H29" s="23"/>
       <c r="I29" s="2"/>
       <c r="J29" s="22"/>
-      <c r="K29" s="35"/>
-[...3 lines deleted...]
-      <c r="O29" s="35"/>
+      <c r="K29" s="28"/>
+      <c r="L29" s="28"/>
+      <c r="M29" s="28"/>
+      <c r="N29" s="28"/>
+      <c r="O29" s="28"/>
     </row>
     <row r="30" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="2"/>
       <c r="B30" s="19"/>
       <c r="C30" s="20"/>
       <c r="D30" s="2"/>
       <c r="E30" s="2"/>
       <c r="F30" s="21"/>
       <c r="G30" s="22"/>
       <c r="H30" s="23"/>
       <c r="I30" s="2"/>
       <c r="J30" s="22"/>
-      <c r="K30" s="35"/>
-[...3 lines deleted...]
-      <c r="O30" s="35"/>
+      <c r="K30" s="28"/>
+      <c r="L30" s="28"/>
+      <c r="M30" s="28"/>
+      <c r="N30" s="28"/>
+      <c r="O30" s="28"/>
     </row>
     <row r="31" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="2"/>
       <c r="B31" s="19"/>
       <c r="C31" s="20"/>
       <c r="D31" s="2"/>
       <c r="E31" s="2"/>
       <c r="F31" s="21"/>
       <c r="G31" s="22"/>
       <c r="H31" s="23"/>
       <c r="I31" s="2"/>
       <c r="J31" s="22"/>
-      <c r="K31" s="35"/>
-[...3 lines deleted...]
-      <c r="O31" s="35"/>
+      <c r="K31" s="28"/>
+      <c r="L31" s="28"/>
+      <c r="M31" s="28"/>
+      <c r="N31" s="28"/>
+      <c r="O31" s="28"/>
     </row>
     <row r="32" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="2"/>
       <c r="B32" s="19"/>
       <c r="C32" s="20"/>
       <c r="D32" s="2"/>
       <c r="E32" s="2"/>
       <c r="F32" s="21"/>
       <c r="G32" s="22"/>
       <c r="H32" s="23"/>
       <c r="I32" s="2"/>
       <c r="J32" s="22"/>
-      <c r="K32" s="35"/>
-[...3 lines deleted...]
-      <c r="O32" s="35"/>
+      <c r="K32" s="28"/>
+      <c r="L32" s="28"/>
+      <c r="M32" s="28"/>
+      <c r="N32" s="28"/>
+      <c r="O32" s="28"/>
     </row>
     <row r="33" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="2"/>
       <c r="B33" s="19"/>
       <c r="C33" s="20"/>
       <c r="D33" s="2"/>
       <c r="E33" s="2"/>
       <c r="F33" s="21"/>
       <c r="G33" s="22"/>
       <c r="H33" s="23"/>
       <c r="I33" s="2"/>
       <c r="J33" s="22"/>
-      <c r="K33" s="35"/>
-[...3 lines deleted...]
-      <c r="O33" s="35"/>
+      <c r="K33" s="28"/>
+      <c r="L33" s="28"/>
+      <c r="M33" s="28"/>
+      <c r="N33" s="28"/>
+      <c r="O33" s="28"/>
     </row>
     <row r="34" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="2"/>
       <c r="B34" s="19"/>
       <c r="C34" s="20"/>
       <c r="D34" s="2"/>
       <c r="E34" s="2"/>
       <c r="F34" s="21"/>
       <c r="G34" s="22"/>
       <c r="H34" s="23"/>
       <c r="I34" s="2"/>
       <c r="J34" s="22"/>
-      <c r="K34" s="35"/>
-[...3 lines deleted...]
-      <c r="O34" s="35"/>
+      <c r="K34" s="28"/>
+      <c r="L34" s="28"/>
+      <c r="M34" s="28"/>
+      <c r="N34" s="28"/>
+      <c r="O34" s="28"/>
     </row>
     <row r="35" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="2"/>
       <c r="B35" s="19"/>
       <c r="C35" s="20"/>
       <c r="D35" s="2"/>
       <c r="E35" s="2"/>
       <c r="F35" s="21"/>
       <c r="G35" s="22"/>
       <c r="H35" s="23"/>
       <c r="I35" s="2"/>
       <c r="J35" s="22"/>
-      <c r="K35" s="35"/>
-[...3 lines deleted...]
-      <c r="O35" s="35"/>
+      <c r="K35" s="28"/>
+      <c r="L35" s="28"/>
+      <c r="M35" s="28"/>
+      <c r="N35" s="28"/>
+      <c r="O35" s="28"/>
     </row>
     <row r="36" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="2"/>
       <c r="B36" s="19"/>
       <c r="C36" s="20"/>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="21"/>
       <c r="G36" s="22"/>
       <c r="H36" s="23"/>
       <c r="I36" s="2"/>
       <c r="J36" s="22"/>
-      <c r="K36" s="35"/>
-[...3 lines deleted...]
-      <c r="O36" s="35"/>
+      <c r="K36" s="28"/>
+      <c r="L36" s="28"/>
+      <c r="M36" s="28"/>
+      <c r="N36" s="28"/>
+      <c r="O36" s="28"/>
     </row>
     <row r="37" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="2"/>
       <c r="B37" s="19"/>
       <c r="C37" s="20"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="21"/>
       <c r="G37" s="22"/>
       <c r="H37" s="23"/>
       <c r="I37" s="2"/>
       <c r="J37" s="22"/>
-      <c r="K37" s="35"/>
-[...3 lines deleted...]
-      <c r="O37" s="35"/>
+      <c r="K37" s="28"/>
+      <c r="L37" s="28"/>
+      <c r="M37" s="28"/>
+      <c r="N37" s="28"/>
+      <c r="O37" s="28"/>
     </row>
     <row r="38" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="2"/>
       <c r="B38" s="19"/>
       <c r="C38" s="20"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="21"/>
       <c r="G38" s="22"/>
       <c r="H38" s="23"/>
       <c r="I38" s="2"/>
       <c r="J38" s="22"/>
-      <c r="K38" s="35"/>
-[...3 lines deleted...]
-      <c r="O38" s="35"/>
+      <c r="K38" s="28"/>
+      <c r="L38" s="28"/>
+      <c r="M38" s="28"/>
+      <c r="N38" s="28"/>
+      <c r="O38" s="28"/>
     </row>
     <row r="39" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="2"/>
       <c r="B39" s="19"/>
       <c r="C39" s="20"/>
       <c r="D39" s="2"/>
       <c r="E39" s="2"/>
       <c r="F39" s="21"/>
       <c r="G39" s="22"/>
       <c r="H39" s="23"/>
       <c r="I39" s="2"/>
       <c r="J39" s="22"/>
-      <c r="K39" s="35"/>
-[...3 lines deleted...]
-      <c r="O39" s="35"/>
+      <c r="K39" s="28"/>
+      <c r="L39" s="28"/>
+      <c r="M39" s="28"/>
+      <c r="N39" s="28"/>
+      <c r="O39" s="28"/>
     </row>
     <row r="40" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="2"/>
       <c r="B40" s="19"/>
       <c r="C40" s="20"/>
       <c r="D40" s="2"/>
       <c r="E40" s="2"/>
       <c r="F40" s="21"/>
       <c r="G40" s="22"/>
       <c r="H40" s="23"/>
       <c r="I40" s="2"/>
       <c r="J40" s="22"/>
-      <c r="K40" s="35"/>
-[...3 lines deleted...]
-      <c r="O40" s="35"/>
+      <c r="K40" s="28"/>
+      <c r="L40" s="28"/>
+      <c r="M40" s="28"/>
+      <c r="N40" s="28"/>
+      <c r="O40" s="28"/>
     </row>
     <row r="41" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="2"/>
       <c r="B41" s="19"/>
       <c r="C41" s="20"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="21"/>
       <c r="G41" s="22"/>
       <c r="H41" s="23"/>
       <c r="I41" s="2"/>
       <c r="J41" s="22"/>
-      <c r="K41" s="35"/>
-[...3 lines deleted...]
-      <c r="O41" s="35"/>
+      <c r="K41" s="28"/>
+      <c r="L41" s="28"/>
+      <c r="M41" s="28"/>
+      <c r="N41" s="28"/>
+      <c r="O41" s="28"/>
     </row>
     <row r="42" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="2"/>
       <c r="B42" s="19"/>
       <c r="C42" s="20"/>
       <c r="D42" s="2"/>
       <c r="E42" s="2"/>
       <c r="F42" s="21"/>
       <c r="G42" s="22"/>
       <c r="H42" s="23"/>
       <c r="I42" s="2"/>
       <c r="J42" s="22"/>
-      <c r="K42" s="35"/>
-[...3 lines deleted...]
-      <c r="O42" s="35"/>
+      <c r="K42" s="28"/>
+      <c r="L42" s="28"/>
+      <c r="M42" s="28"/>
+      <c r="N42" s="28"/>
+      <c r="O42" s="28"/>
     </row>
     <row r="43" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="2"/>
       <c r="B43" s="19"/>
       <c r="C43" s="20"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="21"/>
       <c r="G43" s="22"/>
       <c r="H43" s="23"/>
       <c r="I43" s="2"/>
       <c r="J43" s="22"/>
-      <c r="K43" s="35"/>
-[...3 lines deleted...]
-      <c r="O43" s="35"/>
+      <c r="K43" s="28"/>
+      <c r="L43" s="28"/>
+      <c r="M43" s="28"/>
+      <c r="N43" s="28"/>
+      <c r="O43" s="28"/>
     </row>
     <row r="44" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="2"/>
       <c r="B44" s="19"/>
       <c r="C44" s="20"/>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="21"/>
       <c r="G44" s="22"/>
       <c r="H44" s="23"/>
       <c r="I44" s="2"/>
       <c r="J44" s="22"/>
-      <c r="K44" s="35"/>
-[...3 lines deleted...]
-      <c r="O44" s="35"/>
+      <c r="K44" s="28"/>
+      <c r="L44" s="28"/>
+      <c r="M44" s="28"/>
+      <c r="N44" s="28"/>
+      <c r="O44" s="28"/>
     </row>
     <row r="45" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="2"/>
       <c r="B45" s="19"/>
       <c r="C45" s="20"/>
       <c r="D45" s="2"/>
       <c r="E45" s="2"/>
       <c r="F45" s="21"/>
       <c r="G45" s="22"/>
       <c r="H45" s="23"/>
       <c r="I45" s="2"/>
       <c r="J45" s="22"/>
-      <c r="K45" s="35"/>
-[...3 lines deleted...]
-      <c r="O45" s="35"/>
+      <c r="K45" s="28"/>
+      <c r="L45" s="28"/>
+      <c r="M45" s="28"/>
+      <c r="N45" s="28"/>
+      <c r="O45" s="28"/>
     </row>
     <row r="46" spans="1:15" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="24"/>
       <c r="B46" s="25"/>
       <c r="C46" s="26"/>
       <c r="D46" s="24"/>
       <c r="E46" s="24"/>
-      <c r="K46" s="28"/>
-[...3 lines deleted...]
-      <c r="O46" s="28"/>
+      <c r="K46" s="35"/>
+      <c r="L46" s="35"/>
+      <c r="M46" s="35"/>
+      <c r="N46" s="35"/>
+      <c r="O46" s="35"/>
     </row>
     <row r="47" spans="1:15" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="24"/>
       <c r="B47" s="25"/>
       <c r="C47" s="26"/>
       <c r="D47" s="24"/>
       <c r="E47" s="24"/>
-      <c r="K47" s="28"/>
-[...3 lines deleted...]
-      <c r="O47" s="28"/>
+      <c r="K47" s="35"/>
+      <c r="L47" s="35"/>
+      <c r="M47" s="35"/>
+      <c r="N47" s="35"/>
+      <c r="O47" s="35"/>
     </row>
     <row r="48" spans="1:15" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="24"/>
       <c r="B48" s="25"/>
       <c r="C48" s="26"/>
       <c r="D48" s="24"/>
       <c r="E48" s="24"/>
       <c r="K48" s="36"/>
       <c r="L48" s="36"/>
       <c r="M48" s="36"/>
       <c r="N48" s="36"/>
       <c r="O48" s="36"/>
     </row>
     <row r="49" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A49" s="24"/>
       <c r="B49" s="25"/>
       <c r="C49" s="26"/>
       <c r="D49" s="24"/>
       <c r="E49" s="24"/>
-      <c r="K49" s="28"/>
-[...3 lines deleted...]
-      <c r="O49" s="28"/>
+      <c r="K49" s="35"/>
+      <c r="L49" s="35"/>
+      <c r="M49" s="35"/>
+      <c r="N49" s="35"/>
+      <c r="O49" s="35"/>
     </row>
     <row r="50" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A50" s="24"/>
       <c r="B50" s="25"/>
       <c r="C50" s="26"/>
       <c r="D50" s="24"/>
       <c r="E50" s="24"/>
-      <c r="K50" s="28"/>
-[...3 lines deleted...]
-      <c r="O50" s="28"/>
+      <c r="K50" s="35"/>
+      <c r="L50" s="35"/>
+      <c r="M50" s="35"/>
+      <c r="N50" s="35"/>
+      <c r="O50" s="35"/>
     </row>
     <row r="51" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A51" s="24"/>
       <c r="B51" s="25"/>
       <c r="C51" s="26"/>
       <c r="D51" s="24"/>
       <c r="E51" s="24"/>
-      <c r="K51" s="28"/>
-[...3 lines deleted...]
-      <c r="O51" s="28"/>
+      <c r="K51" s="35"/>
+      <c r="L51" s="35"/>
+      <c r="M51" s="35"/>
+      <c r="N51" s="35"/>
+      <c r="O51" s="35"/>
     </row>
     <row r="52" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A52" s="24"/>
       <c r="B52" s="25"/>
       <c r="C52" s="26"/>
       <c r="D52" s="24"/>
       <c r="E52" s="24"/>
-      <c r="K52" s="28"/>
-[...3 lines deleted...]
-      <c r="O52" s="28"/>
+      <c r="K52" s="35"/>
+      <c r="L52" s="35"/>
+      <c r="M52" s="35"/>
+      <c r="N52" s="35"/>
+      <c r="O52" s="35"/>
     </row>
     <row r="53" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A53" s="24"/>
       <c r="B53" s="25"/>
       <c r="C53" s="26"/>
       <c r="D53" s="24"/>
       <c r="E53" s="24"/>
-      <c r="K53" s="28"/>
-[...3 lines deleted...]
-      <c r="O53" s="28"/>
+      <c r="K53" s="35"/>
+      <c r="L53" s="35"/>
+      <c r="M53" s="35"/>
+      <c r="N53" s="35"/>
+      <c r="O53" s="35"/>
     </row>
     <row r="54" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A54" s="24"/>
       <c r="B54" s="25"/>
       <c r="C54" s="26"/>
       <c r="D54" s="24"/>
       <c r="E54" s="24"/>
-      <c r="K54" s="28"/>
-[...3 lines deleted...]
-      <c r="O54" s="28"/>
+      <c r="K54" s="35"/>
+      <c r="L54" s="35"/>
+      <c r="M54" s="35"/>
+      <c r="N54" s="35"/>
+      <c r="O54" s="35"/>
     </row>
     <row r="55" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A55" s="24"/>
       <c r="B55" s="25"/>
       <c r="C55" s="26"/>
       <c r="D55" s="24"/>
       <c r="E55" s="24"/>
-      <c r="K55" s="28"/>
-[...3 lines deleted...]
-      <c r="O55" s="28"/>
+      <c r="K55" s="35"/>
+      <c r="L55" s="35"/>
+      <c r="M55" s="35"/>
+      <c r="N55" s="35"/>
+      <c r="O55" s="35"/>
     </row>
     <row r="56" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A56" s="24"/>
       <c r="B56" s="25"/>
       <c r="C56" s="26"/>
       <c r="D56" s="24"/>
       <c r="E56" s="24"/>
-      <c r="K56" s="28"/>
-[...3 lines deleted...]
-      <c r="O56" s="28"/>
+      <c r="K56" s="35"/>
+      <c r="L56" s="35"/>
+      <c r="M56" s="35"/>
+      <c r="N56" s="35"/>
+      <c r="O56" s="35"/>
     </row>
     <row r="57" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A57" s="24"/>
       <c r="B57" s="25"/>
       <c r="C57" s="26"/>
       <c r="D57" s="24"/>
       <c r="E57" s="24"/>
-      <c r="K57" s="28"/>
-[...3 lines deleted...]
-      <c r="O57" s="28"/>
+      <c r="K57" s="35"/>
+      <c r="L57" s="35"/>
+      <c r="M57" s="35"/>
+      <c r="N57" s="35"/>
+      <c r="O57" s="35"/>
     </row>
     <row r="58" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A58" s="24"/>
       <c r="B58" s="25"/>
       <c r="C58" s="26"/>
       <c r="D58" s="24"/>
       <c r="E58" s="24"/>
-      <c r="K58" s="28"/>
-[...3 lines deleted...]
-      <c r="O58" s="28"/>
+      <c r="K58" s="35"/>
+      <c r="L58" s="35"/>
+      <c r="M58" s="35"/>
+      <c r="N58" s="35"/>
+      <c r="O58" s="35"/>
     </row>
     <row r="59" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A59" s="24"/>
       <c r="B59" s="25"/>
       <c r="C59" s="26"/>
       <c r="D59" s="24"/>
       <c r="E59" s="24"/>
-      <c r="K59" s="28"/>
-[...3 lines deleted...]
-      <c r="O59" s="28"/>
+      <c r="K59" s="35"/>
+      <c r="L59" s="35"/>
+      <c r="M59" s="35"/>
+      <c r="N59" s="35"/>
+      <c r="O59" s="35"/>
     </row>
     <row r="60" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A60" s="24"/>
       <c r="B60" s="25"/>
       <c r="C60" s="26"/>
       <c r="D60" s="24"/>
       <c r="E60" s="24"/>
-      <c r="K60" s="28"/>
-[...3 lines deleted...]
-      <c r="O60" s="28"/>
+      <c r="K60" s="35"/>
+      <c r="L60" s="35"/>
+      <c r="M60" s="35"/>
+      <c r="N60" s="35"/>
+      <c r="O60" s="35"/>
     </row>
     <row r="61" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A61" s="24"/>
       <c r="B61" s="25"/>
       <c r="C61" s="26"/>
       <c r="D61" s="24"/>
       <c r="E61" s="24"/>
-      <c r="K61" s="28"/>
-[...3 lines deleted...]
-      <c r="O61" s="28"/>
+      <c r="K61" s="35"/>
+      <c r="L61" s="35"/>
+      <c r="M61" s="35"/>
+      <c r="N61" s="35"/>
+      <c r="O61" s="35"/>
     </row>
     <row r="62" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A62" s="24"/>
       <c r="B62" s="25"/>
       <c r="C62" s="26"/>
       <c r="D62" s="24"/>
       <c r="E62" s="24"/>
     </row>
     <row r="63" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A63" s="24"/>
       <c r="B63" s="25"/>
       <c r="C63" s="26"/>
       <c r="D63" s="24"/>
       <c r="E63" s="24"/>
     </row>
     <row r="64" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A64" s="24"/>
       <c r="B64" s="25"/>
       <c r="C64" s="26"/>
       <c r="D64" s="24"/>
       <c r="E64" s="24"/>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="24"/>
       <c r="B65" s="25"/>
@@ -2283,110 +2283,110 @@
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="24"/>
       <c r="B112" s="25"/>
       <c r="C112" s="26"/>
       <c r="D112" s="24"/>
       <c r="E112" s="24"/>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="24"/>
       <c r="B113" s="25"/>
       <c r="C113" s="26"/>
       <c r="D113" s="24"/>
       <c r="E113" s="24"/>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="24"/>
       <c r="B114" s="25"/>
       <c r="C114" s="26"/>
       <c r="D114" s="24"/>
       <c r="E114" s="24"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <mergeCells count="60">
-    <mergeCell ref="K37:O37"/>
-[...26 lines deleted...]
-    <mergeCell ref="A4:O4"/>
+    <mergeCell ref="K61:O61"/>
+    <mergeCell ref="K58:O58"/>
+    <mergeCell ref="K59:O59"/>
+    <mergeCell ref="K6:O6"/>
+    <mergeCell ref="K7:O7"/>
+    <mergeCell ref="K8:O8"/>
+    <mergeCell ref="K9:O9"/>
+    <mergeCell ref="K11:O11"/>
+    <mergeCell ref="K12:O12"/>
+    <mergeCell ref="K13:O13"/>
+    <mergeCell ref="K14:O14"/>
+    <mergeCell ref="K21:O21"/>
+    <mergeCell ref="K22:O22"/>
+    <mergeCell ref="K23:O23"/>
+    <mergeCell ref="K46:O46"/>
+    <mergeCell ref="K47:O47"/>
     <mergeCell ref="K19:O19"/>
     <mergeCell ref="K20:O20"/>
     <mergeCell ref="K60:O60"/>
     <mergeCell ref="K54:O54"/>
     <mergeCell ref="K55:O55"/>
     <mergeCell ref="K56:O56"/>
     <mergeCell ref="K57:O57"/>
     <mergeCell ref="K48:O48"/>
     <mergeCell ref="K49:O49"/>
     <mergeCell ref="K50:O50"/>
     <mergeCell ref="K51:O51"/>
     <mergeCell ref="K52:O52"/>
     <mergeCell ref="K53:O53"/>
     <mergeCell ref="K24:O24"/>
     <mergeCell ref="K25:O25"/>
     <mergeCell ref="K26:O26"/>
-    <mergeCell ref="K61:O61"/>
-[...14 lines deleted...]
-    <mergeCell ref="K47:O47"/>
+    <mergeCell ref="B1:E1"/>
+    <mergeCell ref="K15:O15"/>
+    <mergeCell ref="K16:O16"/>
+    <mergeCell ref="K17:O17"/>
+    <mergeCell ref="K18:O18"/>
+    <mergeCell ref="K10:O10"/>
+    <mergeCell ref="A3:O3"/>
+    <mergeCell ref="K5:O5"/>
+    <mergeCell ref="A4:O4"/>
+    <mergeCell ref="K27:O27"/>
+    <mergeCell ref="K28:O28"/>
+    <mergeCell ref="K29:O29"/>
+    <mergeCell ref="K30:O30"/>
+    <mergeCell ref="K31:O31"/>
+    <mergeCell ref="K32:O32"/>
+    <mergeCell ref="K33:O33"/>
+    <mergeCell ref="K34:O34"/>
+    <mergeCell ref="K35:O35"/>
+    <mergeCell ref="K36:O36"/>
+    <mergeCell ref="K37:O37"/>
+    <mergeCell ref="K38:O38"/>
+    <mergeCell ref="K44:O44"/>
+    <mergeCell ref="K45:O45"/>
+    <mergeCell ref="K39:O39"/>
+    <mergeCell ref="K40:O40"/>
+    <mergeCell ref="K41:O41"/>
+    <mergeCell ref="K42:O42"/>
+    <mergeCell ref="K43:O43"/>
   </mergeCells>
   <dataValidations count="3">
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B6:B45" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>0</formula1>
       <formula2>500000000000000000000</formula2>
     </dataValidation>
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C6:C45" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>0</formula1>
       <formula2>5000000000000000000</formula2>
     </dataValidation>
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F6:F45" xr:uid="{00000000-0002-0000-0000-000002000000}">
       <formula1>0</formula1>
       <formula2>5E+30</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.2" right="0.2" top="0.25" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="4">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000003000000}">
           <x14:formula1>
             <xm:f>Sheet3!$A$1:$A$7</xm:f>
           </x14:formula1>
           <xm:sqref>D6:D45</xm:sqref>
@@ -2495,52 +2495,52 @@
     </row>
     <row r="7" spans="1:4" ht="21" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003E653379ECCF32408CC7A9E7E59357C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1bea14a1418324dc2b7f641802c33ffa">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c02ef49a-3803-4b4d-8c9d-c67b6e53e4af" xmlns:ns3="7d7d3347-3f4a-43b7-ab51-5f5f7a1522a6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="285003f1579f1290bd8d1024904d1d65" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003E653379ECCF32408CC7A9E7E59357C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="15a883b373d127bef8af96030eee1f55">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c02ef49a-3803-4b4d-8c9d-c67b6e53e4af" xmlns:ns3="7d7d3347-3f4a-43b7-ab51-5f5f7a1522a6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9899f1213494031840475ec395adeaea" ns2:_="" ns3:_="">
     <xsd:import namespace="c02ef49a-3803-4b4d-8c9d-c67b6e53e4af"/>
     <xsd:import namespace="7d7d3347-3f4a-43b7-ab51-5f5f7a1522a6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -2730,94 +2730,94 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="7d7d3347-3f4a-43b7-ab51-5f5f7a1522a6" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c02ef49a-3803-4b4d-8c9d-c67b6e53e4af">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E0CFC29-2C90-4DAD-B2ED-D4419F846192}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3D0446A7-454E-4B09-8866-FB27462A53CB}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D94A00BA-863B-49AE-A7F6-19735C8BF2B8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69725F60-C8AC-4256-A105-626865A516F6}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="0f933693-47b2-4b21-b908-e4c3a21f8c05"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="7d7d3347-3f4a-43b7-ab51-5f5f7a1522a6"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69725F60-C8AC-4256-A105-626865A516F6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D94A00BA-863B-49AE-A7F6-19735C8BF2B8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="0f933693-47b2-4b21-b908-e4c3a21f8c05"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -2829,35 +2829,35 @@
       <vt:lpstr>Sheet1!Print_Area</vt:lpstr>
       <vt:lpstr>Sheet1!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>EPS</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>West, Heather (OGR)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100E9F0C1165B64FA42A5387FE466F2835B</vt:lpwstr>
+    <vt:lpwstr>0x0101003E653379ECCF32408CC7A9E7E59357C1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>2495600</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>