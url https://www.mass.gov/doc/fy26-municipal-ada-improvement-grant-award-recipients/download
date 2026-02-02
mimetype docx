--- v0 (2025-12-17)
+++ v1 (2026-02-02)
@@ -1,201 +1,167 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6D4BDE74" w14:textId="72ADF5A8" w:rsidR="00C9117F" w:rsidRPr="00DE2652" w:rsidRDefault="00C9117F" w:rsidP="006921A0">
+    <w:p w14:paraId="6D4BDE74" w14:textId="72ADF5A8" w:rsidR="00C9117F" w:rsidRPr="00DE2652" w:rsidRDefault="00C9117F" w:rsidP="00E15FA8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE2652">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>FY2</w:t>
       </w:r>
       <w:r w:rsidR="00DE2652" w:rsidRPr="00DE2652">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE2652">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Municipal ADA Improvement Grant Award Recipients</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12A20A5E" w14:textId="1279034D" w:rsidR="00C9117F" w:rsidRPr="00DE2652" w:rsidRDefault="00C9117F" w:rsidP="006921A0">
+    <w:p w14:paraId="1D617F9C" w14:textId="38DDB7DA" w:rsidR="00E15FA8" w:rsidRDefault="00C9117F" w:rsidP="002508FB">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE2652">
-        <w:rPr>
-[...4 lines deleted...]
-        <w:t>Total awarded: $</w:t>
+        <w:t>Total awarded:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48343731" w14:textId="4122F06F" w:rsidR="002508FB" w:rsidRPr="00DE2652" w:rsidRDefault="00C9117F" w:rsidP="002508FB">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE2652">
+        <w:t>$</w:t>
       </w:r>
       <w:r w:rsidR="00DE2652" w:rsidRPr="00DE2652">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>5,909,815.6</w:t>
       </w:r>
       <w:r w:rsidR="00DE2652">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05A23DE0" w14:textId="5074C09B" w:rsidR="006921A0" w:rsidRPr="00DE2652" w:rsidRDefault="00C9117F" w:rsidP="006921A0">
+    <w:p w14:paraId="6F72B155" w14:textId="77777777" w:rsidR="00E15FA8" w:rsidRDefault="00E15FA8" w:rsidP="00E15FA8">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20E6DDDC" w14:textId="2CE2E91C" w:rsidR="00E15FA8" w:rsidRDefault="00C9117F" w:rsidP="002508FB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE2652">
-        <w:rPr>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Total awards: </w:t>
+        <w:t>Total awards:</w:t>
       </w:r>
-      <w:r w:rsidR="00DE2652">
-[...4 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w14:paraId="5C96A915" w14:textId="406940C7" w:rsidR="00E15FA8" w:rsidRDefault="00DE2652" w:rsidP="00E15FA8">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
         <w:t>86</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE2652">
-[...12 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w14:paraId="05A23DE0" w14:textId="7F4A3315" w:rsidR="006921A0" w:rsidRDefault="00DE2652" w:rsidP="00E15FA8">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E15FA8">
         <w:t>33</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE2652">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00C9117F" w:rsidRPr="00E15FA8">
         <w:t xml:space="preserve"> planning grants, </w:t>
       </w:r>
-      <w:r w:rsidR="00DE2652">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E15FA8">
         <w:t>53</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE2652">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> project grants)</w:t>
+      <w:r w:rsidR="00C9117F" w:rsidRPr="00E15FA8">
+        <w:t xml:space="preserve"> project grants</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C0466F8" w14:textId="77777777" w:rsidR="00E15FA8" w:rsidRDefault="00E15FA8" w:rsidP="00E15FA8">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66832A25" w14:textId="313E4C01" w:rsidR="00E15FA8" w:rsidRPr="00E15FA8" w:rsidRDefault="00E15FA8" w:rsidP="002508FB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Awards by Municipality/Applicant and Grant Type:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="PlainTable1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="Awards by Municipality/Applicant and Grant Type"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3773"/>
         <w:gridCol w:w="3071"/>
         <w:gridCol w:w="2506"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C9117F" w:rsidRPr="00DE2652" w14:paraId="388D9DA7" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00C9117F" w:rsidRPr="00DE2652" w14:paraId="388D9DA7" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6D74864C" w14:textId="41DF630A" w:rsidR="00C9117F" w:rsidRPr="00DE2652" w:rsidRDefault="00C9117F" w:rsidP="004D4B29">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk215834713"/>
             <w:r w:rsidRPr="00DE2652">
@@ -269,53 +235,54 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Award</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="45C64938" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="45C64938" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2E4C3320" w14:textId="577E5AB3" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -358,51 +325,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="34D7618E" w14:textId="1600EA83" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$100,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="4F972B42" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="4F972B42" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="62F3D1DE" w14:textId="4D924594" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Adams</w:t>
@@ -444,53 +414,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="774C9258" w14:textId="750FDCAC" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$56,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="47B0D5EE" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="47B0D5EE" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="75637564" w14:textId="78C6869E" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -533,51 +504,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7B856641" w14:textId="66AF4E56" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$150,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="49B5FE9F" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="49B5FE9F" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="660BF149" w14:textId="0521CDC0" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Arlington</w:t>
@@ -619,53 +593,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3EEA9DD6" w14:textId="6A8FDF9D" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>$25,000.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="5099AAC9" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="5099AAC9" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="65F5F878" w14:textId="2731D582" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -708,51 +683,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3A9065AF" w14:textId="79616FCA" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$248,840.82 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="23449731" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="23449731" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3239D469" w14:textId="73E88019" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Belchertown</w:t>
@@ -794,53 +772,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7E0BBC52" w14:textId="4D236807" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$66,150.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="7FC5BB3E" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="7FC5BB3E" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="196900F4" w14:textId="4D33E803" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -883,51 +862,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="471806B2" w14:textId="4B1E34C4" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$9,500.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="39884A39" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="39884A39" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5FAD3EE5" w14:textId="51B0D843" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Boston</w:t>
@@ -969,53 +951,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4535BC5E" w14:textId="5BFAE91B" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$100,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="0A2FEB5D" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="0A2FEB5D" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3C945203" w14:textId="415ADC4F" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -1058,51 +1041,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="24DE9612" w14:textId="38650C90" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$49,852.80 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="224063FF" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="224063FF" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6B64F273" w14:textId="68CA63F3" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Cambridge Public Schools</w:t>
@@ -1144,53 +1130,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="55C283A0" w14:textId="229EB068" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$185,248.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="1BE6C609" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="1BE6C609" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1B49036F" w14:textId="4EA9FFEA" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -1233,51 +1220,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5FDC2791" w14:textId="02DE0037" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$20,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="11EDF692" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="11EDF692" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7F48115F" w14:textId="34915E63" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Chelmsford</w:t>
@@ -1319,53 +1309,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="50095AD1" w14:textId="7AF35E34" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$65,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="0436AEDB" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="0436AEDB" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7118EF11" w14:textId="6115420D" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -1408,51 +1399,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="414B638B" w14:textId="151EE7CA" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$30,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="3D01BBC6" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="3D01BBC6" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="40DEB57D" w14:textId="1ACCB08F" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Colrain</w:t>
@@ -1494,53 +1488,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0D277009" w14:textId="54AAE013" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$9,975.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="2AE54FE9" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="2AE54FE9" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="068D5EBE" w14:textId="073184EC" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -1583,51 +1578,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3D3810B2" w14:textId="28B7B97E" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$125,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="4CB3CC8B" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="4CB3CC8B" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3A376FEB" w14:textId="4951C19C" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Conway</w:t>
@@ -1669,53 +1667,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0E542248" w14:textId="16B80385" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$24,321.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="3B2D0558" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="3B2D0558" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="28BAC6AA" w14:textId="3FA7E6DC" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -1758,51 +1757,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="408EA3C1" w14:textId="0D933343" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$16,950.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="68B3373A" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="68B3373A" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4932DFD4" w14:textId="33582760" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dedham</w:t>
@@ -1844,53 +1846,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="022BE314" w14:textId="24F143FC" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$50,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="7EAD3FAA" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="7EAD3FAA" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3E5A986B" w14:textId="194A52D3" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -1933,51 +1936,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7EFE591A" w14:textId="130CB802" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$79,700.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="2711623E" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="2711623E" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="57705B76" w14:textId="7FDE1AD3" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>East Longmeadow</w:t>
@@ -2019,53 +2025,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7DBBC214" w14:textId="5D1F4F87" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$500.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="34FF457B" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="34FF457B" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="60F2AA6E" w14:textId="0A80615F" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -2108,51 +2115,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6E2FA5F9" w14:textId="00D084E1" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$4,500.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="526770E5" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="526770E5" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="40195B9F" w14:textId="6D9E2E11" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>East Longmeadow</w:t>
@@ -2194,53 +2204,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="59815A06" w14:textId="6889D98F" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$4,650.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="5D5BC93E" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="5D5BC93E" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6562DD6D" w14:textId="523C6DA4" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -2283,51 +2294,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="47ECAAA8" w14:textId="7DDFC43D" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$20,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="5A993A9A" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="5A993A9A" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2544440A" w14:textId="01472980" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>East Longmeadow</w:t>
@@ -2369,53 +2383,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7230F0F7" w14:textId="0FC28AFC" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$24,420.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="6697BDA8" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="6697BDA8" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4369FDFC" w14:textId="705F84D5" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -2458,75 +2473,79 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7342D950" w14:textId="49BAA5A6" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$29,837.27 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="2398F9BE" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="2398F9BE" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6653CFF0" w14:textId="5D072D5E" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Fitchburg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1642" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="385D1855" w14:textId="61953270" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
@@ -2544,53 +2563,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="667B4F2A" w14:textId="6DFC1D55" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$67,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="36C886CA" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="36C886CA" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3EB1AEB0" w14:textId="62274427" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -2633,51 +2653,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0270A722" w14:textId="155B364A" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$20,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="6890CBCE" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="6890CBCE" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="45E7B925" w14:textId="5FD4A77D" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Framingham</w:t>
@@ -2719,53 +2742,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="279A613B" w14:textId="73BEFF2C" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$250,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="6142021B" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="6142021B" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="15E78098" w14:textId="7B1013CE" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -2808,51 +2832,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="59BA75B2" w14:textId="3FDA974D" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$75,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="03A4C373" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="03A4C373" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3C57BAD9" w14:textId="3BB38751" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Greenfield</w:t>
@@ -2894,53 +2921,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="20309A86" w14:textId="6635D08A" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$14,339.39 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="2F9EB31C" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="2F9EB31C" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="62EAD22A" w14:textId="1DD55F21" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -2983,51 +3011,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="01C2F787" w14:textId="206DA4D2" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$40,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="510DE2F2" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="510DE2F2" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="764A146F" w14:textId="4FB2B1FE" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Heath</w:t>
@@ -3069,79 +3100,79 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="56F00573" w14:textId="0539E6F3" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$8,750.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="126DEE9D" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="126DEE9D" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1CC83369" w14:textId="39705E56" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Hingham</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1642" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="47690049" w14:textId="77AF9BEF" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
@@ -3159,51 +3190,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="223CD2C1" w14:textId="7C988FE0" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$100,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="478421B3" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="478421B3" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1E67AEDD" w14:textId="09AA2234" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Hopkinton</w:t>
@@ -3245,53 +3279,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="093EC123" w14:textId="432D8855" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$45,792.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="211138D9" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="211138D9" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="330D9C88" w14:textId="1186E58C" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3334,51 +3369,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="67A431A3" w14:textId="024425C7" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$232,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="0D94624F" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="0D94624F" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2CBE8F43" w14:textId="7A6EFDC6" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Leverett</w:t>
@@ -3420,53 +3458,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5615636E" w14:textId="2B83E5DB" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$122,527.41 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="07BEF00B" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="07BEF00B" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="108C2108" w14:textId="26987388" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3509,51 +3548,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1197CDCD" w14:textId="5C8857E6" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$45,700.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="762780B1" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="762780B1" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="430B7CCF" w14:textId="3B151F4B" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lowell</w:t>
@@ -3595,53 +3637,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="202CEA5C" w14:textId="1DEA1A91" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$250,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="5602771C" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="5602771C" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="64810C1F" w14:textId="4D786C5A" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3684,51 +3727,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2ED5AAB4" w14:textId="28B2B3C8" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$19,720.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="46C8AE88" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="46C8AE88" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="37A03E18" w14:textId="40619C13" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Maynard</w:t>
@@ -3770,53 +3816,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1E9B4C3E" w14:textId="7601DA10" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$59,986.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="78368BF3" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="78368BF3" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1BDC603D" w14:textId="637D6B37" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3859,51 +3906,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="66161528" w14:textId="5B6B43E0" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$89,440.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="3B60158D" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="3B60158D" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5FA3E31C" w14:textId="5711C0A8" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Melrose</w:t>
@@ -3945,53 +3995,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6D50447B" w14:textId="7DFDFF43" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$171,800.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="4530AF8B" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="4530AF8B" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7027873B" w14:textId="0EBB35B2" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4034,51 +4085,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="229EE7D6" w14:textId="1B0D2A9D" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$65,200.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="5B532218" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="5B532218" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="77CB472D" w14:textId="270BF36C" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Merrimac</w:t>
@@ -4120,53 +4174,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7A459ADE" w14:textId="28BC0791" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$30,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="3D2563DE" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="3D2563DE" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1F4FDED8" w14:textId="1CF0CE16" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4209,51 +4264,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5A4FA979" w14:textId="0C47C9D7" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$28,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="450CE760" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="450CE760" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5E751E7A" w14:textId="43822E7C" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Millbury</w:t>
@@ -4295,53 +4353,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1AE457E7" w14:textId="63FB8E81" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$28,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="2E05926F" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="2E05926F" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1B151908" w14:textId="672D3D40" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4384,51 +4443,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7E62C3FC" w14:textId="7153E855" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$105,257.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="4C6D837E" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="4C6D837E" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="26CF77C7" w14:textId="49DD512B" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nantucket</w:t>
@@ -4470,53 +4532,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3B587AD8" w14:textId="457A272D" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$13,495.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="0FD79A8D" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="0FD79A8D" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="205A4487" w14:textId="3055E483" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4559,51 +4622,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="242A8FB3" w14:textId="7C82DE04" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$24,208.78 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="34D469D1" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="34D469D1" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5D50C280" w14:textId="77DD117B" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Natick</w:t>
@@ -4645,53 +4711,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5C188C8A" w14:textId="7A1AE8FC" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$13,600.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="0E94BAC5" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="0E94BAC5" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="53EC4F0A" w14:textId="582E81DB" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4734,51 +4801,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5FE92747" w14:textId="37CE2106" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$5,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="30D9A020" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="30D9A020" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7ACDC139" w14:textId="14CA5CA2" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>New Bedford</w:t>
@@ -4820,53 +4890,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="767CE7E8" w14:textId="3A953FBD" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$246,600.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="1CF3A0C5" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="1CF3A0C5" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="27E0B462" w14:textId="45EF6BEE" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4909,51 +4980,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="072B233D" w14:textId="0B49F145" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$9,450.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="737AEE11" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="737AEE11" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="496B7597" w14:textId="207EC69A" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Newbury</w:t>
@@ -4995,53 +5069,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="00DB2DDB" w14:textId="552A5A9E" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$41,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="5568EF2C" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="5568EF2C" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4E0BF544" w14:textId="2CDB220A" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -5084,51 +5159,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="45FB5140" w14:textId="71608430" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$65,312.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="69ECB09B" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="69ECB09B" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="35AC4C8B" w14:textId="312E0B39" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Norfolk</w:t>
@@ -5170,53 +5248,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7FA7F847" w14:textId="3B98D8A2" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$98,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="5569D2FF" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="5569D2FF" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="38400B0B" w14:textId="464A9F8C" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -5259,51 +5338,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3ACFEAA7" w14:textId="137FCE31" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$130,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="5B1A6386" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="5B1A6386" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="57D061AB" w14:textId="491F5F11" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Orange</w:t>
@@ -5345,53 +5427,54 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="58A55E2A" w14:textId="320B4F59" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>$51,305.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="2F2E6046" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="2F2E6046" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="76B41CD2" w14:textId="72FA8275" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Oxford</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5422,51 +5505,54 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1340" w:type="pct"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="248C232E" w14:textId="1765A1D0" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>$25,000.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="6B78817E" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="6B78817E" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="415EC2BF" w14:textId="7C87E84E" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Peabody</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -5496,53 +5582,54 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1340" w:type="pct"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="25E55EF4" w14:textId="51CC3CBD" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$20,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="119BBABA" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="119BBABA" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1D31FCB5" w14:textId="3845ACF1" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pittsfield</w:t>
             </w:r>
@@ -5579,51 +5666,54 @@
             <w:tcW w:w="1340" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3C7FE5B2" w14:textId="319EC7C1" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$50,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="5E7915AE" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="5E7915AE" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0CEE32E2" w14:textId="3362003F" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Plymouth</w:t>
             </w:r>
           </w:p>
@@ -5659,53 +5749,54 @@
             <w:tcW w:w="1340" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="37A20A7C" w14:textId="6F0DC2D5" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$95,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="068597ED" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="068597ED" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="750C44A3" w14:textId="7DF85325" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Quincy</w:t>
             </w:r>
@@ -5742,73 +5833,77 @@
             <w:tcW w:w="1340" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="327D2873" w14:textId="5C5F6EB4" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$50,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="72E28735" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="72E28735" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="10D49EA6" w14:textId="5426D764" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Quincy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1642" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="47D70B63" w14:textId="7121F5A9" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -5822,53 +5917,54 @@
             <w:tcW w:w="1340" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1FDCC0F0" w14:textId="3EDA4889" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$200,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="39C8D954" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="39C8D954" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6A019AD5" w14:textId="571D7839" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rockport</w:t>
             </w:r>
@@ -5905,51 +6001,54 @@
             <w:tcW w:w="1340" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="74BAB544" w14:textId="5231CDB9" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$20,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="0511CED1" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="0511CED1" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1CEE8447" w14:textId="5BAE1C9B" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Saugus</w:t>
             </w:r>
           </w:p>
@@ -5985,53 +6084,54 @@
             <w:tcW w:w="1340" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="38573826" w14:textId="3C1E4822" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$24,750.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="06221353" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="06221353" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="02FCAAD4" w14:textId="70C214A5" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Saugus</w:t>
             </w:r>
@@ -6068,51 +6168,54 @@
             <w:tcW w:w="1340" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4BB8A86C" w14:textId="4AC5AE70" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$30,800.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="2C9D1E8D" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="2C9D1E8D" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="11BC2148" w14:textId="1CC1D78E" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Saugus</w:t>
             </w:r>
           </w:p>
@@ -6148,53 +6251,54 @@
             <w:tcW w:w="1340" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6256879B" w14:textId="1D08D94B" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$37,400.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="4FF30E23" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="4FF30E23" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="16DC4BC6" w14:textId="7784DB99" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Saugus</w:t>
             </w:r>
@@ -6231,51 +6335,54 @@
             <w:tcW w:w="1340" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4E91F1B8" w14:textId="1D65285B" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$74,800.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="4E2311C5" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="4E2311C5" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2F0D3B4E" w14:textId="4CC9DB29" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Shrewsbury</w:t>
             </w:r>
           </w:p>
@@ -6311,77 +6418,77 @@
             <w:tcW w:w="1340" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="52778480" w14:textId="7C75CE5B" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$40,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="72F75370" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="72F75370" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="447BEE42" w14:textId="4E7A8327" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Shrewsbury</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1642" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="617034DD" w14:textId="4D064004" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -6395,51 +6502,54 @@
             <w:tcW w:w="1340" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="28A8E8CA" w14:textId="03D2B2EC" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$78,029.48 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="07386E46" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="07386E46" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="69263D99" w14:textId="4526B691" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Shutesbury</w:t>
             </w:r>
           </w:p>
@@ -6475,53 +6585,54 @@
             <w:tcW w:w="1340" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1652F2C7" w14:textId="3FB0C30D" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$9,975.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="6E55A11A" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="6E55A11A" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="08EEFE27" w14:textId="7B37A728" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>South Hadley</w:t>
             </w:r>
@@ -6558,51 +6669,54 @@
             <w:tcW w:w="1340" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2ADFFF65" w14:textId="2DE923D7" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$35,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="4FE0ADDA" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="4FE0ADDA" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="15E3595F" w14:textId="6410B6E3" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Springfield</w:t>
             </w:r>
           </w:p>
@@ -6638,53 +6752,54 @@
             <w:tcW w:w="1340" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="64CAB723" w14:textId="21A14D3C" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$250,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="24633211" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="24633211" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="51523225" w14:textId="441CB776" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Stoughton</w:t>
             </w:r>
@@ -6721,51 +6836,54 @@
             <w:tcW w:w="1340" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="02DE4755" w14:textId="32AEB898" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$19,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="2CF27A8E" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="2CF27A8E" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6BA20BAB" w14:textId="73EC62A7" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Stoughton</w:t>
             </w:r>
           </w:p>
@@ -6801,53 +6919,54 @@
             <w:tcW w:w="1340" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="08D9F757" w14:textId="40D2FF6B" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$35,500.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="7EA97B53" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="7EA97B53" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="407A4DC3" w14:textId="799D8422" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Taunton</w:t>
             </w:r>
@@ -6884,51 +7003,54 @@
             <w:tcW w:w="1340" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="144037CD" w14:textId="633D3724" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$115,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="3A8EDD3D" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="3A8EDD3D" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="385EC83C" w14:textId="3E7953C5" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Topsfield</w:t>
             </w:r>
           </w:p>
@@ -6964,53 +7086,54 @@
             <w:tcW w:w="1340" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="21905EBB" w14:textId="4CFF39AA" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$40,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="43535140" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="43535140" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="24438CB9" w14:textId="76540B24" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>North Middlesex School District</w:t>
             </w:r>
@@ -7047,51 +7170,54 @@
             <w:tcW w:w="1340" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="457F6505" w14:textId="54A95249" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$60,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="23D36DCB" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="23D36DCB" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4AAAC232" w14:textId="7EC6957B" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tyngsborough</w:t>
             </w:r>
           </w:p>
@@ -7127,53 +7253,54 @@
             <w:tcW w:w="1340" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="67543072" w14:textId="6E0B298A" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$17,500.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="6BF5570B" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="6BF5570B" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="11BB7AE4" w14:textId="3D45944F" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Walpole</w:t>
             </w:r>
@@ -7210,51 +7337,54 @@
             <w:tcW w:w="1340" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4DB676B8" w14:textId="03F919FB" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$50,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="5D626FDE" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="5D626FDE" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3DF3EA58" w14:textId="06665EEB" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Wareham</w:t>
             </w:r>
           </w:p>
@@ -7290,53 +7420,54 @@
             <w:tcW w:w="1340" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1F641410" w14:textId="569DE968" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$250,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="13FB2F69" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="13FB2F69" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1B3BE1A0" w14:textId="03100DA8" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>West Springfield</w:t>
             </w:r>
@@ -7373,51 +7504,54 @@
             <w:tcW w:w="1340" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="61C66AC7" w14:textId="0ABAA8E3" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$75,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="7FD4CFC1" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="7FD4CFC1" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="75E2F3BA" w14:textId="35EDCEDA" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Weymouth</w:t>
             </w:r>
           </w:p>
@@ -7453,53 +7587,54 @@
             <w:tcW w:w="1340" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="70E0EC44" w14:textId="56C07E56" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$48,133.70 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="57413490" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="57413490" w14:textId="77777777" w:rsidTr="00E15FA8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5BF2D7DC" w14:textId="31BB9BA9" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Windsor</w:t>
             </w:r>
@@ -7536,51 +7671,54 @@
             <w:tcW w:w="1340" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2D880C00" w14:textId="51B7A580" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">$33,000.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="005F553A" w14:textId="77777777" w:rsidTr="00DE2652">
+      <w:tr w:rsidR="00DE2652" w:rsidRPr="00DE2652" w14:paraId="005F553A" w14:textId="77777777" w:rsidTr="00E15FA8">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="76EC76F3" w14:textId="0D54F585" w:rsidR="00DE2652" w:rsidRPr="00DE2652" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Woburn</w:t>
             </w:r>
           </w:p>
@@ -7628,148 +7766,223 @@
             </w:pPr>
             <w:r w:rsidRPr="00DE2652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>$64,000.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="44DDCF42" w14:textId="24E9347F" w:rsidR="000D1398" w:rsidRPr="000D1398" w:rsidRDefault="00DE2652" w:rsidP="00DE2652">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7930"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C64FB89" w14:textId="77777777" w:rsidR="000D1398" w:rsidRPr="000D1398" w:rsidRDefault="000D1398" w:rsidP="000D1398"/>
-    <w:p w14:paraId="1912611B" w14:textId="77777777" w:rsidR="000D1398" w:rsidRPr="000D1398" w:rsidRDefault="000D1398" w:rsidP="000D1398"/>
+    <w:p w14:paraId="1912611B" w14:textId="59BD5118" w:rsidR="000D1398" w:rsidRDefault="00E15FA8" w:rsidP="002508FB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Contact information</w:t>
+      </w:r>
+      <w:r w:rsidR="002508FB">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BF61B0A" w14:textId="5BC80D45" w:rsidR="00F56293" w:rsidRDefault="00E15FA8" w:rsidP="00E15FA8">
+      <w:r>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56293">
+        <w:t xml:space="preserve">more information about the grant program, please visit our </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00F56293" w:rsidRPr="00F56293">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Municipal ADA Improvement Grant Program</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00F56293">
+        <w:t xml:space="preserve"> page.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CC906FC" w14:textId="5F354B37" w:rsidR="00E15FA8" w:rsidRDefault="00F56293" w:rsidP="00E15FA8">
+      <w:r>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidR="00E15FA8">
+        <w:t xml:space="preserve">questions about the </w:t>
+      </w:r>
+      <w:r>
+        <w:t>grant</w:t>
+      </w:r>
+      <w:r w:rsidR="00E15FA8">
+        <w:t xml:space="preserve"> or your municipality’s award, please contact the Massachusetts Office on Disability (MOD) at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00E15FA8" w:rsidRPr="00E15FA8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>mass.gov/MOD/Contact</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E15FA8">
+        <w:t xml:space="preserve"> or (617) 727-7440.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3566A153" w14:textId="77777777" w:rsidR="00E15FA8" w:rsidRPr="00E15FA8" w:rsidRDefault="00E15FA8" w:rsidP="00E15FA8"/>
     <w:p w14:paraId="71241455" w14:textId="77777777" w:rsidR="000D1398" w:rsidRPr="000D1398" w:rsidRDefault="000D1398" w:rsidP="000D1398"/>
     <w:p w14:paraId="102D04AE" w14:textId="77777777" w:rsidR="000D1398" w:rsidRDefault="000D1398" w:rsidP="000D1398"/>
     <w:p w14:paraId="2A194E2B" w14:textId="77777777" w:rsidR="000D1398" w:rsidRPr="000D1398" w:rsidRDefault="000D1398" w:rsidP="000D1398">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2760"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000D1398" w:rsidRPr="000D1398" w:rsidSect="00DE2652">
-      <w:headerReference w:type="default" r:id="rId9"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="2160" w:right="1440" w:bottom="1728" w:left="1440" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2B028699" w14:textId="77777777" w:rsidR="001F0FFA" w:rsidRDefault="001F0FFA" w:rsidP="00D50415">
+    <w:p w14:paraId="79EF1BF2" w14:textId="77777777" w:rsidR="003D2878" w:rsidRDefault="003D2878" w:rsidP="00D50415">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6136916C" w14:textId="77777777" w:rsidR="001F0FFA" w:rsidRDefault="001F0FFA" w:rsidP="00D50415">
+    <w:p w14:paraId="31E8B808" w14:textId="77777777" w:rsidR="003D2878" w:rsidRDefault="003D2878" w:rsidP="00D50415">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="14E44E61" w14:textId="77777777" w:rsidR="001F0FFA" w:rsidRDefault="001F0FFA">
+    <w:p w14:paraId="4C54684B" w14:textId="77777777" w:rsidR="003D2878" w:rsidRDefault="003D2878">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:altName w:val="等线 Light"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="DE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
@@ -8009,71 +8222,71 @@
         <w:rStyle w:val="Hyperlink"/>
         <w:color w:val="14558F"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="000D1DFB">
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:color w:val="14558F"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>mass.gov/mod</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6E7058EC" w14:textId="77777777" w:rsidR="0074786B" w:rsidRDefault="0074786B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="29FB5500" w14:textId="77777777" w:rsidR="001F0FFA" w:rsidRDefault="001F0FFA" w:rsidP="00D50415">
+    <w:p w14:paraId="3F0C3E8D" w14:textId="77777777" w:rsidR="003D2878" w:rsidRDefault="003D2878" w:rsidP="00D50415">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="455B64D5" w14:textId="77777777" w:rsidR="001F0FFA" w:rsidRDefault="001F0FFA" w:rsidP="00D50415">
+    <w:p w14:paraId="50311BC8" w14:textId="77777777" w:rsidR="003D2878" w:rsidRDefault="003D2878" w:rsidP="00D50415">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2657EB9C" w14:textId="77777777" w:rsidR="001F0FFA" w:rsidRDefault="001F0FFA">
+    <w:p w14:paraId="340C17A4" w14:textId="77777777" w:rsidR="003D2878" w:rsidRDefault="003D2878">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3120"/>
       <w:gridCol w:w="3120"/>
       <w:gridCol w:w="3120"/>
     </w:tblGrid>
     <w:tr w:rsidR="7487031A" w14:paraId="65296A80" w14:textId="77777777" w:rsidTr="7487031A">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3120" w:type="dxa"/>
@@ -8329,125 +8542,253 @@
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>Allan B. Motenko,</w:t>
     </w:r>
     <w:r w:rsidR="0074786B" w:rsidRPr="00227BF8">
       <w:rPr>
         <w:color w:val="14558F"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> Executive Director</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3BC9F713" w14:textId="77777777" w:rsidR="0074786B" w:rsidRPr="00591BA9" w:rsidRDefault="0074786B" w:rsidP="0074786B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4E186A5E" w14:textId="77777777" w:rsidR="0074786B" w:rsidRDefault="0074786B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66C017B5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7A2C8776"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="2001275266">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:applyBreakingRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C9117F"/>
     <w:rsid w:val="0003360C"/>
+    <w:rsid w:val="000A54C4"/>
     <w:rsid w:val="000D1398"/>
     <w:rsid w:val="000D1D90"/>
     <w:rsid w:val="00102526"/>
     <w:rsid w:val="00135B70"/>
     <w:rsid w:val="00137B75"/>
     <w:rsid w:val="001E5503"/>
     <w:rsid w:val="001F0FFA"/>
+    <w:rsid w:val="002508FB"/>
     <w:rsid w:val="002C57C7"/>
     <w:rsid w:val="002D550B"/>
     <w:rsid w:val="002D64FB"/>
     <w:rsid w:val="002F2BC9"/>
     <w:rsid w:val="00300A6F"/>
     <w:rsid w:val="00384D06"/>
     <w:rsid w:val="003C4850"/>
+    <w:rsid w:val="003D2878"/>
     <w:rsid w:val="0041193E"/>
     <w:rsid w:val="00477E1D"/>
     <w:rsid w:val="00581F10"/>
+    <w:rsid w:val="006505CA"/>
     <w:rsid w:val="006921A0"/>
     <w:rsid w:val="00727BDC"/>
     <w:rsid w:val="0074786B"/>
     <w:rsid w:val="0081053E"/>
     <w:rsid w:val="008407B0"/>
     <w:rsid w:val="00871AEF"/>
     <w:rsid w:val="00895DA0"/>
     <w:rsid w:val="00951984"/>
     <w:rsid w:val="00986206"/>
     <w:rsid w:val="009C600E"/>
     <w:rsid w:val="00A71DC9"/>
     <w:rsid w:val="00AC6E82"/>
     <w:rsid w:val="00AE344F"/>
+    <w:rsid w:val="00AF5B87"/>
     <w:rsid w:val="00B130AE"/>
     <w:rsid w:val="00C67472"/>
     <w:rsid w:val="00C9117F"/>
     <w:rsid w:val="00CD4412"/>
     <w:rsid w:val="00D50415"/>
     <w:rsid w:val="00DB1C69"/>
     <w:rsid w:val="00DD48C2"/>
     <w:rsid w:val="00DE2652"/>
     <w:rsid w:val="00DE2C21"/>
+    <w:rsid w:val="00E15FA8"/>
     <w:rsid w:val="00EE22C6"/>
     <w:rsid w:val="00F000B3"/>
     <w:rsid w:val="00F5031F"/>
     <w:rsid w:val="00F55BE3"/>
+    <w:rsid w:val="00F56293"/>
     <w:rsid w:val="00FD65FE"/>
     <w:rsid w:val="7487031A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -8848,98 +9189,97 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C9117F"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="006921A0"/>
+    <w:rsid w:val="00E15FA8"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="120" w:after="0"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="14558F"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00951984"/>
+    <w:rsid w:val="002508FB"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="388857"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00951984"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:sz w:val="32"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
@@ -9014,82 +9354,82 @@
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0074786B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="006921A0"/>
+    <w:rsid w:val="00E15FA8"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="14558F"/>
       <w:kern w:val="2"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00951984"/>
+    <w:rsid w:val="002508FB"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="388857"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:rsid w:val="00951984"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:sz w:val="32"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00FB4123"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
@@ -9140,77 +9480,113 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E15FA8"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E15FA8"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E15FA8"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="950472490">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\LMelikechi\Downloads\mass.gov\MOD\Contact" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/municipal-ada-improvement-grant-program" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\LMelikechi\OneDrive%20-%20Commonwealth%20of%20Massachusetts\OneNote\Custom%20Office%20Templates\MOD%20Letterhead.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -9498,50 +9874,61 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="b72976aa-e7d9-498e-b08a-d3d9e47e4056" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7cdb7e35-829b-4b43-b10b-15bdaaea9263">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010098EF14C0B91ED548AD0BD3D2D4704924" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="06f65cc96ec46a525c2e7092a1d1338f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7cdb7e35-829b-4b43-b10b-15bdaaea9263" xmlns:ns3="b72976aa-e7d9-498e-b08a-d3d9e47e4056" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="43ec5a23ef6c964650584a2b8d879a84" ns2:_="" ns3:_="">
     <xsd:import namespace="7cdb7e35-829b-4b43-b10b-15bdaaea9263"/>
     <xsd:import namespace="b72976aa-e7d9-498e-b08a-d3d9e47e4056"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
@@ -9732,129 +10119,118 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1E74F50C-854B-4070-BBE5-282C611321F0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07882E66-CE1F-46AD-B7F8-62CD3EBEDE14}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="b72976aa-e7d9-498e-b08a-d3d9e47e4056"/>
+    <ds:schemaRef ds:uri="7cdb7e35-829b-4b43-b10b-15bdaaea9263"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6BF0987-8901-4D06-AA06-181DB99D7AA0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7cdb7e35-829b-4b43-b10b-15bdaaea9263"/>
     <ds:schemaRef ds:uri="b72976aa-e7d9-498e-b08a-d3d9e47e4056"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>MOD Letterhead</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>432</Words>
-  <Characters>2469</Characters>
+  <Words>507</Words>
+  <Characters>2896</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>24</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2896</CharactersWithSpaces>
+  <CharactersWithSpaces>3397</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Melikechi, Lilia (OHA)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010098EF14C0B91ED548AD0BD3D2D4704924</vt:lpwstr>
   </property>