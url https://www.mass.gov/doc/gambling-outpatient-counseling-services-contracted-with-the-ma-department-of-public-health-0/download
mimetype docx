--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -364,79 +364,97 @@
             </w:pPr>
             <w:r w:rsidRPr="36BDA0DB">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Website: </w:t>
             </w:r>
             <w:hyperlink r:id="rId11">
               <w:r w:rsidRPr="004A64F3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                   <w:color w:val="4472C4" w:themeColor="accent1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>https://hptc.org/outpatient-services/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="00126EA8" w14:textId="77777777" w:rsidR="004A64F3" w:rsidRDefault="004A64F3" w:rsidP="004A64F3">
+          <w:p w14:paraId="00126EA8" w14:textId="48B67BE7" w:rsidR="004A64F3" w:rsidRDefault="004A64F3" w:rsidP="004A64F3">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64E605E8">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Referral Contact:</w:t>
             </w:r>
             <w:r w:rsidRPr="64E605E8">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Central Intake, (508) 679-5222</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7634B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Central Intake, </w:t>
+            </w:r>
+            <w:r w:rsidR="00E7634B" w:rsidRPr="00E7634B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>508-638-6022</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E2BC5DF" w14:textId="77777777" w:rsidR="004A64F3" w:rsidRDefault="004A64F3" w:rsidP="004A64F3">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="36BDA0DB">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Language availability:</w:t>
             </w:r>
             <w:r w:rsidRPr="36BDA0DB">
               <w:rPr>
@@ -811,89 +829,51 @@
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Referral Contact:</w:t>
             </w:r>
             <w:r w:rsidRPr="5C8B9E40">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Referral Coordinator, (508) 679-5222</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (This site also offers </w:t>
-[...37 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> (This site also offers walk in access to services at their rapid access center.)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="393375B5" w14:textId="77777777" w:rsidR="004A64F3" w:rsidRPr="00EE00A9" w:rsidRDefault="004A64F3" w:rsidP="004A64F3">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5C8B9E40">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">MA PGS Holder: </w:t>
             </w:r>
             <w:r w:rsidRPr="5C8B9E40">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
@@ -2854,71 +2834,71 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00311A1A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009A5D47" w:rsidRPr="00311A1A" w:rsidSect="00EF02FB">
       <w:headerReference w:type="default" r:id="rId30"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="463C4D71" w14:textId="77777777" w:rsidR="0038745C" w:rsidRDefault="0038745C" w:rsidP="00EE00A9">
+    <w:p w14:paraId="34FB14F6" w14:textId="77777777" w:rsidR="001D52ED" w:rsidRDefault="001D52ED" w:rsidP="00EE00A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7D975CDC" w14:textId="77777777" w:rsidR="0038745C" w:rsidRDefault="0038745C" w:rsidP="00EE00A9">
+    <w:p w14:paraId="3D5AD2C6" w14:textId="77777777" w:rsidR="001D52ED" w:rsidRDefault="001D52ED" w:rsidP="00EE00A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4B15FFDB" w14:textId="77777777" w:rsidR="0038745C" w:rsidRDefault="0038745C">
+    <w:p w14:paraId="3245F822" w14:textId="77777777" w:rsidR="001D52ED" w:rsidRDefault="001D52ED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2946,218 +2926,218 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="305CC003" w14:textId="77777777" w:rsidR="0038745C" w:rsidRDefault="0038745C" w:rsidP="00EE00A9">
+    <w:p w14:paraId="195232BF" w14:textId="77777777" w:rsidR="001D52ED" w:rsidRDefault="001D52ED" w:rsidP="00EE00A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk145509745"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="16454D29" w14:textId="77777777" w:rsidR="0038745C" w:rsidRDefault="0038745C" w:rsidP="00EE00A9">
+    <w:p w14:paraId="7C11C1F6" w14:textId="77777777" w:rsidR="001D52ED" w:rsidRDefault="001D52ED" w:rsidP="00EE00A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5673F91D" w14:textId="77777777" w:rsidR="0038745C" w:rsidRDefault="0038745C">
+    <w:p w14:paraId="64035836" w14:textId="77777777" w:rsidR="001D52ED" w:rsidRDefault="001D52ED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7D32E04B" w14:textId="3623183C" w:rsidR="003468D6" w:rsidRDefault="008914C9" w:rsidP="00EE00A9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="1562"/>
       </w:tabs>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D2F8382" wp14:editId="02D50A6A">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D2F8382" wp14:editId="02481696">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5624195</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>109544</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1456055" cy="573405"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
-          <wp:docPr id="1873826549" name="Picture 2" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
+          <wp:docPr id="1873826549" name="Picture 2" descr="A close-up of a logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1873826549" name="Picture 2" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
+                  <pic:cNvPr id="1873826549" name="Picture 2" descr="A close-up of a logo"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1456055" cy="573405"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41FD4579" wp14:editId="2C5EF8F2">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41FD4579" wp14:editId="426C0905">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>81960</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1955800" cy="596900"/>
           <wp:effectExtent l="0" t="0" r="6350" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
-          <wp:docPr id="702111460" name="Picture 4" descr="A blue text on a white background&#10;&#10;Description automatically generated"/>
+          <wp:docPr id="702111460" name="Picture 4" descr="A blue text on a white background"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="702111460" name="Picture 3" descr="A blue text on a white background&#10;&#10;Description automatically generated"/>
+                  <pic:cNvPr id="702111460" name="Picture 4" descr="A blue text on a white background"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1955800" cy="596900"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5281190E" wp14:editId="3DAB1051">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5281190E" wp14:editId="76602EFB">
           <wp:extent cx="3407815" cy="808074"/>
           <wp:effectExtent l="0" t="0" r="2540" b="0"/>
-          <wp:docPr id="848647090" name="Picture 1" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
+          <wp:docPr id="848647090" name="Picture 1" descr="A close-up of a logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="848647090" name="Picture 6" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
+                  <pic:cNvPr id="848647090" name="Picture 1" descr="A close-up of a logo"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId3"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="3407815" cy="808074"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r>
       <w:tab/>
@@ -3282,51 +3262,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="117915872">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -3356,83 +3336,85 @@
     <w:rsid w:val="000C2B54"/>
     <w:rsid w:val="000C2E5B"/>
     <w:rsid w:val="000C43B6"/>
     <w:rsid w:val="000C538A"/>
     <w:rsid w:val="000C5B73"/>
     <w:rsid w:val="000C7AB0"/>
     <w:rsid w:val="000D4B24"/>
     <w:rsid w:val="000E39D7"/>
     <w:rsid w:val="000F5414"/>
     <w:rsid w:val="0012C173"/>
     <w:rsid w:val="001329DA"/>
     <w:rsid w:val="00133FCB"/>
     <w:rsid w:val="0014797C"/>
     <w:rsid w:val="00153F62"/>
     <w:rsid w:val="001638F0"/>
     <w:rsid w:val="00176ED7"/>
     <w:rsid w:val="00185ECD"/>
     <w:rsid w:val="00187C0B"/>
     <w:rsid w:val="001A5683"/>
     <w:rsid w:val="001A5E85"/>
     <w:rsid w:val="001B73DC"/>
     <w:rsid w:val="001C19F8"/>
     <w:rsid w:val="001C572A"/>
     <w:rsid w:val="001C6204"/>
     <w:rsid w:val="001D23B5"/>
+    <w:rsid w:val="001D52ED"/>
     <w:rsid w:val="001E03AA"/>
     <w:rsid w:val="00200C84"/>
     <w:rsid w:val="002017E1"/>
     <w:rsid w:val="0020754F"/>
     <w:rsid w:val="00211F2E"/>
     <w:rsid w:val="0021359C"/>
     <w:rsid w:val="00223ADE"/>
     <w:rsid w:val="00226733"/>
     <w:rsid w:val="00227A7E"/>
     <w:rsid w:val="00232CC1"/>
     <w:rsid w:val="00235028"/>
     <w:rsid w:val="00236452"/>
     <w:rsid w:val="002409A5"/>
     <w:rsid w:val="002439E2"/>
     <w:rsid w:val="00256CFC"/>
     <w:rsid w:val="00265698"/>
     <w:rsid w:val="0027074E"/>
     <w:rsid w:val="002729D8"/>
     <w:rsid w:val="0027338A"/>
     <w:rsid w:val="002775B8"/>
     <w:rsid w:val="00284797"/>
     <w:rsid w:val="00290446"/>
     <w:rsid w:val="00293773"/>
     <w:rsid w:val="002A11E5"/>
     <w:rsid w:val="002A34EB"/>
     <w:rsid w:val="002A3BD8"/>
     <w:rsid w:val="002A72BA"/>
     <w:rsid w:val="002B183C"/>
     <w:rsid w:val="002B19E1"/>
     <w:rsid w:val="002B2FD1"/>
     <w:rsid w:val="002B3602"/>
     <w:rsid w:val="002B6BD7"/>
     <w:rsid w:val="002B6F5C"/>
+    <w:rsid w:val="002B7195"/>
     <w:rsid w:val="002C0287"/>
     <w:rsid w:val="002C5208"/>
     <w:rsid w:val="002E39B9"/>
     <w:rsid w:val="002E790D"/>
     <w:rsid w:val="002F5E2C"/>
     <w:rsid w:val="00302B85"/>
     <w:rsid w:val="00302E68"/>
     <w:rsid w:val="0030FA00"/>
     <w:rsid w:val="00311A1A"/>
     <w:rsid w:val="00311B39"/>
     <w:rsid w:val="003170F4"/>
     <w:rsid w:val="00324410"/>
     <w:rsid w:val="00325CB1"/>
     <w:rsid w:val="00332038"/>
     <w:rsid w:val="00344B8D"/>
     <w:rsid w:val="003468D6"/>
     <w:rsid w:val="00347B48"/>
     <w:rsid w:val="0035162A"/>
     <w:rsid w:val="00360048"/>
     <w:rsid w:val="003612F9"/>
     <w:rsid w:val="00361E1B"/>
     <w:rsid w:val="00385DEF"/>
     <w:rsid w:val="0038745C"/>
     <w:rsid w:val="00395B07"/>
     <w:rsid w:val="003A1FCF"/>
@@ -3504,50 +3486,51 @@
     <w:rsid w:val="005F5897"/>
     <w:rsid w:val="005F655C"/>
     <w:rsid w:val="005F7543"/>
     <w:rsid w:val="00603142"/>
     <w:rsid w:val="00605D5E"/>
     <w:rsid w:val="00613DDE"/>
     <w:rsid w:val="006175B0"/>
     <w:rsid w:val="00620364"/>
     <w:rsid w:val="00621910"/>
     <w:rsid w:val="00640066"/>
     <w:rsid w:val="00646A66"/>
     <w:rsid w:val="0065005D"/>
     <w:rsid w:val="006504C6"/>
     <w:rsid w:val="00651610"/>
     <w:rsid w:val="006569C2"/>
     <w:rsid w:val="00660B8A"/>
     <w:rsid w:val="0066112C"/>
     <w:rsid w:val="00662BB9"/>
     <w:rsid w:val="006630C5"/>
     <w:rsid w:val="00664327"/>
     <w:rsid w:val="00665979"/>
     <w:rsid w:val="006834AA"/>
     <w:rsid w:val="00687D86"/>
     <w:rsid w:val="006A51EF"/>
     <w:rsid w:val="006A57E0"/>
+    <w:rsid w:val="006B53AC"/>
     <w:rsid w:val="006D4515"/>
     <w:rsid w:val="006D71A2"/>
     <w:rsid w:val="006E0853"/>
     <w:rsid w:val="006E697D"/>
     <w:rsid w:val="006F385D"/>
     <w:rsid w:val="00702309"/>
     <w:rsid w:val="00702556"/>
     <w:rsid w:val="0071016A"/>
     <w:rsid w:val="00712B89"/>
     <w:rsid w:val="00725496"/>
     <w:rsid w:val="007254A2"/>
     <w:rsid w:val="007366E4"/>
     <w:rsid w:val="007408F4"/>
     <w:rsid w:val="00755C71"/>
     <w:rsid w:val="00756E39"/>
     <w:rsid w:val="007633AA"/>
     <w:rsid w:val="007645CD"/>
     <w:rsid w:val="007666B2"/>
     <w:rsid w:val="007773AA"/>
     <w:rsid w:val="00780D9E"/>
     <w:rsid w:val="007827F8"/>
     <w:rsid w:val="0079777D"/>
     <w:rsid w:val="007A188D"/>
     <w:rsid w:val="007A3EC0"/>
     <w:rsid w:val="007A44BF"/>
@@ -3555,83 +3538,85 @@
     <w:rsid w:val="007C7CBE"/>
     <w:rsid w:val="007D4AFE"/>
     <w:rsid w:val="007E7CF3"/>
     <w:rsid w:val="007F1C39"/>
     <w:rsid w:val="007F7426"/>
     <w:rsid w:val="00816A30"/>
     <w:rsid w:val="00835415"/>
     <w:rsid w:val="00850AA3"/>
     <w:rsid w:val="0085409E"/>
     <w:rsid w:val="008540A0"/>
     <w:rsid w:val="0085740A"/>
     <w:rsid w:val="00866B6A"/>
     <w:rsid w:val="00871027"/>
     <w:rsid w:val="008756B1"/>
     <w:rsid w:val="00881443"/>
     <w:rsid w:val="00882F55"/>
     <w:rsid w:val="008914C9"/>
     <w:rsid w:val="008C4077"/>
     <w:rsid w:val="008D0266"/>
     <w:rsid w:val="008D10AB"/>
     <w:rsid w:val="008D1A0A"/>
     <w:rsid w:val="008D44F2"/>
     <w:rsid w:val="008D480B"/>
     <w:rsid w:val="008D7303"/>
     <w:rsid w:val="008E0B5B"/>
+    <w:rsid w:val="008F6D5C"/>
     <w:rsid w:val="00905A1C"/>
     <w:rsid w:val="00905DE1"/>
     <w:rsid w:val="00921010"/>
     <w:rsid w:val="00927ABB"/>
     <w:rsid w:val="00934283"/>
     <w:rsid w:val="00942A53"/>
     <w:rsid w:val="00950947"/>
     <w:rsid w:val="00974910"/>
     <w:rsid w:val="00974BB9"/>
     <w:rsid w:val="0098677E"/>
     <w:rsid w:val="0099085A"/>
     <w:rsid w:val="009959C2"/>
     <w:rsid w:val="009A5751"/>
     <w:rsid w:val="009A5D47"/>
     <w:rsid w:val="009B4CF2"/>
     <w:rsid w:val="009C0F21"/>
     <w:rsid w:val="009C230D"/>
     <w:rsid w:val="009C24C5"/>
     <w:rsid w:val="009C6B51"/>
     <w:rsid w:val="009E21FF"/>
     <w:rsid w:val="009E5552"/>
     <w:rsid w:val="00A01802"/>
     <w:rsid w:val="00A01D85"/>
     <w:rsid w:val="00A119A9"/>
     <w:rsid w:val="00A13071"/>
     <w:rsid w:val="00A15C07"/>
     <w:rsid w:val="00A207A0"/>
     <w:rsid w:val="00A2243B"/>
     <w:rsid w:val="00A26B1A"/>
     <w:rsid w:val="00A27D8D"/>
     <w:rsid w:val="00A47D97"/>
     <w:rsid w:val="00A5091D"/>
     <w:rsid w:val="00A55E4A"/>
+    <w:rsid w:val="00A57D8E"/>
     <w:rsid w:val="00A60F4A"/>
     <w:rsid w:val="00A70311"/>
     <w:rsid w:val="00A7598E"/>
     <w:rsid w:val="00A7690C"/>
     <w:rsid w:val="00A82560"/>
     <w:rsid w:val="00A962DF"/>
     <w:rsid w:val="00A9699A"/>
     <w:rsid w:val="00AA0100"/>
     <w:rsid w:val="00AA0C0B"/>
     <w:rsid w:val="00AB65E6"/>
     <w:rsid w:val="00AB73EF"/>
     <w:rsid w:val="00AC487F"/>
     <w:rsid w:val="00AC59B7"/>
     <w:rsid w:val="00AC6554"/>
     <w:rsid w:val="00AD41B9"/>
     <w:rsid w:val="00AD621E"/>
     <w:rsid w:val="00AD6C7D"/>
     <w:rsid w:val="00AE00BA"/>
     <w:rsid w:val="00AE503E"/>
     <w:rsid w:val="00AE55B8"/>
     <w:rsid w:val="00B04226"/>
     <w:rsid w:val="00B046C4"/>
     <w:rsid w:val="00B1400D"/>
     <w:rsid w:val="00B21077"/>
     <w:rsid w:val="00B24BF2"/>
@@ -3661,97 +3646,99 @@
     <w:rsid w:val="00C01B02"/>
     <w:rsid w:val="00C10404"/>
     <w:rsid w:val="00C11B16"/>
     <w:rsid w:val="00C16535"/>
     <w:rsid w:val="00C24F4E"/>
     <w:rsid w:val="00C42EB4"/>
     <w:rsid w:val="00C45478"/>
     <w:rsid w:val="00C45815"/>
     <w:rsid w:val="00C5465D"/>
     <w:rsid w:val="00C67F09"/>
     <w:rsid w:val="00C72D15"/>
     <w:rsid w:val="00C864D1"/>
     <w:rsid w:val="00C9794D"/>
     <w:rsid w:val="00CA1A96"/>
     <w:rsid w:val="00CA5AC7"/>
     <w:rsid w:val="00CB136E"/>
     <w:rsid w:val="00CB335A"/>
     <w:rsid w:val="00CB3BF3"/>
     <w:rsid w:val="00CB3EC0"/>
     <w:rsid w:val="00CC0C2E"/>
     <w:rsid w:val="00CC1AB7"/>
     <w:rsid w:val="00CC7F4A"/>
     <w:rsid w:val="00CD06AF"/>
     <w:rsid w:val="00CE0522"/>
     <w:rsid w:val="00CE55C0"/>
+    <w:rsid w:val="00CE66AE"/>
     <w:rsid w:val="00CF67D4"/>
     <w:rsid w:val="00CF7D2E"/>
     <w:rsid w:val="00D009D8"/>
     <w:rsid w:val="00D03BBF"/>
     <w:rsid w:val="00D070F4"/>
     <w:rsid w:val="00D1380B"/>
     <w:rsid w:val="00D151D9"/>
     <w:rsid w:val="00D2298E"/>
     <w:rsid w:val="00D23276"/>
     <w:rsid w:val="00D34A9D"/>
     <w:rsid w:val="00D35914"/>
     <w:rsid w:val="00D42C63"/>
     <w:rsid w:val="00D45D15"/>
     <w:rsid w:val="00D53270"/>
     <w:rsid w:val="00D53DCD"/>
     <w:rsid w:val="00D54D9A"/>
     <w:rsid w:val="00D66F5C"/>
     <w:rsid w:val="00D749AA"/>
     <w:rsid w:val="00D7655A"/>
     <w:rsid w:val="00D82A88"/>
     <w:rsid w:val="00D8652B"/>
     <w:rsid w:val="00D8F75E"/>
     <w:rsid w:val="00D94A17"/>
     <w:rsid w:val="00DB15D0"/>
     <w:rsid w:val="00DB681F"/>
     <w:rsid w:val="00DB7601"/>
     <w:rsid w:val="00DC3B6F"/>
     <w:rsid w:val="00DD21DE"/>
     <w:rsid w:val="00DD613C"/>
     <w:rsid w:val="00DE61EE"/>
     <w:rsid w:val="00DF2387"/>
     <w:rsid w:val="00DF2545"/>
     <w:rsid w:val="00DF30EA"/>
     <w:rsid w:val="00DF42C6"/>
     <w:rsid w:val="00E00A14"/>
     <w:rsid w:val="00E01AB3"/>
     <w:rsid w:val="00E0318D"/>
     <w:rsid w:val="00E2288B"/>
     <w:rsid w:val="00E234EB"/>
     <w:rsid w:val="00E30910"/>
     <w:rsid w:val="00E33144"/>
     <w:rsid w:val="00E34670"/>
     <w:rsid w:val="00E35837"/>
     <w:rsid w:val="00E419B4"/>
     <w:rsid w:val="00E44708"/>
     <w:rsid w:val="00E45809"/>
     <w:rsid w:val="00E55802"/>
+    <w:rsid w:val="00E7634B"/>
     <w:rsid w:val="00E84959"/>
     <w:rsid w:val="00E84B76"/>
     <w:rsid w:val="00E90B10"/>
     <w:rsid w:val="00E910E8"/>
     <w:rsid w:val="00EA3B59"/>
     <w:rsid w:val="00EB188E"/>
     <w:rsid w:val="00ED06D8"/>
     <w:rsid w:val="00ED295F"/>
     <w:rsid w:val="00ED5EE6"/>
     <w:rsid w:val="00EE00A9"/>
     <w:rsid w:val="00EE5797"/>
     <w:rsid w:val="00EF02FB"/>
     <w:rsid w:val="00F001AD"/>
     <w:rsid w:val="00F02FF5"/>
     <w:rsid w:val="00F03C24"/>
     <w:rsid w:val="00F1127F"/>
     <w:rsid w:val="00F1451D"/>
     <w:rsid w:val="00F148C1"/>
     <w:rsid w:val="00F22787"/>
     <w:rsid w:val="00F26AD4"/>
     <w:rsid w:val="00F32D74"/>
     <w:rsid w:val="00F35FA4"/>
     <w:rsid w:val="00F521E8"/>
     <w:rsid w:val="00F53738"/>
     <w:rsid w:val="00F71C3C"/>
@@ -4596,50 +4583,51 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
@@ -5201,59 +5189,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme 2013 - 2022" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002177A32793671A4AA8CB8E81FAD63531" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="12b72c7cf329a6ec4ee679863d363748">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="5fe7144d-2515-4553-8a43-556fc313c012" xmlns:ns4="a74491cc-32fe-43a1-a608-6a7db1f644ff" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8718acaf3a591fb96fc615d5e97d8767" ns3:_="" ns4:_="">
     <xsd:import namespace="5fe7144d-2515-4553-8a43-556fc313c012"/>
     <xsd:import namespace="a74491cc-32fe-43a1-a608-6a7db1f644ff"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -5404,116 +5383,125 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_activity xmlns="5fe7144d-2515-4553-8a43-556fc313c012" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CAEDD1B8-D547-45FE-9903-07B7EFB6EBF0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5fe7144d-2515-4553-8a43-556fc313c012"/>
     <ds:schemaRef ds:uri="a74491cc-32fe-43a1-a608-6a7db1f644ff"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23B56271-0B88-4A23-904C-0D28477806EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="5fe7144d-2515-4553-8a43-556fc313c012"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9163DC5-3113-4F3B-A0D0-B816C978BE25}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2C193F9-1838-48E3-B829-CB382727E2A7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>796</Words>
   <Characters>4542</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>37</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>