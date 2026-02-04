--- v0 (2025-10-25)
+++ v1 (2026-02-04)
@@ -1,19950 +1,18889 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:background w:color="E9DECA"/>
   <w:body>
-    <w:p w14:paraId="08A14996" w14:textId="77777777" w:rsidR="00967E61" w:rsidRDefault="00967E61">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7E7A5FDA" w14:textId="6294A6BE" w:rsidR="00830848" w:rsidRPr="00830848" w:rsidRDefault="00830848" w:rsidP="00830848">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830848">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57F21E1F" wp14:editId="714B1406">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>2272692</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-714777</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1130300" cy="1130300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="1776283746" name="Picture 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 6"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1130300" cy="1130300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2E90BCB6" w14:textId="77777777" w:rsidR="00967E61" w:rsidRDefault="00967E61">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="71DF9B2A" w14:textId="2DA1C45B" w:rsidR="00830848" w:rsidRDefault="00BC67C5" w:rsidP="00830848">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TỰ ĐẠI DIỆN TRƯỚC </w:t>
+      </w:r>
+      <w:r w:rsidR="00830848">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>DALA</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="01A454F5" w14:textId="77777777" w:rsidR="00967E61" w:rsidRDefault="00967E61">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="3E24B427" w14:textId="54DFD4AA" w:rsidR="00481A9B" w:rsidRPr="00481A9B" w:rsidRDefault="00C232EC" w:rsidP="00481A9B">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Quý vị k</w:t>
+      </w:r>
+      <w:r w:rsidR="00481A9B" w:rsidRPr="00481A9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hông có luật sư? </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Quý vị m</w:t>
+      </w:r>
+      <w:r w:rsidR="00481A9B" w:rsidRPr="00481A9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uốn tìm hiểu thêm về quy trình kháng cáo tại </w:t>
+      </w:r>
+      <w:r w:rsidR="00830848">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phòng Kháng </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00830848">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">áo Hành </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00830848">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hính (DALA)</w:t>
+      </w:r>
+      <w:r w:rsidR="00481A9B" w:rsidRPr="00481A9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0441F150" w14:textId="1C9259F6" w:rsidR="00E64589" w:rsidRDefault="00191923">
-[...1 lines deleted...]
-        <w:pStyle w:val="Title"/>
+    <w:p w14:paraId="2120181B" w14:textId="11401F83" w:rsidR="00481A9B" w:rsidRPr="00481A9B" w:rsidRDefault="00481A9B" w:rsidP="00481A9B">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96513">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Tự </w:t>
+      </w:r>
+      <w:r w:rsidR="00C232EC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96513">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ại </w:t>
+      </w:r>
+      <w:r w:rsidR="00C232EC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96513">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">iện </w:t>
+      </w:r>
+      <w:r w:rsidR="00C232EC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Trước</w:t>
+      </w:r>
+      <w:r w:rsidR="00C232EC" w:rsidRPr="00F96513">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96513">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>DALA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481A9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>" là tài liệu</w:t>
+      </w:r>
+      <w:r w:rsidR="00C232EC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> chỉ dẫn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481A9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> chi tiết, dễ hiểu dành cho những cá nhân </w:t>
+      </w:r>
+      <w:r w:rsidR="00C232EC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tự mình giải quyết</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481A9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vụ việc tại cơ quan của chúng tôi mà </w:t>
+      </w:r>
+      <w:r w:rsidR="001640D0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">khi quý vị </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481A9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>không có luật sư. Tài liệu này giải thích toàn bộ quy trình kháng cáo</w:t>
+      </w:r>
+      <w:r w:rsidR="00C232EC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A614DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481A9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">từ nộp đơn kháng cáo </w:t>
+      </w:r>
+      <w:r w:rsidR="00C232EC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cho </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481A9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">đến quyết định cuối cùng. </w:t>
+      </w:r>
+      <w:r w:rsidR="005A3EA4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Hướng</w:t>
+      </w:r>
+      <w:r w:rsidR="00C232EC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dẫn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481A9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> này cũng mô tả các thủ tục quan trọng, thời hạn và </w:t>
+      </w:r>
+      <w:r w:rsidR="00C232EC" w:rsidRPr="00C232EC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>các yêu cầu cần tuân thủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481A9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; cung cấp </w:t>
+      </w:r>
+      <w:r w:rsidR="00C232EC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chỉ dẫn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481A9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> về cách </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3B30">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>nộp hồ sơ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481A9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và yêu cầu </w:t>
+      </w:r>
+      <w:r w:rsidR="00C232EC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">các biện pháp </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481A9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hỗ trợ; và bao gồm </w:t>
+      </w:r>
+      <w:r w:rsidR="005A3EA4" w:rsidRPr="005A3EA4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>bảng thuật ngữ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481A9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> các thuật ngữ pháp lý thông dụng. Phiên bản cập nhật này thay thế và mở rộng phiên bản tháng 2 năm 2025. </w:t>
+      </w:r>
+      <w:r w:rsidR="001640D0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Hướng dẫn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481A9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> không phải là tư vấn pháp lý và không nên được coi là tư vấn pháp lý.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AFB50D2" w14:textId="40685BDB" w:rsidR="00481A9B" w:rsidRDefault="00481A9B" w:rsidP="00481A9B">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00481A9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lưu ý: </w:t>
+      </w:r>
+      <w:r w:rsidR="005A3EA4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Hướng</w:t>
+      </w:r>
+      <w:r w:rsidR="00C232EC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dẫn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481A9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> này </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96513">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">không </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481A9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">áp dụng cho Cục Kháng </w:t>
+      </w:r>
+      <w:r w:rsidR="005A3EA4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481A9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">áo Giáo </w:t>
+      </w:r>
+      <w:r w:rsidR="005A3EA4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481A9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ục Đặc </w:t>
+      </w:r>
+      <w:r w:rsidR="005A3EA4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481A9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iệt (BSEA). Để xem </w:t>
+      </w:r>
+      <w:r w:rsidR="00C232EC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Chỉ dẫn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481A9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tự đại diện của BSEA, vui lòng truy cập </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>phần BSEA</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00481A9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trên trang </w:t>
+      </w:r>
+      <w:r w:rsidR="005A3EA4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>mạng</w:t>
+      </w:r>
+      <w:r w:rsidR="005A3EA4" w:rsidRPr="00481A9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481A9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>của chúng tôi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41C3C0A2" w14:textId="7E98A62A" w:rsidR="00D22CC0" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
-        <w:t>BỘ PHẬN KH</w:t>
-      </w:r>
+        <w:t xml:space="preserve">I. </w:t>
+      </w:r>
+      <w:r w:rsidR="48CE8C3A" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve">Giới thiệu về </w:t>
+      </w:r>
+      <w:r w:rsidR="005A3EA4">
+        <w:t>HƯỚNG</w:t>
+      </w:r>
+      <w:r w:rsidR="00C232EC">
+        <w:t xml:space="preserve"> dẫn</w:t>
+      </w:r>
+      <w:r w:rsidR="48CE8C3A" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> này</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="444143AA" w14:textId="412B8FA5" w:rsidR="006C2E37" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">ÁNG CÁO </w:t>
+        <w:t xml:space="preserve">A. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve">Mục Đích Và Phạm Vi Của </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783">
+        <w:t>Hướng Dẫn</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="185BEF62" w14:textId="0ABCB394" w:rsidR="00967E61" w:rsidRDefault="00191923">
-[...1 lines deleted...]
-        <w:pStyle w:val="Title"/>
+    <w:p w14:paraId="3C6219CE" w14:textId="3C749EFF" w:rsidR="00AC5C7D" w:rsidRPr="008400D9" w:rsidRDefault="5DEBD187" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Đây là </w:t>
+      </w:r>
+      <w:r w:rsidR="005A3EA4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hướng</w:t>
+      </w:r>
+      <w:r w:rsidR="00C232EC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dẫn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dành cho những người tham gia vụ việc tại Phòng Kháng cáo Luật Hành chính (DALA) mà không có luật sư</w:t>
+      </w:r>
+      <w:r w:rsidR="005A3EA4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đại diện</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Khi </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> không có luật sư, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> được coi là tự đại diện. Trong </w:t>
+      </w:r>
+      <w:r w:rsidR="005A3EA4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hướng</w:t>
+      </w:r>
+      <w:r w:rsidR="00C232EC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dẫn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> này, những người tự đại diện được gọi là "</w:t>
+      </w:r>
+      <w:r w:rsidR="005A3EA4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>đương sự</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tự đại diện".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D0B680E" w14:textId="5C7C3520" w:rsidR="00AC5C7D" w:rsidRPr="008400D9" w:rsidRDefault="5DEBD187" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tự đại diện, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vẫn phải tuân thủ các </w:t>
+      </w:r>
+      <w:r w:rsidR="005A3EA4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>thủ tục</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="410D0359" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">của DALA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">và </w:t>
+      </w:r>
+      <w:r w:rsidR="005A3EA4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quy định </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pháp luật </w:t>
+      </w:r>
+      <w:r w:rsidR="005A3EA4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hiện hành</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="005A3EA4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Hướng</w:t>
+      </w:r>
+      <w:r w:rsidR="00C232EC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dẫn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> này sẽ giúp </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hiểu cách thực hiện điều đó, nhưng không thay thế cho lời khuyên pháp lý. Mặc dù nhân viên </w:t>
+      </w:r>
+      <w:r w:rsidR="410D0359" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DALA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">có thể cung cấp cho </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thông tin chung về quy tắc và quy trình, họ không thể cung cấp </w:t>
+      </w:r>
+      <w:r w:rsidR="00A417CA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tư vấn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pháp lý, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A417CA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">không thể </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">giúp </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A417CA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>diễn giải</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hoặc áp dụng </w:t>
+      </w:r>
+      <w:r w:rsidR="00A417CA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">các </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quy </w:t>
+      </w:r>
+      <w:r w:rsidR="00A417CA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>định pháp luật</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, hoặc tham gia vào phiên điều trần </w:t>
+      </w:r>
+      <w:r w:rsidR="246C3C30" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">thay mặt </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1835D40F" w14:textId="6C4EFDDB" w:rsidR="00AC5C7D" w:rsidRDefault="00A417CA" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>LUẬT HÀNH CHÍNH</w:t>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Hướng</w:t>
+      </w:r>
+      <w:r w:rsidR="00C232EC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dẫn</w:t>
+      </w:r>
+      <w:r w:rsidR="5DEBD187" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> này nhằm cung cấp thông tin </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>mang tính tổng quát</w:t>
+      </w:r>
+      <w:r w:rsidR="5DEBD187" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Không thể bao quát mọi tình huống có thể xảy ra. Ngoài ra, nếu có sự mâu thuẫn giữa </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>nội dung của hướng</w:t>
+      </w:r>
+      <w:r w:rsidR="00C232EC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dẫn</w:t>
+      </w:r>
+      <w:r w:rsidR="5DEBD187" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> này và các quy định pháp luật hoặc quy tắc </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hiện hành</w:t>
+      </w:r>
+      <w:r w:rsidR="5DEBD187" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, thì các quy định pháp luật hoặc quy </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>định pháp luật</w:t>
+      </w:r>
+      <w:r w:rsidR="5DEBD187" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đó sẽ được ưu tiên áp dụng.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19FB34CF" w14:textId="77777777" w:rsidR="00967E61" w:rsidRDefault="00967E61">
-[...3 lines deleted...]
-          <w:sz w:val="56"/>
+    <w:p w14:paraId="63F87247" w14:textId="77777777" w:rsidR="00A417CA" w:rsidRPr="008400D9" w:rsidRDefault="00A417CA" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55259CA3" w14:textId="77777777" w:rsidR="00967E61" w:rsidRDefault="00967E61">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="6414FE6A" w14:textId="4EE4AF76" w:rsidR="00AC5C7D" w:rsidRPr="008400D9" w:rsidRDefault="5DEBD187" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Chúng ta sẽ bắt đầu với một số </w:t>
+      </w:r>
+      <w:r w:rsidR="796F34B2" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">thông tin </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chung về </w:t>
+      </w:r>
+      <w:r w:rsidR="410D0359" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DALA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">và các phiên điều trần. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1EF6FA96" w14:textId="39B55AEF" w:rsidR="00967E61" w:rsidRDefault="00191923">
-[...2 lines deleted...]
-        <w:ind w:left="506" w:right="488" w:firstLine="2"/>
+    <w:p w14:paraId="4FD00D35" w14:textId="6619411E" w:rsidR="001A672C" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">HƯỚNG DẪN CHO NHỮNG </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">B. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783">
+        <w:t>Phòng</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> Kháng </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve">áo Luật Hành </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:t>hính Là Gì</w:t>
+      </w:r>
+      <w:r w:rsidR="3E47429F" w:rsidRPr="008400D9">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68B28977" w14:textId="12C1405D" w:rsidR="00A05274" w:rsidRPr="008400D9" w:rsidRDefault="3B8F8AA6" w:rsidP="00B7275F">
+      <w:pPr>
+        <w:keepLines/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phòng </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE72DF" w:rsidRPr="00CE72DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Kháng Cáo Luật Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="34F03E2B" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>DALA</w:t>
+      </w:r>
+      <w:r w:rsidR="34F03E2B" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="6BF21C02" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">là một cơ quan </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE72DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>thuộc tiểu bang</w:t>
+      </w:r>
+      <w:r w:rsidR="6BF21C02" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Massachusetts, có </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE72DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>thẩm quyền</w:t>
+      </w:r>
+      <w:r w:rsidR="6BF21C02" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> xem xét và </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE72DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ra </w:t>
+      </w:r>
+      <w:r w:rsidR="6BF21C02" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quyết định các tranh chấp pháp lý giữa cá nhân (hoặc </w:t>
+      </w:r>
+      <w:r w:rsidR="733B06E7" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tổ chức</w:t>
+      </w:r>
+      <w:r w:rsidR="6BF21C02" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) và các cơ quan </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE72DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tiểu bang</w:t>
+      </w:r>
+      <w:r w:rsidR="6BF21C02" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hoặc địa phương khác. Nếu một cá nhân</w:t>
+      </w:r>
+      <w:r w:rsidR="733B06E7" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="6BF21C02" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">doanh nghiệp </w:t>
+      </w:r>
+      <w:r w:rsidR="733B06E7" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hoặc tổ chức </w:t>
+      </w:r>
+      <w:r w:rsidR="6BF21C02" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">không đồng ý với quyết định </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE72DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>do</w:t>
+      </w:r>
+      <w:r w:rsidR="6BF21C02" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> một cơ quan </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE72DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tiểu bang</w:t>
+      </w:r>
+      <w:r w:rsidR="6BF21C02" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hoặc địa phương</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE72DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ban hành</w:t>
+      </w:r>
+      <w:r w:rsidR="6BF21C02" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, họ có thể khiếu nại </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE72DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quyết định đó </w:t>
+      </w:r>
+      <w:r w:rsidR="6BF21C02" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bằng cách nộp </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE72DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hồ sơ vụ việc </w:t>
+      </w:r>
+      <w:r w:rsidR="6BF21C02" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>lên DALA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="245094BE" w14:textId="665DBF8E" w:rsidR="00A05274" w:rsidRPr="008400D9" w:rsidRDefault="6BF21C02" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DALA không thuộc cơ quan </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE72DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>đã ban hành</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> quyết định</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE72DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bị k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iếu nại. Đây là một cơ quan độc lập, và người xét xử vụ việc của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE72DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hẩm </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE72DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hán</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE72DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – là người ra quyết định trung lập.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41BF0C9A" w14:textId="221D6C32" w:rsidR="00777118" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> MÀ KHÔNG CÓ LUẬT SƯ</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">C. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve">Thẩm </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:t>hán</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783">
+        <w:t xml:space="preserve"> Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> Tại</w:t>
+      </w:r>
+      <w:r w:rsidR="0C3AB711" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> DALA </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve">Là </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783">
+        <w:t>Ai</w:t>
+      </w:r>
+      <w:r w:rsidR="0C3AB711" w:rsidRPr="008400D9">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="643E1BE1" w14:textId="4855BBDC" w:rsidR="00B2707B" w:rsidRPr="008400D9" w:rsidRDefault="0C3AB711" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thẩm </w:t>
+      </w:r>
+      <w:r w:rsidR="000A7ABF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hán</w:t>
+      </w:r>
+      <w:r w:rsidR="000A7ABF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="7012E9A6" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>là người ra quyết định trung lập</w:t>
+      </w:r>
+      <w:r w:rsidR="17468928" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, nghĩa là không đứng về phía nào và đưa ra quyết định dựa trên </w:t>
+      </w:r>
+      <w:r w:rsidR="000A7ABF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tình tiết</w:t>
+      </w:r>
+      <w:r w:rsidR="17468928" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A7ABF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>thực tế</w:t>
+      </w:r>
+      <w:r w:rsidR="17468928" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và </w:t>
+      </w:r>
+      <w:r w:rsidR="000A7ABF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quy định </w:t>
+      </w:r>
+      <w:r w:rsidR="17468928" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pháp luật. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A94221B" w14:textId="02E0C6E2" w:rsidR="00777118" w:rsidRPr="008400D9" w:rsidRDefault="544642A6" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mỗi vụ </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2955">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>việc</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2955" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">được giao cho một </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2955">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hẩm </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2955">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hán</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2955">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, người </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2955">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chịu trách nhiệm </w:t>
+      </w:r>
+      <w:r w:rsidR="2A5EFA55" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quản</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2955">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lý</w:t>
+      </w:r>
+      <w:r w:rsidR="2A5EFA55" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2955" w:rsidRPr="00AC2955">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>toàn bộ quá trình giải quyết vụ việc</w:t>
+      </w:r>
+      <w:r w:rsidR="2A5EFA55" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2955" w:rsidRPr="00AC2955">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bao gồm nhưng không giới hạn ở việc </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2955" w:rsidRPr="00EA2B3F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ấn định thời hạn</w:t>
+      </w:r>
+      <w:r w:rsidR="2A5EFA55" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2955" w:rsidRPr="00AC2955">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tổ chức các phiên họp/phiên tiền xét xử, và ban hành các lệnh bằng văn bản</w:t>
+      </w:r>
+      <w:r w:rsidR="1AF9646D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2955" w:rsidRPr="00AC2955">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trong trường hợp vụ việc được đưa ra phiên điều trần đầy đủ về chứng cứ, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2955" w:rsidRPr="00AC2955">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hành chính sẽ chủ trì phiên điều trần, lắng nghe chứng cứ và lập luận của các bên, và trong hầu hết các trường hợp, sẽ ban hành quyết định bằng văn bản để xác định liệu việc khiếu nại của một bên có được chấp nhận theo quy định pháp luật hay không</w:t>
+      </w:r>
+      <w:r w:rsidR="0C3AB711" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2955" w:rsidRPr="00AC2955">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tất cả các </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2955" w:rsidRPr="00AC2955">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hành </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2955">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2955" w:rsidRPr="00AC2955">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hính của DALA đều là luật sư được cấp phép hành nghề tại tiểu bang Massachusetts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="284F97D9" w14:textId="043A8C05" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> (“PRO SE”)</w:t>
+        <w:t xml:space="preserve">D. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="006A0999">
+        <w:t xml:space="preserve">Tôi Có Thể Liên </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783">
+        <w:t>Lạc</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="006A0999">
+        <w:t xml:space="preserve"> Trực Tiếp Với </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783">
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="006A0999">
+        <w:t xml:space="preserve"> Hành </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="006A0999">
+        <w:t>hính Để Trao Đổi Về Vụ Việc Của Mình Không</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0999" w:rsidRPr="006A0999">
+        <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03F814BA" w14:textId="77777777" w:rsidR="00967E61" w:rsidRDefault="00967E61">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="10812991" w14:textId="33A24E84" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="006A0999" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A0999">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Không. Việc liên lạc với </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A0999">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hành </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A0999">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hính mà không có sự tham gia của luật sư đại diện cho cơ quan </w:t>
+      </w:r>
+      <w:r w:rsidR="002A6AC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tiểu bang</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A0999">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> liên quan được gọi là “liên lạc đơn phương”</w:t>
+      </w:r>
+      <w:r w:rsidR="2A8E8211" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A0999">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Theo quy định pháp luật, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A0999">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hành </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A0999">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hính không được phép trao đổi với quý vị về vụ việc trừ khi tất cả các bên liên quan đều cùng tham gia cuộc trao đổi. Tương tự, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A0999">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hành </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A0999">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hính cũng không được trao đổi riêng với luật sư của cơ quan </w:t>
+      </w:r>
+      <w:r w:rsidR="002A6AC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tiểu bang</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A0999">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mà không có sự tham gia của quý vị.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5F3FDAF1" w14:textId="77777777" w:rsidR="00967E61" w:rsidRDefault="00967E61">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="11D3155F" w14:textId="7B5787D1" w:rsidR="00814896" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">E. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:t>Các Vụ Việc Tại Dala Diễn Ra Như Thế Nào</w:t>
+      </w:r>
+      <w:r w:rsidR="48CE8C3A" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2FBF324F" w14:textId="77777777" w:rsidR="00967E61" w:rsidRDefault="00191923">
-[...3 lines deleted...]
-        <w:ind w:left="64" w:right="49"/>
+    <w:p w14:paraId="4963ABEE" w14:textId="769ABC42" w:rsidR="00272356" w:rsidRPr="008400D9" w:rsidRDefault="595C7AA4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mặc dù tên của DALA </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0999">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>có</w:t>
+      </w:r>
+      <w:r w:rsidR="1C832DF2" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> từ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"kháng cáo", </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0999" w:rsidRPr="006A0999">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>nhưng chức năng và quy trình của cơ quan này giống với một tòa án xét xử sơ thẩm hơn là một tòa phúc thẩm.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0999" w:rsidRPr="006A0999">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Các bên tham gia vụ việc có thể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0999" w:rsidRPr="006A0999">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Nộp các kiến nghị/thỉnh cầu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0999">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0999" w:rsidRPr="006A0999">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hực hiện thủ tục thu thập chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0999">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0999" w:rsidRPr="006A0999">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>riệu tập chứng cứ hoặc nhân chứng theo trát</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0999">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0999" w:rsidRPr="006A0999">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Tham gia các phiên điều trần về chứng cứ, trong đó họ có thể trình bày nhân chứng và các chứng cứ liên quan khác</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="629CBCE8" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Các thuật ngữ này được định nghĩa trong </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="006A0999">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>bảng thuật ngữ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="629CBCE8" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ở cuối </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0999">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hướng</w:t>
+      </w:r>
+      <w:r w:rsidR="00C232EC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dẫn</w:t>
+      </w:r>
+      <w:r w:rsidR="629CBCE8" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> này.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FC7B62F" w14:textId="75476BE8" w:rsidR="00272356" w:rsidRPr="008400D9" w:rsidRDefault="595C7AA4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cá nhân, cơ quan hoặc </w:t>
+      </w:r>
+      <w:r w:rsidR="051DA97C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tổ chức </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">khởi xướng vụ việc trước DALA được gọi là người khởi kiện — tương tự như nguyên đơn trong vụ kiện dân sự. Bên đối lập là bị đơn, tương tự như </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0999">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>bị đơn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trong </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0999">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tố tụng</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dân sự.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BA4F20D" w14:textId="5563CCB5" w:rsidR="00272356" w:rsidRPr="008400D9" w:rsidRDefault="595C7AA4" w:rsidP="00B7275F">
+      <w:pPr>
+        <w:keepLines/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mỗi vụ việc được giao cho một </w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hẩm </w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hán </w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ành </w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hính </w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>trung</w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>lập, người giám sát toàn bộ quá trình</w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tố tụng</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — từ các </w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên</w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">họp trước </w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và </w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">việc ra </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quyết định </w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>kiến nghị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đến quản lý thu </w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tục thu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">thập chứng cứ, </w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chủ trì</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> phiên </w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">về </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chứng cứ và ban hành quyết định bằng văn bản. Quyết định cuối cùng của </w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hẩm </w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hán</w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có </w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tính </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ràng buộc đối với các bên và, tùy thuộc vào loại vụ việc, quyết định có thể bị kháng cáo lên cơ quan khác hoặc Tòa </w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Á</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thượng Thẩm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Massachusetts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AF8DE80" w14:textId="41797F2D" w:rsidR="000F0F11" w:rsidRPr="008400D9" w:rsidRDefault="595C7AA4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Các vụ việc tại DALA có thể được giải quyết theo nhiều cách</w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> khác nhau</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>: thông qua thỏa thuận</w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dàn xếp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rút đơn,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hủy bỏ, quyết định tóm </w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>lược</w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hoặc quyết định bằng văn bản sau </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">điều trần về </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng</w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Ví dụ, các vụ việc có thể bị hủy bỏ vì lý do thủ tục, như không đáp ứng thời hạn nộp đơn theo luật định. Các vụ việc khác có thể được giải quyết thông qua quyết định tóm </w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>lược</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, tương tự như phán quyết tóm tắt trong tố tụng dân sự, khi không có vấn đề thực tế quan trọng nào và vụ việc có thể được quyết định dựa trên luật pháp. Nếu vụ việc tiến hành đến phiên điều trần chứng</w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đầy đủ, </w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hẩm </w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hán</w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> được phân công sẽ ban hành quyết định bằng văn bản dựa trên chứng</w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> được trình bày và </w:t>
+      </w:r>
+      <w:r w:rsidR="004874DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quy định </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>luật pháp áp dụng.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DDEB0E2" w14:textId="36BD273C" w:rsidR="0044538D" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">F. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:t>Phiên Điều Trần Là Gì</w:t>
+      </w:r>
+      <w:r w:rsidR="34F678E6" w:rsidRPr="008400D9">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64C18EF1" w14:textId="43A6455F" w:rsidR="00280F48" w:rsidRPr="008400D9" w:rsidRDefault="00F23B68" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F23B68">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phiên điều trần có tính chất tương tự như một </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F23B68">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> xét xử.</w:t>
+      </w:r>
+      <w:r w:rsidR="34F678E6" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cả </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="34F678E6" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và cơ quan có thể trình bày </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidR="34F678E6" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cho </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="65AB9383" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hẩm </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="65AB9383" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hán</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="34F678E6" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F23B68">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>người sẽ xác định các tình tiết thực tế</w:t>
+      </w:r>
+      <w:r w:rsidR="34F678E6" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và kết luận về pháp l</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ý</w:t>
+      </w:r>
+      <w:r w:rsidR="34F678E6" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Phiên </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="34F678E6" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">là cơ hội của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="34F678E6" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> để trình bày vụ việc và kể lại câu chuyện của mình. </w:t>
+      </w:r>
+      <w:r w:rsidR="73DE322E" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trước phiên </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="73DE322E" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="73DE322E" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sẽ phải </w:t>
+      </w:r>
+      <w:r w:rsidR="004625BD" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cung cấp </w:t>
+      </w:r>
+      <w:r w:rsidR="73DE322E" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cho </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="73DE322E" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hẩm </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="73DE322E" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hán</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="73DE322E" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F23B68">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bên còn lại thông tin về các nhân chứng mà quý vị dự định mời tham gia </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC2CB6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">phiên </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F23B68">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>điều trần, cũng như bản sao các tài liệu mà quý vị dự định sử dụng để làm căn cứ.</w:t>
+      </w:r>
+      <w:r w:rsidR="004625BD" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F23B68">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Quý vị cũng nên mang theo các bản sao bổ sung của tài liệu đến phiên điều trần để có thể trình cho nhân chứng khi cần thiết.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="205BB9CF" w14:textId="776F07BC" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">G. </w:t>
+      </w:r>
+      <w:r w:rsidR="2A8E8211" w:rsidRPr="008400D9">
+        <w:t>Phiên điều trần sẽ diễn ra ở đâu?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79F3F517" w14:textId="5CC030F1" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="2A8E8211" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Hầu hết các phiên điều trần được tổ chức tại văn phòng Malden của DALA</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA1E4D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, nằm tại</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14 Summer Street, tầng 4, Malden, MA 02148</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA1E4D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tuy nhiên, các tùy chọn trực tuyến cũng có sẵn. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA1E4D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Xem phần "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="005C311D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>P</w:t>
+        </w:r>
+        <w:r w:rsidR="005C311D" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>hiên Điều Trần Của Tôi Sẽ Diễn Ra Ở Đâu</w:t>
+        </w:r>
+        <w:r w:rsidR="00BA1E4D" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>?"</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5F1DC8FA" w14:textId="542268D0" w:rsidR="000A0994" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">II. </w:t>
+      </w:r>
+      <w:r w:rsidR="003F0F13" w:rsidRPr="003F0F13">
+        <w:t>KHẢ NĂNG TIẾP CẬN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="687B2E62" w14:textId="261AC489" w:rsidR="005A7E92" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">A. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:t>Nếu Tôi Cần Thông Dịch Viên Thì Sao?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54F5B988" w14:textId="471BD68B" w:rsidR="009951D2" w:rsidRPr="008400D9" w:rsidRDefault="01F48D15" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu tiếng Anh không phải là ngôn ngữ chính của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, chúng tôi có thể hỗ trợ. Để yêu cầu hỗ trợ ngôn ngữ, vui lòng gửi email đến</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC2CB6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00D40DCC" w:rsidRPr="00D40DCC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>LanguageAssistDALA@mass.gov</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="133BD61D" w14:textId="12026A51" w:rsidR="000A0994" w:rsidRPr="008400D9" w:rsidRDefault="676B33E7" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Theo yêu cầu, DALA </w:t>
+      </w:r>
+      <w:r w:rsidR="003F0F13" w:rsidRPr="003F0F13">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>cũng có thể hỗ trợ dịch thuật các tài liệu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D1088AD" w14:textId="01B55469" w:rsidR="001A6A40" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">B. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="003F0F13">
+        <w:t>Phòng Điều Trần Có Đáp Ứng Cho Người Khuyết Tật Không</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60778131" w14:textId="2A46D272" w:rsidR="000D4428" w:rsidRPr="008400D9" w:rsidRDefault="0F7043D7" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có. Tất cả các phòng </w:t>
+      </w:r>
+      <w:r w:rsidR="003F0F13">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tại DALA </w:t>
+      </w:r>
+      <w:r w:rsidR="003F0F13" w:rsidRPr="003F0F13">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>đều đáp ứng yêu cầu tiếp cận cho người khuyết tật theo Đạo luật Người</w:t>
+      </w:r>
+      <w:r w:rsidR="003F0F13">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hoa Kỳ</w:t>
+      </w:r>
+      <w:r w:rsidR="003F0F13" w:rsidRPr="003F0F13">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Khuyết tật</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ADA). Tuy nhiên, nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cần các điều kiện đặc biệt, vui lòng liên </w:t>
+      </w:r>
+      <w:r w:rsidR="003F0F13">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>lạc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> với </w:t>
+      </w:r>
+      <w:r w:rsidR="764BD5CC" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DALA </w:t>
+      </w:r>
+      <w:r w:rsidR="61C90830" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">qua </w:t>
+      </w:r>
+      <w:r w:rsidR="66E1BB2F" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>email</w:t>
+      </w:r>
+      <w:r w:rsidR="003F0F13">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="003F0F13" w:rsidRPr="003F0F13">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>DALApleadings@mass.gov</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="66E1BB2F" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hoặc </w:t>
+      </w:r>
+      <w:r w:rsidR="61C90830" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">số điện thoại (781) 397-4700 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>càng sớm càng tốt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FC698C8" w14:textId="7A0434E7" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">III. </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3B30">
+        <w:t>Nộp hồ sơ</w:t>
+      </w:r>
+      <w:r w:rsidR="2A8E8211" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> cho DALA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20DFF4B2" w14:textId="0E6E8BCA" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">A. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783">
+        <w:t>Nộp Hồ Sơ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ABB0171" w14:textId="41F58040" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="2A8E8211" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có bốn cách để </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3B30">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>nộp hồ sơ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tại DALA—qua bưu điện, nộp trực tiếp, qua email hoặc fax. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03332F69" w14:textId="553FBE76" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="2A8E8211" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hãy đảm bảo ghi rõ tên vụ việc và số hồ sơ của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trên tất cả các tài liệu nộp. </w:t>
+      </w:r>
+      <w:r w:rsidR="003448E5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tên vụ việc và số hồ sơ của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="003448E5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể tìm thấy trên trang đầu tiên của </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="003448E5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hông </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="003448E5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">áo </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Tiếp N</w:t>
+      </w:r>
+      <w:r w:rsidR="003448E5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hận </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Đ</w:t>
+      </w:r>
+      <w:r w:rsidR="003448E5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ơn </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="003448E5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">háng </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="003448E5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">áo mà </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="003448E5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đã nhận. Tên vụ việc bao gồm bên kháng cáo và bên</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bị</w:t>
+      </w:r>
+      <w:r w:rsidR="003448E5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kháng cáo (ví </w:t>
+      </w:r>
+      <w:r w:rsidR="7876A035" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dụ: </w:t>
+      </w:r>
+      <w:r w:rsidR="003448E5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Smith v. Agency</w:t>
+      </w:r>
+      <w:r w:rsidR="003448E5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Số </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hồ sơ</w:t>
+      </w:r>
+      <w:r w:rsidR="003448E5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> là một </w:t>
+      </w:r>
+      <w:r w:rsidR="6E4F8759" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chuỗi ký tự </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chữ </w:t>
+      </w:r>
+      <w:r w:rsidR="6E4F8759" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">và số </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>riêng biệt cho từng vụ việc</w:t>
+      </w:r>
+      <w:r w:rsidR="6E4F8759" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ví dụ</w:t>
+      </w:r>
+      <w:r w:rsidR="38D59DBE" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="6E4F8759" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>AA-00-000).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DAE7D13" w14:textId="59CD5F11" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="2A8E8211" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trừ khi </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hẩm </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hán</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yêu cầu </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nộp </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bản sao, </w:t>
+      </w:r>
+      <w:r w:rsidR="471E1308" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chỉ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3B30">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>nộp hồ sơ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> một lần. Nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nộp qua fax hoặc email, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">thì </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">không gửi bản sao khác qua bưu điện hoặc trực tiếp trừ khi </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hẩm </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hán</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yêu cầu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D124A00" w14:textId="663E9F5A" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="00D52AC0" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="2A8E8211" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> phải gửi bản sao của tất cả các tài liệu nộp cho tất cả các bên khác </w:t>
+      </w:r>
+      <w:r w:rsidR="00C071CE" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>và kèm theo "</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidR="00C071CE" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iấy </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>X</w:t>
+      </w:r>
+      <w:r w:rsidR="00C071CE" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ác </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00C071CE" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hận </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Đ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C071CE" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ã </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Tống Đạt</w:t>
+      </w:r>
+      <w:r w:rsidR="00C071CE" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" xác nhận rằng </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="00C071CE" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đã làm như vậy. Xem phần "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>Quý vị</w:t>
+        </w:r>
+        <w:r w:rsidR="00C071CE" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Phải Gửi Tài Liệu Cho Bên Khác</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00C071CE" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DE451FB" w14:textId="04823AB7" w:rsidR="00BC4400" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">B. </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3B30">
+        <w:t xml:space="preserve">Nộp </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3B30">
+        <w:t xml:space="preserve">ồ </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3B30">
+        <w:t>ơ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:t xml:space="preserve"> Bảo </w:t>
+      </w:r>
+      <w:r w:rsidR="003448E5" w:rsidRPr="008400D9">
+        <w:t>Mật</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39AB4E1D" w14:textId="5F821468" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="00D52AC0" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="2A8E8211" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> phải xóa </w:t>
+      </w:r>
+      <w:r w:rsidR="04344673" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hoặc che giấu </w:t>
+      </w:r>
+      <w:r w:rsidR="7896DE11" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">các thông tin sau </w:t>
+      </w:r>
+      <w:r w:rsidR="2A8E8211" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>khỏi tài liệu trước khi nộp trong một vụ kiện mở cho công chúng</w:t>
+      </w:r>
+      <w:r w:rsidR="62A1A65D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: bất kỳ số nhận dạng do chính phủ cấp; </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62" w:rsidRPr="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ọ khai sinh của cha hoặc mẹ</w:t>
+      </w:r>
+      <w:r w:rsidR="62A1A65D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, nếu được xác định như vậy; bất kỳ số tài khoản tài chính; và bất kỳ số thẻ tín dụng. Chi tiết thêm về các </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hướng</w:t>
+      </w:r>
+      <w:r w:rsidR="00C232EC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dẫn</w:t>
+      </w:r>
+      <w:r w:rsidR="62A1A65D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> này được nêu trong </w:t>
+      </w:r>
+      <w:r w:rsidR="0547653A" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r w:rsidR="62A1A65D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">thông báo về quyền truy cập công khai và </w:t>
+      </w:r>
+      <w:r w:rsidR="45371C08" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>bảo mật</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thông tin</w:t>
+      </w:r>
+      <w:r w:rsidR="45371C08" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:r w:rsidR="62A1A65D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mà </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="62A1A65D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nhận được từ DALA kèm theo </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62" w:rsidRPr="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thông </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62" w:rsidRPr="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">áo Tiếp </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62" w:rsidRPr="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hận Đơn Kháng </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Cáo</w:t>
+      </w:r>
+      <w:r w:rsidR="62A1A65D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DDE7D60" w14:textId="1F5E31B1" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="2D1BA489" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Loại bỏ hoặc che giấu thông tin cụ thể trong tài liệu </w:t>
+      </w:r>
+      <w:r w:rsidR="2A8E8211" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">được gọi là chỉnh sửa. Đôi khi, toàn bộ tài liệu cần được bảo mật. Nếu tài liệu cần được nộp nhưng cũng cần bảo mật, nó nên được nộp “dưới niêm phong” và đánh dấu là bảo mật. Không </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3B30">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>nộp hồ sơ</w:t>
+      </w:r>
+      <w:r w:rsidR="2A8E8211" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bảo mật qua fax. </w:t>
+      </w:r>
+      <w:r w:rsidR="1B9D1DA4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thẩm </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="1B9D1DA4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hán</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65E62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="1B9D1DA4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể cung cấp </w:t>
+      </w:r>
+      <w:r w:rsidR="00C232EC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chỉ dẫn</w:t>
+      </w:r>
+      <w:r w:rsidR="1B9D1DA4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cụ thể thêm về việc </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3B30">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>nộp hồ sơ</w:t>
+      </w:r>
+      <w:r w:rsidR="1B9D1DA4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và thông tin bảo mật.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B7CB4A1" w14:textId="44E61809" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">C. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:t>Nộp Qua Bưu Điện</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A2A3591" w14:textId="04D3D40A" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="2A8E8211" w:rsidP="00F96513">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> muốn </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3B30">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>nộp hồ sơ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> qua bưu điện, vui lòng gửi đến:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3147F2A7" w14:textId="62F791FB" w:rsidR="00D26B69" w:rsidRDefault="00D26B69" w:rsidP="00EA2B3F">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="2A8E8211" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phòng Kháng </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="2A8E8211" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">áo Luật Hành </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="2A8E8211" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hính</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C071CE" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Division of Administrative Law Appeals</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FC444F0" w14:textId="4EA8460A" w:rsidR="00094172" w:rsidRDefault="2A8E8211" w:rsidP="00D26B69">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>14 Summer Street, 4</w:t>
+      </w:r>
+      <w:r w:rsidR="00D26B69" w:rsidRPr="00EA2B3F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="00D26B69">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Floor</w:t>
+      </w:r>
+      <w:r w:rsidR="00C071CE" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Malden, MA 02148</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65FE725C" w14:textId="77777777" w:rsidR="00D26B69" w:rsidRPr="008400D9" w:rsidRDefault="00D26B69" w:rsidP="00EA2B3F">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BA4CBAB" w14:textId="2893D124" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="0C047BB4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tài liệu của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> phải được gửi qua bưu điện và có dấu bưu điện trước ngày hết hạn.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C262A93" w14:textId="4D7F0A13" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">D. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:t>Nộp Hồ Sơ Bằng Cách Giao Trực Tiếp</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F3C1FDF" w14:textId="49CB0DF2" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="2A8E8211" w:rsidP="00A803D4">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu quý vị muốn </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3B30">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>nộp hồ sơ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trực tiếp, quý vị có thể nộp tại:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C4D3E44" w14:textId="77777777" w:rsidR="00ED038D" w:rsidRDefault="00ED038D" w:rsidP="00ED038D">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phòng Kháng </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">áo Luật Hành </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hính</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Division of Administrative Law Appeals</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F152AB5" w14:textId="10E85E16" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="00ED038D" w:rsidP="00ED038D">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>14 Summer Street, 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B12D5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Floor</w:t>
+      </w:r>
+      <w:r w:rsidR="00C071CE" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="2A8E8211" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Malden, MA 02148</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A145A9C" w14:textId="3E17604C" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">E. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:t>Nộp Hồ Sơ Qua Email</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5400ADD2" w14:textId="47A5A6FD" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="2A8E8211" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> muốn </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3B30">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>nộp hồ sơ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> qua email, vui lòng gửi đến</w:t>
+      </w:r>
+      <w:r w:rsidR="00D40DCC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="00D40DCC" w:rsidRPr="00D40DCC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>DALApleadings@mass.gov</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39194368" w14:textId="1135B3E8" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">F. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:t>Nộp Hồ Sơ Qua Fax</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="232BCB5C" w14:textId="6A2A1B71" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="2A8E8211" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> muốn </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3B30">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>nộp hồ sơ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> qua fax, vui lòng sử dụng số (781) 397-4720.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62255CF0" w14:textId="6C6B9C15" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">G. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783">
+        <w:t>Quý Vị</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> Phải Giao Tài Liệu Cho Bên Kia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E6B5F31" w14:textId="7E25C581" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="2A8E8211" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cùng ngày </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3B30">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>nộp hồ sơ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cho DALA, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0000619F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chuyển</w:t>
+      </w:r>
+      <w:r w:rsidR="0000619F" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>giao, hoặc “</w:t>
+      </w:r>
+      <w:r w:rsidR="0000619F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tống đạt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”, một bản sao của tài liệu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đang nộp cho tất cả các bên liên quan trong vụ việc. </w:t>
+      </w:r>
+      <w:r w:rsidR="0C047BB4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bên kia thường là một cơ quan </w:t>
+      </w:r>
+      <w:r w:rsidR="0000619F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tiểu bang</w:t>
+      </w:r>
+      <w:r w:rsidR="0C047BB4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0000619F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quý vị phải gửi </w:t>
+      </w:r>
+      <w:r w:rsidR="0C047BB4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bản sao cho luật sư </w:t>
+      </w:r>
+      <w:r w:rsidR="0000619F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">đại diện </w:t>
+      </w:r>
+      <w:r w:rsidR="0C047BB4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">của cơ quan, không phải cho bất kỳ ai khác mà </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="0C047BB4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể đã làm việc tại cơ quan đó. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tên của luật sư sẽ được ghi trên </w:t>
+      </w:r>
+      <w:r w:rsidR="0000619F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hông </w:t>
+      </w:r>
+      <w:r w:rsidR="0000619F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">áo </w:t>
+      </w:r>
+      <w:r w:rsidR="0000619F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Tiếp N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hận </w:t>
+      </w:r>
+      <w:r w:rsidR="0000619F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ơn </w:t>
+      </w:r>
+      <w:r w:rsidR="0000619F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">háng </w:t>
+      </w:r>
+      <w:r w:rsidR="0000619F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">áo mà </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nhận được. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="082FCC3F" w14:textId="2BABC3D7" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="2A8E8211" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> không chắc chắn về địa chỉ của bên liên quan hoặc luật sư</w:t>
+      </w:r>
+      <w:r w:rsidR="0000619F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đại diện</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể liên </w:t>
+      </w:r>
+      <w:r w:rsidR="0000619F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>lạc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> với DALA qua </w:t>
+      </w:r>
+      <w:r w:rsidR="62611EB5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>email</w:t>
+      </w:r>
+      <w:r w:rsidR="0000619F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="0000619F" w:rsidRPr="0000619F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>DALApleadings@mass.gov</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="62611EB5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hoặc </w:t>
+      </w:r>
+      <w:r w:rsidR="4CBB8C8A" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>số điện thoại (781) 397-4700</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CBB4084" w14:textId="3F5853EA" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="2A8E8211" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Khi </w:t>
+      </w:r>
+      <w:r w:rsidR="0000619F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quý vị </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3B30">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>nộp hồ sơ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cho DALA, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> phải kèm theo một tuyên bố</w:t>
+      </w:r>
+      <w:r w:rsidR="0000619F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> xác nhận</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rằng </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đã gửi tài liệu đó cho tất cả các bên khác. Điều này được gọi là "</w:t>
+      </w:r>
+      <w:r w:rsidR="0000619F" w:rsidRPr="0000619F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Giấy xác nhận đã tống đạt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">", và thường được đặt sau chữ ký của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26A6C133" w14:textId="77777777" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="2A8E8211" w:rsidP="00F96513">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Dưới đây là một ví dụ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="664E92AC" w14:textId="3A98154B" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="002A6AC8" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="720"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6AC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Giấy Xác Nhận Đã Tống Đạt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F5DC5D2" w14:textId="7775BD8D" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="2A8E8211" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tôi, [tên của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>], xác nhận rằng vào ngày [ngày], tôi đã gửi một bản sao của [tên tài liệu] cho [tên đại diện của bên] qua [bưu điện tại địa chỉ của họ hoặc email tại emailaddress@email.com].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36FD5CFE" w14:textId="343757A3" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">H. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="002A6AC8">
+        <w:t>Điều Gì Xảy Ra Nếu Tôi Quên Đính Kèm Giấy Xác Nhận Đã Tống Đạt Khi Nộp Hồ Sơ</w:t>
+      </w:r>
+      <w:r w:rsidR="002A6AC8" w:rsidRPr="002A6AC8">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4427BA9C" w14:textId="67C015DE" w:rsidR="00094172" w:rsidRPr="008400D9" w:rsidRDefault="002A6AC8" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6AC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Nếu quý vị không đính kèm Giấy Xác Nhận Đã Tống Đạt, DALA có thể từ chối xem xét tài liệu mà quý vị đã nộp.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CAF846F" w14:textId="4D105C49" w:rsidR="004E5DD6" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
       <w:r>
-        <w:t>Cập</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">IV. </w:t>
+      </w:r>
+      <w:r w:rsidR="0E81ED4E" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve">Tiến trình xử lý </w:t>
+      </w:r>
+      <w:r w:rsidR="2D4E2A78" w:rsidRPr="008400D9">
+        <w:t>vụ việc tại DALA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EE393D8" w14:textId="18379F86" w:rsidR="00FB1958" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
       <w:r>
+        <w:t xml:space="preserve">A. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC67C5" w:rsidRPr="008400D9">
+        <w:t>Nộp Đơn Kháng Cáo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BABA06F" w14:textId="48B935A0" w:rsidR="00FB1958" w:rsidRPr="008400D9" w:rsidRDefault="2D4E2A78" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Khi một cơ quan </w:t>
+      </w:r>
+      <w:r w:rsidR="002A6AC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tiểu bang</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đưa ra quyết định mà </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> muốn kháng cáo (thách thức), cơ quan đó thường giải thích bằng văn bản, kèm theo quyết định, cách thức kháng cáo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="423694E5" w14:textId="51EE3CB1" w:rsidR="00FB1958" w:rsidRPr="008400D9" w:rsidRDefault="2D4E2A78" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu cơ quan </w:t>
+      </w:r>
+      <w:r w:rsidR="002A6AC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tiểu bang</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> không giải thích cách kháng cáo, hãy liên </w:t>
+      </w:r>
+      <w:r w:rsidR="002A6AC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>lạc</w:t>
+      </w:r>
+      <w:r w:rsidR="002A6AC8" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>với cơ quan đó và hỏi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B7B558D" w14:textId="4E61A2E2" w:rsidR="009927A4" w:rsidRPr="008400D9" w:rsidRDefault="002A6AC8" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>nhật</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Quý vị phải t</w:t>
+      </w:r>
+      <w:r w:rsidR="2D4E2A78" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uân thủ các quy định do cơ quan đưa ra (chẳng hạn như gửi đơn kháng cáo đến đúng địa chỉ) và đáp ứng thời hạn kháng cáo. Nếu không, vụ việc của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="2D4E2A78" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể kết thúc trước khi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A6AC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>trước khi được xem xét kháng</w:t>
+      </w:r>
+      <w:r w:rsidR="2D4E2A78" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cáo. </w:t>
+      </w:r>
+      <w:r w:rsidR="0C047BB4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trong nhiều loại </w:t>
+      </w:r>
+      <w:r w:rsidR="0DFA5DF5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>vụ việc</w:t>
+      </w:r>
+      <w:r w:rsidR="0C047BB4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, DALA không có thẩm </w:t>
+      </w:r>
+      <w:r w:rsidR="0C047BB4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>quyền</w:t>
+      </w:r>
+      <w:r w:rsidR="0DFA5DF5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pháp lý </w:t>
+      </w:r>
+      <w:r w:rsidR="0C047BB4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">để gia hạn thời hạn nộp </w:t>
+      </w:r>
+      <w:r w:rsidR="0DFA5DF5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">đơn </w:t>
+      </w:r>
+      <w:r w:rsidR="0C047BB4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>kháng cáo</w:t>
+      </w:r>
+      <w:r w:rsidR="0DFA5DF5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ngay cả khi </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="0DFA5DF5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bị chậm trễ do các lý do nằm ngoài tầm kiểm soát của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="0DFA5DF5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và không phải lỗi của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="0DFA5DF5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27CE72C1" w14:textId="072D90B3" w:rsidR="004E5DD6" w:rsidRPr="008400D9" w:rsidRDefault="7133CBF3" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tối thiểu, đơn kháng cáo </w:t>
+      </w:r>
+      <w:r w:rsidR="1452106A" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="1452106A" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">phải ghi rõ tên và địa chỉ của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="6DB48C12" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">phải </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nêu rõ rằng </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đang kháng cáo </w:t>
+      </w:r>
+      <w:r w:rsidR="63F54023" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quyết định của</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> một cơ quan cụ thể, và </w:t>
+      </w:r>
+      <w:r w:rsidR="7559C3C7" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">phải </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kèm theo bản sao của </w:t>
+      </w:r>
+      <w:r w:rsidR="63F54023" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quyết định đó</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="63F54023" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Việc </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>cung cấp một mô tả</w:t>
+      </w:r>
+      <w:r w:rsidR="4E63A795" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> chi tiết</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hơn về </w:t>
+      </w:r>
+      <w:r w:rsidR="369CFA57" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lý </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">do kháng cáo </w:t>
+      </w:r>
+      <w:r w:rsidR="63F54023" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>là hữu ích nhưng không phải lúc nào cũng bắt buộc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="610EFC36" w14:textId="7A14E350" w:rsidR="00FB1958" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
       <w:r>
+        <w:t xml:space="preserve">B. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC67C5" w:rsidRPr="00032B1C">
+        <w:t>Quy Tắc Và Quy Định Pháp Luật</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2791C302" w14:textId="0C79A6AB" w:rsidR="00FB1958" w:rsidRPr="008400D9" w:rsidRDefault="0DFA5DF5" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Các vụ việc tại DALA được điều chỉnh bởi </w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C" w:rsidRPr="00EA2B3F">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Đạo</w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:hyperlink r:id="rId17">
+        <w:r w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Luật Thủ </w:t>
+        </w:r>
+        <w:r w:rsidR="00032B1C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>T</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve">ục Hành </w:t>
+        </w:r>
+        <w:r w:rsidR="00032B1C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>C</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve">hính </w:t>
+        </w:r>
+        <w:r w:rsidR="00032B1C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve">của </w:t>
+        </w:r>
+        <w:r w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Massachusetts, Chương 30A của Luật </w:t>
+        </w:r>
+        <w:r w:rsidR="00032B1C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>Chung</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7240626E" w14:textId="41413A63" w:rsidR="008110B1" w:rsidRPr="008400D9" w:rsidRDefault="2AE7302A" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Các quy tắc</w:t>
+      </w:r>
+      <w:r w:rsidR="22007E76" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> áp dụng khác được quy định trong </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18">
+        <w:r w:rsidR="0DFA5DF5" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Quy </w:t>
+        </w:r>
+        <w:r w:rsidR="00032B1C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>T</w:t>
+        </w:r>
+        <w:r w:rsidR="0DFA5DF5" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve">ắc </w:t>
+        </w:r>
+        <w:r w:rsidR="00032B1C" w:rsidRPr="00032B1C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Tiêu </w:t>
+        </w:r>
+        <w:r w:rsidR="00032B1C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>C</w:t>
+        </w:r>
+        <w:r w:rsidR="00032B1C" w:rsidRPr="00032B1C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>huẩn</w:t>
+        </w:r>
+        <w:r w:rsidR="0DFA5DF5" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> và Thủ </w:t>
+        </w:r>
+        <w:r w:rsidR="00032B1C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>T</w:t>
+        </w:r>
+        <w:r w:rsidR="0DFA5DF5" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve">ục Xét </w:t>
+        </w:r>
+        <w:r w:rsidR="00032B1C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>X</w:t>
+        </w:r>
+        <w:r w:rsidR="0DFA5DF5" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>ử, Chương</w:t>
+        </w:r>
+        <w:r w:rsidR="00032B1C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 801, Mục</w:t>
+        </w:r>
+        <w:r w:rsidR="0DFA5DF5" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 1.00</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="63F54023" w:rsidRPr="00EA2B3F">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> của</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19">
+        <w:r w:rsidR="0645C6CB" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Bộ luật Massachusetts</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="63F54023" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, bao gồm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">một </w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="0DFA5DF5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ộ Quy </w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="0DFA5DF5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ắc Chính </w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="0DFA5DF5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hức (</w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Mục</w:t>
+      </w:r>
+      <w:r w:rsidR="0DFA5DF5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.01) và một </w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="0DFA5DF5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ộ Quy </w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="0DFA5DF5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ắc Phi </w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="0DFA5DF5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hính </w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="0DFA5DF5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hức/Phiên </w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Đ</w:t>
+      </w:r>
+      <w:r w:rsidR="0DFA5DF5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iều </w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="0DFA5DF5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rần </w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="0DFA5DF5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ông </w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="0DFA5DF5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ằng (</w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Mục</w:t>
+      </w:r>
+      <w:r w:rsidR="0DFA5DF5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.02). </w:t>
+      </w:r>
+      <w:r w:rsidR="0645C6CB" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thông báo về việc </w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tiếp </w:t>
+      </w:r>
+      <w:r w:rsidR="0645C6CB" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nhận đơn kháng cáo mà </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="0645C6CB" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nhận được sẽ nêu rõ vụ việc của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="0645C6CB" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> được điều chỉnh bởi </w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quy </w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ắc Chính </w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hức</w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0645C6CB" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hay </w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quy </w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ắc Phi </w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hính </w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hức/Phiên </w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Đ</w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iều </w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rần </w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ông </w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00032B1C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ằng</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="090F28B3" w14:textId="6B060ADD" w:rsidR="007F2C92" w:rsidRPr="008400D9" w:rsidRDefault="2AE7302A" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mỗi vụ việc cũng sẽ điều chỉnh </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1F61">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>của</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1F61" w:rsidRPr="00AC1F61">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hệ thống các quy định pháp luật nội dung, bao gồm các đạo luật, quy định hành chính và án lệ, tùy thuộc vào lĩnh vực và bản chất của vụ việc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="63F54023" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Một số </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quyết định của DALA, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1F61">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">trong đó </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bao gồm các </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1F61">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phân tích</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> về </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1F61">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nhiều </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">các lĩnh vực pháp luật liên quan, được </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1F61">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tập hợp và công bố </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>trực tuyến tại</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> https://www.mass.gov/search-all-general-jurisdiction-decisions</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Các quyết định khác của DALA được </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1F61">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>lưu trữ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trong các cơ sở dữ liệu do </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21">
+        <w:r w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Thư </w:t>
+        </w:r>
+        <w:r w:rsidR="00AC1F61">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>V</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve">iện Luật Xã </w:t>
+        </w:r>
+        <w:r w:rsidR="00AC1F61">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>H</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>ội</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> quản lý, có thể </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1F61">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">được </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">truy cập từ </w:t>
+      </w:r>
+      <w:r w:rsidR="63F54023" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>bất kỳ thư viện</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> công cộng </w:t>
+      </w:r>
+      <w:r w:rsidR="63F54023" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nào </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1F61">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tại tiểu bang</w:t>
+      </w:r>
+      <w:r w:rsidR="63F54023" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Massachusetts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(và </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1F61">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cũng như tại </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>các địa điểm khác).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01EB4763" w14:textId="44DEFF78" w:rsidR="00BA6599" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
       <w:r>
-        <w:t>tháng</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">C. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22" w:rsidRPr="00A05C22">
+        <w:t>Thông Báo Tiếp Nhận Đơn Kháng</w:t>
+      </w:r>
+      <w:r w:rsidR="233BED66" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="233BED66" w:rsidRPr="008400D9">
+        <w:t>áo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B3F3EDA" w14:textId="0191852D" w:rsidR="00344FD7" w:rsidRPr="008400D9" w:rsidRDefault="727FA712" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sau khi nộp đơn kháng cáo đến DALA, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sẽ nhận được </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22" w:rsidRPr="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hông </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22" w:rsidRPr="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">áo Tiếp </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22" w:rsidRPr="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hận Đơn Kháng </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22" w:rsidRPr="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ghị bằng văn bản</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="6F0DE7F7" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thông báo này </w:t>
+      </w:r>
+      <w:r w:rsidR="607DED58" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cung cấp </w:t>
+      </w:r>
+      <w:r w:rsidR="01C5D0B5" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">các quy tắc </w:t>
+      </w:r>
+      <w:r w:rsidR="607DED58" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">và thủ tục liên quan đến vụ việc của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="607DED58" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22" w:rsidRPr="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>bao gồm nhưng không giới hạn ở yêu cầu quý vị phải cung cấp cho DALA thông tin liên lạc hiện tại, cũng như hướng dẫn về cách thức nộp hồ sơ cho DALA.</w:t>
+      </w:r>
+      <w:r w:rsidR="607DED58" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60619AC7" w14:textId="39F364A3" w:rsidR="00496E17" w:rsidRPr="008400D9" w:rsidRDefault="00D52AC0" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> 5 </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="7A2D4BE0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể được yêu cầu thực hiện các bước bổ sung trước khi vụ việc của </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 2023)</w:t>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="7A2D4BE0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> được xử lý tiếp. Các bước tiếp theo thường gặp bao gồm:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54F9C39C" w14:textId="77777777" w:rsidR="00967E61" w:rsidRDefault="00967E61">
-[...15 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+    <w:p w14:paraId="1B7BAFAB" w14:textId="0BE01FB9" w:rsidR="00496E17" w:rsidRPr="008400D9" w:rsidRDefault="00D40DCC" w:rsidP="00FF1240">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:left="839" w:hanging="719"/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trả Lời </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Lệnh Yêu Cầu Giải Trình</w:t>
+      </w:r>
+      <w:r w:rsidR="7A2D4BE0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00820FF0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nếu có vẻ như đơn kháng cáo của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="00820FF0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có vấn đề pháp lý hoặc thủ tục (ví dụ: nếu đơn được nộp trễ)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A74087" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00820FF0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Điều này có nghĩa là </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="00820FF0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A74087" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">phải gửi cho </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="00A74087" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và các bên liên quan </w:t>
+      </w:r>
+      <w:r w:rsidR="00820FF0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">một phản hồi bằng văn bản giải thích tại </w:t>
+      </w:r>
+      <w:r w:rsidR="00820FF0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">sao đơn kháng cáo của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="00820FF0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vẫn nên được </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22" w:rsidRPr="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chấp nhận để tiếp tục xem xét</w:t>
+      </w:r>
+      <w:r w:rsidR="00820FF0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2DA1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2DA1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> không trả lời, hoặc nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2DA1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A74087" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">xác định </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2DA1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rằng phản hồi của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2DA1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> không </w:t>
+      </w:r>
+      <w:r w:rsidR="00C469FE" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>đủ cơ sở</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2DA1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pháp lý, đơn kháng cáo </w:t>
+      </w:r>
+      <w:r w:rsidR="00A74087" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">có thể </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2DA1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bị bác bỏ. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="730EF1C2" w14:textId="76F681C4" w:rsidR="00496E17" w:rsidRPr="008400D9" w:rsidRDefault="00D40DCC" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nộp Các Lập Luận Và </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Chứng Cứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bằng Văn Bản</w:t>
+      </w:r>
+      <w:r w:rsidR="7A2D4BE0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="7A2D4BE0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nếu vụ việc có thể được giải quyết mà không cần </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="7A2D4BE0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2DA1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Xem phần </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidR="00DB2DA1" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>Giải quyết vụ việc mà không cần phiên</w:t>
+        </w:r>
+        <w:r w:rsidR="00A05C22">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> điều trần</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00DB2DA1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F5D99FD" w14:textId="5B9A8410" w:rsidR="00496E17" w:rsidRPr="008400D9" w:rsidRDefault="00D40DCC" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tham Dự </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Phiên Họp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Trước </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Phiên Điều Trần</w:t>
+      </w:r>
+      <w:r w:rsidR="7A2D4BE0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="7A2D4BE0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">để thảo luận về các vấn đề, </w:t>
+      </w:r>
+      <w:r w:rsidR="2E7B1350" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lịch trình, </w:t>
+      </w:r>
+      <w:r w:rsidR="7A2D4BE0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">thời hạn, </w:t>
+      </w:r>
+      <w:r w:rsidR="2E7B1350" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">thủ tục </w:t>
+      </w:r>
+      <w:r w:rsidR="575DA55E" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">và </w:t>
+      </w:r>
+      <w:r w:rsidR="7A2D4BE0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">khả năng hòa giải. </w:t>
+      </w:r>
+      <w:r w:rsidR="000D4EF8" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Xem phần "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidR="00A66851">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>Phiên họp</w:t>
+        </w:r>
+        <w:r w:rsidR="000D4EF8" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> trước phiên</w:t>
+        </w:r>
+        <w:r w:rsidR="00A05C22">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> điều trần</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="000D4EF8" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64E931C9" w14:textId="65F3D5A1" w:rsidR="00496E17" w:rsidRPr="008400D9" w:rsidRDefault="00D40DCC" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nộp Bản Tóm Tắt Trước Phiên </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Điều Trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Và Các Tài Liệu Đề Xuất </w:t>
+      </w:r>
+      <w:r w:rsidR="7A2D4BE0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nếu vụ việc có tranh chấp </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22" w:rsidRPr="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>về tình tiết thực tế và sẽ được đưa ra phiên điều trần về chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidR="7A2D4BE0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="000D4EF8" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Xem phần </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidR="000D4EF8" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve">"Các tài liệu nộp trước </w:t>
+        </w:r>
+        <w:r w:rsidR="00A66851">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>phiên điều trần</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="000D4EF8" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24498E36" w14:textId="565771E1" w:rsidR="0031653B" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">D. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22" w:rsidRPr="00A05C22">
+        <w:t>Phiên Họp Trước Điều Trần</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6001C472" w14:textId="572EB064" w:rsidR="00444E1E" w:rsidRPr="008400D9" w:rsidRDefault="00A66851" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Phiên họp</w:t>
+      </w:r>
+      <w:r w:rsidR="2E7B1350" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trước </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="2E7B1350" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> là </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên họp</w:t>
+      </w:r>
+      <w:r w:rsidR="2E7B1350" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> chính thức để thảo luận về các vấn đề liên quan đến vụ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>việc</w:t>
+      </w:r>
+      <w:r w:rsidR="2E7B1350" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="2E7B1350" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, lịch trình tiến triển của vụ án, các hạn chót, các vấn đề thủ tục khác và khả năng các bên đạt được thỏa thuận</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dàn xếp</w:t>
+      </w:r>
+      <w:r w:rsidR="2E7B1350" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B01820F" w14:textId="548946D8" w:rsidR="00444E1E" w:rsidRPr="008400D9" w:rsidRDefault="2E7B1350" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Các </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên họp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>trước điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thường được tổ chức qua điện thoại (nhưng không phải lúc nào cũng vậy). Nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên họp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tiền xét xử được lên lịch trong vụ án của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sẽ nhận được thông báo </w:t>
+      </w:r>
+      <w:r w:rsidR="00C232EC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chỉ dẫn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cách tham gia </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên họp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (qua điện thoại hoặc các hình thức khác) </w:t>
+      </w:r>
+      <w:r w:rsidR="31BD3745" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>và những nội dung cần chuẩn bị để thảo luận.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="589BD6E1" w14:textId="2D5C59DD" w:rsidR="006C7A36" w:rsidRPr="008400D9" w:rsidRDefault="2E7B1350" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Việc tham dự các </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên họp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trước </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và các </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tình tiết</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> khác do DALA tổ chức là bắt buộc. Nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> không tham dự, vụ việc của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể bị hủy bỏ </w:t>
+      </w:r>
+      <w:r w:rsidR="31BD3745" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hoặc, nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="31BD3745" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> là bị đơn, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851" w:rsidRPr="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>một phán quyết mặc nhiên bất lợi có thể được ban hành đối với quý vị.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BD45BFB" w14:textId="4AF03EBD" w:rsidR="00A407A5" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">E. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B353B4" w:rsidRPr="00B353B4">
+        <w:t>Các Kiến Nghị</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="143F8167" w14:textId="7DA3AF20" w:rsidR="006C2E37" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="00B353B4">
+        <w:t>Kiến Nghị Nói Chung</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C636DCB" w14:textId="16C5D70B" w:rsidR="003410A4" w:rsidRPr="008400D9" w:rsidRDefault="00B353B4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Kiến nghị</w:t>
+      </w:r>
+      <w:r w:rsidR="6AFF3AC1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> là một yêu cầu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> chính thức gửi đến DALA</w:t>
+      </w:r>
+      <w:r w:rsidR="099C706C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="2851FE75" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="2851FE75" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cần gia hạn </w:t>
+      </w:r>
+      <w:r w:rsidR="5F6C1993" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">thời hạn, hoãn </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="5F6C1993" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hoặc bất kỳ yêu cầu nào khác, hãy nộp </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>kiến nghị</w:t>
+      </w:r>
+      <w:r w:rsidR="5F6C1993" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> giải thích rõ yêu cầu của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="5F6C1993" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và lý do. </w:t>
+      </w:r>
+      <w:r w:rsidR="04ABF493" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tất cả các </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>kiến nghị</w:t>
+      </w:r>
+      <w:r w:rsidR="04ABF493" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> phải được nộp bằng văn bản, trừ một số trường hợp có thể được </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B353B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>trình bày bằng lời nói</w:t>
+      </w:r>
+      <w:r w:rsidR="04ABF493" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trong </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="04ABF493" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="6DE15A78" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trước khi nộp </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>kiến nghị</w:t>
+      </w:r>
+      <w:r w:rsidR="6DE15A78" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="6DE15A78" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nên thảo luận với bên kia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="650625D2" w14:textId="5B8BED46" w:rsidR="00CE3805" w:rsidRPr="008400D9" w:rsidRDefault="6DE15A78" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Đơn đề nghị, giống như tất cả các tài liệu nộp tại DALA, phải bao gồm một tuyên bố rằng </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đã cung cấp tài liệu đó cho tất cả các bên khác. Điều này được gọi là "</w:t>
+      </w:r>
+      <w:r w:rsidR="00B353B4" w:rsidRPr="00B353B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Giấy xác nhận đã tống đạt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r w:rsidR="00C071CE" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C071CE" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Xem phần "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="00D52AC0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>Quý vị</w:t>
+        </w:r>
+        <w:r w:rsidR="00C071CE" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Phải Cung Cấp Tài Liệu Cho Bên Khác</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r w:rsidR="00C071CE" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07ADB7F3" w14:textId="221A7AC3" w:rsidR="00996C51" w:rsidRPr="008400D9" w:rsidRDefault="4E5F6CEF" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Một số </w:t>
+      </w:r>
+      <w:r w:rsidR="00B353B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>kiến nghị</w:t>
+      </w:r>
+      <w:r w:rsidR="5F6C1993" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="43852B78" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">thường </w:t>
+      </w:r>
+      <w:r w:rsidR="5F6C1993" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">được nộp </w:t>
+      </w:r>
+      <w:r w:rsidR="633B8745" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tại DALA:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="373DDE65" w14:textId="346191AD" w:rsidR="00A63314" w:rsidRPr="008400D9" w:rsidRDefault="00C85783" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Kiến Nghị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ủy Bỏ Vụ Kiện</w:t>
+      </w:r>
+      <w:r w:rsidR="73B27D33" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="73B27D33" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu bị đơn (thường là cơ quan) cho rằng vụ kiện có thể được giải quyết có lợi cho mình vì một lý do sơ bộ, không liên quan đến nội dung vụ kiện, bị đơn có thể yêu cầu hủy bỏ vụ kiện. Một cơ sở phổ biến cho </w:t>
+      </w:r>
+      <w:r w:rsidR="00B353B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>kiến nghị</w:t>
+      </w:r>
+      <w:r w:rsidR="73B27D33" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hủy bỏ là khi vụ kiện được nộp sau thời hạn quy định. Một cơ sở phổ biến khác là khi tất cả các </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tình tiết</w:t>
+      </w:r>
+      <w:r w:rsidR="73B27D33" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> được người kháng cáo (thường là bên không phải cơ quan) đưa ra không đủ để người kháng cáo thắng kháng cáo và được bồi thường, ngay cả khi tất cả các </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tình tiết</w:t>
+      </w:r>
+      <w:r w:rsidR="73B27D33" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đó là đúng.</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidR="73B27D33" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 801 C</w:t>
+        </w:r>
+        <w:r w:rsidR="00D50842" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="73B27D33" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>M</w:t>
+        </w:r>
+        <w:r w:rsidR="00D50842" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="73B27D33" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>R</w:t>
+        </w:r>
+        <w:r w:rsidR="00D50842" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="73B27D33" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 1.01(7)(g)(3)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="73B27D33" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C249955" w14:textId="2C2618F3" w:rsidR="00A63314" w:rsidRPr="008400D9" w:rsidRDefault="00C85783" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk217376903"/>
+      <w:r w:rsidRPr="00612542">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Kiến Nghị Xin Quyết Định Tóm Lược</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="633B8745" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="796E32F7" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu không có tranh chấp thực sự về các </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tình tiết</w:t>
+      </w:r>
+      <w:r w:rsidR="796E32F7" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và một bên cho rằng luật pháp rõ ràng ủng hộ lập trường của họ, </w:t>
+      </w:r>
+      <w:r w:rsidR="00612542" w:rsidRPr="00612542">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>bên đó có thể yêu cầu DALA ban hành quyết định tóm lược.</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidR="7A0020FE" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 801 C</w:t>
+        </w:r>
+        <w:r w:rsidR="00C469FE" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="7A0020FE" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>M</w:t>
+        </w:r>
+        <w:r w:rsidR="00C469FE" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="7A0020FE" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>R</w:t>
+        </w:r>
+        <w:r w:rsidR="00C469FE" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="392875B9" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 1.01</w:t>
+        </w:r>
+        <w:r w:rsidR="0B7350A8" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>(7)(h)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0B7350A8" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA1E4D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Xem phần </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidR="00612542" w:rsidRPr="00612542">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>Kiến nghị xin Quyết định Tóm lược</w:t>
+        </w:r>
+        <w:r w:rsidR="00B353B4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00BA1E4D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ACB07F5" w14:textId="639E3C97" w:rsidR="0005209A" w:rsidRPr="008400D9" w:rsidRDefault="00C85783" w:rsidP="00F96513">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Kiến Nghị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Gia Hạn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Phiên Điều Trần</w:t>
+      </w:r>
+      <w:r w:rsidR="5BB0C4E0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="529C6559" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có các hạn chót cho các giai đoạn khác nhau của vụ án. Nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="529C6559" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> không thể đáp ứng hạn chót </w:t>
+      </w:r>
+      <w:r w:rsidR="101E63E1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hoặc ngày phải có mặt, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="101E63E1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể yêu cầu hoãn </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="101E63E1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, được gọi là </w:t>
+      </w:r>
+      <w:r w:rsidR="102537A3" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r w:rsidR="006E3575">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>gia hạn</w:t>
+      </w:r>
+      <w:r w:rsidR="101E63E1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="102537A3" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">", bằng cách nộp đơn. Nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="102537A3" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bỏ lỡ hạn chót, vụ án của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="102537A3" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể bị hủy bỏ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4129EFA7" w14:textId="48875767" w:rsidR="00164A92" w:rsidRPr="008400D9" w:rsidRDefault="03D64E8B" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yêu cầu hoãn </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> của DALA chỉ được chấp nhận trong trường hợp có lý do chính đáng. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F1440EE" w14:textId="6F60B63F" w:rsidR="00D762BF" w:rsidRPr="008400D9" w:rsidRDefault="00D52AC0" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="25BE86B1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nên nộp đơn yêu cầu bằng văn bản (đơn) càng </w:t>
+      </w:r>
+      <w:r w:rsidR="4F4F0C22" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sớm </w:t>
+      </w:r>
+      <w:r w:rsidR="25BE86B1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">càng </w:t>
+      </w:r>
+      <w:r w:rsidR="7B1DC8EF" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tốt </w:t>
+      </w:r>
+      <w:r w:rsidR="25BE86B1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>và</w:t>
+      </w:r>
+      <w:r w:rsidR="6D9255FD" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="25BE86B1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">trừ trường hợp </w:t>
+      </w:r>
+      <w:r w:rsidR="1ED73675" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">khẩn cấp, ít nhất ba ngày trước </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tình tiết</w:t>
+      </w:r>
+      <w:r w:rsidR="1ED73675" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30098E32" w14:textId="3B1443F4" w:rsidR="00D762BF" w:rsidRPr="008400D9" w:rsidRDefault="47F1063F" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tốt nhất là </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nên </w:t>
+      </w:r>
+      <w:r w:rsidR="2D0B84C7" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">thảo luận với các bên liên quan trước khi yêu cầu DALA hoãn </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="2D0B84C7" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Cụ thể, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="2D0B84C7" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nên: (a) hỏi xem họ có đồng ý với yêu cầu hay không, và (b) cố gắng thống nhất về các ngày mới cho hạn chót, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên họp</w:t>
+      </w:r>
+      <w:r w:rsidR="2D0B84C7" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hoặc </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="2D0B84C7" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CAC6491" w14:textId="26C9C1E2" w:rsidR="00083C2E" w:rsidRPr="008400D9" w:rsidRDefault="6394AB1F" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sau khi </w:t>
+      </w:r>
+      <w:r w:rsidR="1A7E7180" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">đã trao đổi với các bên liên quan, hãy nộp đơn yêu cầu của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="1A7E7180" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cho DALA</w:t>
+      </w:r>
+      <w:r w:rsidR="2D0B84C7" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="02A35AD0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể gửi đơn yêu cầu qua bưu điện, fax hoặc email.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C07ECEB" w14:textId="4FC623E8" w:rsidR="0005209A" w:rsidRPr="008400D9" w:rsidRDefault="006E3575" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Y</w:t>
+      </w:r>
+      <w:r w:rsidR="5CB456A9" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">êu cầu của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="5CB456A9" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nên</w:t>
+      </w:r>
+      <w:r w:rsidR="6C4E78EE" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D6AE921" w14:textId="13574227" w:rsidR="00130462" w:rsidRPr="008400D9" w:rsidRDefault="5C672160" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ghi rõ lý do tại sao </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cần hoãn </w:t>
+      </w:r>
+      <w:r w:rsidR="3650A585" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(lý do chính đáng cho việc hoãn) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">và thời gian </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đã biết </w:t>
+      </w:r>
+      <w:r w:rsidR="2FD6EF6B" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">về </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>lý do chính đáng đó.</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29">
+        <w:r w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 801 C</w:t>
+        </w:r>
+        <w:r w:rsidR="00C469FE" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>M</w:t>
+        </w:r>
+        <w:r w:rsidR="00C469FE" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>R</w:t>
+        </w:r>
+        <w:r w:rsidR="00C469FE" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 1.01(7)(d)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="497E6450" w14:textId="159197EE" w:rsidR="00130462" w:rsidRPr="008400D9" w:rsidRDefault="5C672160" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nêu rõ liệu bên kia hoặc các bên kia có đồng ý với </w:t>
+      </w:r>
+      <w:r w:rsidR="00B353B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>kiến nghị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hoãn (đồng ý với yêu cầu) hay không; </w:t>
+      </w:r>
+      <w:r w:rsidR="4C4E1D50" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>và</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32E546FD" w14:textId="05C8956F" w:rsidR="00130462" w:rsidRPr="008400D9" w:rsidRDefault="5C672160" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Đề xuất các ngày thay thế</w:t>
+      </w:r>
+      <w:r w:rsidR="4C4E1D50" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24618E21" w14:textId="3E222AEB" w:rsidR="00341904" w:rsidRPr="008400D9" w:rsidRDefault="00B353B4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Kiến nghị</w:t>
+      </w:r>
+      <w:r w:rsidR="60C7ABF9" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hoãn khẩn cấp có thể được nộp ít hơn </w:t>
+      </w:r>
+      <w:r w:rsidR="791DC05B" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ba </w:t>
+      </w:r>
+      <w:r w:rsidR="60C7ABF9" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ngày trước </w:t>
+      </w:r>
+      <w:r w:rsidR="711DF9ED" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(nếu cần thiết)</w:t>
+      </w:r>
+      <w:r w:rsidR="60C7ABF9" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Kiến nghị</w:t>
+      </w:r>
+      <w:r w:rsidR="60C7ABF9" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hoãn khẩn cấp này nên có tiêu đề “</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Kiến nghị</w:t>
+      </w:r>
+      <w:r w:rsidR="60C7ABF9" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hoãn khẩn cấp” và giải thích chi tiết (1) lý do tại sao đơn không thể được nộp sớm hơn; (2) bên nào, nếu có, phản đối yêu cầu; và (3) nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="60C7ABF9" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> không biết lập trường của bên kia, các bước </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="60C7ABF9" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đã thực hiện để liên </w:t>
+      </w:r>
+      <w:r w:rsidR="006E3575">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>lạc</w:t>
+      </w:r>
+      <w:r w:rsidR="60C7ABF9" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> với bên đó và xác định lập trường của họ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="113119D1" w14:textId="748D1FCE" w:rsidR="00464F51" w:rsidRPr="008400D9" w:rsidRDefault="0CD3B86F" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có thêm thông tin </w:t>
+      </w:r>
+      <w:r w:rsidR="238FE5B0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">về </w:t>
+      </w:r>
+      <w:r w:rsidR="4C68389C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">các </w:t>
+      </w:r>
+      <w:r w:rsidR="00B353B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>kiến nghị</w:t>
+      </w:r>
+      <w:r w:rsidR="4C68389C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E3575">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">xin </w:t>
+      </w:r>
+      <w:r w:rsidR="4C68389C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hoãn </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="4C68389C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trên </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30">
+        <w:r w:rsidR="4C68389C" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>trang web của DALA</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="4C68389C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F3F066D" w14:textId="50167366" w:rsidR="004E5DD6" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="009F034B">
+        <w:t>Kiến Nghị Xin Quyết Định Tóm Lược</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FE64F46" w14:textId="08DD3E0D" w:rsidR="004E5DD6" w:rsidRPr="008400D9" w:rsidRDefault="009F034B" w:rsidP="00F96513">
+      <w:pPr>
+        <w:keepLines/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F034B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Nộp Kiến nghị xin Quyết định Tóm lược</w:t>
+      </w:r>
+      <w:r w:rsidR="00440D95" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="28C404BA" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Đôi khi </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="28C404BA" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hoặc cơ quan có thể cho rằng không cần thiết phải tổ chức </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="28C404BA" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vì các </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tình tiết</w:t>
+      </w:r>
+      <w:r w:rsidR="28C404BA" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> quan trọng không thực sự có tranh chấp và luật pháp rõ ràng ủng hộ một bên. Trong trường hợp đó, bất kỳ bên nào cũng có thể yêu cầu </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="28C404BA" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> quyết định vụ việc mà không cần tổ chức </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="28C404BA" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bằng cách nộp </w:t>
+      </w:r>
+      <w:r w:rsidR="28C404BA" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>đơn đề nghị quyết định sơ bộ</w:t>
+      </w:r>
+      <w:r w:rsidR="28C404BA" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="4AD07776" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Đây là yêu cầu </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="4AD07776" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ra phán quyết rằng </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="4AD07776" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hoặc cơ quan thắng một phần hoặc toàn bộ vụ việc mà không cần tổ chức </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="4AD07776" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="4AD07776" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hoặc cơ quan sẽ nộp các tài liệu kèm theo đơn yêu cầu mà </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="4AD07776" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cho là </w:t>
+      </w:r>
+      <w:r w:rsidR="57DC9B76" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chứng minh vụ việc của mình </w:t>
+      </w:r>
+      <w:r w:rsidR="4AD07776" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hoặc cơ quan cho là chứng minh vụ việc của họ. </w:t>
+      </w:r>
+      <w:r w:rsidR="57DC9B76" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bên yêu cầu quyết định sơ bộ có thể đề nghị </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="57DC9B76" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="6C61C40E" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">xem xét nghe </w:t>
+      </w:r>
+      <w:r w:rsidR="57DC9B76" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">các lập luận bằng miệng từ các bên về đơn yêu cầu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="717C1BCD" w14:textId="74F1DE41" w:rsidR="004E5DD6" w:rsidRPr="008400D9" w:rsidRDefault="4AD07776" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu cơ quan nộp đơn yêu cầu xét xử sơ bộ, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có </w:t>
+      </w:r>
+      <w:r w:rsidR="57DC9B76" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bảy </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ngày kể từ ngày đơn được nộp để nộp phản hồi bằng văn bản đối với đơn. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rất quan trọng là </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> phải nộp phản hồi bằng văn bản đối với đơn trước hạn chót </w:t>
+      </w:r>
+      <w:r w:rsidR="57DC9B76" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(hoặc, nếu cần thiết, yêu cầu gia hạn thời gian)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu không, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="57DC9B76" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">có thể quyết định toàn bộ hoặc một phần vụ việc chống lại </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mà không cần tổ chức </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46202023" w14:textId="58E10280" w:rsidR="004E5DD6" w:rsidRPr="008400D9" w:rsidRDefault="216D9C26" w:rsidP="00440D95">
+      <w:pPr>
+        <w:keepLines/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Phản đối Đơn Yêu Cầu Quyết Định Tóm Tắt</w:t>
+      </w:r>
+      <w:r w:rsidR="00440D95" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Khi bên đối phương nộp đơn yêu cầu quyết định tóm tắt và </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> muốn vụ án được </w:t>
+      </w:r>
+      <w:r w:rsidR="28C404BA" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>đưa ra xét xử</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể nộp phản hồi bằng văn bản để phản đối đơn yêu cầu của họ. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đang lập luận rằng vụ án nên tiếp tục vì các </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tình tiết</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="57DC9B76" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>thực tế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đang có tranh chấp. </w:t>
+      </w:r>
+      <w:r w:rsidR="4AD07776" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Khi phản hồi đơn yêu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>cầu quyết định</w:t>
+      </w:r>
+      <w:r w:rsidR="4AD07776" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tóm tắt, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="4AD07776" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cần giải thích tại sao có những vấn đề về </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tình tiết</w:t>
+      </w:r>
+      <w:r w:rsidR="4AD07776" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thực tế cần được xét xử đầy đủ. Nên chỉ ra cho </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="4AD07776" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nếu các nhân chứng khác nhau kể những câu chuyện khác nhau về các </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tình tiết</w:t>
+      </w:r>
+      <w:r w:rsidR="4AD07776" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đang tranh chấp, hoặc nếu các tài liệu hỗ trợ cho lập luận của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="4AD07776" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="4AD07776" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> phải trình bày lập luận tốt nhất của mình bằng văn bản cho </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="4AD07776" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trong phản đối đối với </w:t>
+      </w:r>
+      <w:r w:rsidR="00B353B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>kiến nghị</w:t>
+      </w:r>
+      <w:r w:rsidR="6C61C40E" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> quyết định</w:t>
+      </w:r>
+      <w:r w:rsidR="4AD07776" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sơ bộ. </w:t>
+      </w:r>
+      <w:r w:rsidR="6C61C40E" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ngoài ra, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="6C61C40E" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể yêu cầu </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="6C61C40E" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> xem xét việc nghe các lập luận bằng miệng từ các bên về </w:t>
+      </w:r>
+      <w:r w:rsidR="00B353B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>kiến nghị</w:t>
+      </w:r>
+      <w:r w:rsidR="6C61C40E" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BBDFBB0" w14:textId="72D1A44A" w:rsidR="004E5DD6" w:rsidRPr="008400D9" w:rsidRDefault="4AD07776" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Trong phản hồi của mình, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="6C61C40E" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">có thể </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bao gồm lời khai của mình dưới dạng </w:t>
+      </w:r>
+      <w:r w:rsidR="6C61C40E" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tuyên thệ hoặc </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tuyên bố không tuyên thệ dưới hình thức vi phạm lời thề. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> không cần phải công chứng lời khai của mình. Lời khai này nên bao gồm các </w:t>
+      </w:r>
+      <w:r w:rsidR="00302912">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tình tiết</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mà </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cho là chứng minh rằng </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nên thắng kiện. Ngoài ra, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="22834304" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">có thể </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kèm theo phản hồi tất cả các tài liệu mà </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cho là chứng minh rằng </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nên thắng </w:t>
+      </w:r>
+      <w:r w:rsidR="00302912">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vụ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kiện, bao gồm, tùy theo trường hợp, </w:t>
+      </w:r>
+      <w:r w:rsidR="0F221019" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>thư từ, email</w:t>
+      </w:r>
+      <w:r w:rsidR="00302912">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đã</w:t>
+      </w:r>
+      <w:r w:rsidR="0F221019" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in, báo cáo, hồ sơ y tế, hóa đơn, hợp đồng, hồ sơ kinh doanh, </w:t>
+      </w:r>
+      <w:r w:rsidR="00302912">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hình </w:t>
+      </w:r>
+      <w:r w:rsidR="0F221019" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ảnh, bản ghi âm và video</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FDBCF56" w14:textId="6F98ABE8" w:rsidR="001D481D" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">F. </w:t>
+      </w:r>
+      <w:r w:rsidR="00937D7E" w:rsidRPr="00937D7E">
+        <w:t>Thủ Tục Thu Thập Chứng Cứ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F40ABF3" w14:textId="0656D5F4" w:rsidR="002325E6" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC67C5" w:rsidRPr="008400D9">
+        <w:t>Khám Phá Là Gì Và Tại Sao Nó Hữu Ích</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="547B6D25" w14:textId="450A100E" w:rsidR="002E7737" w:rsidRPr="008400D9" w:rsidRDefault="62D43C7A" w:rsidP="00F96513">
+      <w:pPr>
+        <w:keepLines/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thu thập chứng cứ là quá trình </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yêu cầu thông tin và tài liệu mà cơ quan có về vụ việc của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Thu thập chứng cứ cho phép </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có được thông tin và tài liệu mà nhân viên cơ quan dự định sử dụng làm </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tại phiên điều trần. Ngoài ra, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể có được thông tin và tài liệu mà cơ quan có liên quan hợp lý đến vụ việc của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E171476" w14:textId="78B8B5FA" w:rsidR="002E7737" w:rsidRPr="008400D9" w:rsidRDefault="62D43C7A" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Khám phá có thể giúp </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hiểu rõ thông tin mà cơ quan có về vụ việc của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Nó giúp </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> chuẩn bị vụ việc và tránh những bất ngờ tại phiên điều trần.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22618621" w14:textId="612A2AFC" w:rsidR="006E31DE" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve">Các </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783">
+        <w:t>Hình Thức</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> Khám Phá</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08A248D4" w14:textId="5D1EEA53" w:rsidR="00C7303C" w:rsidRPr="008400D9" w:rsidRDefault="3D8B0578" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phương pháp phổ biến và hiệu quả nhất để thu thập thông tin khám phá là thông qua các cuộc trao đổi tự nguyện, không chính thức giữa các bên. Nếu có tài liệu hoặc thông tin mà </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cần và bên đối phương có thể có, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> được khuyến khích đơn giản là yêu cầu luật sư của bên đối phương cung cấp. Luật sư của bên đối phương cũng có thể đưa ra các yêu cầu không chính thức tương tự với </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FF708E5" w14:textId="491DD76F" w:rsidR="0065565B" w:rsidRPr="008400D9" w:rsidRDefault="3D8B0578" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> không nhận được các tài liệu và thông tin cần thiết thông qua các cuộc thảo luận tự nguyện, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cũng có thể thu thập thông tin qua các thủ tục chính thức </w:t>
+      </w:r>
+      <w:r w:rsidR="2DE0D6BD" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gọi là (a) </w:t>
+      </w:r>
+      <w:r w:rsidR="1A0DCF2F" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>yêu cầu tài liệu</w:t>
+      </w:r>
+      <w:r w:rsidR="2DE0D6BD" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, (b) </w:t>
+      </w:r>
+      <w:r w:rsidR="1A0DCF2F" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lấy lời khai </w:t>
+      </w:r>
+      <w:r w:rsidR="2DE0D6BD" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">và (c) </w:t>
+      </w:r>
+      <w:r w:rsidR="1A0DCF2F" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>câu hỏi thẩm vấn</w:t>
+      </w:r>
+      <w:r w:rsidR="2DE0D6BD" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Trong hầu hết các trường hợp, trừ khi </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="2DE0D6BD" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đồng ý cho cơ quan thêm thời gian, cơ quan phải trả lời các yêu cầu và câu hỏi thẩm vấn của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="2DE0D6BD" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trong vòng 30 ngày. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="402D5D2A" w14:textId="44EDAE98" w:rsidR="003857A2" w:rsidRPr="008400D9" w:rsidRDefault="00D2561B" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Yêu Cầu Cung Cấp Tài Liệu</w:t>
+      </w:r>
+      <w:r w:rsidR="2DE0D6BD" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, khi gửi cho bên kia, yêu cầu bên kia </w:t>
+      </w:r>
+      <w:r w:rsidR="1C260ACD" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cung cấp cho </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="1C260ACD" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="698489DC" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">các tài liệu cụ thể </w:t>
+      </w:r>
+      <w:r w:rsidR="76598D55" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">để </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="76598D55" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kiểm tra và sao chép. </w:t>
+      </w:r>
+      <w:r w:rsidR="2DE0D6BD" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Để thực hiện </w:t>
+      </w:r>
+      <w:r w:rsidR="76598D55" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>yêu cầu cung cấp tài liệu</w:t>
+      </w:r>
+      <w:r w:rsidR="2DE0D6BD" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, hãy gửi yêu cầu bằng văn bản cho bên kia</w:t>
+      </w:r>
+      <w:r w:rsidR="09C6C86E" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="19405EC4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Khi bên kia là cơ quan </w:t>
+      </w:r>
+      <w:r w:rsidR="002A6AC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tiểu bang</w:t>
+      </w:r>
+      <w:r w:rsidR="19405EC4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, hãy gửi yêu cầu cho luật sư </w:t>
+      </w:r>
+      <w:r w:rsidR="00937D7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">đại diện </w:t>
+      </w:r>
+      <w:r w:rsidR="19405EC4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>của cơ quan đó.</w:t>
+      </w:r>
+      <w:r w:rsidR="00937D7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Xem </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31">
+        <w:r w:rsidR="70B0526D" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 801 C</w:t>
+        </w:r>
+        <w:r w:rsidR="00C469FE" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="70B0526D" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>M</w:t>
+        </w:r>
+        <w:r w:rsidR="00C469FE" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="70B0526D" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>R</w:t>
+        </w:r>
+        <w:r w:rsidR="00C469FE" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="70B0526D" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 1.01(8)(b)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="7C1585F0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34DD7D61" w14:textId="4EAD70B4" w:rsidR="00657DA1" w:rsidRPr="008400D9" w:rsidRDefault="00937D7E" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lấy </w:t>
+      </w:r>
+      <w:r w:rsidR="077673F1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lời </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="077673F1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">hai </w:t>
+      </w:r>
+      <w:r w:rsidR="257F3782" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">là lời khai bằng miệng của một nhân chứng hoặc bên liên quan dưới sự tuyên thệ, là một phần của </w:t>
+      </w:r>
+      <w:r w:rsidR="74FF6ADA" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quá trình</w:t>
+      </w:r>
+      <w:r w:rsidR="257F3782" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thu thập chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidR="74FF6ADA" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="5F365FB0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trong lời khai, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="5F365FB0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể đặt </w:t>
+      </w:r>
+      <w:r w:rsidR="5965FD95" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>câu hỏi</w:t>
+      </w:r>
+      <w:r w:rsidR="5F365FB0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cho nhân chứng hoặc bên liên quan</w:t>
+      </w:r>
+      <w:r w:rsidR="5965FD95" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, và bên kia cũng có thể đặt câu hỏi. </w:t>
+      </w:r>
+      <w:r w:rsidR="4AD07776" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lời khai </w:t>
+      </w:r>
+      <w:r w:rsidR="19405EC4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">thường không được phép </w:t>
+      </w:r>
+      <w:r w:rsidR="19405EC4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">trong các vụ việc trước DALA. Trong số các trường hợp khác, lời khai </w:t>
+      </w:r>
+      <w:r w:rsidR="4AD07776" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chỉ</w:t>
+      </w:r>
+      <w:r w:rsidR="19405EC4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> được </w:t>
+      </w:r>
+      <w:r w:rsidR="4AD07776" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">phép nếu người đó không thể tham dự </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="4AD07776" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hoặc việc tham dự sẽ gây khó khăn </w:t>
+      </w:r>
+      <w:r w:rsidR="1649A268" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>cho họ</w:t>
+      </w:r>
+      <w:r w:rsidR="4AD07776" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="5965FD95" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937D7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Để yêu cầu lấy lời khai, quý vị phải nộp một kiến nghị, trong đó ghi rõ tên và địa chỉ của từng người dự định lấy lời khai, cùng với lý do cần thực hiện việc lấy lời khai.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Xem</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32">
+        <w:r w:rsidR="1D380A93" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 801 C</w:t>
+        </w:r>
+        <w:r w:rsidR="00C469FE" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="1D380A93" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>M</w:t>
+        </w:r>
+        <w:r w:rsidR="00C469FE" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="1D380A93" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>R</w:t>
+        </w:r>
+        <w:r w:rsidR="00C469FE" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="1D380A93" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 1.01(8)(</w:t>
+        </w:r>
+        <w:r w:rsidR="044A85E9" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>c</w:t>
+        </w:r>
+        <w:r w:rsidR="1D380A93" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>)-(</w:t>
+        </w:r>
+        <w:r w:rsidR="044A85E9" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>d</w:t>
+        </w:r>
+        <w:r w:rsidR="1D380A93" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="1D380A93" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B6CE5DF" w14:textId="1C014F2F" w:rsidR="00093E61" w:rsidRPr="008400D9" w:rsidRDefault="00D2561B" w:rsidP="00F96513">
+      <w:pPr>
+        <w:keepLines/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Các </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2561B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Câu Hỏi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Thẩm Vấn </w:t>
+      </w:r>
+      <w:r w:rsidR="2DE0D6BD" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">là những câu hỏi về vụ việc mà </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="2DE0D6BD" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể gửi cho bên kia. Bên kia phải trả lời </w:t>
+      </w:r>
+      <w:r w:rsidR="1F98C92E" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">từng </w:t>
+      </w:r>
+      <w:r w:rsidR="2DE0D6BD" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">câu hỏi, trừ khi họ phản đối câu hỏi đó trên </w:t>
+      </w:r>
+      <w:r w:rsidR="6FCDE86F" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>cơ sở pháp lý</w:t>
+      </w:r>
+      <w:r w:rsidR="2DE0D6BD" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="2DE0D6BD" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="19405EC4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chỉ </w:t>
+      </w:r>
+      <w:r w:rsidR="2DE0D6BD" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">có thể gửi </w:t>
+      </w:r>
+      <w:r w:rsidR="19405EC4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">các câu hỏi thẩm vấn với </w:t>
+      </w:r>
+      <w:r w:rsidR="4E8F9F1E" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sự cho phép của </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="2DE0D6BD" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="19405EC4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thông thường, không quá 30 câu hỏi sẽ được phép. </w:t>
+      </w:r>
+      <w:r w:rsidR="7637028B" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Người ta thường sử dụng câu hỏi thẩm vấn để thu thập thêm chi tiết về </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidR="7637028B" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mà bên kia có. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="3D8B0578" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="19405EC4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">không được gửi bất kỳ </w:t>
+      </w:r>
+      <w:r w:rsidR="3D8B0578" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>câu hỏi thẩm vấn nào cho bên kia sau 45 ngày trước ngày xét xử.</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33">
+        <w:r w:rsidR="0C0E598A" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 801 C</w:t>
+        </w:r>
+        <w:r w:rsidR="00C469FE" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="0C0E598A" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>M</w:t>
+        </w:r>
+        <w:r w:rsidR="00C469FE" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="0C0E598A" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>R</w:t>
+        </w:r>
+        <w:r w:rsidR="00C469FE" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="0C0E598A" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 1.01(8)(g)-(h)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0C0E598A" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C0786F8" w14:textId="5BEF49BD" w:rsidR="0038688F" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:t>Ai Có Quyền Tham Gia Vào Quá Trình Thu Thập Chứng Cứ</w:t>
+      </w:r>
+      <w:r w:rsidR="0088E4C5" w:rsidRPr="008400D9">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55400E97" w14:textId="45185D2E" w:rsidR="00343E7E" w:rsidRPr="008400D9" w:rsidRDefault="0EC70B5D" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mọi bên trong </w:t>
+      </w:r>
+      <w:r w:rsidR="37DF67D1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vụ án đều có thể </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>yêu cầu khám phá</w:t>
+      </w:r>
+      <w:r w:rsidR="37DF67D1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Điều quan trọng là </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="37DF67D1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> phải trả lời yêu cầu khám phá. Trong hầu hết các trường hợp, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="37DF67D1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có 30 ngày kể từ ngày nhận được yêu cầu khám phá từ cơ quan để trả lời và/hoặc </w:t>
+      </w:r>
+      <w:r w:rsidR="0064166F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nêu ý kiến </w:t>
+      </w:r>
+      <w:r w:rsidR="37DF67D1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phản đối các yêu cầu đó.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0503D98C" w14:textId="49457B80" w:rsidR="009927A4" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:t>Có Thể Yêu Cầu Thu Thập Chứng Cứ Từ Cá Nhân Hoặc Tổ Chức Không Phải Là Bên Trong Vụ Án Không</w:t>
+      </w:r>
+      <w:r w:rsidR="7133CBF3" w:rsidRPr="008400D9">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FBD7518" w14:textId="506E1682" w:rsidR="009927A4" w:rsidRPr="008400D9" w:rsidRDefault="28C404BA" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Có. Các bên có thể yêu cầu</w:t>
+      </w:r>
+      <w:r w:rsidR="0064166F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ban hành</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trát đòi, là các lệnh chính thức yêu cầu một cá nhân hoặc tổ chức cung cấp tài liệu hoặc làm chứng tại phiên điều trần. Trát đòi có thể được sử dụng cho cả các bên và các bên không tham gia vụ án. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D50842" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Xem </w:t>
+      </w:r>
+      <w:r w:rsidR="7133CBF3" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">trang </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34">
+        <w:r w:rsidR="7133CBF3" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>Trát đòi trong các thủ tục hành chính</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="7133CBF3" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="515A320D" w14:textId="0B8D4A8E" w:rsidR="0038688F" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve">Không Nộp Yêu Cầu Thu Thập Chứng Cứ, Phản Hồi Hoặc Tài Liệu Với </w:t>
+      </w:r>
+      <w:r w:rsidR="0088E4C5" w:rsidRPr="008400D9">
+        <w:t>DALA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D31CB0D" w14:textId="3A6B2A81" w:rsidR="00343E7E" w:rsidRPr="008400D9" w:rsidRDefault="00D52AC0" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="4AEB3223" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> không nên nộp yêu cầu khám phá</w:t>
+      </w:r>
+      <w:r w:rsidR="694EB4B0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, phản hồi hoặc tài liệu </w:t>
+      </w:r>
+      <w:r w:rsidR="4AEB3223" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">với DALA </w:t>
+      </w:r>
+      <w:r w:rsidR="694EB4B0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>trong trường hợp đầu tiên</w:t>
+      </w:r>
+      <w:r w:rsidR="4AEB3223" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="19405EC4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="19405EC4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đã gửi yêu cầu khám phá chính thức cho bên kia và chưa nhận được phản hồi thỏa đáng trước thời hạn quy định, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="19405EC4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể nộp "</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1FEF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>kiến nghị</w:t>
+      </w:r>
+      <w:r w:rsidR="19405EC4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> buộc tuân thủ". Loại đơn này yêu cầu </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="19405EC4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ra lệnh cho bên kia tuân thủ yêu cầu khám phá của </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="19405EC4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="4AEB3223" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="4AEB3223" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cần nộp </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1FEF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>kiến nghị</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1FEF" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="4AEB3223" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">yêu cầu buộc tuân thủ, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="4AEB3223" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nên đính kèm các </w:t>
+      </w:r>
+      <w:r w:rsidR="19405EC4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>yêu cầu</w:t>
+      </w:r>
+      <w:r w:rsidR="4AEB3223" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> khám phá </w:t>
+      </w:r>
+      <w:r w:rsidR="7133CBF3" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">và phản hồi </w:t>
+      </w:r>
+      <w:r w:rsidR="4AEB3223" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>đang tranh chấp vào đơn khi nộp cho DALA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D8A9861" w14:textId="3C4A5C06" w:rsidR="00DC5E6E" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">CÁC VẤN ĐỀ </w:t>
+        <w:t xml:space="preserve">G. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve">Hồ Sơ Nộp Trước </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783">
+        <w:t>Phiên Điều Trần</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4904CBB5" w14:textId="2512F100" w:rsidR="00DC5E6E" w:rsidRPr="008400D9" w:rsidRDefault="2796BF2D" w:rsidP="00F96513">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trước </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> xét xử </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, các bên sẽ phải cung cấp thông tin cho </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và cho nhau về các bài trình bày mà họ dự định thực hiện tại </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Một trong các lệnh </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nhận được sẽ cung </w:t>
+      </w:r>
+      <w:r w:rsidR="694EB4B0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cấp </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hướng</w:t>
+      </w:r>
+      <w:r w:rsidR="00C232EC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dẫn</w:t>
+      </w:r>
+      <w:r w:rsidR="694EB4B0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">về thông tin mà </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cần nộp. Thông thường, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sẽ cần nộp hai </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>loại hồ sơ, bao gồm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D0A5699" w14:textId="3603C046" w:rsidR="00CE4917" w:rsidRPr="008400D9" w:rsidRDefault="00471D31" w:rsidP="00B7275F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA2B3F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Danh mục</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00471D31">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="00C85783">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Chứng Cứ Dự Kiến</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4917" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Các </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-2"/>
-[...1 lines deleted...]
-        <w:t>CHUNG</w:t>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ dự kiến</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4917" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đề xuất của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4917" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> là </w:t>
+      </w:r>
+      <w:r w:rsidR="2796BF2D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">các tài liệu </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hoặc vật </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng</w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">khác </w:t>
+      </w:r>
+      <w:r w:rsidR="2796BF2D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mà </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="2796BF2D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sẽ yêu cầu </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="2796BF2D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> xem xét</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4917" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="2796BF2D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4917" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Loại </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> chứng </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4917" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cứ mà </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể đề xuất </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4917" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sẽ phụ thuộc vào loại vụ việc mà </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4917" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đang theo đuổi. </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3" w:rsidRPr="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Các chứng cứ này có thể bao gồm, nhưng không giới hạn ở</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">đơn từ, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>thư từ</w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trao đổi</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, báo cáo y tế, hồ sơ điều trị, hồ sơ tài chính, </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hình </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ảnh và các tài liệu khác. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4917" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thông thường, nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4917" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đã </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cung cấp </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4917" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>các tài liệu</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> liên quan đến vụ việc cho </w:t>
+      </w:r>
+      <w:r w:rsidR="006C2E37" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bên đối phương (tức là </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4917" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>cơ quan</w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> liên quan</w:t>
+      </w:r>
+      <w:r w:rsidR="006C2E37" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4917" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4917" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sẽ cần </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nộp </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4917" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lại chúng </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cho </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4917" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DALA dưới dạng tài liệu chứng cứ </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>dự kiến</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4917" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="732472AE" w14:textId="5BC61C6F" w:rsidR="00967E61" w:rsidRDefault="00191923">
-[...1 lines deleted...]
-        <w:pStyle w:val="P68B1DB1-ListParagraph2"/>
+    <w:p w14:paraId="57125CA5" w14:textId="0AFBD001" w:rsidR="00FF5B81" w:rsidRPr="008400D9" w:rsidRDefault="2796BF2D" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA2B3F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Một</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bản </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Ghi Nhớ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Trước </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Phiên Điều Trần</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Bản </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ghi nhớ</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cần mô tả các </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tình tiết</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mà </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dự định chứng minh tại </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, các lập luận pháp lý mà </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dự định đưa ra và các thông tin liên quan khác.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Các </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tình tiết</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> liên quan thường bao gồm bối cảnh dẫn đến quyết định của cơ quan mà </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đang kháng cáo. Ví dụ, nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đang yêu cầu nghỉ hưu do tàn tật do tai nạn, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cần mô tả công việc </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đã làm, tai nạn hoặc nguy hiểm tại nơi làm việc mà </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đã gặp phải, bản chất của tàn tật của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và các </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tình tiết</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> liên quan khác. Thông thường, quyết định của cơ quan mà </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đang kháng cáo sẽ bao gồm một mô tả ngắn gọn về </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lập luận </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">của cơ quan; bản </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ghi nhớ </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nên giải thích tại sao lập luận </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3" w:rsidRPr="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>đó là không đúng</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B81" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AE8FCAC" w14:textId="79677826" w:rsidR="00EC0025" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">H. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:t xml:space="preserve">Chứng </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:t>ứ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB342DA" w14:textId="11793614" w:rsidR="006C2E37" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783">
+        <w:t>Chứng Cứ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> Chung</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7732220E" w14:textId="07FE5199" w:rsidR="00EC0025" w:rsidRPr="008400D9" w:rsidRDefault="00A15D9A" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Phần trình bày này chỉ mang tính</w:t>
+      </w:r>
+      <w:r w:rsidR="041FCB0C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> giải thích rất ngắn gọn dành cho người tự đại diện và không thể đề cập đến tất cả các khía cạnh của </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidR="041FCB0C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể áp dụng trong trường hợp của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="041FCB0C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2430F619" w14:textId="0684F02F" w:rsidR="00EC0025" w:rsidRPr="008400D9" w:rsidRDefault="041FCB0C" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nói chung, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> là thông tin, thường dưới dạng tài liệu và lời khai </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A" w:rsidRPr="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>lời khai có tuyên thệ của nhân chứng, được sử dụng để xác lập các tình tiết thực tế của vụ việc</w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="055DE551" w14:textId="34FEE662" w:rsidR="00EC0025" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve">Các Loại </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783">
+        <w:t>Chứng Cứ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E330BCB" w14:textId="41DCBC9C" w:rsidR="00EC0025" w:rsidRPr="008400D9" w:rsidRDefault="00672BC8" w:rsidP="00B7275F">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Phần lớn</w:t>
+      </w:r>
+      <w:r w:rsidR="041FCB0C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidR="041FCB0C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trong các </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="041FCB0C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DALA đến từ lời khai bằng miệng tại </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="041FCB0C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và các tài liệu được chấp nhận làm </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidR="041FCB0C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="075873DE" w14:textId="614A9649" w:rsidR="00EC0025" w:rsidRPr="008400D9" w:rsidRDefault="041FCB0C" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lời khai </w:t>
+      </w:r>
+      <w:r w:rsidR="00B7275F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">— </w:t>
+      </w:r>
+      <w:r w:rsidR="00672BC8" w:rsidRPr="00672BC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>là những phát biểu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nhân chứng dưới sự tuyên thệ, tương tự như tại </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Khi làm chứng, nhân chứng sẽ kể cho </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nghe những gì đã xảy ra hoặc những gì họ biết.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6761CEB5" w14:textId="5BD482E4" w:rsidR="00EC0025" w:rsidRPr="008400D9" w:rsidRDefault="041FCB0C" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cả hai bên trong vụ án đều có thể yêu cầu nhân chứng làm chứng và cả hai bên đều có quyền đặt câu hỏi cho nhân chứng. Nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00672BC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">một </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nhân chứng </w:t>
+      </w:r>
+      <w:r w:rsidR="00672BC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ra </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">làm chứng, họ có thể bị hỏi bởi cả hai bên, bất kể ai đã yêu cầu nhân chứng có mặt. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cũng có thể đặt câu hỏi cho nhân chứng. Nhân chứng có thể đồng ý xuất hiện tại phiên điều trần một cách tự nguyện hoặc có thể bị yêu cầu xuất hiện thông qua </w:t>
+      </w:r>
+      <w:r w:rsidR="00D50842" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>trát đòi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D50842" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Xem trang </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35">
+        <w:r w:rsidR="00D50842" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>Trát đòi trong thủ tục hành chính</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D50842" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E43E566" w14:textId="4525ACF5" w:rsidR="00EC0025" w:rsidRPr="008400D9" w:rsidRDefault="041FCB0C" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> là một bên trong vụ án DALA, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cũng có thể làm chứng, và bên kia có thể yêu cầu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00672BC8" w:rsidRPr="00672BC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>làm chứng với tư cách nhân chứng</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DC44641" w14:textId="1A1D49A1" w:rsidR="00EC0025" w:rsidRPr="008400D9" w:rsidRDefault="041FCB0C" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tài </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA2B3F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>liệu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>—</w:t>
+      </w:r>
+      <w:r w:rsidR="00672BC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ài liệu cũng có thể được sử dụng làm </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Ví dụ bao gồm </w:t>
+      </w:r>
+      <w:r w:rsidR="7B93509C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">các </w:t>
+      </w:r>
+      <w:r w:rsidR="00672BC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>giấy tờ</w:t>
+      </w:r>
+      <w:r w:rsidR="7B93509C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (như thư từ, email</w:t>
+      </w:r>
+      <w:r w:rsidR="00672BC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đã</w:t>
+      </w:r>
+      <w:r w:rsidR="7B93509C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in, báo cáo, hồ sơ y tế, hóa đơn, hợp đồng và hồ sơ kinh doanh) cũng như </w:t>
+      </w:r>
+      <w:r w:rsidR="00672BC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hình </w:t>
+      </w:r>
+      <w:r w:rsidR="7B93509C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ảnh, bản ghi âm và video.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08C3244C" w14:textId="709E5E5B" w:rsidR="000C747A" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve">Quyết Định Về </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85783">
+        <w:t>Chứng Cứ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="415432E1" w14:textId="7A276162" w:rsidR="000C747A" w:rsidRPr="008400D9" w:rsidRDefault="28C404BA" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Khi </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đưa ra quyết định, họ chỉ có thể dựa vào </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> liên quan đến vụ việc, đáng tin cậy hợp lý và phù hợp với các quy tắc pháp lý khác áp dụng. </w:t>
+      </w:r>
+      <w:r w:rsidR="19405EC4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Một trong những trách nhiệm của </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="19405EC4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> là xác định </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidR="19405EC4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nào </w:t>
+      </w:r>
+      <w:r w:rsidR="17738512" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nên được "chấp nhận" (xem xét) và </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidR="17738512" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nào nên bị "loại trừ" (bỏ qua)</w:t>
+      </w:r>
+      <w:r w:rsidR="19405EC4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="17738512" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sẽ đưa ra quyết định chấp nhận và loại trừ </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidR="17738512" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trước </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="17738512" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, trong </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="17738512" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hoặc cả hai</w:t>
+      </w:r>
+      <w:r w:rsidR="002B4D98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> giai đoạn</w:t>
+      </w:r>
+      <w:r w:rsidR="17738512" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12D9E6BC" w14:textId="694C7D22" w:rsidR="00B24F09" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">I. </w:t>
+      </w:r>
+      <w:r w:rsidR="002B4D98" w:rsidRPr="002B4D98">
+        <w:t>Giải Quyết Vụ Việc Không Cần Phiên Điều Trần</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C7578F0" w14:textId="3C44DB10" w:rsidR="00B24F09" w:rsidRPr="008400D9" w:rsidRDefault="00D52AC0" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="17738512" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="13F60F95" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">có thể giải quyết hoặc dàn xếp vụ án bằng cách thảo luận với cơ quan. Các cuộc đàm phán dàn xếp sẽ diễn ra giữa </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="13F60F95" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và </w:t>
+      </w:r>
+      <w:r w:rsidR="751D7609" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>luật sư</w:t>
+      </w:r>
+      <w:r w:rsidR="13F60F95" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> của cơ quan. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="13F60F95" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sẽ không tham gia </w:t>
+      </w:r>
+      <w:r w:rsidR="002B4D98" w:rsidRPr="002B4D98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>vào quá trình đàm phán này.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51AD6355" w14:textId="75D748C7" w:rsidR="00603239" w:rsidRPr="008400D9" w:rsidRDefault="13F60F95" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu một bên cho rằng luật pháp rõ ràng ủng hộ lập trường của họ và không có tranh chấp thực sự về các </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tình tiết</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, bên đó có thể yêu cầu quyết định tóm tắt. </w:t>
+      </w:r>
+      <w:r w:rsidR="00603239" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Xem phần </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:history="1">
+        <w:r w:rsidR="002B4D98" w:rsidRPr="002B4D98">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>Kiến nghị xin Quyết định Tóm lược</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00603239" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68C8EE5E" w14:textId="694060B7" w:rsidR="00B24F09" w:rsidRPr="008400D9" w:rsidRDefault="13F60F95" w:rsidP="00F96513">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Ngoài ra, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và cơ quan có thể chọn giải quyết vụ việc bằng tài liệu </w:t>
+      </w:r>
+      <w:r w:rsidR="00E94180">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bằng </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">văn bản thay vì tổ chức </w:t>
+      </w:r>
+      <w:r w:rsidR="00E94180">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">một </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Phương án này phù hợp nhất khi các </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tình tiết</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> chính của vụ việc không bị tranh cãi </w:t>
+      </w:r>
+      <w:r w:rsidR="17738512" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hoặc có thể </w:t>
+      </w:r>
+      <w:r w:rsidR="13DEE989" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">suy ra </w:t>
+      </w:r>
+      <w:r w:rsidR="694EB4B0" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">từ </w:t>
+      </w:r>
+      <w:r w:rsidR="17738512" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tài liệu thay vì lời khai của nhân chứng</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Để </w:t>
+      </w:r>
+      <w:r w:rsidR="17738512" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">yêu cầu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">phương án này, các bên phải nộp thông báo cho DALA. Nếu vụ việc có thể được giải quyết mà không cần </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, DALA sẽ thiết lập lịch trình yêu cầu mỗi bên nộp: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F6D7798" w14:textId="20CC67AA" w:rsidR="00B24F09" w:rsidRPr="008400D9" w:rsidRDefault="13F60F95" w:rsidP="00A803D4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tất cả tài liệu, bao gồm các </w:t>
+      </w:r>
+      <w:r w:rsidR="00E94180">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bản khai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tuyên thệ, mà họ muốn được xem xét;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2591EE31" w14:textId="4349A73F" w:rsidR="00B24F09" w:rsidRPr="008400D9" w:rsidRDefault="13F60F95" w:rsidP="00F96513">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Các </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tình tiết</w:t>
+      </w:r>
+      <w:r w:rsidR="00E94180">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thực tế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, bao gồm các </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tình tiết</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> được các bên đồng ý, mà họ cho là hỗ trợ cho vụ việc của mình; và</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A6B9DE6" w14:textId="77777777" w:rsidR="00B24F09" w:rsidRPr="008400D9" w:rsidRDefault="13F60F95" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Các lập luận bằng văn bản giải thích tại sao luật pháp ủng hộ quan điểm của họ. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D956110" w14:textId="7BA1F546" w:rsidR="00B24F09" w:rsidRPr="008400D9" w:rsidRDefault="00D52AC0" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="13F60F95" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể đọc quy định liên quan đến tùy chọn này tại đây:</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37">
+        <w:r w:rsidR="13F60F95" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 801 C</w:t>
+        </w:r>
+        <w:r w:rsidR="00C469FE" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="13F60F95" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>M</w:t>
+        </w:r>
+        <w:r w:rsidR="00C469FE" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="13F60F95" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>R</w:t>
+        </w:r>
+        <w:r w:rsidR="00C469FE" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="13F60F95" w:rsidRPr="008400D9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 1.01(10)(c)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="13F60F95" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6699CB87" w14:textId="1693157F" w:rsidR="003F0EE1" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">J. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E94180" w:rsidRPr="008400D9">
+        <w:t>Phiên Điều Trần</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A2817A2" w14:textId="5194B15E" w:rsidR="00DA7C5B" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E94180" w:rsidRPr="008400D9">
+        <w:t>Điều Gì Xảy Ra Tại Phiên Điều Trần</w:t>
+      </w:r>
+      <w:r w:rsidR="15B74813" w:rsidRPr="008400D9">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28957148" w14:textId="5C885291" w:rsidR="00E25525" w:rsidRPr="008400D9" w:rsidRDefault="15B74813" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phiên điều trần có thể kéo dài từ </w:t>
+      </w:r>
+      <w:r w:rsidR="1611E94D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">một giờ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>đến cả</w:t>
+      </w:r>
+      <w:r w:rsidR="00E94180">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> một</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tuần hoặc lâu hơn, tùy thuộc vào nội dung của phiên điều trần. </w:t>
+      </w:r>
+      <w:r w:rsidR="46373281" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phiên điều trần tuân theo </w:t>
+      </w:r>
+      <w:r w:rsidR="4026FC62" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>định dạng</w:t>
+      </w:r>
+      <w:r w:rsidR="46373281" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> của </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="46373281" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="2796BF2D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nhưng </w:t>
+      </w:r>
+      <w:r w:rsidR="46373281" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ít </w:t>
+      </w:r>
+      <w:r w:rsidR="00E94180">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hình thức</w:t>
+      </w:r>
+      <w:r w:rsidR="46373281" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hơn.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7314B6F5" w14:textId="2A11CD04" w:rsidR="00E25525" w:rsidRPr="008400D9" w:rsidRDefault="154233C3" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trước khi phiên điều trần chính thức bắt đầu, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="5881CE6F" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">thường sẽ hỏi xem có vấn đề nào cần thảo luận để phiên điều trần diễn ra suôn sẻ hơn không. Hãy thông báo cho </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="5881CE6F" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nếu các nhân chứng của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="5881CE6F" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có hạn chế về lịch trình, nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="5881CE6F" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gặp vấn đề với các </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidR="5881CE6F" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="5881CE6F" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hoặc </w:t>
+      </w:r>
+      <w:r w:rsidR="3FAA49CB" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">của bên kia), nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="3FAA49CB" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cần nghỉ ngơi vào một số thời điểm vì lý do y tế, hoặc bất kỳ điều gì khác có thể ảnh hưởng đến tiến trình của phiên điều trần.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00A954A6" w14:textId="06CE04A9" w:rsidR="00B938D3" w:rsidRPr="008400D9" w:rsidRDefault="15B74813" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Phiên điều trần thường bao gồm các bước sau, mặc dù một số bước có thể được bỏ qua:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36A5EE8D" w14:textId="02C8F1CA" w:rsidR="007D5593" w:rsidRPr="008400D9" w:rsidRDefault="00E94180" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Mở</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0A423B63" w:rsidRPr="00EA2B3F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>đầu</w:t>
+      </w:r>
+      <w:r w:rsidR="0A423B63" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>—</w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="0A423B63" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thường chào đón các bên tham gia và đọc thông tin thủ tục vào hồ sơ. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="0A423B63" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> chính thức chấp nhận các tài liệu </w:t>
+      </w:r>
+      <w:r w:rsidR="44A08ECA" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">làm </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidR="44A08ECA" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41DECB35" w14:textId="28D1A914" w:rsidR="00B938D3" w:rsidRPr="008400D9" w:rsidRDefault="15B74813" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phát biểu mở đầu </w:t>
+      </w:r>
+      <w:r w:rsidR="00B7275F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">— </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mỗi bên có thể nhanh chóng giải thích quan điểm của mình trong vụ việc và nêu rõ những gì họ tin rằng sẽ chứng minh được </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cứ. Phát biểu mở đầu không được coi là chứng cứ. Bên </w:t>
+      </w:r>
+      <w:r w:rsidR="406E9DF7" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">yêu cầu </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="406E9DF7" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="2796BF2D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">thường </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sẽ được yêu cầu phát biểu mở đầu trước, sau đó bên kia sẽ tiếp theo. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> không bắt buộc phải phát biểu mở đầu, nhưng điều này </w:t>
+      </w:r>
+      <w:r w:rsidR="2796BF2D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">có thể giúp </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="406E9DF7" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hiểu rõ quan điểm của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E30E78D" w14:textId="31BD3289" w:rsidR="00B938D3" w:rsidRPr="008400D9" w:rsidRDefault="15B74813" w:rsidP="00B7275F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Trình bày </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B7275F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">— </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trong hầu hết các trường hợp, bên yêu cầu thực hiện một hành động nào đó có nghĩa vụ chứng minh và phải chứng minh bằng </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (như lời khai và tài liệu) rằng họ có quyền được yêu cầu. Thông thường, bên này trình bày </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trước, sau đó đến bên kia hoặc các bên khác. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D50842" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Xem phần </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:history="1">
+        <w:r w:rsidR="00A15D9A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>Chứng cứ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D50842" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36FEE37D" w14:textId="7FBBCBE9" w:rsidR="00B938D3" w:rsidRPr="008400D9" w:rsidRDefault="15B74813" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nhân </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA2B3F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>chứng</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">—Trong quá trình trình bày chứng cứ, mỗi bên có thể triệu tập nhân chứng, những người sẽ được tuyên thệ </w:t>
+      </w:r>
+      <w:r w:rsidR="2796BF2D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hoặc cam đoan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(tức là họ thề nói sự thật</w:t>
+      </w:r>
+      <w:r w:rsidR="2796BF2D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, hoặc </w:t>
+      </w:r>
+      <w:r w:rsidR="2AA6158F" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cam đoan </w:t>
+      </w:r>
+      <w:r w:rsidR="2796BF2D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>rằng họ sẽ cung cấp lời khai dưới hình thức tuyên thệ hoặc cam đoan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Mỗi nhân chứng lần lượt trả lời câu hỏi từ bên đã triệu tập họ </w:t>
+      </w:r>
+      <w:r w:rsidR="03D06373" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="3BB3EC76" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>xét</w:t>
+      </w:r>
+      <w:r w:rsidR="00537054">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hỏi</w:t>
+      </w:r>
+      <w:r w:rsidR="3BB3EC76" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trực tiếp) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">và sau đó có thể </w:t>
+      </w:r>
+      <w:r w:rsidR="3BB3EC76" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">trả lời câu hỏi từ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bên kia </w:t>
+      </w:r>
+      <w:r w:rsidR="3BB3EC76" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="562290B3" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>xét</w:t>
+      </w:r>
+      <w:r w:rsidR="00537054">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hỏi</w:t>
+      </w:r>
+      <w:r w:rsidR="562290B3" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> chéo)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="353FC516" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cũng có thể đặt câu hỏi. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trong một số trường hợp, nhân chứng có thể phải chờ bên ngoài phòng </w:t>
+      </w:r>
+      <w:r w:rsidR="00537054">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cho đến khi được gọi để làm chứng.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DE08ADF" w14:textId="42C35279" w:rsidR="00B938D3" w:rsidRPr="008400D9" w:rsidRDefault="00A15D9A" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidR="00537054">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vật chất</w:t>
+      </w:r>
+      <w:r w:rsidR="66F3B2FC" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">—Trước </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="66F3B2FC" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="66F3B2FC" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sẽ nhận được lệnh yêu cầu các bên thông báo cho </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="66F3B2FC" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và nhau về các </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidR="66F3B2FC" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mà các bên sẽ yêu cầu </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="66F3B2FC" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> xem xét. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="66F3B2FC" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cũng nên mang theo bản sao của các </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidR="66F3B2FC" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> của mình đến </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="66F3B2FC" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17307869" w14:textId="3C81FC21" w:rsidR="000A1ADA" w:rsidRPr="008400D9" w:rsidRDefault="6904BA53" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:tabs>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Lưu ý</w:t>
+      </w:r>
+      <w:r w:rsidR="00537054">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>: q</w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>uý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể liên </w:t>
+      </w:r>
+      <w:r w:rsidR="00537054">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>lạc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> với bên đối phương </w:t>
+      </w:r>
+      <w:r w:rsidR="7A435F6E" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">trước </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="7A435F6E" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">để xác định xem có thể thống nhất về các </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sẽ được đưa ra tại </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hay không</w:t>
+      </w:r>
+      <w:r w:rsidR="543F8DEF" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="36421EED" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dù có thống nhất hay không, bất kỳ </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidR="36421EED" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nào có</w:t>
+      </w:r>
+      <w:r w:rsidR="7A435F6E" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5 trang trở lên đều phải được đánh số trang.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49DB0F86" w14:textId="64F6B25A" w:rsidR="00B938D3" w:rsidRPr="008400D9" w:rsidRDefault="15B74813" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phản </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA2B3F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>đối</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">—Bất kỳ bên nào cũng có thể phản đối các câu hỏi, lời khai hoặc </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Phản đối phải có lý do pháp lý. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="70F1EA28" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sẽ hoặc “chấp nhận” phản đối (có nghĩa là lời khai hoặc </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đó sẽ không được xem xét khi quyết định vụ án) hoặc “bác bỏ” phản đối (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể được xem xét).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2249B90E" w14:textId="689197CC" w:rsidR="00B938D3" w:rsidRPr="008400D9" w:rsidRDefault="00537054" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Lập luận</w:t>
+      </w:r>
+      <w:r w:rsidR="15B74813" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cuối cùng </w:t>
+      </w:r>
+      <w:r w:rsidR="00B7275F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">— </w:t>
+      </w:r>
+      <w:r w:rsidR="15B74813" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vào cuối </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="15B74813" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, mỗi bên có thể tóm tắt những gì </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidR="15B74813" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cho thấy và lập luận tại sao </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="616B6805" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="15B74813" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>nên đề xuất quyết định có lợi cho bên đó. L</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...312 lines deleted...]
-        <w:t>:</w:t>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ập luận</w:t>
+      </w:r>
+      <w:r w:rsidR="15B74813" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cuối cùng không phải là </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidR="15B74813" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5850723F" w14:textId="77777777" w:rsidR="00967E61" w:rsidRDefault="00967E61">
-[...77 lines deleted...]
-        <w:pStyle w:val="P68B1DB1-ListParagraph2"/>
+    <w:p w14:paraId="58011413" w14:textId="4BA208CD" w:rsidR="00F14C53" w:rsidRPr="008400D9" w:rsidRDefault="338531A8" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:tabs>
-[...15 lines deleted...]
-          <w:b/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thông thường, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sẽ </w:t>
+      </w:r>
+      <w:r w:rsidR="3D6AE6D8" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hỏi các bên có muốn đưa ra phát biểu kết thúc hoặc nộp </w:t>
+      </w:r>
+      <w:r w:rsidR="7765A77C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bản </w:t>
+      </w:r>
+      <w:r w:rsidR="5B690C5D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tóm tắt </w:t>
+      </w:r>
+      <w:r w:rsidR="3D6AE6D8" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sau </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="3D6AE6D8" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="7CD6AA83" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mô tả </w:t>
+      </w:r>
+      <w:r w:rsidR="7765A77C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lập luận và nguồn tham khảo của mỗi bên </w:t>
+      </w:r>
+      <w:r w:rsidR="3D6AE6D8" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hay không</w:t>
+      </w:r>
+      <w:r w:rsidR="5B690C5D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="059F682A" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tùy thuộc vào </w:t>
+      </w:r>
+      <w:r w:rsidR="66F3B2FC" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>yêu cầu của</w:t>
+      </w:r>
+      <w:r w:rsidR="059F682A" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> các bên, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="059F682A" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...227 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="66F3B2FC" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">có thể </w:t>
+      </w:r>
+      <w:r w:rsidR="059F682A" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">đóng hồ sơ </w:t>
+      </w:r>
+      <w:r w:rsidR="16CDA652" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sau khi </w:t>
+      </w:r>
+      <w:r w:rsidR="58920937" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">các </w:t>
+      </w:r>
+      <w:r w:rsidR="059F682A" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phát biểu</w:t>
+      </w:r>
+      <w:r w:rsidR="58920937" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kết thúc </w:t>
+      </w:r>
+      <w:r w:rsidR="059F682A" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">được </w:t>
+      </w:r>
+      <w:r w:rsidR="7CD6AA83" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">đưa ra, </w:t>
+      </w:r>
+      <w:r w:rsidR="059F682A" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hoặc </w:t>
+      </w:r>
+      <w:r w:rsidR="7CD6AA83" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">các bên </w:t>
+      </w:r>
+      <w:r w:rsidR="66F3B2FC" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">có thể được </w:t>
+      </w:r>
+      <w:r w:rsidR="00C232EC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chỉ dẫn</w:t>
+      </w:r>
+      <w:r w:rsidR="66F3B2FC" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hoặc mời </w:t>
+      </w:r>
+      <w:r w:rsidR="7CD6AA83" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nộp bản tóm tắt sau </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="7CD6AA83" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19BB9EAA" w14:textId="77777777" w:rsidR="00967E61" w:rsidRDefault="00967E61">
-[...5115 lines deleted...]
-        <w:ind w:left="839" w:hanging="719"/>
+    <w:p w14:paraId="482461BC" w14:textId="46796215" w:rsidR="00A62D13" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>LÀM THẾ NÀO ĐỂ KH</w:t>
-      </w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E53DEF">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E53DEF" w:rsidRPr="008400D9">
+        <w:t>Nghĩa Vụ Chứng Minh Là Gì</w:t>
+      </w:r>
+      <w:r w:rsidR="1EF7CBDA" w:rsidRPr="008400D9">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00A33F04" w14:textId="312EB742" w:rsidR="00BD48EE" w:rsidRPr="008400D9" w:rsidRDefault="4DF4C038" w:rsidP="00F96513">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bên </w:t>
+      </w:r>
+      <w:r w:rsidR="7F3752FD" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">phải </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chứng minh các yêu cầu của mình được coi là bên có nghĩa vụ chứng minh. Trong các </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tại </w:t>
+      </w:r>
+      <w:r w:rsidR="63E419BD" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>DALA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, bên có nghĩa vụ chứng minh phải chứng minh các </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tình tiết</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bằng cách sử dụng tiêu chuẩn gọi là “</w:t>
+      </w:r>
+      <w:r w:rsidR="00E53DEF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ưu thế của</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”. Điều này có nghĩa là bên có nghĩa vụ chứng minh phải chứng minh rằng một </w:t>
+      </w:r>
+      <w:r w:rsidR="004961A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tình tiết</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có khả năng cao </w:t>
+      </w:r>
+      <w:r w:rsidR="66F3B2FC" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">là đúng </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hơn là sai. Các vụ việc tại </w:t>
+      </w:r>
+      <w:r w:rsidR="63E419BD" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DALA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">không phải là vụ án hình sự. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E53DEF" w:rsidRPr="00E53DEF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Do đó, tiêu chuẩn chứng minh tại DALA không bao giờ là tiêu chuẩn hình sự</w:t>
+      </w:r>
+      <w:r w:rsidR="00E53DEF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"vượt quá </w:t>
+      </w:r>
+      <w:r w:rsidR="00E53DEF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>mọi</w:t>
+      </w:r>
+      <w:r w:rsidR="00E53DEF" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>nghi ngờ hợp lý".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AB8CEF5" w14:textId="2EA861A0" w:rsidR="0021159B" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t>ÁNG CÁO</w:t>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E53DEF" w:rsidRPr="008400D9">
+        <w:t>Ai Có Nghĩa Vụ Chứng Minh</w:t>
+      </w:r>
+      <w:r w:rsidR="1EF7CBDA" w:rsidRPr="008400D9">
+        <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1029355F" w14:textId="77777777" w:rsidR="00967E61" w:rsidRDefault="00967E61">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7BEF1BAB" w14:textId="738AFB05" w:rsidR="005A5FF8" w:rsidRPr="008400D9" w:rsidRDefault="4D96467D" w:rsidP="00A803D4">
+      <w:pPr>
+        <w:keepLines/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thông thường, bên gửi vụ việc đến DALA – tức là cá nhân hoặc doanh nghiệp </w:t>
+      </w:r>
+      <w:r w:rsidR="00E53DEF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>kháng nghị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> quyết định của cơ quan – phải đáp ứng nghĩa vụ chứng minh để thắng kiện. Tuy nhiên, trong một số trường hợp, </w:t>
+      </w:r>
+      <w:r w:rsidR="541FD2CB" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cơ quan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sẽ có nghĩa vụ chứng minh. Khi không rõ bên nào có nghĩa vụ chứng minh, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="541FD2CB" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sẽ xem xét vụ việc và quyết định </w:t>
+      </w:r>
+      <w:r w:rsidR="3BB222AF" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bên nào </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>có nghĩa vụ chứng minh.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="17F131E4" w14:textId="637670B7" w:rsidR="00967E61" w:rsidRDefault="00191923">
-[...2 lines deleted...]
-        <w:ind w:left="120" w:right="195" w:firstLine="720"/>
+    <w:p w14:paraId="19FAAB0E" w14:textId="35CCF28B" w:rsidR="00DF7AB9" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Khi </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E53DEF" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve">Tôi Có Thể Mang Theo Nhân Chứng Đến </w:t>
+      </w:r>
+      <w:r w:rsidR="00E53DEF">
+        <w:t>Phiên Điều Trần</w:t>
+      </w:r>
+      <w:r w:rsidR="00E53DEF" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> Không</w:t>
+      </w:r>
+      <w:r w:rsidR="5E2F6D10" w:rsidRPr="008400D9">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58FF4FC8" w14:textId="3AC3A605" w:rsidR="00DF7AB9" w:rsidRPr="008400D9" w:rsidRDefault="426DA9C3" w:rsidP="00FF1240">
+      <w:r w:rsidRPr="008400D9">
+        <w:t xml:space="preserve">Có, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> có thể đưa nhân chứng đến để làm chứng cho mình. Nhân chứng phải có </w:t>
+      </w:r>
+      <w:r w:rsidR="0046750D">
+        <w:t>hiểu biết</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> trực tiếp (tức là kiến thức từ chính bản thân họ) về vụ việc. </w:t>
+      </w:r>
+      <w:r w:rsidR="694EB4B0" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve">Trước </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="66F3B2FC" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="66F3B2FC" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> sẽ nhận </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:t xml:space="preserve">được lệnh yêu cầu các bên trao đổi tên của nhân chứng và cung cấp </w:t>
+      </w:r>
+      <w:r w:rsidR="694EB4B0" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve">thông tin về </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:t>nội dung</w:t>
+      </w:r>
+      <w:r w:rsidR="694EB4B0" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> dự kiến </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:t xml:space="preserve">của lời khai của nhân chứng trước </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> để các bên có thể chuẩn bị. Trong những trường hợp đó, nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> không cung cấp thông tin, nhân chứng của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> có thể không được phép làm chứng.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1139519D" w14:textId="114F2307" w:rsidR="00AD6748" w:rsidRPr="008400D9" w:rsidRDefault="426DA9C3" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> diễn ra trực tiếp, hãy yêu cầu các nhân chứng có mặt tại địa điểm </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vào thời gian và ngày giờ đã định. Hãy liên hệ với các nhân chứng trước </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và yêu cầu họ sắp xếp lịch trình để có thể đến đúng giờ và chuẩn bị tham gia </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cũng có thể yêu cầu </w:t>
+      </w:r>
+      <w:r w:rsidR="7A767E7F" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">một </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nhân chứng tham gia </w:t>
+      </w:r>
+      <w:r w:rsidR="7A767E7F" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>trực tuyến</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B0F5771" w14:textId="23FF8016" w:rsidR="009E6877" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
       <w:r>
-        <w:t>một</w:t>
-[...706 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidR="0046750D" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve">Tôi Có Thể Mang Tài Liệu Làm </w:t>
+      </w:r>
+      <w:r w:rsidR="0046750D">
+        <w:t>Chứng Cứ</w:t>
+      </w:r>
+      <w:r w:rsidR="0046750D" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> Không</w:t>
+      </w:r>
+      <w:r w:rsidR="617ECC3C" w:rsidRPr="008400D9">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B8E36A0" w14:textId="1DC6741C" w:rsidR="00EE0340" w:rsidRPr="008400D9" w:rsidRDefault="25FE24A2" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có. Hãy chắc chắn mang theo bản sao cho </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và tất cả các bên liên quan. Lưu ý các lệnh yêu cầu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> liệt kê hoặc trao đổi các tài liệu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> định đưa ra làm </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trước </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Nếu có lệnh như vậy mà </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> không liệt kê hoặc trao đổi các tài liệu, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể không được phép sử dụng chúng tại </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B13AA08" w14:textId="77777777" w:rsidR="00967E61" w:rsidRDefault="00967E61">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="014356FF" w14:textId="63A1ECA1" w:rsidR="009E6877" w:rsidRPr="008400D9" w:rsidRDefault="25FE24A2" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vui lòng nhớ đánh số trang cho các tài liệu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> muốn sử dụng làm </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidR="2CD8D5BC" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, nếu chúng có từ năm trang trở lên</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5C6EC334" w14:textId="0F86CE87" w:rsidR="00967E61" w:rsidRDefault="00191923">
-[...4379 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+    <w:p w14:paraId="036C4316" w14:textId="557246BD" w:rsidR="005065BA" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>Th</w:t>
-      </w:r>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidR="002775B6" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve">Tôi Nên </w:t>
+      </w:r>
+      <w:r w:rsidR="002775B6">
+        <w:t>Xưng Hô Với</w:t>
+      </w:r>
+      <w:r w:rsidR="002775B6" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002775B6">
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="002775B6" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> Tại </w:t>
+      </w:r>
+      <w:r w:rsidR="002775B6">
+        <w:t>Phiên Điều Trần</w:t>
+      </w:r>
+      <w:r w:rsidR="002775B6" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> Của Mình Như Thế Nào</w:t>
+      </w:r>
+      <w:r w:rsidR="2FCE5209" w:rsidRPr="008400D9">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42FDF652" w14:textId="0E34A26B" w:rsidR="00FC7A7D" w:rsidRPr="008400D9" w:rsidRDefault="00D52AC0" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>ẩm</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="2FCE5209" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nên </w:t>
+      </w:r>
+      <w:r w:rsidR="0046750D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>xưng hô</w:t>
+      </w:r>
+      <w:r w:rsidR="0046750D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="2FCE5209" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> là “</w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="0046750D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>/Magistrate</w:t>
+      </w:r>
+      <w:r w:rsidR="2FCE5209" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>” hoặc “Ngài</w:t>
+      </w:r>
+      <w:r w:rsidR="0046750D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="0046750D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>/Your Honor</w:t>
+      </w:r>
+      <w:r w:rsidR="2FCE5209" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0800CACE" w14:textId="144793BA" w:rsidR="007F43B2" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
       <w:r>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidR="002775B6" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve">Tôi Nên Mặc Gì Khi Tham Dự </w:t>
+      </w:r>
+      <w:r w:rsidR="002775B6">
+        <w:t>Phiên Điều Trần</w:t>
+      </w:r>
+      <w:r w:rsidR="38EBD1D3" w:rsidRPr="008400D9">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ABE07C1" w14:textId="48DCA59A" w:rsidR="007F43B2" w:rsidRPr="008400D9" w:rsidRDefault="0046750D" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>DALA k</w:t>
+      </w:r>
+      <w:r w:rsidR="38EBD1D3" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hông có quy định về trang phục</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE4CBC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bắt buộc</w:t>
+      </w:r>
+      <w:r w:rsidR="38EBD1D3" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cho </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="38EBD1D3" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tại DALA, nhưng chúng tôi đề nghị </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="38EBD1D3" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ăn mặc phù hợp với tính chất </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE4CBC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>trang trọng</w:t>
+      </w:r>
+      <w:r w:rsidR="38EBD1D3" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Nhiều người chọn mặc trang phục công sở đến </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="38EBD1D3" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, nhưng </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="38EBD1D3" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> không cần phải mua trang phục công sở nếu không có sẵn.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6685C9F2" w14:textId="53C9D6FE" w:rsidR="00F24AF3" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidR="002775B6">
+        <w:t>Phiên Điều Trần</w:t>
+      </w:r>
+      <w:r w:rsidR="002775B6" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> Của Tôi Sẽ Được Tổ Chức Ở Đâu</w:t>
+      </w:r>
+      <w:r w:rsidR="258EC4A6" w:rsidRPr="008400D9">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2971D56E" w14:textId="65537FAA" w:rsidR="00BA1E4D" w:rsidRPr="008400D9" w:rsidRDefault="10B7B5A7" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nhiều </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> được tổ chức tại </w:t>
+      </w:r>
+      <w:r w:rsidR="66660EC7" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>văn phòng Malden của DALA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, nằm tại</w:t>
+      </w:r>
+      <w:r w:rsidR="391B8F47" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14 Summer Street, Tầng 4, Malden, MA 02148</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA1E4D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tuy nhiên, cũng có các tùy chọn trực tuyến. Trước khi </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA1E4D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> được lên lịch, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA1E4D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sẽ có cơ hội yêu cầu nơi tổ chức </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA1E4D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – tại văn phòng DALA, hoàn toàn trực tuyến, hoặc với một số nhân chứng làm chứng trực tuyến. Trong một số trường hợp đặc biệt, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA1E4D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cũng có thể yêu cầu tổ chức phiên điều trần trực tiếp tại một địa điểm khác. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA1E4D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sẽ quyết định liệu có chấp nhận các yêu cầu về địa điểm và cách thức tổ chức phiên điều trần hay không.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EDB2AB7" w14:textId="46CEA6EB" w:rsidR="00482E38" w:rsidRPr="008400D9" w:rsidRDefault="2D31B231" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="56CA9FDF" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">phiên </w:t>
+      </w:r>
+      <w:r w:rsidR="10B7B5A7" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="56CA9FDF" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> diễn ra </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">trực tiếp tại văn phòng DALA, </w:t>
+      </w:r>
+      <w:r w:rsidR="10B7B5A7" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">phiên điều trần sẽ được tổ chức trong một phòng tương tự như phòng được </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE4CBC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>minh họa</w:t>
+      </w:r>
+      <w:r w:rsidR="10B7B5A7" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ở đây. Vui lòng đến sớm để làm quen với </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE4CBC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>không gian và bố trí của phòng điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="10B7B5A7" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4675"/>
+        <w:gridCol w:w="4675"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004625BD" w:rsidRPr="008400D9" w14:paraId="400C8308" w14:textId="77777777" w:rsidTr="004625BD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD3FD1E" w14:textId="00338946" w:rsidR="004625BD" w:rsidRPr="008400D9" w:rsidRDefault="004625BD" w:rsidP="00FF1240">
+            <w:pPr>
+              <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008400D9">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5425E63F" wp14:editId="4CFED1FC">
+                  <wp:extent cx="2740025" cy="2055019"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="1931875614" name="Picture 3" descr="A photo of Hearing Room 1."/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1931875614" name="Picture 3" descr="A photo of Hearing Room 1."/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId39" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2740025" cy="2055019"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22A21BAD" w14:textId="6BE66373" w:rsidR="004625BD" w:rsidRPr="008400D9" w:rsidRDefault="004625BD" w:rsidP="00FF1240">
+            <w:pPr>
+              <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008400D9">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0082117E" wp14:editId="18E5B2AB">
+                  <wp:extent cx="2743200" cy="2057400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="540352228" name="Picture 5" descr="A photo of Hearing Room 2."/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="540352228" name="Picture 5" descr="A photo of Hearing Room 2."/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId40" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2743200" cy="2057400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2F7CD8BB" w14:textId="41D2A1C4" w:rsidR="00607D71" w:rsidRPr="008400D9" w:rsidRDefault="00440D95" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00A803D4">
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidR="002775B6" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve">Tôi Nên </w:t>
+      </w:r>
+      <w:r w:rsidR="002775B6">
+        <w:t>Đậu</w:t>
+      </w:r>
+      <w:r w:rsidR="002775B6" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> Xe Ở Đâu </w:t>
+      </w:r>
+      <w:r w:rsidR="002775B6">
+        <w:t>Khi Tham Dự</w:t>
+      </w:r>
+      <w:r w:rsidR="002775B6" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> Phiên Điều Trần Tại Văn Phòng</w:t>
+      </w:r>
+      <w:r w:rsidR="78D9FBDB" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> DALA</w:t>
+      </w:r>
+      <w:r w:rsidR="002775B6">
+        <w:t xml:space="preserve"> Ở Malden</w:t>
+      </w:r>
+      <w:r w:rsidR="78D9FBDB" w:rsidRPr="008400D9">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="656755A1" w14:textId="20CD2706" w:rsidR="00834ABA" w:rsidRPr="008400D9" w:rsidRDefault="0B9F71DB" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có bãi </w:t>
+      </w:r>
+      <w:r w:rsidR="002775B6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>đậu</w:t>
+      </w:r>
+      <w:r w:rsidR="002775B6" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">xe trong tòa nhà </w:t>
+      </w:r>
+      <w:r w:rsidR="07718164" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(14 Summer Street, Tầng 4, Malden, MA 02148) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">và tại </w:t>
+      </w:r>
+      <w:r w:rsidR="36EFC9F4" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">một số </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bãi </w:t>
+      </w:r>
+      <w:r w:rsidR="002775B6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>đậu</w:t>
+      </w:r>
+      <w:r w:rsidR="002775B6" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">xe </w:t>
+      </w:r>
+      <w:r w:rsidR="002775B6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>lân cận</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B71EDA6" w14:textId="795ED7E9" w:rsidR="00AF2317" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
       <w:r>
-        <w:t>phán</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5D36" w:rsidRPr="008400D9">
+        <w:t>Văn Phòng</w:t>
+      </w:r>
+      <w:r w:rsidR="6477F5A2" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> DALA</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5D36">
+        <w:t xml:space="preserve"> Tại Malden</w:t>
+      </w:r>
+      <w:r w:rsidR="6477F5A2" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5D36" w:rsidRPr="008400D9">
+        <w:t>Có Thể Tiếp Cận Bằng Phương Tiện Giao Thông Công Cộng Không</w:t>
+      </w:r>
+      <w:r w:rsidR="6477F5A2" w:rsidRPr="008400D9">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D547C1F" w14:textId="468DF177" w:rsidR="004905D0" w:rsidRPr="008400D9" w:rsidRDefault="07718164" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DALA tọa lạc </w:t>
+      </w:r>
+      <w:r w:rsidR="36425F5D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tại 14 Summer Street, Tầng 4, Malden, MA 02148, </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5D36">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nằm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">đối diện </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5D36">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ga</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Malden Center</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5D36">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trên tuyến Orange Line.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08B7DE68" w14:textId="4E754AC1" w:rsidR="006A6792" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
       <w:r>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5D36" w:rsidRPr="00ED5D36">
+        <w:t>Điều Gì Xảy Ra Nếu Tôi Không Tham Dự Phiên Điều Trần Hoặc Không Tham Gia Vào Quá Trình Tố Tụng</w:t>
+      </w:r>
+      <w:r w:rsidR="7FDBA59F" w:rsidRPr="008400D9">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61E39839" w14:textId="5F51A446" w:rsidR="006A6792" w:rsidRPr="008400D9" w:rsidRDefault="7FDBA59F" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> không có mặt tại </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vụ việc của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể bị hủy bỏ hoặc một quyết định </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5D36">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>mặc nhiên bất lợi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể được </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5D36">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ban hành đối với</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7353A9CE" w14:textId="620A79A0" w:rsidR="006A6792" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
       <w:r>
-        <w:t>sẽ</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5D36">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5D36" w:rsidRPr="00ED5D36">
+        <w:t>Nếu Tôi Gặp Tình Huống Khẩn Cấp Vào Phút Chót Và Không Thể Tham Dự Phiên Điều Trần Thì Sao</w:t>
+      </w:r>
+      <w:r w:rsidR="7FDBA59F" w:rsidRPr="008400D9">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34D5CA1F" w14:textId="58A5279F" w:rsidR="006A6792" w:rsidRPr="008400D9" w:rsidRDefault="7FDBA59F" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có tình huống khẩn cấp </w:t>
+      </w:r>
+      <w:r w:rsidR="2C8255A1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vào ngày diễn ra </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vui lòng gọi </w:t>
+      </w:r>
+      <w:r w:rsidR="4B7FDC4C" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">số 781-397-4700 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">và giải thích tình huống. </w:t>
+      </w:r>
+      <w:r w:rsidR="7D321F68" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="7D321F68" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có tình huống </w:t>
+      </w:r>
+      <w:r w:rsidR="3EB0A4D1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">khẩn cấp trước </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="3EB0A4D1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, hãy nộp </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5D36" w:rsidRPr="00ED5D36">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Kiến nghị Khẩn cấp xin Gia hạn</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5D36">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> P</w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hiên </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5D36">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Đ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>iều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="3EB0A4D1" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="75423BDA" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(để yêu cầu thêm thời gian) </w:t>
+      </w:r>
+      <w:r w:rsidR="5AF05449" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">và thông báo cho </w:t>
+      </w:r>
+      <w:r w:rsidR="22007E76" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>bên</w:t>
+      </w:r>
+      <w:r w:rsidR="5AF05449" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đối </w:t>
+      </w:r>
+      <w:r w:rsidR="22007E76" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phương hoặc các bên liên quan</w:t>
+      </w:r>
+      <w:r w:rsidR="5AF05449" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Điều quan trọng là </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> phải thông báo cho</w:t>
+      </w:r>
+      <w:r w:rsidR="5AF05449" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DALA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">về tình huống khẩn cấp của mình càng sớm càng tốt để </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="5AF05449" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">có thể thực hiện các biện pháp </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5D36" w:rsidRPr="00ED5D36">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>xử lý phù hợp khi cần thiết</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55D5DA56" w14:textId="52EDEBC8" w:rsidR="004D29AB" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
       <w:r>
+        <w:t xml:space="preserve">13. </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5D36" w:rsidRPr="00ED5D36">
+        <w:t>Các Phiên Điều Trần Của D</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6732">
+        <w:t>ALA</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5D36" w:rsidRPr="00ED5D36">
+        <w:t xml:space="preserve"> Có Mở Cho Công Chúng Không</w:t>
+      </w:r>
+      <w:r w:rsidR="40067DAD" w:rsidRPr="008400D9">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CF7254E" w14:textId="59CC76F9" w:rsidR="00B35266" w:rsidRPr="008400D9" w:rsidRDefault="74F5F13E" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Các </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> của DALA mở cửa cho công chúng, trừ một số loại </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mà luật pháp quy định là bí mật. Tuy nhiên, bất kỳ ai có hành vi cản trở </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể bị yêu cầu rời khỏi phòng. Với một số trường hợp ngoại lệ, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể được ghi âm hoặc chụp ảnh, nhưng người muốn ghi âm hoặc chụp ảnh </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> phải thông báo cho </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trước khi thực hiện. Ngoài ra, việc ghi âm hoặc chụp ảnh của một người không được cản trở quá trình xét xử.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04D5FD19" w14:textId="13FD2419" w:rsidR="00BE653C" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">14. </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5D36" w:rsidRPr="00ED5D36">
+        <w:t>Tôi Có Thể Đến Xem Một Phiên Điều Trần Của Dala Không</w:t>
+      </w:r>
+      <w:r w:rsidR="71A55B1D" w:rsidRPr="008400D9">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EFE963C" w14:textId="2AD6C6A5" w:rsidR="00BE653C" w:rsidRPr="008400D9" w:rsidRDefault="71A55B1D" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> muốn tham dự phiên điều trần tại DALA, vui lòng gọi trước theo số (781) 397-4700. Lưu ý rằng </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="22007E76" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể quyết định rằng một số phiên điều trần cần được giữ bí mật, tức là chỉ mở cửa cho </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="22007E76" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, các bên liên quan và nhân chứng, chứ không </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6732">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>mở cho</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6732" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="22007E76" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>công chúng.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A39DB08" w14:textId="0C8F69A8" w:rsidR="002F7EE2" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
       <w:r>
-        <w:t>không</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">15. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6732" w:rsidRPr="00EC6732">
+        <w:t>Lời Khai Tại Phiên Điều Trần Sẽ Được Ghi Nhận Như Thế Nào</w:t>
+      </w:r>
+      <w:r w:rsidR="69B16642" w:rsidRPr="008400D9">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3155C159" w14:textId="74C48975" w:rsidR="002F7EE2" w:rsidRPr="008400D9" w:rsidRDefault="69B16642" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lời khai sẽ được ghi lại </w:t>
+      </w:r>
+      <w:r w:rsidR="22007E76" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>bằng thiết bị ghi âm kỹ thuật số, thiết bị ghi hình kỹ thuật số hoặc thư ký tòa án khi các bên yêu cầu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="62D239C8" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Do hạn chế về ngân sách, </w:t>
+      </w:r>
+      <w:r w:rsidR="73BE722E" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DALA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>không cung cấp thư ký tòa án.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D83E0D7" w14:textId="2CF8EA1D" w:rsidR="00D718B9" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
       <w:r>
+        <w:t xml:space="preserve">16. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6732" w:rsidRPr="00EC6732">
+        <w:t>Tôi Làm Thế Nào Để Nhận Được Bản Sao Lời Khai Của Phiên Điều Trần</w:t>
+      </w:r>
+      <w:r w:rsidR="06CB233D" w:rsidRPr="008400D9">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73EED6B6" w14:textId="21E1A19B" w:rsidR="00FF6AB7" w:rsidRPr="008400D9" w:rsidRDefault="72D6D196" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Bản sao của bản ghi âm</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6732">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>/ghi hình</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sẽ được </w:t>
+      </w:r>
+      <w:r w:rsidR="2AFA4D99" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gửi tự động </w:t>
+      </w:r>
+      <w:r w:rsidR="62D239C8" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">qua </w:t>
+      </w:r>
+      <w:r w:rsidR="2AFA4D99" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>email cho tất cả các bên.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E47ED57" w14:textId="2568B609" w:rsidR="002F7EE2" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">17. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6732">
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6732" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> Có Đưa Ra Quyết Định Về Vụ Việc Của Tôi</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6732">
+        <w:t xml:space="preserve"> Ngay </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6732" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> Tại </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6732">
+        <w:t>Phiên Điều Trần</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6732" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> Không</w:t>
+      </w:r>
+      <w:r w:rsidR="32E3EC55" w:rsidRPr="008400D9">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42283FCD" w14:textId="38C65B19" w:rsidR="00921BF2" w:rsidRPr="008400D9" w:rsidRDefault="19170CED" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Không. Trong hầu hết các trường hợp, sau </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6732">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kết thúc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sẽ chuẩn bị một quyết định cuối cùng bằng văn bản dựa trên </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15D9A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chứng cứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> được chấp nhận tại </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66851">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>phiên điều trần</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6732">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Một b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ản sao của </w:t>
+      </w:r>
+      <w:r w:rsidR="6C1F79C7" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quyết định </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sẽ được gửi cho </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> khi </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6732">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quyết định </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>được ban hành.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EAC8B08" w14:textId="2CA1A287" w:rsidR="00A7294D" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">K. </w:t>
+      </w:r>
+      <w:r w:rsidR="00516F75" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve">Sau </w:t>
+      </w:r>
+      <w:r w:rsidR="00516F75">
+        <w:t>Phiên Điều Trần</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A716C3A" w14:textId="4FE4E3B8" w:rsidR="00E73F93" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00516F75" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve">Tôi Có Nhận Được Bản Sao Quyết Định Của </w:t>
+      </w:r>
+      <w:r w:rsidR="00516F75">
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="00516F75" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve"> Không</w:t>
+      </w:r>
+      <w:r w:rsidR="6C1F79C7" w:rsidRPr="008400D9">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="719892B1" w14:textId="17FAE93A" w:rsidR="00E73F93" w:rsidRPr="008400D9" w:rsidRDefault="6C1F79C7" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sẽ gửi bản sao </w:t>
+      </w:r>
+      <w:r w:rsidR="17671375" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quyết định </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>cho cơ quan</w:t>
+      </w:r>
+      <w:r w:rsidR="00516F75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> liên quan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và tất cả các bên. </w:t>
+      </w:r>
+      <w:r w:rsidR="17671375" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quyết định </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sẽ được gửi đến địa chỉ bưu điện xuất hiện trong hồ sơ vụ án. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> phải thông báo cho </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Thẩm Phán Hành Chính</w:t>
+      </w:r>
+      <w:r w:rsidR="17671375" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">và các bên khác nếu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thay đổi địa chỉ bưu điện của mình trong suốt quá trình xử lý vụ án.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4858BF25" w14:textId="0FD2232D" w:rsidR="00B6535A" w:rsidRPr="008400D9" w:rsidRDefault="00A803D4" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
       <w:r>
-        <w:t>đưa</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00516F75" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve">Tôi Có Thể Kháng Cáo Quyết Định Của </w:t>
+      </w:r>
+      <w:r w:rsidR="6FF112A9" w:rsidRPr="008400D9">
+        <w:t xml:space="preserve">DALA </w:t>
+      </w:r>
+      <w:r w:rsidR="00516F75">
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="6FF112A9" w:rsidRPr="008400D9">
+        <w:t>hông?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57C463E4" w14:textId="4D38FB92" w:rsidR="003F0EE1" w:rsidRPr="008400D9" w:rsidRDefault="6FF112A9" w:rsidP="00FF1240">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có. Trong hầu hết các trường hợp, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể kháng cáo quyết định cuối cùng </w:t>
+      </w:r>
+      <w:r w:rsidR="7907D48F" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">của DALA lên Tòa </w:t>
+      </w:r>
+      <w:r w:rsidR="00516F75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Á</w:t>
+      </w:r>
+      <w:r w:rsidR="7907D48F" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n Thượng </w:t>
+      </w:r>
+      <w:r w:rsidR="00516F75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="7907D48F" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hẩm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Tuy nhiên, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nên kiểm tra </w:t>
+      </w:r>
+      <w:r w:rsidR="00516F75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quy định pháp </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">luật cụ thể điều chỉnh </w:t>
+      </w:r>
+      <w:r w:rsidR="58BE9ECF" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cơ quan liên quan đến vụ án của </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="58BE9ECF" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...136 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>để xác định quyền kháng cáo của mình</w:t>
+      </w:r>
+      <w:r w:rsidR="2049075D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vì </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="2049075D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể được </w:t>
+      </w:r>
+      <w:r w:rsidR="22007E76" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">phép và bắt buộc </w:t>
+      </w:r>
+      <w:r w:rsidR="2049075D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">phải kháng cáo </w:t>
+      </w:r>
+      <w:r w:rsidR="22007E76" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>lên</w:t>
+      </w:r>
+      <w:r w:rsidR="2049075D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> chính cơ quan đó </w:t>
+      </w:r>
+      <w:r w:rsidR="22007E76" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hoặc một cơ quan khác (ví dụ: Hội đồng Kháng cáo Hưu trí Góp)</w:t>
+      </w:r>
+      <w:r w:rsidR="2049075D" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Nếu các mốc thời gian được quy định </w:t>
+      </w:r>
+      <w:r w:rsidR="11841B63" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>trong luật cụ thể</w:t>
+      </w:r>
+      <w:r w:rsidR="05670701" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> của từng cơ quan</w:t>
+      </w:r>
+      <w:r w:rsidR="11841B63" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, việc tuân thủ chúng là rất quan trọng. Nếu không, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quý vị</w:t>
+      </w:r>
+      <w:r w:rsidR="11841B63" w:rsidRPr="008400D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có thể mất quyền kháng cáo quyết định của DALA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DD390CB" w14:textId="77777777" w:rsidR="00967E61" w:rsidRDefault="00967E61">
-[...8160 lines deleted...]
-    <w:sectPr w:rsidR="00967E61">
+    <w:sectPr w:rsidR="003F0EE1" w:rsidRPr="008400D9" w:rsidSect="00E01DF8">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1360" w:right="1340" w:bottom="1260" w:left="1320" w:header="0" w:footer="1063" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="351F2D82" w14:textId="77777777" w:rsidR="00660960" w:rsidRDefault="00660960">
+    <w:p w14:paraId="082F438E" w14:textId="77777777" w:rsidR="00784AB3" w:rsidRDefault="00784AB3" w:rsidP="00272356">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0E08C065" w14:textId="77777777" w:rsidR="00660960" w:rsidRDefault="00660960">
+    <w:p w14:paraId="4EF1705B" w14:textId="77777777" w:rsidR="00784AB3" w:rsidRDefault="00784AB3" w:rsidP="00272356">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="DengXian Light">
+    <w:altName w:val="等线 Light"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="DengXian">
+    <w:altName w:val="等线"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...123 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="62EDB693" w14:textId="77777777" w:rsidR="00660960" w:rsidRDefault="00660960">
+    <w:p w14:paraId="0C134BD4" w14:textId="77777777" w:rsidR="00784AB3" w:rsidRDefault="00784AB3" w:rsidP="00272356">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B5D515C" w14:textId="77777777" w:rsidR="00660960" w:rsidRDefault="00660960">
+    <w:p w14:paraId="4567EE3E" w14:textId="77777777" w:rsidR="00784AB3" w:rsidRDefault="00784AB3" w:rsidP="00272356">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3AA33C56"/>
+    <w:nsid w:val="087D43DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D51AFB88"/>
-    <w:lvl w:ilvl="0" w:tplc="25661876">
+    <w:tmpl w:val="63AC584E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
-      <w:numFmt w:val="upperRoman"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="840" w:hanging="720"/>
-        <w:jc w:val="left"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...8 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="B17A0452">
+    <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="120" w:hanging="720"/>
-        <w:jc w:val="left"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...8 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04C8CDA2">
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1811" w:hanging="720"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="6300527C">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2782" w:hanging="720"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="DA267D7C">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3753" w:hanging="720"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64A45FB4">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4724" w:hanging="720"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="F596188E">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5695" w:hanging="720"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="44F267BA">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6666" w:hanging="720"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="C938F9D8">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7637" w:hanging="720"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="555626348">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24731A43"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="529C943A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="45186BA4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="95A2DF94"/>
+    <w:lvl w:ilvl="0" w:tplc="A044BBA2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="50842539"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A1E07C6A"/>
+    <w:lvl w:ilvl="0" w:tplc="D436A44C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="575C3C56"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BF6038C0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5792431E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="168417C0"/>
+    <w:lvl w:ilvl="0" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B334292"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CCC8A164"/>
+    <w:lvl w:ilvl="0" w:tplc="A044BBA2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1496917870">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="359670738">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="632180903">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1061750605">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1977641901">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1327170058">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1638678566">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:displayBackgroundShape/>
   <w:defaultTabStop w:val="720"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049">
+      <o:colormru v:ext="edit" colors="#e9deca"/>
+    </o:shapedefaults>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00967E61"/>
-[...16 lines deleted...]
-    <w:rsid w:val="00F73E9E"/>
+    <w:rsidRoot w:val="003D5D4B"/>
+    <w:rsid w:val="0000010C"/>
+    <w:rsid w:val="000001EC"/>
+    <w:rsid w:val="0000131B"/>
+    <w:rsid w:val="00002A6C"/>
+    <w:rsid w:val="0000619F"/>
+    <w:rsid w:val="00015198"/>
+    <w:rsid w:val="00015DA0"/>
+    <w:rsid w:val="00016E13"/>
+    <w:rsid w:val="00016EF3"/>
+    <w:rsid w:val="00021F28"/>
+    <w:rsid w:val="00022695"/>
+    <w:rsid w:val="0002410C"/>
+    <w:rsid w:val="00032B1C"/>
+    <w:rsid w:val="000376E5"/>
+    <w:rsid w:val="00044CD2"/>
+    <w:rsid w:val="0005209A"/>
+    <w:rsid w:val="00053696"/>
+    <w:rsid w:val="00054167"/>
+    <w:rsid w:val="000560D8"/>
+    <w:rsid w:val="00056E32"/>
+    <w:rsid w:val="00062B4A"/>
+    <w:rsid w:val="00063796"/>
+    <w:rsid w:val="000644B6"/>
+    <w:rsid w:val="0006793B"/>
+    <w:rsid w:val="00070657"/>
+    <w:rsid w:val="000707E9"/>
+    <w:rsid w:val="00072F93"/>
+    <w:rsid w:val="0007384F"/>
+    <w:rsid w:val="0007505A"/>
+    <w:rsid w:val="000815B3"/>
+    <w:rsid w:val="00083C2E"/>
+    <w:rsid w:val="000847EA"/>
+    <w:rsid w:val="0008513C"/>
+    <w:rsid w:val="00086096"/>
+    <w:rsid w:val="00087068"/>
+    <w:rsid w:val="00093E61"/>
+    <w:rsid w:val="00094172"/>
+    <w:rsid w:val="0009738A"/>
+    <w:rsid w:val="000A0966"/>
+    <w:rsid w:val="000A0994"/>
+    <w:rsid w:val="000A1ADA"/>
+    <w:rsid w:val="000A211F"/>
+    <w:rsid w:val="000A3B7A"/>
+    <w:rsid w:val="000A590A"/>
+    <w:rsid w:val="000A64EA"/>
+    <w:rsid w:val="000A6D8E"/>
+    <w:rsid w:val="000A7ABF"/>
+    <w:rsid w:val="000B762C"/>
+    <w:rsid w:val="000C08C8"/>
+    <w:rsid w:val="000C09C7"/>
+    <w:rsid w:val="000C747A"/>
+    <w:rsid w:val="000D4428"/>
+    <w:rsid w:val="000D4EF8"/>
+    <w:rsid w:val="000D7910"/>
+    <w:rsid w:val="000E345E"/>
+    <w:rsid w:val="000E5BC7"/>
+    <w:rsid w:val="000F0197"/>
+    <w:rsid w:val="000F0F11"/>
+    <w:rsid w:val="000F7774"/>
+    <w:rsid w:val="001058B7"/>
+    <w:rsid w:val="00105C26"/>
+    <w:rsid w:val="00111D7B"/>
+    <w:rsid w:val="001124CF"/>
+    <w:rsid w:val="0011351C"/>
+    <w:rsid w:val="00120F26"/>
+    <w:rsid w:val="001224B1"/>
+    <w:rsid w:val="00130462"/>
+    <w:rsid w:val="001312A7"/>
+    <w:rsid w:val="00140AD8"/>
+    <w:rsid w:val="00141E3F"/>
+    <w:rsid w:val="001440E3"/>
+    <w:rsid w:val="001451C3"/>
+    <w:rsid w:val="001474E4"/>
+    <w:rsid w:val="00147826"/>
+    <w:rsid w:val="00152BC2"/>
+    <w:rsid w:val="001535A3"/>
+    <w:rsid w:val="00153D9E"/>
+    <w:rsid w:val="00161C0A"/>
+    <w:rsid w:val="001640D0"/>
+    <w:rsid w:val="00164A92"/>
+    <w:rsid w:val="00165000"/>
+    <w:rsid w:val="00170485"/>
+    <w:rsid w:val="00170E6A"/>
+    <w:rsid w:val="00171C59"/>
+    <w:rsid w:val="001724F9"/>
+    <w:rsid w:val="0017349A"/>
+    <w:rsid w:val="0018008B"/>
+    <w:rsid w:val="0018187A"/>
+    <w:rsid w:val="00182D63"/>
+    <w:rsid w:val="00183492"/>
+    <w:rsid w:val="00184833"/>
+    <w:rsid w:val="00185BE7"/>
+    <w:rsid w:val="00187D20"/>
+    <w:rsid w:val="001913F7"/>
+    <w:rsid w:val="001930D0"/>
+    <w:rsid w:val="001965E2"/>
+    <w:rsid w:val="001A2AEE"/>
+    <w:rsid w:val="001A3456"/>
+    <w:rsid w:val="001A3FF3"/>
+    <w:rsid w:val="001A672C"/>
+    <w:rsid w:val="001A6A40"/>
+    <w:rsid w:val="001B5B4C"/>
+    <w:rsid w:val="001C2805"/>
+    <w:rsid w:val="001C7D70"/>
+    <w:rsid w:val="001D1306"/>
+    <w:rsid w:val="001D2204"/>
+    <w:rsid w:val="001D481D"/>
+    <w:rsid w:val="001E4715"/>
+    <w:rsid w:val="001E472E"/>
+    <w:rsid w:val="001E56DF"/>
+    <w:rsid w:val="001F2970"/>
+    <w:rsid w:val="001F4627"/>
+    <w:rsid w:val="00200094"/>
+    <w:rsid w:val="00200EC4"/>
+    <w:rsid w:val="00202452"/>
+    <w:rsid w:val="00206E9B"/>
+    <w:rsid w:val="0021159B"/>
+    <w:rsid w:val="00212E9F"/>
+    <w:rsid w:val="0021466B"/>
+    <w:rsid w:val="00222BF3"/>
+    <w:rsid w:val="00224639"/>
+    <w:rsid w:val="00225ED8"/>
+    <w:rsid w:val="002325E6"/>
+    <w:rsid w:val="00233ECE"/>
+    <w:rsid w:val="002341FE"/>
+    <w:rsid w:val="0023587D"/>
+    <w:rsid w:val="00241F23"/>
+    <w:rsid w:val="002434B8"/>
+    <w:rsid w:val="00244D5F"/>
+    <w:rsid w:val="002454C4"/>
+    <w:rsid w:val="00251011"/>
+    <w:rsid w:val="002529D4"/>
+    <w:rsid w:val="00255870"/>
+    <w:rsid w:val="002665EB"/>
+    <w:rsid w:val="0026665C"/>
+    <w:rsid w:val="00266AA6"/>
+    <w:rsid w:val="00270A1D"/>
+    <w:rsid w:val="00270D71"/>
+    <w:rsid w:val="00270FB0"/>
+    <w:rsid w:val="00272356"/>
+    <w:rsid w:val="00274EB3"/>
+    <w:rsid w:val="002775B6"/>
+    <w:rsid w:val="00280F48"/>
+    <w:rsid w:val="002831C2"/>
+    <w:rsid w:val="00292A94"/>
+    <w:rsid w:val="00293BCF"/>
+    <w:rsid w:val="002945C0"/>
+    <w:rsid w:val="0029655B"/>
+    <w:rsid w:val="0029757E"/>
+    <w:rsid w:val="002A0F4A"/>
+    <w:rsid w:val="002A1A19"/>
+    <w:rsid w:val="002A3021"/>
+    <w:rsid w:val="002A6AC8"/>
+    <w:rsid w:val="002A6D0A"/>
+    <w:rsid w:val="002B3123"/>
+    <w:rsid w:val="002B4D98"/>
+    <w:rsid w:val="002B6D5C"/>
+    <w:rsid w:val="002B7152"/>
+    <w:rsid w:val="002C2291"/>
+    <w:rsid w:val="002C31FE"/>
+    <w:rsid w:val="002C432D"/>
+    <w:rsid w:val="002C52F7"/>
+    <w:rsid w:val="002D2A1E"/>
+    <w:rsid w:val="002D66FD"/>
+    <w:rsid w:val="002D6F82"/>
+    <w:rsid w:val="002E7737"/>
+    <w:rsid w:val="002F0183"/>
+    <w:rsid w:val="002F1B74"/>
+    <w:rsid w:val="002F1EA8"/>
+    <w:rsid w:val="002F3861"/>
+    <w:rsid w:val="002F3EEF"/>
+    <w:rsid w:val="002F4A03"/>
+    <w:rsid w:val="002F7EE2"/>
+    <w:rsid w:val="00302912"/>
+    <w:rsid w:val="00302C3F"/>
+    <w:rsid w:val="00302C49"/>
+    <w:rsid w:val="00304373"/>
+    <w:rsid w:val="003046B6"/>
+    <w:rsid w:val="0030673B"/>
+    <w:rsid w:val="003137B1"/>
+    <w:rsid w:val="0031653B"/>
+    <w:rsid w:val="00317132"/>
+    <w:rsid w:val="003173DC"/>
+    <w:rsid w:val="003212DB"/>
+    <w:rsid w:val="0032160C"/>
+    <w:rsid w:val="003226A5"/>
+    <w:rsid w:val="00325BCD"/>
+    <w:rsid w:val="00326E2C"/>
+    <w:rsid w:val="003326C2"/>
+    <w:rsid w:val="00333BA6"/>
+    <w:rsid w:val="00334951"/>
+    <w:rsid w:val="003410A4"/>
+    <w:rsid w:val="00341904"/>
+    <w:rsid w:val="00343E7E"/>
+    <w:rsid w:val="003448E5"/>
+    <w:rsid w:val="00344FD7"/>
+    <w:rsid w:val="00366614"/>
+    <w:rsid w:val="0037088A"/>
+    <w:rsid w:val="003755EE"/>
+    <w:rsid w:val="00375EA1"/>
+    <w:rsid w:val="00376114"/>
+    <w:rsid w:val="00377251"/>
+    <w:rsid w:val="00377614"/>
+    <w:rsid w:val="00377A5A"/>
+    <w:rsid w:val="00385003"/>
+    <w:rsid w:val="003857A2"/>
+    <w:rsid w:val="00386828"/>
+    <w:rsid w:val="0038688F"/>
+    <w:rsid w:val="00393905"/>
+    <w:rsid w:val="00397C42"/>
+    <w:rsid w:val="003A6F2F"/>
+    <w:rsid w:val="003A70BB"/>
+    <w:rsid w:val="003B3195"/>
+    <w:rsid w:val="003B35D5"/>
+    <w:rsid w:val="003B7874"/>
+    <w:rsid w:val="003C10FF"/>
+    <w:rsid w:val="003C2246"/>
+    <w:rsid w:val="003C78D7"/>
+    <w:rsid w:val="003D5D4B"/>
+    <w:rsid w:val="003D609F"/>
+    <w:rsid w:val="003D726B"/>
+    <w:rsid w:val="003F016F"/>
+    <w:rsid w:val="003F0EE1"/>
+    <w:rsid w:val="003F0F13"/>
+    <w:rsid w:val="003F1205"/>
+    <w:rsid w:val="003F21A4"/>
+    <w:rsid w:val="003F557D"/>
+    <w:rsid w:val="00402771"/>
+    <w:rsid w:val="00403920"/>
+    <w:rsid w:val="0041135D"/>
+    <w:rsid w:val="00417647"/>
+    <w:rsid w:val="004276CD"/>
+    <w:rsid w:val="004328F8"/>
+    <w:rsid w:val="00433580"/>
+    <w:rsid w:val="004402B9"/>
+    <w:rsid w:val="00440D95"/>
+    <w:rsid w:val="00444E1E"/>
+    <w:rsid w:val="0044538D"/>
+    <w:rsid w:val="00451C99"/>
+    <w:rsid w:val="00457424"/>
+    <w:rsid w:val="00460165"/>
+    <w:rsid w:val="004625BD"/>
+    <w:rsid w:val="00464F51"/>
+    <w:rsid w:val="004651A7"/>
+    <w:rsid w:val="0046750D"/>
+    <w:rsid w:val="004702E9"/>
+    <w:rsid w:val="00471D31"/>
+    <w:rsid w:val="00472AB1"/>
+    <w:rsid w:val="00473FC5"/>
+    <w:rsid w:val="00474A8E"/>
+    <w:rsid w:val="004817D2"/>
+    <w:rsid w:val="00481A9B"/>
+    <w:rsid w:val="00482B9E"/>
+    <w:rsid w:val="00482E38"/>
+    <w:rsid w:val="00484F69"/>
+    <w:rsid w:val="004874DF"/>
+    <w:rsid w:val="00487759"/>
+    <w:rsid w:val="00487DEB"/>
+    <w:rsid w:val="004905D0"/>
+    <w:rsid w:val="004961A3"/>
+    <w:rsid w:val="00496C82"/>
+    <w:rsid w:val="00496E17"/>
+    <w:rsid w:val="004A0433"/>
+    <w:rsid w:val="004A2970"/>
+    <w:rsid w:val="004A641C"/>
+    <w:rsid w:val="004A6C2E"/>
+    <w:rsid w:val="004A735A"/>
+    <w:rsid w:val="004B05C9"/>
+    <w:rsid w:val="004B18D5"/>
+    <w:rsid w:val="004B24DC"/>
+    <w:rsid w:val="004B6986"/>
+    <w:rsid w:val="004C41F6"/>
+    <w:rsid w:val="004D29AB"/>
+    <w:rsid w:val="004D3B30"/>
+    <w:rsid w:val="004D3CF3"/>
+    <w:rsid w:val="004D6202"/>
+    <w:rsid w:val="004E1D66"/>
+    <w:rsid w:val="004E2C96"/>
+    <w:rsid w:val="004E5DD6"/>
+    <w:rsid w:val="004E623E"/>
+    <w:rsid w:val="004F0B26"/>
+    <w:rsid w:val="004F4132"/>
+    <w:rsid w:val="004F462F"/>
+    <w:rsid w:val="004F694C"/>
+    <w:rsid w:val="004F6992"/>
+    <w:rsid w:val="005065BA"/>
+    <w:rsid w:val="00507287"/>
+    <w:rsid w:val="005111DF"/>
+    <w:rsid w:val="005139D5"/>
+    <w:rsid w:val="00514E61"/>
+    <w:rsid w:val="00516F75"/>
+    <w:rsid w:val="005224EE"/>
+    <w:rsid w:val="00525DD6"/>
+    <w:rsid w:val="00530300"/>
+    <w:rsid w:val="00537054"/>
+    <w:rsid w:val="005430D0"/>
+    <w:rsid w:val="00543650"/>
+    <w:rsid w:val="005439DD"/>
+    <w:rsid w:val="005522A7"/>
+    <w:rsid w:val="005541F9"/>
+    <w:rsid w:val="00565CC5"/>
+    <w:rsid w:val="005673EF"/>
+    <w:rsid w:val="00570200"/>
+    <w:rsid w:val="00571C43"/>
+    <w:rsid w:val="005736DC"/>
+    <w:rsid w:val="005771EB"/>
+    <w:rsid w:val="00581DC8"/>
+    <w:rsid w:val="00586832"/>
+    <w:rsid w:val="00587AD9"/>
+    <w:rsid w:val="0059002F"/>
+    <w:rsid w:val="0059198D"/>
+    <w:rsid w:val="005A0BA0"/>
+    <w:rsid w:val="005A0F23"/>
+    <w:rsid w:val="005A3EA4"/>
+    <w:rsid w:val="005A5FF8"/>
+    <w:rsid w:val="005A6690"/>
+    <w:rsid w:val="005A67BC"/>
+    <w:rsid w:val="005A7D06"/>
+    <w:rsid w:val="005A7E92"/>
+    <w:rsid w:val="005B3BC9"/>
+    <w:rsid w:val="005B67FE"/>
+    <w:rsid w:val="005C311D"/>
+    <w:rsid w:val="005C5B2C"/>
+    <w:rsid w:val="005C6170"/>
+    <w:rsid w:val="005D1454"/>
+    <w:rsid w:val="005D4C19"/>
+    <w:rsid w:val="005E2532"/>
+    <w:rsid w:val="005E60E2"/>
+    <w:rsid w:val="005F4003"/>
+    <w:rsid w:val="005F5DF6"/>
+    <w:rsid w:val="00603239"/>
+    <w:rsid w:val="00607D71"/>
+    <w:rsid w:val="0061108C"/>
+    <w:rsid w:val="00612542"/>
+    <w:rsid w:val="00616F43"/>
+    <w:rsid w:val="006202E6"/>
+    <w:rsid w:val="00621696"/>
+    <w:rsid w:val="00626CA6"/>
+    <w:rsid w:val="00631AE0"/>
+    <w:rsid w:val="006322AF"/>
+    <w:rsid w:val="00633A78"/>
+    <w:rsid w:val="0064166F"/>
+    <w:rsid w:val="00643010"/>
+    <w:rsid w:val="0064421C"/>
+    <w:rsid w:val="00644372"/>
+    <w:rsid w:val="006448AB"/>
+    <w:rsid w:val="00646713"/>
+    <w:rsid w:val="00650355"/>
+    <w:rsid w:val="0065283A"/>
+    <w:rsid w:val="006533D7"/>
+    <w:rsid w:val="00654712"/>
+    <w:rsid w:val="0065565B"/>
+    <w:rsid w:val="00657DA1"/>
+    <w:rsid w:val="00662F7C"/>
+    <w:rsid w:val="00672BC8"/>
+    <w:rsid w:val="00674ADA"/>
+    <w:rsid w:val="00680096"/>
+    <w:rsid w:val="00684FAE"/>
+    <w:rsid w:val="00690023"/>
+    <w:rsid w:val="00691130"/>
+    <w:rsid w:val="006921E6"/>
+    <w:rsid w:val="00693389"/>
+    <w:rsid w:val="00695B66"/>
+    <w:rsid w:val="00695F52"/>
+    <w:rsid w:val="006A0999"/>
+    <w:rsid w:val="006A22F0"/>
+    <w:rsid w:val="006A6792"/>
+    <w:rsid w:val="006B0022"/>
+    <w:rsid w:val="006B0260"/>
+    <w:rsid w:val="006B712D"/>
+    <w:rsid w:val="006C2E37"/>
+    <w:rsid w:val="006C7A36"/>
+    <w:rsid w:val="006C7ADA"/>
+    <w:rsid w:val="006C7BD9"/>
+    <w:rsid w:val="006D3F40"/>
+    <w:rsid w:val="006E212C"/>
+    <w:rsid w:val="006E31DE"/>
+    <w:rsid w:val="006E3575"/>
+    <w:rsid w:val="006F5FBF"/>
+    <w:rsid w:val="00701EA8"/>
+    <w:rsid w:val="00703869"/>
+    <w:rsid w:val="007118FC"/>
+    <w:rsid w:val="00716174"/>
+    <w:rsid w:val="00716F86"/>
+    <w:rsid w:val="007260A0"/>
+    <w:rsid w:val="00732A2F"/>
+    <w:rsid w:val="00734F63"/>
+    <w:rsid w:val="00735E78"/>
+    <w:rsid w:val="00736A5D"/>
+    <w:rsid w:val="00743AD7"/>
+    <w:rsid w:val="007442A1"/>
+    <w:rsid w:val="0074459D"/>
+    <w:rsid w:val="00745B86"/>
+    <w:rsid w:val="00747149"/>
+    <w:rsid w:val="007554FF"/>
+    <w:rsid w:val="00770723"/>
+    <w:rsid w:val="00772520"/>
+    <w:rsid w:val="0077374F"/>
+    <w:rsid w:val="00777118"/>
+    <w:rsid w:val="00777F2D"/>
+    <w:rsid w:val="00781691"/>
+    <w:rsid w:val="00784AB3"/>
+    <w:rsid w:val="00790FC0"/>
+    <w:rsid w:val="00791FE0"/>
+    <w:rsid w:val="00797481"/>
+    <w:rsid w:val="007A14D9"/>
+    <w:rsid w:val="007B09B8"/>
+    <w:rsid w:val="007B412F"/>
+    <w:rsid w:val="007C0447"/>
+    <w:rsid w:val="007C348B"/>
+    <w:rsid w:val="007C4B13"/>
+    <w:rsid w:val="007C6BAB"/>
+    <w:rsid w:val="007D0DAE"/>
+    <w:rsid w:val="007D5593"/>
+    <w:rsid w:val="007D784E"/>
+    <w:rsid w:val="007E5509"/>
+    <w:rsid w:val="007F26ED"/>
+    <w:rsid w:val="007F2C92"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:rsid w:val="0080244A"/>
+    <w:rsid w:val="0081107D"/>
+    <w:rsid w:val="008110B1"/>
+    <w:rsid w:val="00814896"/>
+    <w:rsid w:val="00820FF0"/>
+    <w:rsid w:val="0082441A"/>
+    <w:rsid w:val="00825A11"/>
+    <w:rsid w:val="008261D9"/>
+    <w:rsid w:val="00830848"/>
+    <w:rsid w:val="00832004"/>
+    <w:rsid w:val="00832857"/>
+    <w:rsid w:val="00834ABA"/>
+    <w:rsid w:val="00836804"/>
+    <w:rsid w:val="008400D9"/>
+    <w:rsid w:val="0084129E"/>
+    <w:rsid w:val="00855B90"/>
+    <w:rsid w:val="0085794A"/>
+    <w:rsid w:val="00863DBD"/>
+    <w:rsid w:val="0086405E"/>
+    <w:rsid w:val="00867FB3"/>
+    <w:rsid w:val="00874C37"/>
+    <w:rsid w:val="008805F0"/>
+    <w:rsid w:val="008873E0"/>
+    <w:rsid w:val="00887C16"/>
+    <w:rsid w:val="0088E4C5"/>
+    <w:rsid w:val="008938F3"/>
+    <w:rsid w:val="008944A2"/>
+    <w:rsid w:val="008B02C0"/>
+    <w:rsid w:val="008B056C"/>
+    <w:rsid w:val="008B1973"/>
+    <w:rsid w:val="008B1FF8"/>
+    <w:rsid w:val="008C1BCE"/>
+    <w:rsid w:val="008D1A69"/>
+    <w:rsid w:val="008D4D92"/>
+    <w:rsid w:val="008E0276"/>
+    <w:rsid w:val="008E3939"/>
+    <w:rsid w:val="008E4467"/>
+    <w:rsid w:val="008E6F79"/>
+    <w:rsid w:val="008F27E4"/>
+    <w:rsid w:val="008F3455"/>
+    <w:rsid w:val="008F4BCA"/>
+    <w:rsid w:val="00900804"/>
+    <w:rsid w:val="00920D4E"/>
+    <w:rsid w:val="00921BF2"/>
+    <w:rsid w:val="009272AD"/>
+    <w:rsid w:val="00933ABA"/>
+    <w:rsid w:val="00934B14"/>
+    <w:rsid w:val="009351D5"/>
+    <w:rsid w:val="00937D7E"/>
+    <w:rsid w:val="009426E4"/>
+    <w:rsid w:val="00950CD9"/>
+    <w:rsid w:val="00951342"/>
+    <w:rsid w:val="00965924"/>
+    <w:rsid w:val="00966728"/>
+    <w:rsid w:val="00966E4B"/>
+    <w:rsid w:val="00972726"/>
+    <w:rsid w:val="00975532"/>
+    <w:rsid w:val="009765C5"/>
+    <w:rsid w:val="009808CA"/>
+    <w:rsid w:val="0098644A"/>
+    <w:rsid w:val="009876A1"/>
+    <w:rsid w:val="00991941"/>
+    <w:rsid w:val="00991B87"/>
+    <w:rsid w:val="009927A4"/>
+    <w:rsid w:val="009951D2"/>
+    <w:rsid w:val="00995BB3"/>
+    <w:rsid w:val="009968DB"/>
+    <w:rsid w:val="00996C51"/>
+    <w:rsid w:val="00997614"/>
+    <w:rsid w:val="009A525D"/>
+    <w:rsid w:val="009B1006"/>
+    <w:rsid w:val="009B53A0"/>
+    <w:rsid w:val="009C0685"/>
+    <w:rsid w:val="009C3A14"/>
+    <w:rsid w:val="009D128A"/>
+    <w:rsid w:val="009D1E6F"/>
+    <w:rsid w:val="009D2407"/>
+    <w:rsid w:val="009D6274"/>
+    <w:rsid w:val="009D790F"/>
+    <w:rsid w:val="009E6877"/>
+    <w:rsid w:val="009F034B"/>
+    <w:rsid w:val="009F7799"/>
+    <w:rsid w:val="00A0116E"/>
+    <w:rsid w:val="00A05274"/>
+    <w:rsid w:val="00A05C22"/>
+    <w:rsid w:val="00A12335"/>
+    <w:rsid w:val="00A142F2"/>
+    <w:rsid w:val="00A15D9A"/>
+    <w:rsid w:val="00A16184"/>
+    <w:rsid w:val="00A21940"/>
+    <w:rsid w:val="00A2365D"/>
+    <w:rsid w:val="00A24E91"/>
+    <w:rsid w:val="00A25704"/>
+    <w:rsid w:val="00A30D3D"/>
+    <w:rsid w:val="00A35D20"/>
+    <w:rsid w:val="00A407A5"/>
+    <w:rsid w:val="00A417CA"/>
+    <w:rsid w:val="00A41869"/>
+    <w:rsid w:val="00A43A03"/>
+    <w:rsid w:val="00A44561"/>
+    <w:rsid w:val="00A447C5"/>
+    <w:rsid w:val="00A45029"/>
+    <w:rsid w:val="00A45801"/>
+    <w:rsid w:val="00A46AE3"/>
+    <w:rsid w:val="00A54E2F"/>
+    <w:rsid w:val="00A57093"/>
+    <w:rsid w:val="00A614DD"/>
+    <w:rsid w:val="00A62D13"/>
+    <w:rsid w:val="00A63314"/>
+    <w:rsid w:val="00A65577"/>
+    <w:rsid w:val="00A66851"/>
+    <w:rsid w:val="00A7294D"/>
+    <w:rsid w:val="00A74087"/>
+    <w:rsid w:val="00A777E0"/>
+    <w:rsid w:val="00A803D4"/>
+    <w:rsid w:val="00A82FE9"/>
+    <w:rsid w:val="00A97872"/>
+    <w:rsid w:val="00AA2A1C"/>
+    <w:rsid w:val="00AA4B2A"/>
+    <w:rsid w:val="00AA4DF6"/>
+    <w:rsid w:val="00AA6155"/>
+    <w:rsid w:val="00AA6E38"/>
+    <w:rsid w:val="00AB2C38"/>
+    <w:rsid w:val="00AB365D"/>
+    <w:rsid w:val="00AC05D9"/>
+    <w:rsid w:val="00AC1F61"/>
+    <w:rsid w:val="00AC20D8"/>
+    <w:rsid w:val="00AC2955"/>
+    <w:rsid w:val="00AC4695"/>
+    <w:rsid w:val="00AC5C7D"/>
+    <w:rsid w:val="00AC61AA"/>
+    <w:rsid w:val="00AD4018"/>
+    <w:rsid w:val="00AD5DDE"/>
+    <w:rsid w:val="00AD6748"/>
+    <w:rsid w:val="00AD7FC0"/>
+    <w:rsid w:val="00AE06F9"/>
+    <w:rsid w:val="00AE07AB"/>
+    <w:rsid w:val="00AE2266"/>
+    <w:rsid w:val="00AE2592"/>
+    <w:rsid w:val="00AE4CBC"/>
+    <w:rsid w:val="00AF1B4D"/>
+    <w:rsid w:val="00AF2317"/>
+    <w:rsid w:val="00B04199"/>
+    <w:rsid w:val="00B06278"/>
+    <w:rsid w:val="00B20D61"/>
+    <w:rsid w:val="00B22040"/>
+    <w:rsid w:val="00B24F09"/>
+    <w:rsid w:val="00B25666"/>
+    <w:rsid w:val="00B25A57"/>
+    <w:rsid w:val="00B26AC2"/>
+    <w:rsid w:val="00B2707B"/>
+    <w:rsid w:val="00B35266"/>
+    <w:rsid w:val="00B353B4"/>
+    <w:rsid w:val="00B35657"/>
+    <w:rsid w:val="00B41435"/>
+    <w:rsid w:val="00B41533"/>
+    <w:rsid w:val="00B46031"/>
+    <w:rsid w:val="00B466C4"/>
+    <w:rsid w:val="00B52994"/>
+    <w:rsid w:val="00B54B66"/>
+    <w:rsid w:val="00B5548F"/>
+    <w:rsid w:val="00B63643"/>
+    <w:rsid w:val="00B6535A"/>
+    <w:rsid w:val="00B65563"/>
+    <w:rsid w:val="00B66952"/>
+    <w:rsid w:val="00B72319"/>
+    <w:rsid w:val="00B7275F"/>
+    <w:rsid w:val="00B76A86"/>
+    <w:rsid w:val="00B920DF"/>
+    <w:rsid w:val="00B938D3"/>
+    <w:rsid w:val="00B95857"/>
+    <w:rsid w:val="00B96F64"/>
+    <w:rsid w:val="00BA0372"/>
+    <w:rsid w:val="00BA1E4D"/>
+    <w:rsid w:val="00BA39FC"/>
+    <w:rsid w:val="00BA584F"/>
+    <w:rsid w:val="00BA6542"/>
+    <w:rsid w:val="00BA6599"/>
+    <w:rsid w:val="00BB2A4A"/>
+    <w:rsid w:val="00BB60B1"/>
+    <w:rsid w:val="00BB623E"/>
+    <w:rsid w:val="00BC4400"/>
+    <w:rsid w:val="00BC44A3"/>
+    <w:rsid w:val="00BC67C5"/>
+    <w:rsid w:val="00BC7C50"/>
+    <w:rsid w:val="00BD48EE"/>
+    <w:rsid w:val="00BE1FEF"/>
+    <w:rsid w:val="00BE653C"/>
+    <w:rsid w:val="00BF17AC"/>
+    <w:rsid w:val="00BF5A4F"/>
+    <w:rsid w:val="00C00D88"/>
+    <w:rsid w:val="00C0556C"/>
+    <w:rsid w:val="00C0613E"/>
+    <w:rsid w:val="00C071CE"/>
+    <w:rsid w:val="00C11B8B"/>
+    <w:rsid w:val="00C16E1C"/>
+    <w:rsid w:val="00C22D69"/>
+    <w:rsid w:val="00C232EC"/>
+    <w:rsid w:val="00C3580D"/>
+    <w:rsid w:val="00C35D16"/>
+    <w:rsid w:val="00C404FE"/>
+    <w:rsid w:val="00C45C23"/>
+    <w:rsid w:val="00C469FE"/>
+    <w:rsid w:val="00C5305D"/>
+    <w:rsid w:val="00C5386D"/>
+    <w:rsid w:val="00C611E4"/>
+    <w:rsid w:val="00C648D1"/>
+    <w:rsid w:val="00C65E62"/>
+    <w:rsid w:val="00C67771"/>
+    <w:rsid w:val="00C67B33"/>
+    <w:rsid w:val="00C715E2"/>
+    <w:rsid w:val="00C724D4"/>
+    <w:rsid w:val="00C7285D"/>
+    <w:rsid w:val="00C7303C"/>
+    <w:rsid w:val="00C76812"/>
+    <w:rsid w:val="00C77234"/>
+    <w:rsid w:val="00C85614"/>
+    <w:rsid w:val="00C85783"/>
+    <w:rsid w:val="00C902D1"/>
+    <w:rsid w:val="00C955DF"/>
+    <w:rsid w:val="00CA0B5F"/>
+    <w:rsid w:val="00CA693B"/>
+    <w:rsid w:val="00CB41E8"/>
+    <w:rsid w:val="00CB579F"/>
+    <w:rsid w:val="00CB6839"/>
+    <w:rsid w:val="00CD1534"/>
+    <w:rsid w:val="00CD249D"/>
+    <w:rsid w:val="00CD4E23"/>
+    <w:rsid w:val="00CE3805"/>
+    <w:rsid w:val="00CE4917"/>
+    <w:rsid w:val="00CE72DF"/>
+    <w:rsid w:val="00CF519D"/>
+    <w:rsid w:val="00D0259E"/>
+    <w:rsid w:val="00D05EEC"/>
+    <w:rsid w:val="00D077CE"/>
+    <w:rsid w:val="00D10087"/>
+    <w:rsid w:val="00D20C12"/>
+    <w:rsid w:val="00D21D31"/>
+    <w:rsid w:val="00D229A5"/>
+    <w:rsid w:val="00D22CC0"/>
+    <w:rsid w:val="00D24293"/>
+    <w:rsid w:val="00D2561B"/>
+    <w:rsid w:val="00D25E3D"/>
+    <w:rsid w:val="00D26B69"/>
+    <w:rsid w:val="00D364B1"/>
+    <w:rsid w:val="00D368D1"/>
+    <w:rsid w:val="00D40DCC"/>
+    <w:rsid w:val="00D41856"/>
+    <w:rsid w:val="00D47652"/>
+    <w:rsid w:val="00D502E1"/>
+    <w:rsid w:val="00D50842"/>
+    <w:rsid w:val="00D51FCE"/>
+    <w:rsid w:val="00D52AC0"/>
+    <w:rsid w:val="00D52C9E"/>
+    <w:rsid w:val="00D54540"/>
+    <w:rsid w:val="00D62433"/>
+    <w:rsid w:val="00D62CEA"/>
+    <w:rsid w:val="00D6654E"/>
+    <w:rsid w:val="00D6706F"/>
+    <w:rsid w:val="00D67881"/>
+    <w:rsid w:val="00D6E992"/>
+    <w:rsid w:val="00D718B9"/>
+    <w:rsid w:val="00D744B9"/>
+    <w:rsid w:val="00D75AAF"/>
+    <w:rsid w:val="00D762BF"/>
+    <w:rsid w:val="00D80B95"/>
+    <w:rsid w:val="00D838FE"/>
+    <w:rsid w:val="00D8392C"/>
+    <w:rsid w:val="00D9130A"/>
+    <w:rsid w:val="00DA3E22"/>
+    <w:rsid w:val="00DA7C5B"/>
+    <w:rsid w:val="00DB2DA1"/>
+    <w:rsid w:val="00DB6E4C"/>
+    <w:rsid w:val="00DC2CB6"/>
+    <w:rsid w:val="00DC30C0"/>
+    <w:rsid w:val="00DC5E6E"/>
+    <w:rsid w:val="00DD2A4C"/>
+    <w:rsid w:val="00DD350B"/>
+    <w:rsid w:val="00DD3F7F"/>
+    <w:rsid w:val="00DD41D7"/>
+    <w:rsid w:val="00DD722E"/>
+    <w:rsid w:val="00DF1F4B"/>
+    <w:rsid w:val="00DF7AB9"/>
+    <w:rsid w:val="00E01DF8"/>
+    <w:rsid w:val="00E10C43"/>
+    <w:rsid w:val="00E12EED"/>
+    <w:rsid w:val="00E13AB1"/>
+    <w:rsid w:val="00E25525"/>
+    <w:rsid w:val="00E3467E"/>
+    <w:rsid w:val="00E3522F"/>
+    <w:rsid w:val="00E45542"/>
+    <w:rsid w:val="00E45D5A"/>
+    <w:rsid w:val="00E45E3B"/>
+    <w:rsid w:val="00E47786"/>
+    <w:rsid w:val="00E52E37"/>
+    <w:rsid w:val="00E53DEF"/>
+    <w:rsid w:val="00E62ACC"/>
+    <w:rsid w:val="00E71FF8"/>
+    <w:rsid w:val="00E73F93"/>
+    <w:rsid w:val="00E812A2"/>
+    <w:rsid w:val="00E84691"/>
+    <w:rsid w:val="00E86398"/>
+    <w:rsid w:val="00E93E48"/>
+    <w:rsid w:val="00E94180"/>
+    <w:rsid w:val="00EA2B3F"/>
+    <w:rsid w:val="00EB4694"/>
+    <w:rsid w:val="00EB4A4A"/>
+    <w:rsid w:val="00EB5A48"/>
+    <w:rsid w:val="00EC0025"/>
+    <w:rsid w:val="00EC6732"/>
+    <w:rsid w:val="00EC674C"/>
+    <w:rsid w:val="00ED038D"/>
+    <w:rsid w:val="00ED49C0"/>
+    <w:rsid w:val="00ED5D36"/>
+    <w:rsid w:val="00EE0340"/>
+    <w:rsid w:val="00EE17D9"/>
+    <w:rsid w:val="00EE4AD1"/>
+    <w:rsid w:val="00EF4B52"/>
+    <w:rsid w:val="00EF5825"/>
+    <w:rsid w:val="00EF70B9"/>
+    <w:rsid w:val="00F01CEF"/>
+    <w:rsid w:val="00F04686"/>
+    <w:rsid w:val="00F05B45"/>
+    <w:rsid w:val="00F13B59"/>
+    <w:rsid w:val="00F14C53"/>
+    <w:rsid w:val="00F14C63"/>
+    <w:rsid w:val="00F16B99"/>
+    <w:rsid w:val="00F1772D"/>
+    <w:rsid w:val="00F23B68"/>
+    <w:rsid w:val="00F24AF3"/>
+    <w:rsid w:val="00F26DEE"/>
+    <w:rsid w:val="00F30429"/>
+    <w:rsid w:val="00F40AF2"/>
+    <w:rsid w:val="00F4225B"/>
+    <w:rsid w:val="00F53372"/>
+    <w:rsid w:val="00F5367F"/>
+    <w:rsid w:val="00F5753D"/>
+    <w:rsid w:val="00F62820"/>
+    <w:rsid w:val="00F6449C"/>
+    <w:rsid w:val="00F668EA"/>
+    <w:rsid w:val="00F72F21"/>
+    <w:rsid w:val="00F76026"/>
+    <w:rsid w:val="00F80659"/>
+    <w:rsid w:val="00F81BD6"/>
+    <w:rsid w:val="00F82B3F"/>
+    <w:rsid w:val="00F87596"/>
+    <w:rsid w:val="00F90005"/>
+    <w:rsid w:val="00F91312"/>
+    <w:rsid w:val="00F96513"/>
+    <w:rsid w:val="00FA0C7C"/>
+    <w:rsid w:val="00FA223A"/>
+    <w:rsid w:val="00FA26AE"/>
+    <w:rsid w:val="00FA67AE"/>
+    <w:rsid w:val="00FA7900"/>
+    <w:rsid w:val="00FB06DE"/>
+    <w:rsid w:val="00FB1958"/>
+    <w:rsid w:val="00FC11C7"/>
+    <w:rsid w:val="00FC7A7D"/>
+    <w:rsid w:val="00FD36F6"/>
+    <w:rsid w:val="00FE3EA7"/>
+    <w:rsid w:val="00FE440B"/>
+    <w:rsid w:val="00FF1082"/>
+    <w:rsid w:val="00FF1240"/>
+    <w:rsid w:val="00FF5B81"/>
+    <w:rsid w:val="00FF6AB7"/>
+    <w:rsid w:val="012FED5F"/>
+    <w:rsid w:val="013E350D"/>
+    <w:rsid w:val="01C5D0B5"/>
+    <w:rsid w:val="01EF656A"/>
+    <w:rsid w:val="01F48D15"/>
+    <w:rsid w:val="026221D0"/>
+    <w:rsid w:val="02A35AD0"/>
+    <w:rsid w:val="02B5C2DF"/>
+    <w:rsid w:val="034F54BF"/>
+    <w:rsid w:val="03D06373"/>
+    <w:rsid w:val="03D64E8B"/>
+    <w:rsid w:val="040AAC82"/>
+    <w:rsid w:val="041FCB0C"/>
+    <w:rsid w:val="04344673"/>
+    <w:rsid w:val="044A85E9"/>
+    <w:rsid w:val="04ABF493"/>
+    <w:rsid w:val="04DED40C"/>
+    <w:rsid w:val="0518777E"/>
+    <w:rsid w:val="051DA97C"/>
+    <w:rsid w:val="0547653A"/>
+    <w:rsid w:val="05670701"/>
+    <w:rsid w:val="059F682A"/>
+    <w:rsid w:val="0645C6CB"/>
+    <w:rsid w:val="0648DBB7"/>
+    <w:rsid w:val="068B8DB5"/>
+    <w:rsid w:val="06CB233D"/>
+    <w:rsid w:val="06EB26C3"/>
+    <w:rsid w:val="0716B2E4"/>
+    <w:rsid w:val="07718164"/>
+    <w:rsid w:val="077673F1"/>
+    <w:rsid w:val="07F7CD48"/>
+    <w:rsid w:val="08571EA6"/>
+    <w:rsid w:val="08DA1904"/>
+    <w:rsid w:val="099C706C"/>
+    <w:rsid w:val="09B6CD32"/>
+    <w:rsid w:val="09B7D6A3"/>
+    <w:rsid w:val="09C6C86E"/>
+    <w:rsid w:val="0A423B63"/>
+    <w:rsid w:val="0A4A4EDA"/>
+    <w:rsid w:val="0A9C8240"/>
+    <w:rsid w:val="0AD32B9F"/>
+    <w:rsid w:val="0B262883"/>
+    <w:rsid w:val="0B3B215D"/>
+    <w:rsid w:val="0B7350A8"/>
+    <w:rsid w:val="0B882CB1"/>
+    <w:rsid w:val="0B9F71DB"/>
+    <w:rsid w:val="0C047BB4"/>
+    <w:rsid w:val="0C0E598A"/>
+    <w:rsid w:val="0C21B44E"/>
+    <w:rsid w:val="0C3AB711"/>
+    <w:rsid w:val="0C630F64"/>
+    <w:rsid w:val="0CA14C55"/>
+    <w:rsid w:val="0CC7803C"/>
+    <w:rsid w:val="0CD3B86F"/>
+    <w:rsid w:val="0CD3E858"/>
+    <w:rsid w:val="0D480DF4"/>
+    <w:rsid w:val="0D9D02A9"/>
+    <w:rsid w:val="0DFA5DF5"/>
+    <w:rsid w:val="0E39BF90"/>
+    <w:rsid w:val="0E81ED4E"/>
+    <w:rsid w:val="0E82B8D2"/>
+    <w:rsid w:val="0E88FB31"/>
+    <w:rsid w:val="0EC70B5D"/>
+    <w:rsid w:val="0F221019"/>
+    <w:rsid w:val="0F4BFFFF"/>
+    <w:rsid w:val="0F7043D7"/>
+    <w:rsid w:val="0FC8C24F"/>
+    <w:rsid w:val="0FD5ADC5"/>
+    <w:rsid w:val="0FDE473D"/>
+    <w:rsid w:val="101E63E1"/>
+    <w:rsid w:val="10224311"/>
+    <w:rsid w:val="102537A3"/>
+    <w:rsid w:val="109AA48D"/>
+    <w:rsid w:val="10B7B5A7"/>
+    <w:rsid w:val="117221A3"/>
+    <w:rsid w:val="11841B63"/>
+    <w:rsid w:val="12229069"/>
+    <w:rsid w:val="132C6636"/>
+    <w:rsid w:val="132FB5DE"/>
+    <w:rsid w:val="136D67FF"/>
+    <w:rsid w:val="139C0FA6"/>
+    <w:rsid w:val="13DEE989"/>
+    <w:rsid w:val="13F60F95"/>
+    <w:rsid w:val="1452106A"/>
+    <w:rsid w:val="154233C3"/>
+    <w:rsid w:val="15B74813"/>
+    <w:rsid w:val="15F1788B"/>
+    <w:rsid w:val="1611E94D"/>
+    <w:rsid w:val="1649A268"/>
+    <w:rsid w:val="16CDA652"/>
+    <w:rsid w:val="17468928"/>
+    <w:rsid w:val="17671375"/>
+    <w:rsid w:val="17738512"/>
+    <w:rsid w:val="179B592B"/>
+    <w:rsid w:val="183EB34E"/>
+    <w:rsid w:val="186D34BC"/>
+    <w:rsid w:val="18BB1DB3"/>
+    <w:rsid w:val="19170CED"/>
+    <w:rsid w:val="19405EC4"/>
+    <w:rsid w:val="1996EA6C"/>
+    <w:rsid w:val="1A0DCF2F"/>
+    <w:rsid w:val="1A7E7180"/>
+    <w:rsid w:val="1AB24E06"/>
+    <w:rsid w:val="1AF9646D"/>
+    <w:rsid w:val="1B7510AB"/>
+    <w:rsid w:val="1B9D1DA4"/>
+    <w:rsid w:val="1C260ACD"/>
+    <w:rsid w:val="1C832DF2"/>
+    <w:rsid w:val="1CDDB25D"/>
+    <w:rsid w:val="1D380A93"/>
+    <w:rsid w:val="1DDCC53D"/>
+    <w:rsid w:val="1EA48FB6"/>
+    <w:rsid w:val="1ED73675"/>
+    <w:rsid w:val="1EF7CBDA"/>
+    <w:rsid w:val="1F79A177"/>
+    <w:rsid w:val="1F98C92E"/>
+    <w:rsid w:val="1FC052A1"/>
+    <w:rsid w:val="200718F3"/>
+    <w:rsid w:val="202222EC"/>
+    <w:rsid w:val="2049075D"/>
+    <w:rsid w:val="2051E38E"/>
+    <w:rsid w:val="206E8196"/>
+    <w:rsid w:val="207C35DA"/>
+    <w:rsid w:val="216D9C26"/>
+    <w:rsid w:val="2195C783"/>
+    <w:rsid w:val="21986D78"/>
+    <w:rsid w:val="22007E76"/>
+    <w:rsid w:val="2250B40E"/>
+    <w:rsid w:val="22595D57"/>
+    <w:rsid w:val="22834304"/>
+    <w:rsid w:val="22960AD5"/>
+    <w:rsid w:val="22BE49AD"/>
+    <w:rsid w:val="233BED66"/>
+    <w:rsid w:val="238FE5B0"/>
+    <w:rsid w:val="23C141CC"/>
+    <w:rsid w:val="23E62A96"/>
+    <w:rsid w:val="23EB1017"/>
+    <w:rsid w:val="246C3C30"/>
+    <w:rsid w:val="24B9C97C"/>
+    <w:rsid w:val="24C09C02"/>
+    <w:rsid w:val="25239FE7"/>
+    <w:rsid w:val="252650A7"/>
+    <w:rsid w:val="25294AC6"/>
+    <w:rsid w:val="2573C1B6"/>
+    <w:rsid w:val="257F3782"/>
+    <w:rsid w:val="258EC4A6"/>
+    <w:rsid w:val="25BE86B1"/>
+    <w:rsid w:val="25FE24A2"/>
+    <w:rsid w:val="26A7A48A"/>
+    <w:rsid w:val="2764503B"/>
+    <w:rsid w:val="2796BF2D"/>
+    <w:rsid w:val="279BE7EE"/>
+    <w:rsid w:val="2851FE75"/>
+    <w:rsid w:val="28C404BA"/>
+    <w:rsid w:val="28C79F44"/>
+    <w:rsid w:val="29541B9B"/>
+    <w:rsid w:val="29C05C39"/>
+    <w:rsid w:val="2A5558DC"/>
+    <w:rsid w:val="2A5EFA55"/>
+    <w:rsid w:val="2A8E8211"/>
+    <w:rsid w:val="2AA6158F"/>
+    <w:rsid w:val="2AE7302A"/>
+    <w:rsid w:val="2AFA4D99"/>
+    <w:rsid w:val="2BE43B8C"/>
+    <w:rsid w:val="2BF6013F"/>
+    <w:rsid w:val="2C5288CC"/>
+    <w:rsid w:val="2C8255A1"/>
+    <w:rsid w:val="2CD8D5BC"/>
+    <w:rsid w:val="2D0B84C7"/>
+    <w:rsid w:val="2D0F0B37"/>
+    <w:rsid w:val="2D1BA489"/>
+    <w:rsid w:val="2D31B231"/>
+    <w:rsid w:val="2D4E2A78"/>
+    <w:rsid w:val="2DE0D6BD"/>
+    <w:rsid w:val="2E3CBC4E"/>
+    <w:rsid w:val="2E5CBECF"/>
+    <w:rsid w:val="2E7B1350"/>
+    <w:rsid w:val="2E7FE1F3"/>
+    <w:rsid w:val="2EB68FEF"/>
+    <w:rsid w:val="2EECA32B"/>
+    <w:rsid w:val="2F23DB7E"/>
+    <w:rsid w:val="2F911AE6"/>
+    <w:rsid w:val="2FA01141"/>
+    <w:rsid w:val="2FCE5209"/>
+    <w:rsid w:val="2FD6EF6B"/>
+    <w:rsid w:val="30638077"/>
+    <w:rsid w:val="311D6D39"/>
+    <w:rsid w:val="31412A6B"/>
+    <w:rsid w:val="316D6FC8"/>
+    <w:rsid w:val="31BD3745"/>
+    <w:rsid w:val="325EBB85"/>
+    <w:rsid w:val="32CA9684"/>
+    <w:rsid w:val="32CADDE3"/>
+    <w:rsid w:val="32E3EC55"/>
+    <w:rsid w:val="330348DB"/>
+    <w:rsid w:val="332E4CE7"/>
+    <w:rsid w:val="338531A8"/>
+    <w:rsid w:val="34B1FD66"/>
+    <w:rsid w:val="34F03E2B"/>
+    <w:rsid w:val="34F678E6"/>
+    <w:rsid w:val="353FC516"/>
+    <w:rsid w:val="35CC8AB1"/>
+    <w:rsid w:val="36421EED"/>
+    <w:rsid w:val="36425F5D"/>
+    <w:rsid w:val="3650A585"/>
+    <w:rsid w:val="369CFA57"/>
+    <w:rsid w:val="36EFC9F4"/>
+    <w:rsid w:val="36F0DA70"/>
+    <w:rsid w:val="36F2847C"/>
+    <w:rsid w:val="37AC4D4D"/>
+    <w:rsid w:val="37DF67D1"/>
+    <w:rsid w:val="3867504A"/>
+    <w:rsid w:val="38D59DBE"/>
+    <w:rsid w:val="38EBD1D3"/>
+    <w:rsid w:val="391B8F47"/>
+    <w:rsid w:val="392875B9"/>
+    <w:rsid w:val="392A381F"/>
+    <w:rsid w:val="39603D2A"/>
+    <w:rsid w:val="39831E4C"/>
+    <w:rsid w:val="39A44E9B"/>
+    <w:rsid w:val="3AB832AF"/>
+    <w:rsid w:val="3ABCFE2E"/>
+    <w:rsid w:val="3B8A5339"/>
+    <w:rsid w:val="3B8F8AA6"/>
+    <w:rsid w:val="3BB222AF"/>
+    <w:rsid w:val="3BB3EC76"/>
+    <w:rsid w:val="3C61E0FC"/>
+    <w:rsid w:val="3D33461F"/>
+    <w:rsid w:val="3D5D55E9"/>
+    <w:rsid w:val="3D658CD7"/>
+    <w:rsid w:val="3D6AE6D8"/>
+    <w:rsid w:val="3D8B0578"/>
+    <w:rsid w:val="3D8F3BBC"/>
+    <w:rsid w:val="3DA2F908"/>
+    <w:rsid w:val="3DC08866"/>
+    <w:rsid w:val="3E2F17D3"/>
+    <w:rsid w:val="3E47429F"/>
+    <w:rsid w:val="3EB0A4D1"/>
+    <w:rsid w:val="3EE29D78"/>
+    <w:rsid w:val="3F2AC4E5"/>
+    <w:rsid w:val="3F930731"/>
+    <w:rsid w:val="3FAA49CB"/>
+    <w:rsid w:val="3FE7219D"/>
+    <w:rsid w:val="40067DAD"/>
+    <w:rsid w:val="4026FC62"/>
+    <w:rsid w:val="405083D7"/>
+    <w:rsid w:val="406E9DF7"/>
+    <w:rsid w:val="407D6A81"/>
+    <w:rsid w:val="410D0359"/>
+    <w:rsid w:val="41F2955F"/>
+    <w:rsid w:val="426DA9C3"/>
+    <w:rsid w:val="428CDD16"/>
+    <w:rsid w:val="42E2E378"/>
+    <w:rsid w:val="4346B0A2"/>
+    <w:rsid w:val="43852B78"/>
+    <w:rsid w:val="43DA5E1F"/>
+    <w:rsid w:val="4435CEEC"/>
+    <w:rsid w:val="44A08ECA"/>
+    <w:rsid w:val="45371C08"/>
+    <w:rsid w:val="456ACEE2"/>
+    <w:rsid w:val="46373281"/>
+    <w:rsid w:val="466B67A2"/>
+    <w:rsid w:val="468518D8"/>
+    <w:rsid w:val="471E1308"/>
+    <w:rsid w:val="473A1979"/>
+    <w:rsid w:val="4794C9F7"/>
+    <w:rsid w:val="47C8F0CE"/>
+    <w:rsid w:val="47CDFF1E"/>
+    <w:rsid w:val="47F1063F"/>
+    <w:rsid w:val="4804328D"/>
+    <w:rsid w:val="48CE8C3A"/>
+    <w:rsid w:val="49A92EFD"/>
+    <w:rsid w:val="49F8030F"/>
+    <w:rsid w:val="4A333E8B"/>
+    <w:rsid w:val="4AD07776"/>
+    <w:rsid w:val="4AEB3223"/>
+    <w:rsid w:val="4AFA29DA"/>
+    <w:rsid w:val="4B10426A"/>
+    <w:rsid w:val="4B7FDC4C"/>
+    <w:rsid w:val="4BD19F77"/>
+    <w:rsid w:val="4C4E1D50"/>
+    <w:rsid w:val="4C68389C"/>
+    <w:rsid w:val="4CBB8C8A"/>
+    <w:rsid w:val="4D96467D"/>
+    <w:rsid w:val="4DF4C038"/>
+    <w:rsid w:val="4E5F6CEF"/>
+    <w:rsid w:val="4E63A795"/>
+    <w:rsid w:val="4E8F9F1E"/>
+    <w:rsid w:val="4EB21976"/>
+    <w:rsid w:val="4EC7950B"/>
+    <w:rsid w:val="4EED6911"/>
+    <w:rsid w:val="4F1C23CB"/>
+    <w:rsid w:val="4F34B222"/>
+    <w:rsid w:val="4F4F0C22"/>
+    <w:rsid w:val="4F95B653"/>
+    <w:rsid w:val="5062B98B"/>
+    <w:rsid w:val="5171CAB2"/>
+    <w:rsid w:val="5191089C"/>
+    <w:rsid w:val="51AA5883"/>
+    <w:rsid w:val="529C6559"/>
+    <w:rsid w:val="52BA3FF4"/>
+    <w:rsid w:val="5362F469"/>
+    <w:rsid w:val="541FD2CB"/>
+    <w:rsid w:val="541FE7FE"/>
+    <w:rsid w:val="543F8DEF"/>
+    <w:rsid w:val="544642A6"/>
+    <w:rsid w:val="5494A235"/>
+    <w:rsid w:val="54AB7615"/>
+    <w:rsid w:val="558A792B"/>
+    <w:rsid w:val="562290B3"/>
+    <w:rsid w:val="564820DB"/>
+    <w:rsid w:val="56B1AF03"/>
+    <w:rsid w:val="56B4CF49"/>
+    <w:rsid w:val="56CA9FDF"/>
+    <w:rsid w:val="56E4323E"/>
+    <w:rsid w:val="575C0D7C"/>
+    <w:rsid w:val="575DA55E"/>
+    <w:rsid w:val="576BB352"/>
+    <w:rsid w:val="57DC9B76"/>
+    <w:rsid w:val="5881CE6F"/>
+    <w:rsid w:val="58920937"/>
+    <w:rsid w:val="58BE9ECF"/>
+    <w:rsid w:val="5912AC35"/>
+    <w:rsid w:val="592EA024"/>
+    <w:rsid w:val="595B3734"/>
+    <w:rsid w:val="595C7AA4"/>
+    <w:rsid w:val="5965FD95"/>
+    <w:rsid w:val="5A64D458"/>
+    <w:rsid w:val="5AB8E0F6"/>
+    <w:rsid w:val="5AF05449"/>
+    <w:rsid w:val="5B6768D1"/>
+    <w:rsid w:val="5B690C5D"/>
+    <w:rsid w:val="5BB0C4E0"/>
+    <w:rsid w:val="5BC0F515"/>
+    <w:rsid w:val="5C672160"/>
+    <w:rsid w:val="5CB456A9"/>
+    <w:rsid w:val="5D8B1DB2"/>
+    <w:rsid w:val="5DCA3580"/>
+    <w:rsid w:val="5DE67B78"/>
+    <w:rsid w:val="5DEBD187"/>
+    <w:rsid w:val="5E2F6D10"/>
+    <w:rsid w:val="5EAF71B8"/>
+    <w:rsid w:val="5F17D3E3"/>
+    <w:rsid w:val="5F365FB0"/>
+    <w:rsid w:val="5F4D7849"/>
+    <w:rsid w:val="5F5D3E57"/>
+    <w:rsid w:val="5F6C1993"/>
+    <w:rsid w:val="5F7E8FF9"/>
+    <w:rsid w:val="5F8126CB"/>
+    <w:rsid w:val="5FBDEC5E"/>
+    <w:rsid w:val="60109CBF"/>
+    <w:rsid w:val="6029C66C"/>
+    <w:rsid w:val="607DED58"/>
+    <w:rsid w:val="60C7ABF9"/>
+    <w:rsid w:val="616B6805"/>
+    <w:rsid w:val="617ECC3C"/>
+    <w:rsid w:val="61C90830"/>
+    <w:rsid w:val="6231D5D6"/>
+    <w:rsid w:val="62611EB5"/>
+    <w:rsid w:val="629CBCE8"/>
+    <w:rsid w:val="62A1A65D"/>
+    <w:rsid w:val="62D239C8"/>
+    <w:rsid w:val="62D43C7A"/>
+    <w:rsid w:val="633B8745"/>
+    <w:rsid w:val="6394AB1F"/>
+    <w:rsid w:val="63E419BD"/>
+    <w:rsid w:val="63F54023"/>
+    <w:rsid w:val="6477F5A2"/>
+    <w:rsid w:val="648AE941"/>
+    <w:rsid w:val="64F3AE3B"/>
+    <w:rsid w:val="65224957"/>
+    <w:rsid w:val="653536DE"/>
+    <w:rsid w:val="65A541E0"/>
+    <w:rsid w:val="65AB9383"/>
+    <w:rsid w:val="66201FF7"/>
+    <w:rsid w:val="662FF27F"/>
+    <w:rsid w:val="664051FA"/>
+    <w:rsid w:val="66660EC7"/>
+    <w:rsid w:val="666C8571"/>
+    <w:rsid w:val="66A1D265"/>
+    <w:rsid w:val="66A4EB08"/>
+    <w:rsid w:val="66E1BB2F"/>
+    <w:rsid w:val="66F3B2FC"/>
+    <w:rsid w:val="676B33E7"/>
+    <w:rsid w:val="67FE4B6E"/>
+    <w:rsid w:val="687E13E5"/>
+    <w:rsid w:val="68C38627"/>
+    <w:rsid w:val="68E4FAB3"/>
+    <w:rsid w:val="6904BA53"/>
+    <w:rsid w:val="6915F0B1"/>
+    <w:rsid w:val="694EB4B0"/>
+    <w:rsid w:val="698489DC"/>
+    <w:rsid w:val="69862974"/>
+    <w:rsid w:val="69B16642"/>
+    <w:rsid w:val="69C0493C"/>
+    <w:rsid w:val="6ABE303A"/>
+    <w:rsid w:val="6AFF3AC1"/>
+    <w:rsid w:val="6B483081"/>
+    <w:rsid w:val="6BE89605"/>
+    <w:rsid w:val="6BF21C02"/>
+    <w:rsid w:val="6C1F79C7"/>
+    <w:rsid w:val="6C4E78EE"/>
+    <w:rsid w:val="6C61C40E"/>
+    <w:rsid w:val="6D078CFF"/>
+    <w:rsid w:val="6D432C8B"/>
+    <w:rsid w:val="6D555306"/>
+    <w:rsid w:val="6D9255FD"/>
+    <w:rsid w:val="6DB48C12"/>
+    <w:rsid w:val="6DE15A78"/>
+    <w:rsid w:val="6E4F8759"/>
+    <w:rsid w:val="6E6D8DD7"/>
+    <w:rsid w:val="6E85E5CF"/>
+    <w:rsid w:val="6EC60A94"/>
+    <w:rsid w:val="6EF612A9"/>
+    <w:rsid w:val="6F0DE7F7"/>
+    <w:rsid w:val="6F4D3246"/>
+    <w:rsid w:val="6FCDE86F"/>
+    <w:rsid w:val="6FF112A9"/>
+    <w:rsid w:val="7012E9A6"/>
+    <w:rsid w:val="70B0526D"/>
+    <w:rsid w:val="70F1EA28"/>
+    <w:rsid w:val="70F2CDCA"/>
+    <w:rsid w:val="711DF9ED"/>
+    <w:rsid w:val="712F9C73"/>
+    <w:rsid w:val="7133CBF3"/>
+    <w:rsid w:val="713B1499"/>
+    <w:rsid w:val="71A2CD27"/>
+    <w:rsid w:val="71A55B1D"/>
+    <w:rsid w:val="71DBD6FF"/>
+    <w:rsid w:val="720A0583"/>
+    <w:rsid w:val="727FA712"/>
+    <w:rsid w:val="729BA71C"/>
+    <w:rsid w:val="72AF9A5A"/>
+    <w:rsid w:val="72D6D196"/>
+    <w:rsid w:val="732868B5"/>
+    <w:rsid w:val="733B06E7"/>
+    <w:rsid w:val="73505193"/>
+    <w:rsid w:val="73B27D33"/>
+    <w:rsid w:val="73BE722E"/>
+    <w:rsid w:val="73DE322E"/>
+    <w:rsid w:val="7416C597"/>
+    <w:rsid w:val="74644B87"/>
+    <w:rsid w:val="74F5F13E"/>
+    <w:rsid w:val="74FF6ADA"/>
+    <w:rsid w:val="751D7609"/>
+    <w:rsid w:val="75423BDA"/>
+    <w:rsid w:val="7559C3C7"/>
+    <w:rsid w:val="7623C029"/>
+    <w:rsid w:val="762F178A"/>
+    <w:rsid w:val="7637028B"/>
+    <w:rsid w:val="764BD5CC"/>
+    <w:rsid w:val="76598D55"/>
+    <w:rsid w:val="7765A77C"/>
+    <w:rsid w:val="780B9D01"/>
+    <w:rsid w:val="78545C41"/>
+    <w:rsid w:val="786FCEB4"/>
+    <w:rsid w:val="7876A035"/>
+    <w:rsid w:val="7896DE11"/>
+    <w:rsid w:val="78A099E8"/>
+    <w:rsid w:val="78D9FBDB"/>
+    <w:rsid w:val="7905E7EF"/>
+    <w:rsid w:val="7907D48F"/>
+    <w:rsid w:val="791DC05B"/>
+    <w:rsid w:val="796E32F7"/>
+    <w:rsid w:val="796F34B2"/>
+    <w:rsid w:val="79AC5AF7"/>
+    <w:rsid w:val="7A0020FE"/>
+    <w:rsid w:val="7A2D4BE0"/>
+    <w:rsid w:val="7A435F6E"/>
+    <w:rsid w:val="7A767E7F"/>
+    <w:rsid w:val="7B1DC8EF"/>
+    <w:rsid w:val="7B93509C"/>
+    <w:rsid w:val="7C1585F0"/>
+    <w:rsid w:val="7C2ADE38"/>
+    <w:rsid w:val="7C33ECD3"/>
+    <w:rsid w:val="7C3EE239"/>
+    <w:rsid w:val="7C94D4D7"/>
+    <w:rsid w:val="7C9F6DBE"/>
+    <w:rsid w:val="7CD6AA83"/>
+    <w:rsid w:val="7D321F68"/>
+    <w:rsid w:val="7D3B40D2"/>
+    <w:rsid w:val="7E789BED"/>
+    <w:rsid w:val="7F1E8D77"/>
+    <w:rsid w:val="7F3752FD"/>
+    <w:rsid w:val="7F496E3F"/>
+    <w:rsid w:val="7FA59560"/>
+    <w:rsid w:val="7FDBA59F"/>
+    <w:rsid w:val="7FDCEC21"/>
+    <w:rsid w:val="7FE3DD72"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049">
+      <o:colormru v:ext="edit" colors="#e9deca"/>
+    </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="79C8E3FA"/>
-  <w15:docId w15:val="{2C34B84B-321D-4639-B6F8-6CF3367D9513}"/>
+  <w14:docId w14:val="7253B239"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{A946C489-D8F8-4301-A90C-8181B848B5DA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -20285,514 +19224,1967 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00496C82"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
+    <w:rsid w:val="00FF1240"/>
     <w:pPr>
-      <w:ind w:left="839" w:hanging="719"/>
+      <w:keepNext/>
+      <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF1240"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF1240"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003D5D4B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003D5D4B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003D5D4B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003D5D4B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003D5D4B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003D5D4B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
-[...3 lines deleted...]
-    <w:qFormat/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00FF1240"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00FF1240"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00FF1240"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003D5D4B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003D5D4B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003D5D4B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003D5D4B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003D5D4B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003D5D4B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
+    <w:rsid w:val="003D5D4B"/>
     <w:pPr>
-      <w:ind w:left="64" w:right="43"/>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="003D5D4B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="003D5D4B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="003D5D4B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="003D5D4B"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="56"/>
-      <w:szCs w:val="56"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="003D5D4B"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
+    <w:rsid w:val="003D5D4B"/>
     <w:pPr>
-      <w:ind w:left="120" w:firstLine="720"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
-[...2 lines deleted...]
-    <w:uiPriority w:val="1"/>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
     <w:qFormat/>
-  </w:style>
-[...2 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="003D5D4B"/>
     <w:rPr>
       <w:i/>
-      <w:sz w:val="24"/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="P68B1DB1-ListParagraph2">
-[...1 lines deleted...]
-    <w:basedOn w:val="ListParagraph"/>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="003D5D4B"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:rPr>
-      <w:sz w:val="24"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="P68B1DB1-Heading13">
-[...1 lines deleted...]
-    <w:basedOn w:val="Heading1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="003D5D4B"/>
     <w:rPr>
-      <w:spacing w:val="-2"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="P68B1DB1-BodyText4">
-[...1 lines deleted...]
-    <w:basedOn w:val="BodyText"/>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="003D5D4B"/>
     <w:rPr>
-      <w:spacing w:val="-10"/>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001F4627"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001F4627"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="001F4627"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001F4627"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001F4627"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001F4627"/>
+    <w:rPr>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001F4627"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00581DC8"/>
+    <w:rPr>
+      <w:color w:val="96607D" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF4B52"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:b w:val="0"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w:szCs w:val="32"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC1">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EF4B52"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EF4B52"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="240"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E64589"/>
+    <w:rsid w:val="00182D63"/>
     <w:pPr>
-      <w:widowControl/>
-[...1 lines deleted...]
-      <w:autoSpaceDN/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A05274"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AF1B4D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AF1B4D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AF1B4D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AF1B4D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="004625BD"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="114175108">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1502617615">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="6" w:space="0" w:color="D1D3D4"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1343774579">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="894317921">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="238292604">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1598442638">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="226259891">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="173887786">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="875893174">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="2042125256">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="2134901360">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1702630181">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="252203523">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="327173476">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="496724137">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="6" w:space="0" w:color="D1D3D4"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2134401542">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1745911630">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="231962572">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1109200197">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="537739017">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="772094811">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1126655394">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="73818177">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="859857480">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="225730254">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="570390358">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="736971893">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1118135320">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1105806183">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1230574972">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1882521685">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="803932794">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="870218381">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1172180792">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1302232268">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1479416970">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1800027825">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="946542877">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1244340404">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="459807231">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1275553413">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1489127054">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1762873811">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1774012984">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1804276941">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1984657832">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1585260893">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1176962374">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1533760867">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="915746374">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="2097700428">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1406801720">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="412628801">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="381439536">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="217475080">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="675423535">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/anf/hearings-and-appeals/admin-appeals-proc/practice-and-procedures/801-cmr-1-00/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dalapleadings@mass.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DALApleadings@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/801-CMR-100-standard-adjudicatory-rules-of-practice-and-procedure" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-1-standard-adjudicatory-rules/download" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialaw.com/research/library-resources/research-databases" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/subpoenas-in-administrative-proceedings" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DALApleadings@mass.gov" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/search-all-general-jurisdiction-decisions" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-1-standard-adjudicatory-rules/download" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\Natalie.S.Monroe\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\Q79FTOYU\%7bWhere%20Will%20My%20Hearing%20Be%20Held%3f%7d" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\Natalie.S.Monroe\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\Q79FTOYU\%7bPrehearing%20Conference%7d" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-1-standard-adjudicatory-rules/download" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-1-standard-adjudicatory-rules/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DALApleadings@mass.gov" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\Natalie.S.Monroe\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\Q79FTOYU\%7bPrehearing%20Conference%7d" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\Natalie.S.Monroe\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\Q79FTOYU\%7bMotions%20for%20Summary%20Decision%7d" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\Natalie.S.Monroe\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\Q79FTOYU\%7bMotions%20for%20Summary%20Decision%7d" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\Natalie.S.Monroe\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\Q79FTOYU\%7bGlossary%7d" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/801-CMR-100-standard-adjudicatory-rules-of-practice-and-procedure" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-1-standard-adjudicatory-rules/download" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/bsea-forms-and-publications" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\Natalie.S.Monroe\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\Q79FTOYU\%7bYou%20Must%20Give%20Documents%20to%20the%20Other%20Party%7d" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\Natalie.S.Monroe\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\Q79FTOYU\%7bResolving%20a%20Case%20Without%20a%20Hearing%7d" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-1-standard-adjudicatory-rules/download" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/if-you-are-unable-to-make-a-deadline" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/subpoenas-in-administrative-proceedings" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LanguageAssistDALA@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://malegislature.gov/Laws/GeneralLaws/PartI/TitleIII/Chapter30A" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\Natalie.S.Monroe\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\Q79FTOYU\%7bYou%20Must%20Give%20Documents%20to%20the%20Other%20Party%7d" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-1-standard-adjudicatory-rules/download" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\Natalie.S.Monroe\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\Q79FTOYU\%7bEvidence%7d" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D15D719F-B253-4800-8893-0F471DAAE09F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>8757</Characters>
+  <Pages>20</Pages>
+  <Words>6855</Words>
+  <Characters>39078</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>20</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>325</Lines>
+  <Paragraphs>91</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10273</CharactersWithSpaces>
+  <CharactersWithSpaces>45842</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Heidlage, Richard (ALA)</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Harris, Ariana (ALA)</dc:creator>
+  <cp:keywords>, docId:3D85C6473EDB47589F5B8E07A4CAB3A4</cp:keywords>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
-[...12 lines deleted...]
-    <vt:lpwstr>D:20230510155033</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>81e4d5ab-51f9-4f27-bfb2-1c0771b31d02</vt:lpwstr>
   </property>
 </Properties>
 </file>