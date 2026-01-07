--- v0 (2025-11-06)
+++ v1 (2026-01-07)
@@ -1,5242 +1,5214 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="12CFD75A" w14:textId="77777777" w:rsidR="00A73CAF" w:rsidRPr="00413A3F" w:rsidRDefault="00A73CAF" w:rsidP="00A73CAF">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="0DE339E1" w14:textId="77777777" w:rsidR="00D8528A" w:rsidRPr="007008CB" w:rsidRDefault="00D8528A" w:rsidP="00C82B86">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10980"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007008CB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OMMONWEALTH OF MASSACHUSETTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6130205D" w14:textId="77777777" w:rsidR="00D8528A" w:rsidRPr="007008CB" w:rsidRDefault="00D8528A" w:rsidP="00C82B86">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10980"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007008CB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>BOARD OF REGISTRATION OF GENETIC COUNSELORS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E566F66" w14:textId="77777777" w:rsidR="00D8528A" w:rsidRPr="007008CB" w:rsidRDefault="00D8528A" w:rsidP="00C82B86">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10980"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24FC46D7" w14:textId="77777777" w:rsidR="00D8528A" w:rsidRPr="007008CB" w:rsidRDefault="00D8528A" w:rsidP="00C82B86">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10980"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007008CB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>THIS AGENDA CONSTITUTES NOTICE OF THE REGULARLY SCHEDULED MEETING OF THE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D367514" w14:textId="77777777" w:rsidR="00D8528A" w:rsidRPr="007008CB" w:rsidRDefault="00D8528A" w:rsidP="00C82B86">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10980"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007008CB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>BOARD OF REGISTRATION OF GENETIC COUNSELORS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02C59324" w14:textId="43C993B9" w:rsidR="007008CB" w:rsidRPr="007008CB" w:rsidRDefault="00D8528A" w:rsidP="00C82B86">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10980"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007008CB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IN COMPLIANCE WITH THE OPEN MEETING LAW, M.G.L. c. 30A, § 20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007008CB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="007008CB" w:rsidRPr="007008CB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(OPEN SESSION)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BC0B1D0" w14:textId="2B889F88" w:rsidR="00D8528A" w:rsidRPr="007008CB" w:rsidRDefault="00D8528A" w:rsidP="00C82B86">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10980"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007008CB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Thursday,</w:t>
+      </w:r>
+      <w:r w:rsidR="0007285F" w:rsidRPr="007008CB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C63079">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>February</w:t>
+      </w:r>
+      <w:r w:rsidR="00E84644" w:rsidRPr="007008CB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC0D16">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00C63079">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00E84644" w:rsidRPr="007008CB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C63079">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A723DCC" w14:textId="77777777" w:rsidR="00D8528A" w:rsidRPr="007008CB" w:rsidRDefault="00D8528A" w:rsidP="00C82B86">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10980"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007008CB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9:30 a.m.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A29E390" w14:textId="2CE23FB4" w:rsidR="00826679" w:rsidRPr="007008CB" w:rsidRDefault="00D8528A" w:rsidP="00C82B86">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10980"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007008CB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">General Session is open to the public and will be held via </w:t>
+      </w:r>
+      <w:r w:rsidR="00C94613">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Zoom</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007008CB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FFE848D" w14:textId="1ED26FED" w:rsidR="00C82B86" w:rsidRDefault="005015F0" w:rsidP="00C82B86">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10980"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="003C323E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://zoom.us/j/98225388861?pwd=ZbOGQ0ZJtxa0Fxoz7Fr3nTSa6raQca.1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EB427DA" w14:textId="4F6EC7AC" w:rsidR="00D8528A" w:rsidRPr="007008CB" w:rsidRDefault="00D8528A" w:rsidP="00C82B86">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10980"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007008CB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Call-In Telephone number 1-</w:t>
+      </w:r>
+      <w:r w:rsidR="00084E54" w:rsidRPr="00084E54">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>646-931-3860</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7069AB50" w14:textId="2034BA1B" w:rsidR="00D8528A" w:rsidRPr="007008CB" w:rsidRDefault="00D8528A" w:rsidP="00C82B86">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10980"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007008CB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Meeting Number/Access Code: </w:t>
+      </w:r>
+      <w:r w:rsidR="00084E54" w:rsidRPr="00084E54">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>982</w:t>
+      </w:r>
+      <w:r w:rsidR="00084E54">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00084E54" w:rsidRPr="00084E54">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2538</w:t>
+      </w:r>
+      <w:r w:rsidR="00084E54">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00084E54" w:rsidRPr="00084E54">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8861</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52D2C0F9" w14:textId="77777777" w:rsidR="00834957" w:rsidRDefault="00834957" w:rsidP="00C82B86">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10980"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk166682870"/>
+    </w:p>
+    <w:p w14:paraId="4D6AD6DF" w14:textId="60EBD838" w:rsidR="00D8528A" w:rsidRPr="007008CB" w:rsidRDefault="00D8528A" w:rsidP="00C82B86">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10980"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007008CB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All </w:t>
+      </w:r>
+      <w:r w:rsidR="00C82B86">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007008CB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>otes Must Be Via Roll Call</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BFDE889" w14:textId="77777777" w:rsidR="007008CB" w:rsidRDefault="007008CB" w:rsidP="00C82B86">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10980"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16C20EB2" w14:textId="1EEED8BF" w:rsidR="00D8528A" w:rsidRDefault="00D8528A" w:rsidP="00C82B86">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10980"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C35">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Agenda</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="2DBA70D2" w14:textId="77777777" w:rsidR="00D8528A" w:rsidRPr="00327DD5" w:rsidRDefault="00D8528A" w:rsidP="00D8528A"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="3864" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000080"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="000080"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000080"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="000080"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000080"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000080"/>
+        </w:tblBorders>
+        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1214"/>
+        <w:gridCol w:w="713"/>
+        <w:gridCol w:w="5007"/>
+        <w:gridCol w:w="1400"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002B6F17" w:rsidRPr="00B32C35" w14:paraId="10F886CC" w14:textId="77777777" w:rsidTr="004A3E82">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="408"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6486FDEE" w14:textId="77777777" w:rsidR="002B6F17" w:rsidRPr="00B32C35" w:rsidRDefault="002B6F17" w:rsidP="000942E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B32C35">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Time</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="428" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="29C884E7" w14:textId="77777777" w:rsidR="002B6F17" w:rsidRPr="00B32C35" w:rsidRDefault="002B6F17" w:rsidP="000942E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B32C35">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Item #</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C9F6BE9" w14:textId="77777777" w:rsidR="002B6F17" w:rsidRPr="00B32C35" w:rsidRDefault="002B6F17" w:rsidP="000942E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B32C35">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Item</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="840" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DD935F9" w14:textId="77777777" w:rsidR="002B6F17" w:rsidRPr="00B32C35" w:rsidRDefault="002B6F17" w:rsidP="000942E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B32C35">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Staff Contact</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B6F17" w:rsidRPr="00B32C35" w14:paraId="398728F2" w14:textId="77777777" w:rsidTr="004A3E82">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="417"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="295804F8" w14:textId="77777777" w:rsidR="002B6F17" w:rsidRPr="00B32C35" w:rsidRDefault="002B6F17" w:rsidP="000942E6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:30 a.m.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="428" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="30C37529" w14:textId="77777777" w:rsidR="002B6F17" w:rsidRPr="00B32C35" w:rsidRDefault="002B6F17" w:rsidP="000942E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="55728248" w14:textId="77777777" w:rsidR="002B6F17" w:rsidRDefault="002B6F17" w:rsidP="000942E6">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B32C35">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Call to Order </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24FCDC93" w14:textId="77777777" w:rsidR="002B6F17" w:rsidRPr="00B32C35" w:rsidRDefault="002B6F17" w:rsidP="000942E6">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Notice of Electronic Recording </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71A27C47" w14:textId="77777777" w:rsidR="002B6F17" w:rsidRDefault="002B6F17" w:rsidP="000942E6">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B32C35">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Determination of Quorum</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13A6B3C5" w14:textId="6E1B860F" w:rsidR="00BF6FE8" w:rsidRPr="00B32C35" w:rsidRDefault="00BF6FE8" w:rsidP="000942E6">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="840" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B0FD5BA" w14:textId="77777777" w:rsidR="002B6F17" w:rsidRPr="00B32C35" w:rsidRDefault="002B6F17" w:rsidP="000942E6">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Board Chair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B6F17" w:rsidRPr="00B32C35" w14:paraId="2A8CCA1A" w14:textId="77777777" w:rsidTr="004A3E82">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="408"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="113AA6BB" w14:textId="77777777" w:rsidR="002B6F17" w:rsidRPr="00B32C35" w:rsidRDefault="002B6F17" w:rsidP="000942E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="428" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="121B0D1B" w14:textId="77777777" w:rsidR="002B6F17" w:rsidRPr="00B32C35" w:rsidRDefault="002B6F17" w:rsidP="000942E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="32D28EFD" w14:textId="6688D941" w:rsidR="002B6F17" w:rsidRPr="00B32C35" w:rsidRDefault="002B6F17" w:rsidP="000942E6">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Approval of Agenda</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52C45301" w14:textId="77777777" w:rsidR="002B6F17" w:rsidRPr="00B32C35" w:rsidRDefault="002B6F17" w:rsidP="000942E6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="840" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39C08A77" w14:textId="77777777" w:rsidR="002B6F17" w:rsidRPr="00B32C35" w:rsidRDefault="002B6F17" w:rsidP="000942E6">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Board Chair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B6F17" w:rsidRPr="00B32C35" w14:paraId="24747562" w14:textId="77777777" w:rsidTr="004A3E82">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="957"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="76321D3C" w14:textId="77777777" w:rsidR="002B6F17" w:rsidRPr="00F426EF" w:rsidRDefault="002B6F17" w:rsidP="000942E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="428" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B98862C" w14:textId="77777777" w:rsidR="002B6F17" w:rsidRPr="00F426EF" w:rsidRDefault="002B6F17" w:rsidP="000942E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F426EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="25603E19" w14:textId="77777777" w:rsidR="002B6F17" w:rsidRPr="00500E63" w:rsidRDefault="002B6F17" w:rsidP="000942E6">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00500E63">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Approval of Minutes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E1A3811" w14:textId="05F1E54C" w:rsidR="002B6F17" w:rsidRPr="00D45451" w:rsidRDefault="00C95387" w:rsidP="00D45451">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Approval of </w:t>
+            </w:r>
+            <w:r w:rsidR="00C63079">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>October</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C63079">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, 202</w:t>
+            </w:r>
+            <w:r w:rsidR="000578AD">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002B6F17">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0007285F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+            <w:r w:rsidR="002B6F17">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>eneral Session Minutes</w:t>
+            </w:r>
+            <w:r w:rsidR="00106BFF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="783AFF26" w14:textId="03D8C4C0" w:rsidR="002B6F17" w:rsidRPr="00E224B4" w:rsidRDefault="002B6F17" w:rsidP="00D45451">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="840" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75A21FFA" w14:textId="77777777" w:rsidR="002B6F17" w:rsidRPr="00500E63" w:rsidRDefault="002B6F17" w:rsidP="000942E6">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67B1A0D8" w14:textId="77777777" w:rsidR="002B6F17" w:rsidRPr="00500E63" w:rsidRDefault="002B6F17" w:rsidP="000942E6">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00500E63">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Board Chair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B6F17" w:rsidRPr="00B32C35" w14:paraId="24B596F1" w14:textId="77777777" w:rsidTr="004A3E82">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="350"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="54246ECC" w14:textId="77777777" w:rsidR="002B6F17" w:rsidRPr="00BF431E" w:rsidRDefault="002B6F17" w:rsidP="000942E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="428" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="14BB7B21" w14:textId="7F59A449" w:rsidR="002B6F17" w:rsidRDefault="00E25200" w:rsidP="00555184">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00B974E2">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FE044A8" w14:textId="77777777" w:rsidR="000C6143" w:rsidRDefault="00B974E2" w:rsidP="00A738C9">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Emergency amendments to regulations to implement Shield Law</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74C41A47" w14:textId="77777777" w:rsidR="00B974E2" w:rsidRDefault="00B974E2" w:rsidP="00B974E2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>270 CMR 3.00: Licensure Requirements, Procedures, Professional, and Ethical Standards of Conduct</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="776F4D7E" w14:textId="7DB9E56B" w:rsidR="00B974E2" w:rsidRPr="00B974E2" w:rsidRDefault="00B974E2" w:rsidP="00B974E2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">270 CMR 4.00: Investigations, Complaints, and Board Actions. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="840" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15CE418E" w14:textId="53581A4E" w:rsidR="002B6F17" w:rsidRPr="00500E63" w:rsidRDefault="001D5119" w:rsidP="000578AD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Deputy Director</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B974E2" w:rsidRPr="00B32C35" w14:paraId="2983B05C" w14:textId="77777777" w:rsidTr="004A3E82">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="350"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E1C9C91" w14:textId="77777777" w:rsidR="00B974E2" w:rsidRPr="00BF431E" w:rsidRDefault="00B974E2" w:rsidP="000942E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="428" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AAF45D5" w14:textId="42738AE8" w:rsidR="00B974E2" w:rsidRDefault="00B974E2" w:rsidP="00A21252">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="149EC6D7" w14:textId="77777777" w:rsidR="00B974E2" w:rsidRDefault="007D0662" w:rsidP="00A738C9">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Policies</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B2B8A4F" w14:textId="77777777" w:rsidR="007D0662" w:rsidRDefault="007D0662" w:rsidP="007D0662">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Standard Consent Agreement Terms</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35D2D665" w14:textId="5E384E25" w:rsidR="003C0A16" w:rsidRDefault="003C0A16" w:rsidP="007D0662">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Prosecutorial Discretion</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1116F099" w14:textId="1EC1362F" w:rsidR="007D0662" w:rsidRPr="00C9459A" w:rsidRDefault="007D0662" w:rsidP="00C9459A">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="840" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3818C67E" w14:textId="7F6FFAB5" w:rsidR="00B974E2" w:rsidRDefault="007D0662" w:rsidP="000578AD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Chief Prosecutor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E25200" w:rsidRPr="00B32C35" w14:paraId="30ECCF3A" w14:textId="77777777" w:rsidTr="004A3E82">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="350"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="04E2A410" w14:textId="77777777" w:rsidR="00E25200" w:rsidRPr="00BF431E" w:rsidRDefault="00E25200" w:rsidP="000942E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="428" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="05BCA1E7" w14:textId="65A4C48A" w:rsidR="00E25200" w:rsidRDefault="00E25200" w:rsidP="00A21252">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>VI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E98A878" w14:textId="77777777" w:rsidR="00E25200" w:rsidRDefault="00E25200" w:rsidP="00A738C9">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>M.G.L.c</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. 112,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E25200">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> §</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 269: Good Moral Character</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="309BD537" w14:textId="21651DFE" w:rsidR="00E25200" w:rsidRPr="00E25200" w:rsidRDefault="00E25200" w:rsidP="00A738C9">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A. Staff Action Policy Draft Proposal </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="840" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="654F5E98" w14:textId="0A8E2826" w:rsidR="00E25200" w:rsidRDefault="00E25200" w:rsidP="000578AD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assistant Executive Director </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B6F17" w:rsidRPr="00B32C35" w14:paraId="57349F7D" w14:textId="77777777" w:rsidTr="004A3E82">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="350"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="656C516C" w14:textId="77777777" w:rsidR="002B6F17" w:rsidRPr="00BF431E" w:rsidRDefault="002B6F17" w:rsidP="000942E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="428" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="077C8D15" w14:textId="18A0B02C" w:rsidR="002B6F17" w:rsidRDefault="00A21252" w:rsidP="000578AD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>VII</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E3E540A" w14:textId="77777777" w:rsidR="00D66664" w:rsidRDefault="00D66664" w:rsidP="000942E6">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Flex Session</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26EE76E2" w14:textId="77777777" w:rsidR="00D66664" w:rsidRPr="00D66664" w:rsidRDefault="00D66664" w:rsidP="00D66664">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Who will attend the next board meeting?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="503D00DF" w14:textId="3656D3B7" w:rsidR="002B6F17" w:rsidRPr="00D66664" w:rsidRDefault="00D66664" w:rsidP="00D66664">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Topics for next agenda</w:t>
+            </w:r>
+            <w:r w:rsidR="000578AD" w:rsidRPr="00D66664">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="840" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62079038" w14:textId="093C97C0" w:rsidR="002B6F17" w:rsidRPr="00500E63" w:rsidRDefault="00D66664" w:rsidP="00F45AE7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Assistant Executive Director</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B6F17" w:rsidRPr="00C3782C" w14:paraId="45A53E42" w14:textId="77777777" w:rsidTr="004A3E82">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="350"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="18D774E0" w14:textId="097C59F6" w:rsidR="002B6F17" w:rsidRPr="004E48D6" w:rsidRDefault="002B6F17" w:rsidP="00181A42">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="428" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CAB6F86" w14:textId="5ADA5B69" w:rsidR="00F3244F" w:rsidRPr="00C3782C" w:rsidRDefault="00A21252" w:rsidP="00A21252">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>VIII</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="77E2195B" w14:textId="0AA70077" w:rsidR="002B6F17" w:rsidRPr="00C3782C" w:rsidRDefault="002B6F17" w:rsidP="000942E6">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C3782C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Adjournment – </w:t>
+            </w:r>
+            <w:r w:rsidR="00940790" w:rsidRPr="00C95387">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Next Board </w:t>
+            </w:r>
+            <w:r w:rsidR="00940790">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidR="00940790" w:rsidRPr="00C95387">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eeting </w:t>
+            </w:r>
+            <w:r w:rsidR="00940790">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">scheduled for </w:t>
+            </w:r>
+            <w:r w:rsidR="00D82523">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Thursday</w:t>
+            </w:r>
+            <w:r w:rsidR="00E84644" w:rsidRPr="00C95387">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00834E9F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C63079">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>April</w:t>
+            </w:r>
+            <w:r w:rsidR="00834E9F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C63079">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00834E9F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00E84644" w:rsidRPr="00C95387">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00D82523">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00E84644" w:rsidRPr="00C95387">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="000578AD">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="840" w:type="pct"/>
+            <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="70B67E11" w14:textId="77777777" w:rsidR="00DA2B19" w:rsidRDefault="00DA2B19" w:rsidP="000942E6">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18A67A0F" w14:textId="6DDA748F" w:rsidR="002B6F17" w:rsidRPr="00431845" w:rsidRDefault="002B6F17" w:rsidP="000942E6">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00431845">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Board Chair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6977AA3D" w14:textId="77777777" w:rsidR="00F01575" w:rsidRDefault="00F01575">
+      <w:pPr>
+        <w:sectPr w:rsidR="00F01575" w:rsidSect="00C82B86">
+          <w:footerReference w:type="default" r:id="rId8"/>
+          <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
+          <w:pgMar w:top="1080" w:right="720" w:bottom="1080" w:left="720" w:header="720" w:footer="403" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="272"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74310AC5" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
         <w:ind w:right="960" w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>COMMONWEALTH OF MASSACHUSETTS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2987811D" w14:textId="77777777" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="002547F0">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="18771FFB" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CFCEA49" w14:textId="77777777" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="002547F0">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="2D128FC4" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>BOARD OF REGISTRATION OF GENETIC COUNSELORS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2426E715" w14:textId="7792275C" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="002547F0">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="3C2212CB" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>250 Washington Street</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="037BD438" w14:textId="77777777" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="002547F0">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="0237BF41" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Boston, MA 02108</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="408915AD" w14:textId="77777777" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="002547F0">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="2FB0DB5C" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4036"/>
+        </w:tabs>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EDC1B7D" w14:textId="15C03C47" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">Thursday, </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>February 6</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Thursday, February </w:t>
+      </w:r>
+      <w:r w:rsidR="00713F48">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>, 202</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>6, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D174454" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="009F776F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>ia</w:t>
       </w:r>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009F776F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Zoom</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E3B2613" w14:textId="77777777" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="002547F0">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="10A53405" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>9:30 AM</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E3086E2" w14:textId="77777777" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="002547F0">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="2CC94DB4" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56B3802A" w14:textId="77777777" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="002547F0">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="41B6BA79" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">GENERAL SESSION </w:t>
       </w:r>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">BOARD MEETING </w:t>
       </w:r>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>MINUTES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F48B309" w14:textId="77777777" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="002547F0">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="1A1C83C2" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>(Open Session)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="630929B3" w14:textId="77777777" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="002547F0">
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="52F76E1C" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="794810B2" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Board Members</w:t>
       </w:r>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Present</w:t>
       </w:r>
-      <w:r w:rsidRPr="00413A3F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">:    </w:t>
       </w:r>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Allison Cirino, Genetic Counselor</w:t>
-[...12 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>Allison</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cirino, Genetic Counselor, Board Chair</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CB5656A" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
         <w:ind w:left="2880"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Diane Ahern, Genetic Counselor, Vice-Chair</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36006AF3" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
         <w:ind w:left="2880"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Stephanie Coury, Genetic Counselor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D8CA1E4" w14:textId="35415BDA" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="002547F0">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="4913C524" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
         <w:ind w:left="2880"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Shelley McCormick, Genetic Counselor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="772B858F" w14:textId="77777777" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="002547F0">
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="167EE041" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C6DDFDA" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Board Members</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="019B1D9B" w14:textId="77777777" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="002547F0">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="3E31778D" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Not Present</w:t>
       </w:r>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">:   </w:t>
       </w:r>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Jillian Fleming, Public Member</w:t>
       </w:r>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36CB663A" w14:textId="77777777" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="002547F0">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="0AC42F66" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40AD016B" w14:textId="696CEBB1" w:rsidR="00C25F6E" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="00DA6504">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="235B00FF" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
         <w:ind w:left="2880" w:hanging="2880"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Staff Present</w:t>
       </w:r>
-      <w:r w:rsidRPr="00413A3F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk173406034"/>
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk173406034"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>James Lavery, Director, Division of Health Professional Licensure Laur</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
-      <w:r w:rsidR="00C25F6E" w:rsidRPr="00413A3F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nelson, </w:t>
       </w:r>
-      <w:r w:rsidR="009F776F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Deputy</w:t>
       </w:r>
-      <w:r w:rsidR="00C25F6E" w:rsidRPr="00413A3F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Director, Division of Health Professional Licensure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="341D8B46" w14:textId="129AC1EA" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="00C25F6E" w:rsidP="00DA6504">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="7541FF2A" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
         <w:ind w:left="2880" w:hanging="2880"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                               </w:t>
       </w:r>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002547F0" w:rsidRPr="00413A3F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Tracy Tam, </w:t>
       </w:r>
-      <w:r w:rsidR="009F776F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Acting</w:t>
       </w:r>
-      <w:r w:rsidR="002547F0" w:rsidRPr="00413A3F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Executive Director, Multi-Boards</w:t>
       </w:r>
-      <w:r w:rsidR="009F776F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1,</w:t>
       </w:r>
-      <w:r w:rsidR="002547F0" w:rsidRPr="00413A3F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> BHPL </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C74D751" w14:textId="5B419C1A" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="00DA6504">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="7FE6E7DD" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
         <w:ind w:left="2880"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Kayla Mikalauskis, </w:t>
       </w:r>
-      <w:r w:rsidR="009F776F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Acting Executive Director</w:t>
       </w:r>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Multi-Boards</w:t>
       </w:r>
-      <w:r w:rsidR="009F776F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, BHP</w:t>
       </w:r>
-      <w:r w:rsidR="009E37C4" w:rsidRPr="00413A3F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>Carol Larkin, Office Support Specialist, Multi-Boards, BHPL</w:t>
       </w:r>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...46 lines deleted...]
-    <w:p w14:paraId="6DD8C758" w14:textId="77777777" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="00693B34">
+        <w:t>Tracy Ottina, Board Counsel, Office of the General Counsel, BHPL</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="585A01FE" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="100B5F18" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F4BCBD3" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="90"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Call to Order | Determination of Quorum </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30646751" w14:textId="265F53B7" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="002547F0">
+    <w:p w14:paraId="39D728A8" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-576"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk173406061"/>
-[...43 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk173406061"/>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">At 9:32 a.m. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_Hlk160631206"/>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ms. Allison Cirino, Board Chair</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
-[...25 lines deleted...]
-    <w:p w14:paraId="16DC5B15" w14:textId="77777777" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="002547F0">
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>welcomed everyone to the meeting and called the meeting to order. Ms. Cirino reminded board members the meeting was being recorded and asked for a roll call vote to determine quorum.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E3F880E" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-576"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E9EE124" w14:textId="6B42F9DD" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="002547F0">
+    <w:p w14:paraId="36533E74" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Roll call as follows: Allison Cirino: present; Diane </w:t>
       </w:r>
-      <w:r w:rsidR="00856429">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ahern</w:t>
       </w:r>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...38 lines deleted...]
-    <w:p w14:paraId="502FD182" w14:textId="77777777" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="002547F0">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: present; Stephanie Coury: present; Shelley Mc Cormack: present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="328FB8EA" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Absent: Jillian Fleming</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5585413E" w14:textId="77777777" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="002547F0">
+    <w:p w14:paraId="4EB5BB81" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7424B944" w14:textId="77777777" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="002547F0">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CE71D2E" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Approval of General Session Agenda | Conflict of Interest</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39205BDA" w14:textId="77777777" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="002547F0">
+    <w:p w14:paraId="395734F8" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="29709443" w14:textId="77777777" w:rsidR="002547F0" w:rsidRDefault="002547F0" w:rsidP="002547F0">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6197DDF7" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DISCUSSION</w:t>
       </w:r>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EF48E8D" w14:textId="4998303E" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="00143C00" w:rsidP="002547F0">
+    <w:p w14:paraId="1A2B3EB3" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ms. Tracy Tam stated that Item V was deferred</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="_Hlk170906555"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="002547F0" w:rsidRPr="00413A3F">
-[...25 lines deleted...]
-    <w:p w14:paraId="52F843C6" w14:textId="77777777" w:rsidR="001A5369" w:rsidRPr="00413A3F" w:rsidRDefault="001A5369" w:rsidP="002547F0">
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ms. Allison Cirino asked if any board members needed to recuse themselves from an item listed on the agenda. No recusals were noted.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w14:paraId="08111712" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="670DAA9C" w14:textId="5F50F7D1" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="002547F0">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12AED04E" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ACTION:</w:t>
       </w:r>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="_Hlk170906567"/>
-[...50 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk170906567"/>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ms. Allison Cirino made a motion to approve the agenda as amended, which was seconded by Ms. Diane Ahern, and unanimously approved by roll call vote as follows: Allison Cirino: approve; Diane </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ahern</w:t>
       </w:r>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: approve; Stephanie Coury: approve</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="00143C00" w:rsidRPr="00413A3F">
-[...16 lines deleted...]
-    <w:p w14:paraId="334436E2" w14:textId="2483D6E2" w:rsidR="00DA6504" w:rsidRPr="00413A3F" w:rsidRDefault="00DA6504" w:rsidP="00DA6504">
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Shelley McCormick: approve.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5779EDBE" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Absent: Jillian Fleming.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="324F4F27" w14:textId="77777777" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="002547F0">
+    <w:p w14:paraId="7BA26EB5" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="217E0A0B" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Document</w:t>
       </w:r>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...56 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: February 6, 2025, General Session Agenda</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36040D97" w14:textId="6781A95E" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="002547F0">
+    <w:p w14:paraId="7B541E3C" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="15"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Approval of Minutes</w:t>
       </w:r>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="548A1FEA" w14:textId="77777777" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="002547F0">
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="6518E69F" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0754414D" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DISCUSSION</w:t>
       </w:r>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11B25A80" w14:textId="417BF652" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="00B67983" w:rsidP="002547F0">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="4659CACA" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Hlk173406164"/>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>Ms. Allison Cirino</w:t>
-[...28 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Ms. Allison Cirino asked board members to review the minutes and make a motion to approve when ready.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0246988D" w14:textId="5A018DF9" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="002547F0">
+    <w:p w14:paraId="7DC57A7A" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Hlk173406179"/>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ACTION</w:t>
       </w:r>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-        <w:t>Ms. Allison Cirino made a motion to approve the minutes</w:t>
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Ms. Allison Cirino made a motion to approve the minutes as written, which was seconded by Ms. Diane Ahern and unanimously approved by roll call vote as follows: Allison Cirino: approve; Diane </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ahern</w:t>
       </w:r>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: approve; Stephanie Coury: approve Shelley McCormick: approve</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A30F56E" w14:textId="180A743F" w:rsidR="00DA6504" w:rsidRPr="00413A3F" w:rsidRDefault="00DA6504" w:rsidP="00DA6504">
+    <w:p w14:paraId="1BF88505" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Hlk173406119"/>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Absent: Jillian Fleming.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:p w14:paraId="4ACB897F" w14:textId="77777777" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="002547F0">
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w14:paraId="2813DD78" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7D66A2DA" w14:textId="20B972D3" w:rsidR="002547F0" w:rsidRPr="00413A3F" w:rsidRDefault="002547F0" w:rsidP="002547F0">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D241778" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413A3F">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Document</w:t>
       </w:r>
       <w:r w:rsidRPr="00413A3F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...57 lines deleted...]
-    <w:p w14:paraId="3E4F3706" w14:textId="7E76583D" w:rsidR="00DA6504" w:rsidRPr="0023394D" w:rsidRDefault="00244D85" w:rsidP="002547F0">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: October 03, 2024, General Session Minutes</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w14:paraId="0CA50607" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31E4ED32" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="15"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023394D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Emergency amendments to regulations to implement the Shield Law</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="268DD1AE" w14:textId="77777777" w:rsidR="00856429" w:rsidRDefault="00B769DE" w:rsidP="00856429">
+    <w:p w14:paraId="366C68E9" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023394D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>270 CMR 3.00: Licensure Requirements, Procedures, Professional, and Ethical Standards of Conduct</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69E2E969" w14:textId="406C2DD8" w:rsidR="00DA6504" w:rsidRDefault="00B769DE" w:rsidP="00856429">
+    <w:p w14:paraId="78019300" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00856429">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>270 CMR 4.00: Investigations, Complaints, and Board Actions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B605BF1" w14:textId="36A96992" w:rsidR="00856429" w:rsidRPr="00856429" w:rsidRDefault="00856429" w:rsidP="00856429">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="6F715777" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00856429" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38C0AC09" w14:textId="77777777" w:rsidR="00F228F8" w:rsidRPr="0023394D" w:rsidRDefault="00DA6504" w:rsidP="00DA6504">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="6A3562CB" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DISCUSSION</w:t>
       </w:r>
       <w:r w:rsidRPr="0023394D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D0D1915" w14:textId="31E7997E" w:rsidR="007C199A" w:rsidRPr="005B2CBA" w:rsidRDefault="00345D32" w:rsidP="005B2CBA">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="1D1BFB9C" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="005B2CBA" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B2CBA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ms. Tracy Tam introduced Ms. Lauren Nelson, Deputy Director, to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="005B2CBA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>do</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="005B2CBA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a presentation on Proposed Emergency Amendments for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B2CBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 270 CMR 3.00: Licensure Requirements, Procedures, Professional, and Ethical Standards of Conduct and 270 CMR 4.00: Investigations, Complaints, and Board Actions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55905ECC" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E918AC2" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ms. Lauren Nelson presented the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5084F55D" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The proposed amendments would implement and codify into regulation the provisions of M.G.L. c. 112, § 105, as amended by St. 2022, c. 127, An Act Expanding Protections </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Reproductive </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>And</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gender Affirming Care (Chapter 127).  This statute protects genetic counselors from disqualification from licensure, and from Board discipline, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>on the basis of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> providing, or assisting in providing, reproductive health care services and gender affirming health care services if the services provided would be lawful and consistent with good professional practice in Massachusetts. Protection extends to discipline based on judgement, discipline, or other </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sanction</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> arising from such services. proposed emergency amendments will need emergency approval. The amendment would reassure genetic counselors that their Massachusetts license would not be disciplined due to the provision of reproductive health care services and gender affirming health care services or due to a conviction, judgement, discipline, or other sanction in another jurisdiction arising from such services. The amendment provides clarity for Massachusetts licenses regarding legally protected health care services considering rapidly evolving variations in the laws applicable to these services across different states. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">This amendment would codify these protections in Board regulations across applicable authorities and would avoid a chilling effect on genetic counselors who fear adverse actions </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> providing these services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17C5D62A" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D047F32" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ms. Nelson advised the Board that these amendments have already been adopted by six other boards. The following new section is proposed to be added to 270 CMR 3.00:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A7477AA" w14:textId="4969DB07" w:rsidR="00E40F03" w:rsidRPr="00E40F03" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0083302D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.09:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Legally Protected Health Care Activity:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007740EE" w:rsidRPr="005B2CBA">
-[...42 lines deleted...]
-    <w:p w14:paraId="480722D3" w14:textId="77777777" w:rsidR="00374515" w:rsidRPr="0023394D" w:rsidRDefault="00374515" w:rsidP="007C199A">
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>No person shall be denied initial licensure or denied renewal due to a complaint, criminal charge conviction, judgement, discipline, or other sanction due to providing or assisting in providing reproductive health care services or gender-affirming health care services,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as defined at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> M.G.L. c. 12, § 11I 1/2, so long as the services provided would have been lawful in Massachusetts and are consistent with standards for good professional practice in Massachusetts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="511F6FF3" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E16AA26" w14:textId="3B8A72FB" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The following language is proposed to be added to 270 CMR4.03:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="068A4ABA" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Grounds For Board Action:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="026169A9" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(3) Notwithstanding the grounds for discipline specified in 270 CMR 4.03, no license shall be subject to discipline for providing or assisting in providing reproductive health care services, or gender affirming health care services, as defined at of M.G.L. c. 12, § 11I1/2, or for any conviction, judgement, discipline, or other sanction arising from such health care services, so long as the services provided would have been lawful in Massachusetts and are consistent with standards for good professional practice in  Massachusetts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E1F32B0" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DE86FEB" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...46 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ms. Nelson stated that as this is an emergency amendment, the Board’s vote would kick off an emergency process that must be completed within 90 days. The regulatory amendments become effective immediately following the Board vote and filing with the Secretary of State. The public notice and comment period would then begin. A public hearing would be held, and written comments would be collected. The Board would then vote to approve post-comment regulatory amendments, if any. The last step would be filing the Amended regulations with the Secretary of State for promulgation in accordance with the filing schedule. If the process is not completed within 90 days, the amendments voted on today would be ineffective. Ms. Nelson thanked the Board for allowing her presentation and stated she would be back to meet with the board in a couple of months. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="191A5D05" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="236F49B5" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ms. Diane Ahern asked how the public is notified and Ms. Nelson explained that there is a thirty-day period for public notification and comments. Once the Amendment is filed with the Secretary of State, a notification is placed in several publications. The public can go to the public hearing and give oral testimony and will have to provide written comments as well. The comments will then go to the Board and the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Board</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0023394D">
-[...135 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>counsel</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to see if there are further amendments. If there are supportive comments, the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Board</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>counsel</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will place them in a grid and present them to the Board. Ms. Ahern asked if other states had implemented shield laws and Ms. Nelson stated that 17 states and D.C. have implemented Shield Laws for gender-affirming health care and 23 states have shield laws protecting Reproductive Health Care. Ms. Ahern asked if she could bring their discussion before a group of Genetic Counselors from other states and Ms. Nelson answered in the affirmative. Ms. Nelson states that Genetic Counselors in Shield Law states that are being sued in other states but have extradition and subpoena protection within the Shield Law. There is also protection while participating in telemedicine if you </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>are located in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Massachusetts. Mr. Lavery would advise genetic counselors in Massachusetts to contact their employers and legal counsels with questions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F6B63C4" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55DF4D30" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023394D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...71 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Legally Protected Health Care Activity:</w:t>
-[...186 lines deleted...]
-    <w:p w14:paraId="68CF4A98" w14:textId="7D5B41E8" w:rsidR="00B02B25" w:rsidRPr="0023394D" w:rsidRDefault="007B5F29" w:rsidP="00B02B25">
+        <w:t>ACTION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72A1155B" w14:textId="3DF3EE12" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...109 lines deleted...]
-    <w:p w14:paraId="49AC5EF8" w14:textId="77777777" w:rsidR="00B02B25" w:rsidRDefault="00B02B25" w:rsidP="00B02B25">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ms. Allison Cirino made a motion to approve the amendment, and the motion was seconded by Ms. Shelley McCormick and unanimously approved by roll call vote as follows: Allison Cirino: approve; Diane </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ahern</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: approve; Stephanie Coury: approve</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Shelley McCormick: approve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28BD4BFB" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...178 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Absent: Jillian Fleming.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FFF375D" w14:textId="77777777" w:rsidR="00274E98" w:rsidRDefault="00274E98" w:rsidP="00274E98">
+    <w:p w14:paraId="0118A2D8" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7ECC00DE" w14:textId="33656586" w:rsidR="00BF76F8" w:rsidRPr="00274E98" w:rsidRDefault="00274E98" w:rsidP="00693B34">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="292BF6F6" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00274E98" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>VI.</w:t>
       </w:r>
-      <w:r w:rsidR="000E187E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="002B5A51" w:rsidRPr="00416967">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00416967">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
-      <w:r w:rsidR="00C73BB1" w:rsidRPr="00274E98">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00274E98">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ood Moral Character</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03EBD7CA" w14:textId="4FF18018" w:rsidR="00C73BB1" w:rsidRPr="0023394D" w:rsidRDefault="00C73BB1" w:rsidP="00BF76F8">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="16AE0194" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0023394D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>M.G.L.c. 112,</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>M.G.L.c</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t>. 112,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t xml:space="preserve"> § 269: Good Moral Character</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09C22492" w14:textId="77777777" w:rsidR="00C73BB1" w:rsidRPr="0023394D" w:rsidRDefault="00C73BB1" w:rsidP="00BF76F8">
+    <w:p w14:paraId="2C7F5150" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023394D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A. Staff Action Policy Draft Proposal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CD035F4" w14:textId="77777777" w:rsidR="00BF76F8" w:rsidRPr="0023394D" w:rsidRDefault="00BF76F8" w:rsidP="00BF76F8">
+    <w:p w14:paraId="2B5F3149" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="035DAF2B" w14:textId="01F72A00" w:rsidR="00D66C74" w:rsidRPr="0023394D" w:rsidRDefault="00D66C74" w:rsidP="00D66C74">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="7DF276B9" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023394D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>DISCUSSION:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22BF3D73" w14:textId="5A2CD550" w:rsidR="00911AB9" w:rsidRPr="0023394D" w:rsidRDefault="00C73BB1" w:rsidP="00584AC7">
-[...41 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="59C19E6A" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ms. Tracy Tam stated that the Staff Action Policy Draft Proposal was drawn up by the Board staff. The proposal has been approved by other </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidR="00FF2417" w:rsidRPr="0023394D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">oards. The purpose of the policy is to facilitate the application </w:t>
       </w:r>
-      <w:r w:rsidR="006D67FF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>process</w:t>
       </w:r>
-      <w:r w:rsidR="00FF2417" w:rsidRPr="0023394D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, especially with this being a quarterly </w:t>
       </w:r>
-      <w:r w:rsidR="006D67FF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidR="00FF2417" w:rsidRPr="0023394D">
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oard. There have been applications with very old charges from ten years or more that have been dismissed, and applicants wait for four months to appear before the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidR="00FF2417" w:rsidRPr="0023394D">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oard. The proposal allows </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidR="00D66C74" w:rsidRPr="0023394D">
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oard staff to evaluate the application for good moral character and if adopted it will mean that applications that fit under the following criteria can be approved by </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidR="00BF76F8" w:rsidRPr="0023394D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">oard staff without having to appear before the </w:t>
       </w:r>
-      <w:r w:rsidR="00AC6B04">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidR="00BF76F8" w:rsidRPr="0023394D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">oard for a vote. The criteria </w:t>
       </w:r>
-      <w:r w:rsidR="006D67FF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>applies</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> applicants who have a history of only one arrest</w:t>
       </w:r>
-      <w:r w:rsidR="006D67FF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00BF76F8" w:rsidRPr="0023394D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> indictment</w:t>
       </w:r>
-      <w:r w:rsidR="006D67FF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00BF76F8" w:rsidRPr="0023394D">
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or conviction that occurred five years or more prior to submission of their application. That history cannot involve violence against another person. It must be fully resolved in the court system with no outstanding obligations and if their arrest, indictment, or conviction involves operating under the influence of drugs or alcohol and there is no other evidence of substance abuse disorder. Ms. Cirino asked if there were any comments or questions. Ms. Ahern stated that this was fine and that she always felt bad for the applicants who had some indiscretion in college. Ms. Tam stated that the Board would still ask for a background check, court documents, police reports, and a personal statement. Ms. Ahern stated that the only change would be not to appear before us. Ms. Cirino asked what is other evidence of substance abuse and what does that look like?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ms. Ottino stated that evidence of substance abuse might include taking a leave of absence after being under the influence. The evidence would not be going after the status of the applicant, but the conduct and if that conduct would be a risk to public safety. Ms. McCormick asked if this policy is approved by other </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidR="00772119" w:rsidRPr="0023394D">
-[...137 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oards. Ms. Tam stated yes and that five other licensing Boards have approved the policy. Ms. Ottino stated that this policy would free up time for the board to focus on more substantial work. Ms. Cirino and Ms. McCormick have not had the experience of many Good Moral Character issues. Ms. Tam stated that any red flag issues would be presented to the board. Ms. Ahern asked where the five-year mark came from, and Ms. Tam said that </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>five-year</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> timeframe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> was adopted by other boards ten years ago and that length was </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">deemed long </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">enough not to see a substance abuse pattern. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF5C734" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73E72CD5" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ACTION</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005B2CBA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ms. Allison Cirino made a motion to approve the Staff Action Policy, which was seconded by Ms. Diane Ahern and unanimously approved by roll call vote as follows: Allison Cirino: approve; Diane Ahern: approve; Stephanie Coury: approve; Shelley McCormick: approve.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B2CBA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Absent: Jillian Fleming</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00381C81" w:rsidRPr="0023394D">
-[...251 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="199A44FE" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00416967" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0023394D">
-[...66 lines deleted...]
-    <w:p w14:paraId="6B4D183A" w14:textId="748A2CB8" w:rsidR="0023394D" w:rsidRPr="000E187E" w:rsidRDefault="00274E98" w:rsidP="000E187E">
+    </w:p>
+    <w:p w14:paraId="06AFEFE7" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="000E187E" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="90"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00274E98">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>VII.</w:t>
       </w:r>
-      <w:r w:rsidR="000E187E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00AA2EFC" w:rsidRPr="0023394D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>FLEX SESSION</w:t>
       </w:r>
-      <w:r w:rsidR="000E187E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37F9EE2F" w14:textId="33CBF127" w:rsidR="0023394D" w:rsidRDefault="00E26403" w:rsidP="00C269D6">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="26932299" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>DISCUSSION:</w:t>
       </w:r>
-      <w:r w:rsidR="00416967">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="0023394D" w:rsidRPr="0023394D">
-[...42 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ms. Tracy Tam asked for attendance at the next board meeting scheduled </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Thursday, April 3rd, 2025, at 9:30 AM. All board members present stated they would be able to attend.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75A30B77" w14:textId="2DF0748D" w:rsidR="00E40F03" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ms. Tam stated that there are term seats expiring and if </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Board members</w:t>
       </w:r>
-      <w:r w:rsidR="000E187E" w:rsidRPr="0023394D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are interested in reapplying, please send </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>her</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an email with a letter of intent along with an updated resume to be reappointed to the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oard seat. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A full</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> term </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lasts for a duration of three years</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Ms. Ottino stated that on other </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oards, if a person leaves before her term, the person replacing her would serve the original term, not a three-year term and she would have to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>look into</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oard. Ms. Cirino and Ms. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>McCormick</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> discussed the fact that they didn’t know how long they had been on the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oard and Ms. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>McCormick</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stated that she would be willing to resign to give someone else the chance. Ms. Tam stated that there has not been a new candidate request, but there is a new webpage on mass.gov with board vacancies and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>potential</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> candidates can </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>actually upload</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an application on the website. Ms. Tam stated that there are no vacancies at this time as the last vacancy was filled in 2020. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ms. Tam stated she</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will send out information after the meeting on </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>expiration of term seats. Ms. McCormick asked Ms. Tam what would happen if she resigned. Ms. Tam stated that she</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> would not be able to stay on if she resigned but</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80A0C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> she can stay on as a holdover unti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80A0C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a new member is recruited</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Ms. Ottino stated that a board member can only serve two full consecutive terms, but when there are no new candidates, the holdovers are allowed. After the two terms, if a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oard member takes a year off, they can return. Ms. McCormick asked if she should write a letter to the effect that she would be a holdover Ms. Tam stated no, she would make a note of it. Ms. Tam stated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E187E">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0023394D">
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ecruiting could be </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">done </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at conferences, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">networking, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">social media </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>postings, or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E26403" w:rsidRPr="0023394D">
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>person recruit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ment and any</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000E187E">
-[...608 lines deleted...]
-    <w:p w14:paraId="0B339A05" w14:textId="2C715C65" w:rsidR="002547F0" w:rsidRPr="00693B34" w:rsidRDefault="002547F0" w:rsidP="00416967">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>individuals</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can reach out to her directly if interested.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F5018E3" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AFBC3CD" w14:textId="6D798C3F" w:rsidR="00E40F03" w:rsidRPr="00693B34" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="16"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00693B34">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Adjournment</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="55A866A4" w14:textId="1E9AFA36" w:rsidR="002547F0" w:rsidRPr="0023394D" w:rsidRDefault="002B2969" w:rsidP="002547F0">
+        <w:t>ADJOURNMENT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="779354C7" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...63 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Hlk170906712"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There being no other business before the board, Ms. Allison Cirino motioned to adjourn the meeting which was seconded by Ms. Stephanie Coury and unanimously approved by roll call vote as follows: Allison Cirino: approve; Diane </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ahern</w:t>
       </w:r>
-      <w:r w:rsidR="002547F0" w:rsidRPr="0023394D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: approve; Shelley McCormick: approve; Stephanie Coury: approve.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:p w14:paraId="5AFA3F3C" w14:textId="5E42F5DF" w:rsidR="00DA6504" w:rsidRPr="0023394D" w:rsidRDefault="00DA6504" w:rsidP="00DA6504">
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w14:paraId="6A28572B" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Absent: Jillian Fleming.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34BCE5CB" w14:textId="77777777" w:rsidR="002547F0" w:rsidRPr="0023394D" w:rsidRDefault="002547F0" w:rsidP="002547F0">
+    <w:p w14:paraId="28A4F6A5" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6997B63E" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B96F29A" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
         <w:ind w:right="-240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023394D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Let the records show the meeting adjourned at </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Let the records show the meeting adjourned at 10:12 a.m.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="745D7D61" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:ind w:right="-240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>10</w:t>
-[...4 lines deleted...]
-          <w:i/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48E5F5E8" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The next meeting of the Board of Registration of Genetic Counselors is scheduled for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...49 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>April 3rd, 2025,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> via Zoom at 9:30a.m. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DBF5293" w14:textId="0C60D370" w:rsidR="002547F0" w:rsidRPr="0023394D" w:rsidRDefault="002547F0" w:rsidP="002547F0">
-[...130 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="391797B4" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0023394D">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Respectfully submitted,</w:t>
       </w:r>
       <w:r w:rsidRPr="0023394D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>The Board of Registration of Genetic Counselors</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66FE5F59" w14:textId="77777777" w:rsidR="002547F0" w:rsidRPr="0023394D" w:rsidRDefault="002547F0" w:rsidP="002547F0">
-[...15 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="5923A6BC" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03"/>
+    <w:p w14:paraId="47C06C0A" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="0023394D" w:rsidRDefault="00E40F03" w:rsidP="00E40F03"/>
+    <w:p w14:paraId="3BFD8B22" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
         <w:ind w:right="960" w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6356B638" w14:textId="0AFBBF82" w:rsidR="00A73CAF" w:rsidRPr="00413A3F" w:rsidRDefault="00A73CAF" w:rsidP="002547F0">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="08CF667B" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00413A3F" w:rsidRDefault="00E40F03" w:rsidP="00E40F03">
+      <w:pPr>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00A73CAF" w:rsidRPr="00413A3F" w:rsidSect="00E73DE6">
-      <w:footerReference w:type="default" r:id="rId8"/>
+    <w:p w14:paraId="2BCED678" w14:textId="77777777" w:rsidR="00AA42DB" w:rsidRDefault="00AA42DB"/>
+    <w:sectPr w:rsidR="00AA42DB" w:rsidSect="00E40F03">
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="900" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3F731DC0" w14:textId="77777777" w:rsidR="00E6651F" w:rsidRDefault="00E6651F" w:rsidP="00E6651F">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5C3C2991" w14:textId="77777777" w:rsidR="00C7285F" w:rsidRDefault="000C7E61">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="15920436" w14:textId="77777777" w:rsidR="00E6651F" w:rsidRDefault="00E6651F" w:rsidP="00E6651F">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="640D2F11" w14:textId="77777777" w:rsidR="00C7285F" w:rsidRDefault="000C7E61">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3FD2D3B0" w14:textId="1B344C69" w:rsidR="00E57F5A" w:rsidRDefault="00D8528A" w:rsidP="0002228D">
+    <w:pPr>
+      <w:pStyle w:val="NormalWeb"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="atLeast"/>
+      <w:rPr>
+        <w:rStyle w:val="Emphasis"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en"/>
+      </w:rPr>
+    </w:pPr>
+    <w:bookmarkStart w:id="1" w:name="_Hlk166682806"/>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Emphasis"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en"/>
+      </w:rPr>
+      <w:t xml:space="preserve">If you need reasonable accommodations </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Emphasis"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en"/>
+      </w:rPr>
+      <w:t>in order to</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Emphasis"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> participate in the meeting, contact the DPH ADA Coordinator </w:t>
+    </w:r>
+    <w:r w:rsidR="007008CB">
+      <w:rPr>
+        <w:rStyle w:val="Emphasis"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en"/>
+      </w:rPr>
+      <w:t>Stacy Hart</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Emphasis"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> at </w:t>
+    </w:r>
+    <w:r w:rsidR="007008CB">
+      <w:rPr>
+        <w:rStyle w:val="Emphasis"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en"/>
+      </w:rPr>
+      <w:t xml:space="preserve">857-274-1120 </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Emphasis"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en"/>
+      </w:rPr>
+      <w:t>in advance of the meeting.  While the Board will do its best to accommodate you, certain accommodations may require distinctive requests or the hiring of outside contractors and may not be available if requested immediately before the meeting.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="160FDA30" w14:textId="77777777" w:rsidR="00E57F5A" w:rsidRPr="000A5C16" w:rsidRDefault="00E57F5A" w:rsidP="0002228D"/>
+  <w:p w14:paraId="79320F58" w14:textId="77777777" w:rsidR="00E57F5A" w:rsidRDefault="00D8528A" w:rsidP="000A5C16">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:tab/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="10838DBF" w14:textId="77777777" w:rsidR="00E57F5A" w:rsidRDefault="00D8528A" w:rsidP="000A5C16">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:t xml:space="preserve">Board of Registration of Genetic Counselors </w:t>
+    </w:r>
+    <w:r>
+      <w:tab/>
+    </w:r>
+    <w:bookmarkEnd w:id="1"/>
+    <w:r>
+      <w:t xml:space="preserve">   </w:t>
+    </w:r>
+    <w:r>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:tab/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="21E185B8" w14:textId="77777777" w:rsidR="00E57F5A" w:rsidRDefault="00E57F5A">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2121604093"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="4BE89248" w14:textId="77777777" w:rsidR="00FE670B" w:rsidRDefault="00FE670B">
+      <w:p w14:paraId="179B28F8" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRDefault="00E40F03">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
       </w:p>
-      <w:p w14:paraId="3440B3C4" w14:textId="77777777" w:rsidR="00FE670B" w:rsidRDefault="00E6651F">
+      <w:p w14:paraId="367F72FC" w14:textId="3075C005" w:rsidR="00E40F03" w:rsidRDefault="00713F48" w:rsidP="00CA3838">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
-          <w:jc w:val="right"/>
         </w:pPr>
-        <w:r w:rsidRPr="009D31A1">
-[...30 lines deleted...]
-        </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="313D375A" w14:textId="77777777" w:rsidR="00FE670B" w:rsidRPr="00C64132" w:rsidRDefault="00E6651F">
+  <w:p w14:paraId="526AEC90" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRPr="00C64132" w:rsidRDefault="00E40F03">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C64132">
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
       <w:t>Board of Registration of Genetic Counselors</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3E80F932" w14:textId="77777777" w:rsidR="00FE670B" w:rsidRDefault="00FE670B">
+  <w:p w14:paraId="6B0220EF" w14:textId="77777777" w:rsidR="00E40F03" w:rsidRDefault="00E40F03">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="42DA141B" w14:textId="77777777" w:rsidR="00E6651F" w:rsidRDefault="00E6651F" w:rsidP="00E6651F">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="53A5E8F3" w14:textId="77777777" w:rsidR="00C7285F" w:rsidRDefault="000C7E61">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="79D39CBC" w14:textId="77777777" w:rsidR="00E6651F" w:rsidRDefault="00E6651F" w:rsidP="00E6651F">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="2FF27AE6" w14:textId="77777777" w:rsidR="00C7285F" w:rsidRDefault="000C7E61">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03116228"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="21423588"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="0" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -5318,139 +5290,434 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="22F261C6"/>
+    <w:nsid w:val="055F2C58"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9EDA9E4A"/>
-    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+    <w:tmpl w:val="9418CAB6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1205089C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1F5A024C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A2D6585"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D76CE578"/>
+    <w:lvl w:ilvl="0" w:tplc="04090015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C970E6A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1634298E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28D36DA7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9EDA9E4A"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -5495,229 +5762,408 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2B2D0AC5"/>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2B964E5A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D376E446"/>
-[...2 lines deleted...]
-      <w:numFmt w:val="upperRoman"/>
+    <w:tmpl w:val="2C0E58CA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="720"/>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="35140881"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50A088A2"/>
+    <w:lvl w:ilvl="0" w:tplc="04090015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4D2D736D"/>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="377B2EF1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7486AE5C"/>
-[...2 lines deleted...]
-      <w:numFmt w:val="upperRoman"/>
+    <w:tmpl w:val="16C02876"/>
+    <w:lvl w:ilvl="0" w:tplc="04090015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="720"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:color w:val="000000"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019">
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B">
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F">
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019">
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B">
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F">
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019">
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B">
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52CE7A5A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F54C112E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6371202E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F1BC58CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="0" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -5786,51 +6232,226 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65566BD4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BF92DE7A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B2B31D2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1668DEE0"/>
+    <w:lvl w:ilvl="0" w:tplc="04090015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D867EB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="01E05238"/>
     <w:lvl w:ilvl="0" w:tplc="D9A2B316">
       <w:start w:val="8"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -5875,345 +6496,452 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="91970753">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E3B1454"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E0CA2E62"/>
+    <w:lvl w:ilvl="0" w:tplc="3ED876B0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1140" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2580" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3300" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4020" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4740" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5460" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6180" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="794220A5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="18D63FA0"/>
+    <w:lvl w:ilvl="0" w:tplc="3A0EBE48">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="624" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1344" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2064" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2784" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3504" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4224" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4944" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5664" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6384" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="400175397">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1847475576">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="71779590">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1508515334">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="807212656">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1158884841">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="318771666">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1756897358">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="428888558">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1962566672">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1933389727">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="215317143">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1959796951">
+  <w:num w:numId="13" w16cid:durableId="1596010216">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="91970753">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1959796951">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1944871580">
-[...39 lines deleted...]
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="16" w16cid:durableId="239680134">
+    <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="69"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00BB2374"/>
-[...165 lines deleted...]
-    <w:rsid w:val="00FF2417"/>
+    <w:rsidRoot w:val="00D8528A"/>
+    <w:rsid w:val="000578AD"/>
+    <w:rsid w:val="0007285F"/>
+    <w:rsid w:val="000806E7"/>
+    <w:rsid w:val="000845A9"/>
+    <w:rsid w:val="00084E54"/>
+    <w:rsid w:val="000C6143"/>
+    <w:rsid w:val="000C7E61"/>
+    <w:rsid w:val="000E70D7"/>
+    <w:rsid w:val="000E7127"/>
+    <w:rsid w:val="000F3922"/>
+    <w:rsid w:val="00106BFF"/>
+    <w:rsid w:val="00157085"/>
+    <w:rsid w:val="00162D4C"/>
+    <w:rsid w:val="00181A42"/>
+    <w:rsid w:val="001D0408"/>
+    <w:rsid w:val="001D5119"/>
+    <w:rsid w:val="00252083"/>
+    <w:rsid w:val="002633C2"/>
+    <w:rsid w:val="002769D2"/>
+    <w:rsid w:val="002B6F17"/>
+    <w:rsid w:val="003627E9"/>
+    <w:rsid w:val="003711B5"/>
+    <w:rsid w:val="00397AB7"/>
+    <w:rsid w:val="003C0A16"/>
+    <w:rsid w:val="003C0F41"/>
+    <w:rsid w:val="003D7C80"/>
+    <w:rsid w:val="0045387C"/>
+    <w:rsid w:val="004575A2"/>
+    <w:rsid w:val="00467780"/>
+    <w:rsid w:val="004A3E82"/>
+    <w:rsid w:val="005015F0"/>
+    <w:rsid w:val="00530366"/>
+    <w:rsid w:val="005367F9"/>
+    <w:rsid w:val="00555184"/>
+    <w:rsid w:val="006764C8"/>
+    <w:rsid w:val="0068636B"/>
+    <w:rsid w:val="006A12BC"/>
+    <w:rsid w:val="007008CB"/>
+    <w:rsid w:val="00713F48"/>
+    <w:rsid w:val="00724E77"/>
+    <w:rsid w:val="007462EA"/>
+    <w:rsid w:val="007619BE"/>
+    <w:rsid w:val="00776B5F"/>
+    <w:rsid w:val="0078149A"/>
+    <w:rsid w:val="007D0662"/>
+    <w:rsid w:val="008241D0"/>
+    <w:rsid w:val="00826679"/>
+    <w:rsid w:val="00834957"/>
+    <w:rsid w:val="00834E9F"/>
+    <w:rsid w:val="008B1F91"/>
+    <w:rsid w:val="00940790"/>
+    <w:rsid w:val="0094204C"/>
+    <w:rsid w:val="009C1E55"/>
+    <w:rsid w:val="00A15626"/>
+    <w:rsid w:val="00A21252"/>
+    <w:rsid w:val="00A738C9"/>
+    <w:rsid w:val="00A91C52"/>
+    <w:rsid w:val="00A94AFD"/>
+    <w:rsid w:val="00AA42DB"/>
+    <w:rsid w:val="00B02175"/>
+    <w:rsid w:val="00B41CA3"/>
+    <w:rsid w:val="00B974E2"/>
+    <w:rsid w:val="00BF6FE8"/>
+    <w:rsid w:val="00C02B63"/>
+    <w:rsid w:val="00C63079"/>
+    <w:rsid w:val="00C7285F"/>
+    <w:rsid w:val="00C82B86"/>
+    <w:rsid w:val="00C9459A"/>
+    <w:rsid w:val="00C94613"/>
+    <w:rsid w:val="00C95387"/>
+    <w:rsid w:val="00CA3838"/>
+    <w:rsid w:val="00CE4075"/>
+    <w:rsid w:val="00CF4A69"/>
+    <w:rsid w:val="00D45451"/>
+    <w:rsid w:val="00D66664"/>
+    <w:rsid w:val="00D82523"/>
+    <w:rsid w:val="00D8528A"/>
+    <w:rsid w:val="00DA2B19"/>
+    <w:rsid w:val="00DB59D6"/>
+    <w:rsid w:val="00DD16AA"/>
+    <w:rsid w:val="00DD525A"/>
+    <w:rsid w:val="00E17378"/>
+    <w:rsid w:val="00E25200"/>
+    <w:rsid w:val="00E34F67"/>
+    <w:rsid w:val="00E37F44"/>
+    <w:rsid w:val="00E40F03"/>
+    <w:rsid w:val="00E57F5A"/>
+    <w:rsid w:val="00E84644"/>
+    <w:rsid w:val="00E86135"/>
+    <w:rsid w:val="00E94DF5"/>
+    <w:rsid w:val="00F01575"/>
+    <w:rsid w:val="00F3244F"/>
+    <w:rsid w:val="00F35446"/>
+    <w:rsid w:val="00F45AE7"/>
+    <w:rsid w:val="00F76DEA"/>
+    <w:rsid w:val="00FC0D16"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="564CBD25"/>
+  <w14:docId w14:val="4C52DAFF"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{B24C5E1C-9DEA-434B-93CB-628D6D57E31D}"/>
+  <w15:docId w15:val="{ED13F782-ACE1-4C7F-A360-0D67AD614E90}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6250,51 +6978,51 @@
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6545,292 +7273,263 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00BB2374"/>
+    <w:rsid w:val="00D8528A"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:kern w:val="0"/>
-      <w14:ligatures w14:val="none"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D8528A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:rsid w:val="00D8528A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00BB2374"/>
+    <w:rsid w:val="00D8528A"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4680"/>
-        <w:tab w:val="right" w:pos="9360"/>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
-    <w:rsid w:val="00BB2374"/>
+    <w:rsid w:val="00D8528A"/>
     <w:rPr>
-      <w:kern w:val="0"/>
-      <w14:ligatures w14:val="none"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00BB2374"/>
+    <w:rsid w:val="00D8528A"/>
     <w:pPr>
       <w:ind w:left="720"/>
-      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
-    <w:name w:val="annotation reference"/>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D8528A"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Calibri"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D8528A"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="00D8528A"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BB2374"/>
+    <w:rsid w:val="00D8528A"/>
     <w:rPr>
-      <w:sz w:val="16"/>
-[...28 lines deleted...]
-      <w14:ligatures w14:val="none"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E6651F"/>
+    <w:rsid w:val="007008CB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00E6651F"/>
+    <w:rsid w:val="007008CB"/>
     <w:rPr>
-      <w:kern w:val="0"/>
-      <w14:ligatures w14:val="none"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00AF61E2"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D82523"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...77 lines deleted...]
-      <w14:ligatures w14:val="none"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="481043643">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zoom.us/j/98225388861?pwd=ZbOGQ0ZJtxa0Fxoz7Fr3nTSa6raQca.1" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7084,91 +7783,75 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>11770</Characters>
+  <Pages>7</Pages>
+  <Words>2301</Words>
+  <Characters>13120</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>98</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>109</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13807</CharactersWithSpaces>
+  <CharactersWithSpaces>15391</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Sarah Constantino</dc:creator>
+  <dc:creator>Goldrick, Catherine (DPH)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>