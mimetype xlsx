--- v0 (2025-10-27)
+++ v1 (2026-03-25)
@@ -1,104 +1,114 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28623"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="9" documentId="11_F25DC773A252ABDACC10487AC11D631E5BDE58F9" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5A82413C-D06C-4AC5-8E06-E09A208A01D6}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{0A5990B7-C997-487F-B34C-357C1EBD14DB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-18600" yWindow="-21600" windowWidth="57600" windowHeight="15345" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="8640" yWindow="1785" windowWidth="18750" windowHeight="13695" xr2:uid="{AD3E78FE-2668-4BC3-AADD-AC175FBC7FFB}"/>
   </bookViews>
   <sheets>
-    <sheet name="Notes" sheetId="2" r:id="rId1"/>
-    <sheet name="Grade 7 Rates By County" sheetId="3" r:id="rId2"/>
+    <sheet name="Notes" sheetId="4" r:id="rId1"/>
+    <sheet name="Grade 7 Rates By County" sheetId="5" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Grade 7 Rates By County'!$1:$1</definedName>
     <definedName name="qry_MA_counties" localSheetId="0">#REF!</definedName>
     <definedName name="qry_MA_counties">#REF!</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="58">
   <si>
     <t>Notes:</t>
   </si>
   <si>
-    <t>The Massachusetts Department of Public Health Immunization Division is pleased to make available the 2024-2025 Grade 7 Immunization Survey results by county. Please be aware that the data are limited in a number of ways, including those listed below.</t>
+    <t>The Massachusetts Department of Public Health Immunization Division is pleased to make available the 2025-2026 Grade 7 Immunization Survey results by county. Please be aware that the data are limited in a number of ways, including those listed below.</t>
   </si>
   <si>
     <t>• All data are self-reported by schools, and discrepancies may exist. The Immunization Division continues to work with schools to resolve discrepancies and update immunization data when possible.</t>
   </si>
   <si>
     <t>• Data are collected from September through January, but immunization data are updated throughout the year. Rates during the same school year may be higher than reported if additional children receive immunizations after data are reported. Also, the student body is dynamic; some students join or leave the school, which may affect immunization rates.</t>
   </si>
   <si>
     <t>• Children are allowed a medical or religious exemption to one or more vaccines.</t>
   </si>
   <si>
     <t>• Children without the required number of doses of vaccine do not necessarily have an exemption on file.</t>
   </si>
   <si>
     <t>• Children without a record of vaccination who have serologic proof of immunity to certain diseases (measles, mumps, rubella, hepatitis B, and varicella) meet school entry requirements and may be counted as vaccinated.</t>
   </si>
   <si>
     <t>Data Definitions:</t>
   </si>
   <si>
     <t>*</t>
   </si>
   <si>
-    <t>Number of schools includes all those with a grade 7. Data shown are an aggregate of those schools that responded and had no discrepancies.</t>
+    <t>Number of schools includes all those with a grade 7. Student counts, immunization, exemption, and non-compliance rates shown are an aggregate of those schools that responded and had no discrepancies.</t>
   </si>
   <si>
     <t>2 MMR</t>
   </si>
   <si>
     <t>2 doses of MMR (measles, mumps, rubella) vaccine; first dose must be given on or after the 1st birthday, and second dose must be given ≥28 days after first dose; laboratory evidence of immunity included in this category.</t>
   </si>
   <si>
     <t>3 Hep B</t>
   </si>
   <si>
     <t>3 doses of hepatitis B vaccine; laboratory evidence of immunity included in this category.</t>
   </si>
   <si>
     <t>2 Varicella</t>
   </si>
   <si>
     <t>2 doses of varicella vaccine; first dose must be given on or after the 1st birthday and second dose must be given ≥28 days after first dose; a reliable history of chickenpox or laboratory evidence of immunity included in this category.</t>
   </si>
   <si>
     <t>1 Tdap</t>
   </si>
   <si>
     <t>1 dose of Tdap (tetanus, diphtheria, and acellular pertussis) vaccine.</t>
   </si>
@@ -201,137 +211,152 @@
     <t>Hampden</t>
   </si>
   <si>
     <t>Hampshire</t>
   </si>
   <si>
     <t>Middlesex</t>
   </si>
   <si>
     <t>Nantucket</t>
   </si>
   <si>
     <t>Norfolk</t>
   </si>
   <si>
     <t>Plymouth</t>
   </si>
   <si>
     <t>Suffolk</t>
   </si>
   <si>
     <t>Worcester</t>
   </si>
   <si>
     <t>Grand Total</t>
+  </si>
+  <si>
+    <t>• Rates for vaccines are rounded and may slightly under- or overestimate true immunization rates and may not always add up to 100%.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color indexed="8"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF000000"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="38">
     <border>
       <left/>
@@ -560,51 +585,51 @@
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
-        <color auto="1"/>
+        <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
@@ -624,51 +649,51 @@
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color auto="1"/>
+        <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
@@ -763,393 +788,438 @@
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="68">
+  <cellXfs count="73">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="15" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...114 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="5" applyAlignment="1">
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="15" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="16" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="17" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="5"/>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="18" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="19" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="19" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="20" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="21" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="22" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="23" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="24" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="24" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="25" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="26" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="23" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="27" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="28" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="28" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="9" fillId="0" borderId="25" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="29" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="30" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="30" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="29" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="20" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="32" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="32" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="9" fillId="0" borderId="32" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="33" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="26" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="34" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="34" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="35" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="16" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="3" borderId="16" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="3" borderId="36" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="3" borderId="37" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="5" applyAlignment="1">
       <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="9" fillId="0" borderId="31" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="9" fillId="0" borderId="23" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
-[...52 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 18 2" xfId="1" xr:uid="{6AB1202B-B60E-4F9D-98A2-9840668376F2}"/>
-[...3 lines deleted...]
-    <cellStyle name="Normal 3" xfId="4" xr:uid="{2014DE1D-5069-49ED-A326-DD7E6972FC6B}"/>
+    <cellStyle name="Normal 18 2" xfId="1" xr:uid="{B9282C06-FF60-4EC6-9BBC-418740F3B4A5}"/>
+    <cellStyle name="Normal 2" xfId="5" xr:uid="{AEC3D36E-3566-487C-BF80-6EF70DF7D672}"/>
+    <cellStyle name="Normal 2 2 2 2" xfId="2" xr:uid="{034CCE8D-57E7-4D79-A16A-0D2DE52ABE12}"/>
+    <cellStyle name="Normal 20 2" xfId="3" xr:uid="{18D7423E-7469-490A-A348-D2370039C58C}"/>
+    <cellStyle name="Normal 3" xfId="4" xr:uid="{5BB0DDD8-A669-451D-82BD-89556DBE2F8E}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
-[...3 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -1167,65 +1237,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1246,538 +1316,576 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DECF8CEC-F4CD-4E72-A678-229BA183A540}">
-  <dimension ref="A1:AE21"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F5D1CBC6-C86A-422B-91CD-7931CCE6EDB8}">
+  <dimension ref="A1:AE22"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
       <selection sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="13.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="9.140625" style="5" customWidth="1"/>
     <col min="3" max="3" width="9.140625" style="5"/>
     <col min="4" max="4" width="9.140625" style="5" customWidth="1"/>
     <col min="5" max="5" width="9.140625" style="5"/>
     <col min="6" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:31" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A1" s="50" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="51"/>
       <c r="C1" s="51"/>
       <c r="D1" s="51"/>
       <c r="E1" s="51"/>
       <c r="F1" s="51"/>
       <c r="G1" s="51"/>
       <c r="H1" s="51"/>
       <c r="I1" s="51"/>
       <c r="J1" s="51"/>
       <c r="K1" s="51"/>
       <c r="L1" s="51"/>
       <c r="M1" s="51"/>
       <c r="N1" s="52"/>
     </row>
-    <row r="2" spans="1:31" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:31" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="53" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="46"/>
-[...13 lines deleted...]
-    <row r="3" spans="1:31" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B2" s="48"/>
+      <c r="C2" s="48"/>
+      <c r="D2" s="48"/>
+      <c r="E2" s="48"/>
+      <c r="F2" s="48"/>
+      <c r="G2" s="48"/>
+      <c r="H2" s="48"/>
+      <c r="I2" s="48"/>
+      <c r="J2" s="48"/>
+      <c r="K2" s="48"/>
+      <c r="L2" s="48"/>
+      <c r="M2" s="48"/>
+      <c r="N2" s="49"/>
+    </row>
+    <row r="3" spans="1:31" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="53" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="46"/>
-[...13 lines deleted...]
-    <row r="4" spans="1:31" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B3" s="48"/>
+      <c r="C3" s="48"/>
+      <c r="D3" s="48"/>
+      <c r="E3" s="48"/>
+      <c r="F3" s="48"/>
+      <c r="G3" s="48"/>
+      <c r="H3" s="48"/>
+      <c r="I3" s="48"/>
+      <c r="J3" s="48"/>
+      <c r="K3" s="48"/>
+      <c r="L3" s="48"/>
+      <c r="M3" s="48"/>
+      <c r="N3" s="49"/>
+    </row>
+    <row r="4" spans="1:31" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="54" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="55"/>
       <c r="C4" s="55"/>
       <c r="D4" s="55"/>
       <c r="E4" s="55"/>
       <c r="F4" s="55"/>
       <c r="G4" s="55"/>
       <c r="H4" s="55"/>
       <c r="I4" s="55"/>
       <c r="J4" s="55"/>
       <c r="K4" s="55"/>
       <c r="L4" s="55"/>
       <c r="M4" s="55"/>
       <c r="N4" s="56"/>
     </row>
-    <row r="5" spans="1:31" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:31" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="53" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="46"/>
-[...13 lines deleted...]
-    <row r="6" spans="1:31" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
+      <c r="F5" s="48"/>
+      <c r="G5" s="48"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
+      <c r="J5" s="48"/>
+      <c r="K5" s="48"/>
+      <c r="L5" s="48"/>
+      <c r="M5" s="48"/>
+      <c r="N5" s="49"/>
+    </row>
+    <row r="6" spans="1:31" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="57" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="58"/>
       <c r="C6" s="58"/>
       <c r="D6" s="58"/>
       <c r="E6" s="58"/>
       <c r="F6" s="58"/>
       <c r="G6" s="58"/>
       <c r="H6" s="58"/>
       <c r="I6" s="58"/>
       <c r="J6" s="58"/>
       <c r="K6" s="58"/>
       <c r="L6" s="58"/>
       <c r="M6" s="58"/>
       <c r="N6" s="59"/>
     </row>
-    <row r="7" spans="1:31" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:31" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="57" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="58"/>
       <c r="C7" s="58"/>
       <c r="D7" s="58"/>
       <c r="E7" s="58"/>
       <c r="F7" s="58"/>
       <c r="G7" s="58"/>
       <c r="H7" s="58"/>
       <c r="I7" s="58"/>
       <c r="J7" s="58"/>
       <c r="K7" s="58"/>
       <c r="L7" s="58"/>
       <c r="M7" s="58"/>
       <c r="N7" s="59"/>
     </row>
-    <row r="8" spans="1:31" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="60"/>
+    <row r="8" spans="1:31" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="60" t="s">
+        <v>57</v>
+      </c>
       <c r="B8" s="61"/>
       <c r="C8" s="61"/>
       <c r="D8" s="61"/>
       <c r="E8" s="61"/>
       <c r="F8" s="61"/>
       <c r="G8" s="61"/>
       <c r="H8" s="61"/>
       <c r="I8" s="61"/>
       <c r="J8" s="61"/>
       <c r="K8" s="61"/>
       <c r="L8" s="61"/>
       <c r="M8" s="61"/>
       <c r="N8" s="62"/>
     </row>
-    <row r="9" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      </c>
+    <row r="9" spans="1:31" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="63"/>
       <c r="B9" s="64"/>
       <c r="C9" s="64"/>
       <c r="D9" s="64"/>
       <c r="E9" s="64"/>
       <c r="F9" s="64"/>
       <c r="G9" s="64"/>
       <c r="H9" s="64"/>
       <c r="I9" s="64"/>
       <c r="J9" s="64"/>
       <c r="K9" s="64"/>
       <c r="L9" s="64"/>
       <c r="M9" s="64"/>
       <c r="N9" s="65"/>
     </row>
-    <row r="10" spans="1:31" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="2" t="s">
+    <row r="10" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="66" t="s">
+        <v>7</v>
+      </c>
+      <c r="B10" s="67"/>
+      <c r="C10" s="67"/>
+      <c r="D10" s="67"/>
+      <c r="E10" s="67"/>
+      <c r="F10" s="67"/>
+      <c r="G10" s="67"/>
+      <c r="H10" s="67"/>
+      <c r="I10" s="67"/>
+      <c r="J10" s="67"/>
+      <c r="K10" s="67"/>
+      <c r="L10" s="67"/>
+      <c r="M10" s="67"/>
+      <c r="N10" s="68"/>
+    </row>
+    <row r="11" spans="1:31" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="B10" s="66" t="s">
+      <c r="B11" s="69" t="s">
         <v>9</v>
       </c>
-      <c r="C10" s="66"/>
-[...26 lines deleted...]
-      <c r="A11" s="3" t="s">
+      <c r="C11" s="69"/>
+      <c r="D11" s="69"/>
+      <c r="E11" s="69"/>
+      <c r="F11" s="69"/>
+      <c r="G11" s="69"/>
+      <c r="H11" s="69"/>
+      <c r="I11" s="69"/>
+      <c r="J11" s="69"/>
+      <c r="K11" s="69"/>
+      <c r="L11" s="69"/>
+      <c r="M11" s="69"/>
+      <c r="N11" s="70"/>
+      <c r="S11" s="45"/>
+      <c r="T11" s="45"/>
+      <c r="U11" s="45"/>
+      <c r="V11" s="45"/>
+      <c r="W11" s="45"/>
+      <c r="X11" s="45"/>
+      <c r="Y11" s="45"/>
+      <c r="Z11" s="45"/>
+      <c r="AA11" s="45"/>
+      <c r="AB11" s="45"/>
+      <c r="AC11" s="45"/>
+      <c r="AD11" s="45"/>
+      <c r="AE11" s="45"/>
+    </row>
+    <row r="12" spans="1:31" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B11" s="46" t="s">
+      <c r="B12" s="48" t="s">
         <v>11</v>
       </c>
-      <c r="C11" s="46"/>
-[...13 lines deleted...]
-      <c r="A12" s="3" t="s">
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
+      <c r="F12" s="48"/>
+      <c r="G12" s="48"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
+      <c r="J12" s="48"/>
+      <c r="K12" s="48"/>
+      <c r="L12" s="48"/>
+      <c r="M12" s="48"/>
+      <c r="N12" s="49"/>
+    </row>
+    <row r="13" spans="1:31" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B12" s="46" t="s">
+      <c r="B13" s="48" t="s">
         <v>13</v>
       </c>
-      <c r="C12" s="46"/>
-[...13 lines deleted...]
-      <c r="A13" s="3" t="s">
+      <c r="C13" s="48"/>
+      <c r="D13" s="48"/>
+      <c r="E13" s="48"/>
+      <c r="F13" s="48"/>
+      <c r="G13" s="48"/>
+      <c r="H13" s="48"/>
+      <c r="I13" s="48"/>
+      <c r="J13" s="48"/>
+      <c r="K13" s="48"/>
+      <c r="L13" s="48"/>
+      <c r="M13" s="48"/>
+      <c r="N13" s="49"/>
+    </row>
+    <row r="14" spans="1:31" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="B13" s="46" t="s">
+      <c r="B14" s="48" t="s">
         <v>15</v>
       </c>
-      <c r="C13" s="46"/>
-[...13 lines deleted...]
-      <c r="A14" s="3" t="s">
+      <c r="C14" s="48"/>
+      <c r="D14" s="48"/>
+      <c r="E14" s="48"/>
+      <c r="F14" s="48"/>
+      <c r="G14" s="48"/>
+      <c r="H14" s="48"/>
+      <c r="I14" s="48"/>
+      <c r="J14" s="48"/>
+      <c r="K14" s="48"/>
+      <c r="L14" s="48"/>
+      <c r="M14" s="48"/>
+      <c r="N14" s="49"/>
+    </row>
+    <row r="15" spans="1:31" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B14" s="46" t="s">
+      <c r="B15" s="48" t="s">
         <v>17</v>
       </c>
-      <c r="C14" s="46"/>
-[...13 lines deleted...]
-      <c r="A15" s="3" t="s">
+      <c r="C15" s="48"/>
+      <c r="D15" s="48"/>
+      <c r="E15" s="48"/>
+      <c r="F15" s="48"/>
+      <c r="G15" s="48"/>
+      <c r="H15" s="48"/>
+      <c r="I15" s="48"/>
+      <c r="J15" s="48"/>
+      <c r="K15" s="48"/>
+      <c r="L15" s="48"/>
+      <c r="M15" s="48"/>
+      <c r="N15" s="49"/>
+    </row>
+    <row r="16" spans="1:31" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B15" s="46" t="s">
+      <c r="B16" s="48" t="s">
         <v>19</v>
       </c>
-      <c r="C15" s="46"/>
-[...13 lines deleted...]
-      <c r="A16" s="3" t="s">
+      <c r="C16" s="48"/>
+      <c r="D16" s="48"/>
+      <c r="E16" s="48"/>
+      <c r="F16" s="48"/>
+      <c r="G16" s="48"/>
+      <c r="H16" s="48"/>
+      <c r="I16" s="48"/>
+      <c r="J16" s="48"/>
+      <c r="K16" s="48"/>
+      <c r="L16" s="48"/>
+      <c r="M16" s="48"/>
+      <c r="N16" s="49"/>
+    </row>
+    <row r="17" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B16" s="46" t="s">
+      <c r="B17" s="48" t="s">
         <v>21</v>
       </c>
-      <c r="C16" s="46"/>
-[...13 lines deleted...]
-      <c r="A17" s="3" t="s">
+      <c r="C17" s="48"/>
+      <c r="D17" s="48"/>
+      <c r="E17" s="48"/>
+      <c r="F17" s="48"/>
+      <c r="G17" s="48"/>
+      <c r="H17" s="48"/>
+      <c r="I17" s="48"/>
+      <c r="J17" s="48"/>
+      <c r="K17" s="48"/>
+      <c r="L17" s="48"/>
+      <c r="M17" s="48"/>
+      <c r="N17" s="49"/>
+    </row>
+    <row r="18" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B17" s="46" t="s">
+      <c r="B18" s="48" t="s">
         <v>23</v>
       </c>
-      <c r="C17" s="46"/>
-[...13 lines deleted...]
-      <c r="A18" s="3" t="s">
+      <c r="C18" s="48"/>
+      <c r="D18" s="48"/>
+      <c r="E18" s="48"/>
+      <c r="F18" s="48"/>
+      <c r="G18" s="48"/>
+      <c r="H18" s="48"/>
+      <c r="I18" s="48"/>
+      <c r="J18" s="48"/>
+      <c r="K18" s="48"/>
+      <c r="L18" s="48"/>
+      <c r="M18" s="48"/>
+      <c r="N18" s="49"/>
+    </row>
+    <row r="19" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B18" s="46" t="s">
+      <c r="B19" s="48" t="s">
         <v>25</v>
       </c>
-      <c r="C18" s="46"/>
-[...13 lines deleted...]
-      <c r="A19" s="3" t="s">
+      <c r="C19" s="48"/>
+      <c r="D19" s="48"/>
+      <c r="E19" s="48"/>
+      <c r="F19" s="48"/>
+      <c r="G19" s="48"/>
+      <c r="H19" s="48"/>
+      <c r="I19" s="48"/>
+      <c r="J19" s="48"/>
+      <c r="K19" s="48"/>
+      <c r="L19" s="48"/>
+      <c r="M19" s="48"/>
+      <c r="N19" s="49"/>
+    </row>
+    <row r="20" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B19" s="46" t="s">
+      <c r="B20" s="48" t="s">
         <v>27</v>
       </c>
-      <c r="C19" s="46"/>
-[...13 lines deleted...]
-      <c r="A20" s="3" t="s">
+      <c r="C20" s="48"/>
+      <c r="D20" s="48"/>
+      <c r="E20" s="48"/>
+      <c r="F20" s="48"/>
+      <c r="G20" s="48"/>
+      <c r="H20" s="48"/>
+      <c r="I20" s="48"/>
+      <c r="J20" s="48"/>
+      <c r="K20" s="48"/>
+      <c r="L20" s="48"/>
+      <c r="M20" s="48"/>
+      <c r="N20" s="49"/>
+    </row>
+    <row r="21" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B20" s="46" t="s">
+      <c r="B21" s="48" t="s">
         <v>29</v>
-      </c>
-[...18 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C21" s="48"/>
       <c r="D21" s="48"/>
       <c r="E21" s="48"/>
       <c r="F21" s="48"/>
       <c r="G21" s="48"/>
       <c r="H21" s="48"/>
       <c r="I21" s="48"/>
       <c r="J21" s="48"/>
       <c r="K21" s="48"/>
       <c r="L21" s="48"/>
       <c r="M21" s="48"/>
       <c r="N21" s="49"/>
     </row>
+    <row r="22" spans="1:14" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B22" s="71" t="s">
+        <v>31</v>
+      </c>
+      <c r="C22" s="71"/>
+      <c r="D22" s="71"/>
+      <c r="E22" s="71"/>
+      <c r="F22" s="71"/>
+      <c r="G22" s="71"/>
+      <c r="H22" s="71"/>
+      <c r="I22" s="71"/>
+      <c r="J22" s="71"/>
+      <c r="K22" s="71"/>
+      <c r="L22" s="71"/>
+      <c r="M22" s="71"/>
+      <c r="N22" s="72"/>
+    </row>
   </sheetData>
   <mergeCells count="22">
-    <mergeCell ref="A6:N6"/>
-[...3 lines deleted...]
-    <mergeCell ref="B10:N10"/>
+    <mergeCell ref="B19:N19"/>
+    <mergeCell ref="B20:N20"/>
+    <mergeCell ref="B21:N21"/>
+    <mergeCell ref="B22:N22"/>
+    <mergeCell ref="B13:N13"/>
+    <mergeCell ref="B14:N14"/>
+    <mergeCell ref="B15:N15"/>
+    <mergeCell ref="B16:N16"/>
+    <mergeCell ref="B17:N17"/>
+    <mergeCell ref="B18:N18"/>
+    <mergeCell ref="B12:N12"/>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
-    <mergeCell ref="S10:AE10"/>
-[...9 lines deleted...]
-    <mergeCell ref="B17:N17"/>
+    <mergeCell ref="A6:N6"/>
+    <mergeCell ref="A7:N7"/>
+    <mergeCell ref="A8:N8"/>
+    <mergeCell ref="A9:N9"/>
+    <mergeCell ref="A10:N10"/>
     <mergeCell ref="B11:N11"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="66" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D32661EE-4663-45E0-942B-906B19F5DFFD}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{494E323D-8CE3-4067-BD90-65E9A139BE0B}">
   <dimension ref="A1:N16"/>
   <sheetViews>
     <sheetView view="pageLayout" zoomScale="130" zoomScaleNormal="100" zoomScalePageLayoutView="130" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="107.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="14" width="9.42578125" style="45" customWidth="1"/>
+    <col min="1" max="14" width="9.42578125" style="44" customWidth="1"/>
     <col min="15" max="15" width="8.28515625" style="10" customWidth="1"/>
     <col min="16" max="16" width="15.5703125" style="10" customWidth="1"/>
     <col min="17" max="16384" width="107.5703125" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="43.35" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="6" t="s">
         <v>32</v>
       </c>
       <c r="B1" s="7" t="s">
         <v>33</v>
       </c>
       <c r="C1" s="8" t="s">
         <v>34</v>
       </c>
       <c r="D1" s="8" t="s">
         <v>35</v>
       </c>
       <c r="E1" s="8" t="s">
         <v>36</v>
       </c>
       <c r="F1" s="8" t="s">
         <v>37</v>
       </c>
       <c r="G1" s="8" t="s">
@@ -1788,713 +1896,713 @@
       </c>
       <c r="I1" s="8" t="s">
         <v>40</v>
       </c>
       <c r="J1" s="8" t="s">
         <v>22</v>
       </c>
       <c r="K1" s="8" t="s">
         <v>24</v>
       </c>
       <c r="L1" s="8" t="s">
         <v>26</v>
       </c>
       <c r="M1" s="8" t="s">
         <v>28</v>
       </c>
       <c r="N1" s="9" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="2" spans="1:14" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B2" s="12">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C2" s="12">
-        <v>1680</v>
+        <v>1614</v>
       </c>
       <c r="D2" s="13">
-        <v>0.97299999999999998</v>
+        <v>0.97</v>
       </c>
       <c r="E2" s="13">
-        <v>0.97799999999999998</v>
+        <v>0.97499999999999998</v>
       </c>
       <c r="F2" s="13">
-        <v>0.97399999999999998</v>
+        <v>0.96699999999999997</v>
       </c>
       <c r="G2" s="13">
-        <v>0.93</v>
+        <v>0.91100000000000003</v>
       </c>
       <c r="H2" s="13">
-        <v>0.91800000000000004</v>
+        <v>0.88</v>
       </c>
       <c r="I2" s="13">
-        <v>0.91</v>
+        <v>0.871</v>
       </c>
       <c r="J2" s="13">
         <v>2E-3</v>
       </c>
       <c r="K2" s="14">
-        <v>2.8000000000000001E-2</v>
+        <v>0.03</v>
       </c>
       <c r="L2" s="14">
-        <v>0.03</v>
+        <v>3.2000000000000001E-2</v>
       </c>
       <c r="M2" s="14">
-        <v>0.01</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="N2" s="15">
-        <v>6.0999999999999999E-2</v>
+        <v>9.7000000000000003E-2</v>
       </c>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A3" s="16" t="s">
         <v>43</v>
       </c>
       <c r="B3" s="17">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C3" s="18">
-        <v>1144</v>
+        <v>1115</v>
       </c>
       <c r="D3" s="19">
-        <v>0.96899999999999997</v>
+        <v>0.94</v>
       </c>
       <c r="E3" s="20">
-        <v>0.96699999999999997</v>
+        <v>0.93700000000000006</v>
       </c>
       <c r="F3" s="20">
-        <v>0.93899999999999995</v>
+        <v>0.93600000000000005</v>
       </c>
       <c r="G3" s="20">
-        <v>0.89500000000000002</v>
+        <v>0.84399999999999997</v>
       </c>
       <c r="H3" s="20">
-        <v>0.86499999999999999</v>
+        <v>0.84199999999999997</v>
       </c>
       <c r="I3" s="20">
-        <v>0.83</v>
+        <v>0.80800000000000005</v>
       </c>
       <c r="J3" s="20">
         <v>1E-3</v>
       </c>
       <c r="K3" s="21">
-        <v>1.6E-2</v>
+        <v>1.9E-2</v>
       </c>
       <c r="L3" s="22">
-        <v>1.7000000000000001E-2</v>
+        <v>0.02</v>
       </c>
       <c r="M3" s="22">
-        <v>7.0000000000000001E-3</v>
+        <v>1.0999999999999999E-2</v>
       </c>
       <c r="N3" s="23">
-        <v>0.153</v>
+        <v>0.17199999999999999</v>
       </c>
     </row>
     <row r="4" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A4" s="16" t="s">
         <v>44</v>
       </c>
       <c r="B4" s="17">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="C4" s="24">
-        <v>5916</v>
+        <v>5427</v>
       </c>
       <c r="D4" s="22">
-        <v>0.98899999999999999</v>
+        <v>0.98499999999999999</v>
       </c>
       <c r="E4" s="19">
-        <v>0.99</v>
+        <v>0.98599999999999999</v>
       </c>
       <c r="F4" s="20">
-        <v>0.98599999999999999</v>
+        <v>0.98199999999999998</v>
       </c>
       <c r="G4" s="20">
-        <v>0.96099999999999997</v>
+        <v>0.94899999999999995</v>
       </c>
       <c r="H4" s="20">
-        <v>0.95599999999999996</v>
+        <v>0.94499999999999995</v>
       </c>
       <c r="I4" s="20">
-        <v>0.94399999999999995</v>
+        <v>0.93600000000000005</v>
       </c>
       <c r="J4" s="20">
-        <v>1E-3</v>
+        <v>2E-3</v>
       </c>
       <c r="K4" s="21">
-        <v>1.0999999999999999E-2</v>
+        <v>1.2999999999999999E-2</v>
       </c>
       <c r="L4" s="20">
-        <v>1.2999999999999999E-2</v>
+        <v>1.4E-2</v>
       </c>
       <c r="M4" s="22">
-        <v>2E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="N4" s="23">
-        <v>4.2999999999999997E-2</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="5" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A5" s="16" t="s">
         <v>45</v>
       </c>
       <c r="B5" s="17">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C5" s="24">
-        <v>163</v>
+        <v>142</v>
       </c>
       <c r="D5" s="25">
-        <v>0.96299999999999997</v>
+        <v>0.96499999999999997</v>
       </c>
       <c r="E5" s="22">
-        <v>0.94499999999999995</v>
+        <v>0.95099999999999996</v>
       </c>
       <c r="F5" s="20">
-        <v>0.96299999999999997</v>
+        <v>0.95099999999999996</v>
       </c>
       <c r="G5" s="20">
-        <v>0.95699999999999996</v>
+        <v>0.95799999999999996</v>
       </c>
       <c r="H5" s="20">
-        <v>0.92600000000000005</v>
+        <v>0.93700000000000006</v>
       </c>
       <c r="I5" s="20">
-        <v>0.89600000000000002</v>
+        <v>0.90100000000000002</v>
       </c>
       <c r="J5" s="20">
-        <v>0</v>
+        <v>7.0000000000000001E-3</v>
       </c>
       <c r="K5" s="21">
-        <v>5.5E-2</v>
+        <v>6.3E-2</v>
       </c>
       <c r="L5" s="20">
-        <v>5.5E-2</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="M5" s="22">
-        <v>1.2E-2</v>
+        <v>7.0000000000000001E-3</v>
       </c>
       <c r="N5" s="23">
-        <v>4.9000000000000002E-2</v>
+        <v>2.8000000000000001E-2</v>
       </c>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A6" s="16" t="s">
         <v>46</v>
       </c>
       <c r="B6" s="17">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C6" s="24">
-        <v>8861</v>
+        <v>9437</v>
       </c>
       <c r="D6" s="25">
+        <v>0.98599999999999999</v>
+      </c>
+      <c r="E6" s="25">
+        <v>0.98399999999999999</v>
+      </c>
+      <c r="F6" s="22">
         <v>0.98299999999999998</v>
       </c>
-      <c r="E6" s="25">
-[...4 lines deleted...]
-      </c>
       <c r="G6" s="19">
-        <v>0.93100000000000005</v>
+        <v>0.94799999999999995</v>
       </c>
       <c r="H6" s="20">
-        <v>0.91700000000000004</v>
+        <v>0.93799999999999994</v>
       </c>
       <c r="I6" s="20">
-        <v>0.89900000000000002</v>
+        <v>0.92500000000000004</v>
       </c>
       <c r="J6" s="20">
-        <v>2E-3</v>
+        <v>1E-3</v>
       </c>
       <c r="K6" s="21">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="L6" s="20">
         <v>0.01</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.2E-2</v>
       </c>
       <c r="M6" s="22">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="N6" s="23">
-        <v>8.8999999999999996E-2</v>
+        <v>6.6000000000000003E-2</v>
       </c>
     </row>
     <row r="7" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A7" s="16" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="17">
         <v>13</v>
       </c>
       <c r="C7" s="24">
-        <v>858</v>
+        <v>714</v>
       </c>
       <c r="D7" s="25">
-        <v>0.93200000000000005</v>
+        <v>0.94499999999999995</v>
       </c>
       <c r="E7" s="25">
-        <v>0.93500000000000005</v>
+        <v>0.96499999999999997</v>
       </c>
       <c r="F7" s="22">
-        <v>0.93500000000000005</v>
+        <v>0.95399999999999996</v>
       </c>
       <c r="G7" s="19">
-        <v>0.91300000000000003</v>
+        <v>0.88100000000000001</v>
       </c>
       <c r="H7" s="20">
-        <v>0.9</v>
+        <v>0.878</v>
       </c>
       <c r="I7" s="19">
-        <v>0.81100000000000005</v>
+        <v>0.85299999999999998</v>
       </c>
       <c r="J7" s="26">
-        <v>3.0000000000000001E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="K7" s="21">
-        <v>2.5999999999999999E-2</v>
+        <v>2.5000000000000001E-2</v>
       </c>
       <c r="L7" s="20">
-        <v>2.9000000000000001E-2</v>
+        <v>3.1E-2</v>
       </c>
       <c r="M7" s="22">
-        <v>3.0000000000000001E-3</v>
+        <v>1.2999999999999999E-2</v>
       </c>
       <c r="N7" s="23">
-        <v>0.16</v>
+        <v>0.11600000000000001</v>
       </c>
     </row>
     <row r="8" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A8" s="16" t="s">
         <v>48</v>
       </c>
       <c r="B8" s="17">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="C8" s="24">
-        <v>5002</v>
+        <v>4908</v>
       </c>
       <c r="D8" s="25">
-        <v>0.96799999999999997</v>
+        <v>0.97099999999999997</v>
       </c>
       <c r="E8" s="25">
-        <v>0.96199999999999997</v>
+        <v>0.97</v>
       </c>
       <c r="F8" s="25">
-        <v>0.95799999999999996</v>
+        <v>0.97099999999999997</v>
       </c>
       <c r="G8" s="25">
         <v>0.89800000000000002</v>
       </c>
       <c r="H8" s="22">
-        <v>0.88600000000000001</v>
+        <v>0.88900000000000001</v>
       </c>
       <c r="I8" s="19">
-        <v>0.85899999999999999</v>
+        <v>0.86699999999999999</v>
       </c>
       <c r="J8" s="19">
-        <v>2E-3</v>
+        <v>1E-3</v>
       </c>
       <c r="K8" s="21">
-        <v>2.1000000000000001E-2</v>
+        <v>1.6E-2</v>
       </c>
       <c r="L8" s="20">
-        <v>2.3E-2</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="M8" s="22">
-        <v>6.0000000000000001E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="N8" s="23">
-        <v>0.11799999999999999</v>
+        <v>0.11600000000000001</v>
       </c>
     </row>
     <row r="9" spans="1:14" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="16" t="s">
         <v>49</v>
       </c>
       <c r="B9" s="27">
         <v>21</v>
       </c>
       <c r="C9" s="28">
-        <v>1227</v>
+        <v>1358</v>
       </c>
       <c r="D9" s="29">
-        <v>0.98099999999999998</v>
+        <v>0.98299999999999998</v>
       </c>
       <c r="E9" s="29">
-        <v>0.97599999999999998</v>
+        <v>0.98299999999999998</v>
       </c>
       <c r="F9" s="29">
-        <v>0.97899999999999998</v>
+        <v>0.98399999999999999</v>
       </c>
       <c r="G9" s="29">
-        <v>0.95299999999999996</v>
+        <v>0.95099999999999996</v>
       </c>
       <c r="H9" s="30">
-        <v>0.94699999999999995</v>
+        <v>0.94499999999999995</v>
       </c>
       <c r="I9" s="30">
-        <v>0.93200000000000005</v>
-[...1 lines deleted...]
-      <c r="J9" s="31">
+        <v>0.93100000000000005</v>
+      </c>
+      <c r="J9" s="46">
         <v>0</v>
       </c>
       <c r="K9" s="21">
-        <v>3.1E-2</v>
+        <v>2.1000000000000001E-2</v>
       </c>
       <c r="L9" s="20">
-        <v>3.1E-2</v>
+        <v>2.1000000000000001E-2</v>
       </c>
       <c r="M9" s="22">
-        <v>8.9999999999999993E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="N9" s="23">
-        <v>3.6999999999999998E-2</v>
+        <v>4.9000000000000002E-2</v>
       </c>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A10" s="16" t="s">
         <v>50</v>
       </c>
       <c r="B10" s="27">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="C10" s="28">
-        <v>16926</v>
+        <v>17757</v>
       </c>
       <c r="D10" s="29">
-        <v>0.99099999999999999</v>
+        <v>0.98899999999999999</v>
       </c>
       <c r="E10" s="29">
-        <v>0.99099999999999999</v>
+        <v>0.98899999999999999</v>
       </c>
       <c r="F10" s="29">
         <v>0.98799999999999999</v>
       </c>
       <c r="G10" s="29">
-        <v>0.96599999999999997</v>
+        <v>0.96499999999999997</v>
       </c>
       <c r="H10" s="29">
-        <v>0.96</v>
+        <v>0.96099999999999997</v>
       </c>
       <c r="I10" s="29">
-        <v>0.94799999999999995</v>
+        <v>0.95</v>
       </c>
       <c r="J10" s="22">
         <v>2E-3</v>
       </c>
       <c r="K10" s="21">
-        <v>0.01</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="L10" s="20">
-        <v>1.2E-2</v>
+        <v>1.0999999999999999E-2</v>
       </c>
       <c r="M10" s="22">
         <v>2E-3</v>
       </c>
       <c r="N10" s="23">
-        <v>0.04</v>
+        <v>3.9E-2</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A11" s="16" t="s">
         <v>51</v>
       </c>
-      <c r="B11" s="32">
+      <c r="B11" s="31">
         <v>2</v>
       </c>
-      <c r="C11" s="33">
-[...20 lines deleted...]
-      <c r="J11" s="35">
+      <c r="C11" s="32">
+        <v>135</v>
+      </c>
+      <c r="D11" s="33">
+        <v>0.95599999999999996</v>
+      </c>
+      <c r="E11" s="33">
+        <v>0.97799999999999998</v>
+      </c>
+      <c r="F11" s="33">
+        <v>0.94099999999999995</v>
+      </c>
+      <c r="G11" s="33">
+        <v>0.83</v>
+      </c>
+      <c r="H11" s="33">
+        <v>0.8</v>
+      </c>
+      <c r="I11" s="33">
+        <v>0.77800000000000002</v>
+      </c>
+      <c r="J11" s="34">
         <v>0</v>
       </c>
-      <c r="K11" s="22">
-[...5 lines deleted...]
-      <c r="M11" s="22">
+      <c r="K11" s="47">
         <v>0</v>
       </c>
+      <c r="L11" s="26">
+        <v>0</v>
+      </c>
+      <c r="M11" s="47">
+        <v>0</v>
+      </c>
       <c r="N11" s="23">
-        <v>0.252</v>
+        <v>0.222</v>
       </c>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A12" s="16" t="s">
         <v>52</v>
       </c>
       <c r="B12" s="17">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="C12" s="24">
-        <v>8254</v>
+        <v>8346</v>
       </c>
       <c r="D12" s="25">
+        <v>0.98899999999999999</v>
+      </c>
+      <c r="E12" s="25">
+        <v>0.99099999999999999</v>
+      </c>
+      <c r="F12" s="25">
         <v>0.99</v>
       </c>
-      <c r="E12" s="25">
-[...4 lines deleted...]
-      </c>
       <c r="G12" s="25">
-        <v>0.96699999999999997</v>
+        <v>0.95799999999999996</v>
       </c>
       <c r="H12" s="25">
-        <v>0.96199999999999997</v>
+        <v>0.95</v>
       </c>
       <c r="I12" s="25">
-        <v>0.95399999999999996</v>
+        <v>0.94299999999999995</v>
       </c>
       <c r="J12" s="25">
-        <v>2E-3</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="K12" s="25">
         <v>8.0000000000000002E-3</v>
       </c>
       <c r="L12" s="22">
-        <v>0.01</v>
+        <v>1.0999999999999999E-2</v>
       </c>
       <c r="M12" s="22">
         <v>2E-3</v>
       </c>
       <c r="N12" s="23">
-        <v>3.5999999999999997E-2</v>
+        <v>4.5999999999999999E-2</v>
       </c>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A13" s="16" t="s">
         <v>53</v>
       </c>
       <c r="B13" s="27">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C13" s="28">
-        <v>5590</v>
+        <v>5548</v>
       </c>
       <c r="D13" s="29">
         <v>0.97799999999999998</v>
       </c>
       <c r="E13" s="29">
-        <v>0.97799999999999998</v>
+        <v>0.97899999999999998</v>
       </c>
       <c r="F13" s="29">
-        <v>0.97299999999999998</v>
+        <v>0.97699999999999998</v>
       </c>
       <c r="G13" s="29">
-        <v>0.90300000000000002</v>
+        <v>0.92</v>
       </c>
       <c r="H13" s="29">
-        <v>0.878</v>
+        <v>0.90500000000000003</v>
       </c>
       <c r="I13" s="29">
-        <v>0.85799999999999998</v>
+        <v>0.89300000000000002</v>
       </c>
       <c r="J13" s="29">
-        <v>3.0000000000000001E-3</v>
+        <v>1E-3</v>
       </c>
       <c r="K13" s="29">
-        <v>1.0999999999999999E-2</v>
+        <v>1.2999999999999999E-2</v>
       </c>
       <c r="L13" s="30">
         <v>1.4E-2</v>
       </c>
       <c r="M13" s="22">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="N13" s="23">
-        <v>0.128</v>
+        <v>9.2999999999999999E-2</v>
       </c>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A14" s="16" t="s">
         <v>54</v>
       </c>
       <c r="B14" s="17">
-        <v>107</v>
+        <v>97</v>
       </c>
       <c r="C14" s="24">
-        <v>5600</v>
+        <v>5100</v>
       </c>
       <c r="D14" s="25">
-        <v>0.95099999999999996</v>
+        <v>0.96599999999999997</v>
       </c>
       <c r="E14" s="25">
-        <v>0.95099999999999996</v>
+        <v>0.96599999999999997</v>
       </c>
       <c r="F14" s="25">
-        <v>0.93500000000000005</v>
+        <v>0.96</v>
       </c>
       <c r="G14" s="25">
-        <v>0.89800000000000002</v>
+        <v>0.90400000000000003</v>
       </c>
       <c r="H14" s="25">
-        <v>0.88500000000000001</v>
+        <v>0.89200000000000002</v>
       </c>
       <c r="I14" s="25">
-        <v>0.82899999999999996</v>
+        <v>0.86199999999999999</v>
       </c>
       <c r="J14" s="25">
         <v>1E-3</v>
       </c>
       <c r="K14" s="25">
-        <v>2E-3</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="L14" s="22">
-        <v>3.0000000000000001E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="M14" s="22">
         <v>1E-3</v>
       </c>
       <c r="N14" s="23">
-        <v>0.16800000000000001</v>
+        <v>0.13400000000000001</v>
       </c>
     </row>
     <row r="15" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="36" t="s">
+      <c r="A15" s="35" t="s">
         <v>55</v>
       </c>
-      <c r="B15" s="37">
-[...8 lines deleted...]
-      <c r="E15" s="39">
+      <c r="B15" s="36">
+        <v>115</v>
+      </c>
+      <c r="C15" s="37">
+        <v>9048</v>
+      </c>
+      <c r="D15" s="38">
+        <v>0.97899999999999998</v>
+      </c>
+      <c r="E15" s="38">
         <v>0.98399999999999999</v>
       </c>
-      <c r="F15" s="39">
+      <c r="F15" s="38">
         <v>0.98099999999999998</v>
       </c>
-      <c r="G15" s="39">
-[...12 lines deleted...]
-        <v>1.0999999999999999E-2</v>
+      <c r="G15" s="38">
+        <v>0.93500000000000005</v>
+      </c>
+      <c r="H15" s="38">
+        <v>0.92300000000000004</v>
+      </c>
+      <c r="I15" s="38">
+        <v>0.90700000000000003</v>
+      </c>
+      <c r="J15" s="38">
+        <v>2E-3</v>
+      </c>
+      <c r="K15" s="38">
+        <v>1.4E-2</v>
       </c>
       <c r="L15" s="21">
-        <v>1.2E-2</v>
+        <v>1.6E-2</v>
       </c>
       <c r="M15" s="21">
         <v>3.0000000000000001E-3</v>
       </c>
-      <c r="N15" s="40">
-        <v>7.8E-2</v>
+      <c r="N15" s="39">
+        <v>7.6999999999999999E-2</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="B16" s="41">
-[...5 lines deleted...]
-      <c r="D16" s="42">
+      <c r="B16" s="40">
+        <v>923</v>
+      </c>
+      <c r="C16" s="40">
+        <v>70649</v>
+      </c>
+      <c r="D16" s="41">
         <v>0.98099999999999998</v>
       </c>
-      <c r="E16" s="42">
+      <c r="E16" s="41">
+        <v>0.98199999999999998</v>
+      </c>
+      <c r="F16" s="41">
         <v>0.98</v>
       </c>
-      <c r="F16" s="42">
-[...14 lines deleted...]
-      <c r="K16" s="42">
+      <c r="G16" s="41">
+        <v>0.94</v>
+      </c>
+      <c r="H16" s="41">
+        <v>0.93100000000000005</v>
+      </c>
+      <c r="I16" s="41">
+        <v>0.91700000000000004</v>
+      </c>
+      <c r="J16" s="41">
+        <v>1E-3</v>
+      </c>
+      <c r="K16" s="41">
         <v>1.0999999999999999E-2</v>
       </c>
-      <c r="L16" s="43">
+      <c r="L16" s="42">
         <v>1.2999999999999999E-2</v>
       </c>
-      <c r="M16" s="42">
+      <c r="M16" s="41">
         <v>3.0000000000000001E-3</v>
       </c>
-      <c r="N16" s="44">
-        <v>7.8E-2</v>
+      <c r="N16" s="43">
+        <v>7.0000000000000007E-2</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="1" bottom="1" header="0.25" footer="0.25"/>
   <pageSetup orientation="landscape" horizontalDpi="90" verticalDpi="90" r:id="rId1"/>
   <headerFooter>
-    <oddHeader>&amp;C&amp;"-,Bold"&amp;16Grade 7 Immunization and Exemption Rates by County 2024-2025&amp;"-,Regular"&amp;11
+    <oddHeader>&amp;C&amp;"-,Bold"&amp;16Grade 7 Immunization and Exemption Rates by County 2025-2026&amp;"-,Regular"&amp;11
 &amp;10&amp;KC00000See "Notes" Tab for Explanation of Symbols and Limitations</oddHeader>
     <oddFooter>&amp;CMassachusetts Department of Public Health
-Immunization Division - School Immunization Survey&amp;RUpdated March 2025 - Page &amp;P</oddFooter>
+Immunization Division - School Immunization Survey&amp;RUpdated March 2026 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>