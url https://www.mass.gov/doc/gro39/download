--- v0 (2025-11-02)
+++ v1 (2026-02-02)
@@ -91,65 +91,65 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2562893" cy="768096"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk69282909"/>
     </w:p>
     <w:p w14:paraId="1717ED78" w14:textId="74C6A1A4" w:rsidR="00680B92" w:rsidRPr="00CA6AF1" w:rsidRDefault="00680B92" w:rsidP="00680B92">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc206762628"/>
-      <w:bookmarkStart w:id="2" w:name="_Hlk207697018"/>
-      <w:bookmarkStart w:id="3" w:name="_Toc209770361"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc209770361"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk207697018"/>
       <w:r>
         <w:t>Contract User Guide</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00DE5AE7">
         <w:t>GRO39: Drinking Water - General and Emergency Services</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="65E4D6F9" w14:textId="77777777" w:rsidR="00680B92" w:rsidRPr="00680B92" w:rsidRDefault="00680B92" w:rsidP="00680B92">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B3AFAB3" w14:textId="6AA26EBE" w:rsidR="003121D1" w:rsidRDefault="00803BD8" w:rsidP="003E0898">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc209770362"/>
       <w:r>
         <w:t xml:space="preserve">Contract </w:t>
       </w:r>
       <w:r w:rsidR="003E0898">
         <w:t>Overview</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="390D03BC" w14:textId="14BDB73B" w:rsidR="00C9452E" w:rsidRDefault="00C9452E" w:rsidP="00666B28">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
@@ -720,127 +720,140 @@
           </w:tcPr>
           <w:p w14:paraId="79F057E1" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00B802FA" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B802FA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5448" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14685198" w14:textId="7ABA0859" w:rsidR="0064148A" w:rsidRPr="00B802FA" w:rsidRDefault="0031353A" w:rsidP="00953689">
+          <w:p w14:paraId="14685198" w14:textId="04D39018" w:rsidR="0064148A" w:rsidRPr="00B802FA" w:rsidRDefault="00DD5675" w:rsidP="00953689">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">09/05/25: </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E423C2" w:rsidRPr="00B802FA">
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="0031353A">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Environmental Preferable Products Section</w:t>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="0031353A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/25:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Vendor contact information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1EB0D8BB" w14:textId="77777777" w:rsidR="0081699B" w:rsidRPr="00B802FA" w:rsidRDefault="0081699B" w:rsidP="00E423C2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7707106D" w14:textId="77777777" w:rsidR="0031353A" w:rsidRPr="006E4CCA" w:rsidRDefault="0031353A" w:rsidP="0031353A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>mass.gov/</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>mass.gov/osd</w:t>
+      </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="650E2606" w14:textId="602C6DDD" w:rsidR="0031353A" w:rsidRPr="009E685D" w:rsidRDefault="0031353A" w:rsidP="0031353A">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Template Version: 9.0</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
@@ -983,61 +996,52 @@
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>617-</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">720-3300 | </w:t>
       </w:r>
       <w:hyperlink r:id="rId14">
         <w:r>
           <w:rPr>
             <w:color w:val="2E368F"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>mass.gov/</w:t>
+          <w:t>mass.gov/osd</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1BCBF46A" w14:textId="77777777" w:rsidR="00B03625" w:rsidRDefault="00B03625" w:rsidP="00426815">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C694013" w14:textId="2D5CB900" w:rsidR="72300BD6" w:rsidRDefault="72300BD6" w:rsidP="72300BD6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:sectPr w:rsidR="72300BD6" w:rsidSect="003E7DC2">
           <w:headerReference w:type="default" r:id="rId15"/>
           <w:footerReference w:type="default" r:id="rId16"/>
           <w:headerReference w:type="first" r:id="rId17"/>
           <w:footerReference w:type="first" r:id="rId18"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
@@ -3748,63 +3752,52 @@
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FD56ED6" w14:textId="77777777" w:rsidR="00005705" w:rsidRDefault="00005705" w:rsidP="72300BD6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76DCC826" w14:textId="7C71ABB6" w:rsidR="003F26F2" w:rsidRDefault="13FE62E6" w:rsidP="72300BD6">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="72300BD6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">TIP: To return to the first page throughout this document, use </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>TIP: To return to the first page throughout this document, use Ctrl+home</w:t>
+      </w:r>
       <w:r w:rsidRPr="72300BD6">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="_Toc194066592"/>
     </w:p>
     <w:p w14:paraId="0954B7C4" w14:textId="695E6010" w:rsidR="00E26E6E" w:rsidRDefault="00F65966" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc209770363"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Contract</w:t>
       </w:r>
       <w:r w:rsidR="00C0549D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B15B3F">
@@ -4867,60 +4860,60 @@
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Prompt Pay Discount (PPD)–is available from all </w:t>
       </w:r>
       <w:r w:rsidR="00553ED9">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vendor</w:t>
       </w:r>
       <w:r w:rsidRPr="00A274EB">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15E3E7FC" w14:textId="451DD6FE" w:rsidR="00F75989" w:rsidRDefault="008B7D4E" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc194066593"/>
-      <w:bookmarkStart w:id="15" w:name="_Toc209770367"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc209770367"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc194066593"/>
       <w:r>
         <w:t>Contract Categories</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidR="00E23F4C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="24CDA917" w14:textId="77777777" w:rsidR="00E423C2" w:rsidRPr="00A70D87" w:rsidRDefault="00E423C2" w:rsidP="00E423C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc194066595"/>
       <w:r w:rsidRPr="00A70D87">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This contract includes four categories of products and services as listed below:  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00DC9088" w14:textId="77777777" w:rsidR="00E423C2" w:rsidRPr="00A70D87" w:rsidRDefault="00E423C2" w:rsidP="00E423C2">
       <w:pPr>
@@ -5640,191 +5633,223 @@
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>page, where links to all the vendors’ MBPOs are provided.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E6DD92B" w14:textId="11958876" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="_Quote_Response_and"/>
-      <w:bookmarkStart w:id="23" w:name="_Toc194066598"/>
-      <w:bookmarkStart w:id="24" w:name="_Toc209770370"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc209770370"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc194066598"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:t>Quote Response and Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w14:paraId="61C96B6C" w14:textId="77777777" w:rsidR="00B63E41" w:rsidRPr="00B63E41" w:rsidRDefault="00B63E41" w:rsidP="007B352E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="25" w:name="_Toc205453557"/>
-      <w:bookmarkStart w:id="26" w:name="_Toc194066596"/>
-      <w:bookmarkStart w:id="27" w:name="_Toc209770371"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc209770371"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc194066596"/>
       <w:r>
         <w:t>Quotes Including Construction Services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:p w14:paraId="072AF4AA" w14:textId="77777777" w:rsidR="00B63E41" w:rsidRPr="00C228BC" w:rsidRDefault="00B63E41" w:rsidP="00B63E41">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C228BC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please note specific requirements that apply for quoting construction services, depending upon the scope of your bid:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15F8DCDA" w14:textId="77777777" w:rsidR="00B63E41" w:rsidRPr="00C228BC" w:rsidRDefault="00B63E41" w:rsidP="0055577B">
+    <w:p w14:paraId="15F8DCDA" w14:textId="441CC083" w:rsidR="00B63E41" w:rsidRPr="00C228BC" w:rsidRDefault="00B63E41" w:rsidP="0055577B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C228BC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Where the construction services are less than $10,000:  Select a vendor based on sound business practices, consistent with your entity’s procurement policies and procedures.</w:t>
+        <w:t>Where the construction services are less than $10,000</w:t>
+      </w:r>
+      <w:r w:rsidR="00675055" w:rsidRPr="00C228BC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: Select</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228BC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a vendor based on sound business practices, consistent with your entity’s procurement policies and procedures.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="073D486D" w14:textId="77777777" w:rsidR="00B63E41" w:rsidRPr="00C228BC" w:rsidRDefault="00B63E41" w:rsidP="0055577B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55103E09" w14:textId="77777777" w:rsidR="00B63E41" w:rsidRPr="00C228BC" w:rsidRDefault="00B63E41" w:rsidP="0055577B">
+    <w:p w14:paraId="55103E09" w14:textId="3E2269C0" w:rsidR="00B63E41" w:rsidRPr="00C228BC" w:rsidRDefault="00B63E41" w:rsidP="0055577B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C228BC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>For construction services valued from $10,000-$50,000:  Must solicit a minimum of three quotes and receive two written responses; award to lowest responsible bidder.</w:t>
+        <w:t>For construction services valued from $10,000-$50,000</w:t>
+      </w:r>
+      <w:r w:rsidR="00675055" w:rsidRPr="00C228BC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: Must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228BC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> solicit a minimum of three quotes and receive two written responses; award to lowest responsible bidder.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B28C133" w14:textId="77777777" w:rsidR="00B63E41" w:rsidRPr="00B63E41" w:rsidRDefault="00B63E41" w:rsidP="007B352E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="_Toc205453558"/>
       <w:bookmarkStart w:id="29" w:name="_Toc209770372"/>
       <w:r>
         <w:t>Estimates</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p w14:paraId="1588AAE1" w14:textId="77777777" w:rsidR="00B63E41" w:rsidRPr="00C228BC" w:rsidRDefault="00B63E41" w:rsidP="00B63E41">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C228BC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If contract requires labor, vendor should provide estimates in observance of internal procurement regulations. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5784688E" w14:textId="63C3A682" w:rsidR="00802718" w:rsidRPr="00B63E41" w:rsidRDefault="00ED723A" w:rsidP="00B63E41">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="_Toc209770373"/>
       <w:r>
         <w:t>Purchase</w:t>
       </w:r>
       <w:r w:rsidR="00BC5DEA">
         <w:t xml:space="preserve"> Options</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w14:paraId="167D33E7" w14:textId="1E3F26CC" w:rsidR="00802718" w:rsidRPr="003B0898" w:rsidRDefault="00802718" w:rsidP="008A72A3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00802718">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This contract provides for multiple methods of purchase:</w:t>
       </w:r>
     </w:p>
@@ -6763,80 +6788,87 @@
       <w:r w:rsidR="00E946C2" w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidR="00B63E41" w:rsidRPr="00596301">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor MBPO Listing</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B63E41">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E946C2" w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">for a list of eligible vendors. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B0898">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00397AB8" w:rsidRPr="003B0898">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00A61E64" w:rsidRPr="003B0898">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uyer can</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B0898">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> create a Release Requisition in COMMBUYS, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B0898">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">for a list of eligible vendors. </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> create a Release Requisition in COMMBUYS, submit the </w:t>
+        <w:t xml:space="preserve">submit the </w:t>
       </w:r>
       <w:r w:rsidR="00384045" w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>re</w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">quisition for approval in COMMBUYS, and </w:t>
       </w:r>
       <w:r w:rsidR="00A61E64" w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">then </w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -7306,61 +7338,61 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mak</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> informed purchasing choices. Eligible entities should follow their internal guidelines for COMMBUYS use.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01DC6409" w14:textId="58CA8183" w:rsidR="004B6469" w:rsidRDefault="00AB211E" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="_Toc194066601"/>
-      <w:bookmarkStart w:id="34" w:name="_Toc209770375"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc209770375"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc194066601"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Finding Contract Documents</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="33"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="782F9C76" w14:textId="247790D6" w:rsidR="00AF445B" w:rsidRPr="00136C46" w:rsidRDefault="00D2137A" w:rsidP="00AF445B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers </w:t>
       </w:r>
       <w:r w:rsidR="00E3202F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -7678,51 +7710,51 @@
       <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MBPOs</w:t>
       </w:r>
       <w:r w:rsidR="00837172" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> information opens in a table format. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C5DE19C" w14:textId="3575CF5F" w:rsidR="00EF6BEA" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00F329F3">
+    <w:p w14:paraId="6C5DE19C" w14:textId="3F9AE960" w:rsidR="00EF6BEA" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00F329F3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To view </w:t>
       </w:r>
       <w:r w:rsidR="006219BA" w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
@@ -7803,51 +7835,65 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> link. </w:t>
       </w:r>
       <w:r w:rsidR="0002260E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="001E44D0" w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MBPO</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> opens for the selected PO and the attachments </w:t>
+        <w:t xml:space="preserve"> opens for the selected </w:t>
+      </w:r>
+      <w:r w:rsidR="00675055" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PO,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the attachments </w:t>
       </w:r>
       <w:r w:rsidR="000F68FF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be found in the </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Agency Attachments</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
@@ -9002,61 +9048,61 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">use sound business practices to </w:t>
       </w:r>
       <w:r w:rsidR="00D72A2A" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>award the work to a vendor without seeking additional quotes. Using an OSD statewide contract satisfies the sound business practices requirement of G.L. c. 149 for jobs costing less than $10,000</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EA675B2" w14:textId="348E550A" w:rsidR="0024729E" w:rsidRDefault="00F26DFB" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="40" w:name="_Toc194066605"/>
-      <w:bookmarkStart w:id="41" w:name="_Toc209770379"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc209770379"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc194066605"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Prevailing Wage Law Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="40"/>
       <w:r w:rsidR="004D3A5D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="41"/>
     </w:p>
     <w:p w14:paraId="16964FBC" w14:textId="77777777" w:rsidR="00930EB1" w:rsidRDefault="00930EB1" w:rsidP="00930EB1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C5C8D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Massachusetts prevailing wage laws require that covered employees on public works projects be paid a minimum hourly rate set by the Department of Labor Standards (DLS). The prevailing wage laws apply to both union and non-union employers and employees. The buyer has a legal obligation to request a prevailing wage schedule from the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidRPr="00DD25F4">
           <w:rPr>
@@ -10031,60 +10077,60 @@
       </w:r>
       <w:r w:rsidRPr="009E2D17">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SDO Certification Type</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED6956">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> column.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6001D8C1" w14:textId="2E29A819" w:rsidR="00A87A58" w:rsidRPr="009E12A3" w:rsidRDefault="00A87A58" w:rsidP="72300BD6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="50" w:name="_Toc194066609"/>
-      <w:bookmarkStart w:id="51" w:name="_Toc209770385"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc209770385"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc194066609"/>
       <w:r>
         <w:t>Shipping, Delivery, and Returns</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="50"/>
       <w:r w:rsidR="003B7672">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="51"/>
     </w:p>
     <w:p w14:paraId="1D5D910A" w14:textId="62C95C3B" w:rsidR="000C5CD9" w:rsidRPr="009E12A3" w:rsidRDefault="000C5CD9" w:rsidP="00A87A58">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For shipping, delivery, and returns, please follow these guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E48FCDE" w14:textId="3CD83DE4" w:rsidR="005C0CFF" w:rsidRPr="00AE112C" w:rsidRDefault="005C0CFF" w:rsidP="00CE0ABB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
@@ -10103,51 +10149,67 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Delivery</w:t>
       </w:r>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00396A16" w:rsidRPr="00396A16">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE112C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ust be made at no extra cost to the Commonwealth with all deliveries being FOB destination. Delivery must be made between six (6) to twelve (12) hours after request by user department. Where this is an event driven emergency procurement, all deliveries must be made within the timeframe mentioned or any other timeframe agreed upon by user department. All orders will be processed, confirmed, and delivered based on established delivery times, schedules, and locations.  Any change in the specified delivery schedule is subject to approval by the ordering facility. Stock items will be delivered within specified hours of order receipt unless the ordering department requests a specific delivery schedule. Any item not delivered during an established delivery period may be canceled at no cost to the Commonwealth.  Any additional costs incurred by the Commonwealth, as a result of the vendor’s failure to deliver is the responsibility of the vendor(s).  Any product delivered that does not conform to this requirement will be returned at the vendor’s expense. </w:t>
+        <w:t xml:space="preserve">ust be made at no extra cost to the Commonwealth with all deliveries being FOB destination. Delivery must be made between six (6) to twelve (12) hours after request by user department. Where this is an event driven emergency procurement, all deliveries must be made within the timeframe mentioned or any other timeframe agreed upon by user department. All orders will be processed, confirmed, and delivered based on established delivery times, schedules, and locations.  Any change in the specified delivery schedule is subject to approval by the ordering facility. Stock items will be delivered within specified hours of order receipt unless the ordering department requests a specific delivery schedule. Any item not delivered during an established delivery period may be canceled at no cost to the Commonwealth.  Any additional costs incurred by the Commonwealth, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AE112C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AE112C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the vendor’s failure to deliver is the responsibility of the vendor(s).  Any product delivered that does not conform to this requirement will be returned at the vendor’s expense. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79895BA5" w14:textId="77777777" w:rsidR="00CE7341" w:rsidRDefault="005C0CFF" w:rsidP="00CE7341">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE112C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>“Will Call Orders”</w:t>
       </w:r>
@@ -10200,67 +10262,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The vendor(s) must meet all Department of Correction security requirements applicable to each facility.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63CEACE9" w14:textId="7065720A" w:rsidR="0081699B" w:rsidRPr="0081699B" w:rsidRDefault="005C0CFF" w:rsidP="00CE0ABB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE112C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Requirements may include but are not limited </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> inspection and search of all delivery vehicles including driver; cab and all contents thereof; locking gas or fuel caps, all drivers must pass a CORI background check</w:t>
+        <w:t>Requirements may include but are not limited to: inspection and search of all delivery vehicles including driver; cab and all contents thereof; locking gas or fuel caps, all drivers must pass a CORI background check</w:t>
       </w:r>
       <w:r w:rsidR="00971B97">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE112C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> no split load deliveries where required; strict delivery time requirements</w:t>
       </w:r>
       <w:r w:rsidR="00336D00">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE112C">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -10999,105 +11045,79 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide actionable feedback on vendors for this contract to optimize performance </w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">through the </w:t>
       </w:r>
       <w:hyperlink r:id="rId53" w:history="1">
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="00387453" w:rsidRPr="001F178A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Procurated</w:t>
-[...8 lines deleted...]
-          <w:t xml:space="preserve"> Platform</w:t>
+          <w:t>Procurated Platform</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00387453" w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C4CD8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">On the </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> website, </w:t>
+        <w:t xml:space="preserve">On the Procurated website, </w:t>
       </w:r>
       <w:r w:rsidR="003F621F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select an OSD contract, c</w:t>
       </w:r>
       <w:r w:rsidR="00BE76D0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hoose</w:t>
       </w:r>
       <w:r w:rsidR="003F621F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F621F" w:rsidRPr="00E8347B">
         <w:rPr>
           <w:b/>
@@ -11564,118 +11584,101 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vendor contract manager contact information is </w:t>
       </w:r>
       <w:r w:rsidR="007B1195">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>listed</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> on the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="00C11C74">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Vendo</w:t>
-[...15 lines deleted...]
-          <w:t xml:space="preserve"> List</w:t>
+          <w:t>Vendor List</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D32C02">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E4F3ADB" w14:textId="477EF2DC" w:rsidR="000E01B4" w:rsidRDefault="000E01B4" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="61" w:name="_Toc194066615"/>
       <w:bookmarkStart w:id="62" w:name="_Toc209770389"/>
       <w:r>
         <w:t>General Procurement Guidelines and Best Practices</w:t>
       </w:r>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
     </w:p>
     <w:p w14:paraId="6091B2E8" w14:textId="465D2E1E" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="000E01B4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For general procurement guidelines and best practices, follow these recommendations:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="508955D5" w14:textId="22E06009" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00CE0ABB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Buyers should inform vendors to reference </w:t>
       </w:r>
       <w:r w:rsidR="007F523B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Statewide </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Contract </w:t>
       </w:r>
       <w:r w:rsidR="005C0CFF" w:rsidRPr="005C0CFF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>GRO39</w:t>
       </w:r>
       <w:r w:rsidR="005C0CFF">
@@ -11689,50 +11692,51 @@
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>on all quotes and invoices.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FAEA744" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00CE0ABB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>No prepayment should be made for products not yet delivered or services not yet rendered.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A53C235" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00CE0ABB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No sales tax should be applied to invoices.</w:t>
       </w:r>
     </w:p>
@@ -12460,93 +12464,93 @@
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73C8C986" w14:textId="1FB02C82" w:rsidR="005C0CFF" w:rsidRPr="00D77EF1" w:rsidRDefault="005C0CFF" w:rsidP="00CE0ABB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D77EF1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Water cooler dispensers and coffee service equipment must conform to the latest version of </w:t>
       </w:r>
       <w:hyperlink r:id="rId64" w:history="1">
         <w:r w:rsidRPr="00D77EF1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>ENERGY STAR</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D77EF1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78E80DD1" w14:textId="77777777" w:rsidR="005C0CFF" w:rsidRDefault="005C0CFF" w:rsidP="00CE0ABB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D77EF1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>For Category 2, all water cooler dispenser units including touch-free models</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> must: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7966F9BE" w14:textId="77777777" w:rsidR="005C0CFF" w:rsidRPr="00101103" w:rsidRDefault="005C0CFF" w:rsidP="00CE0ABB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -12695,63 +12699,52 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Green Seal</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D77EF1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
       <w:hyperlink r:id="rId66" w:history="1">
         <w:r w:rsidRPr="00D77EF1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t xml:space="preserve">UL </w:t>
+          <w:t>UL Ecologo</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="00D77EF1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> or </w:t>
       </w:r>
       <w:hyperlink r:id="rId67" w:history="1">
         <w:r w:rsidRPr="00D77EF1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>US EPA Safer Choice</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D77EF1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -13338,97 +13331,97 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Reduced labor and time spent refilling or replacing bottles</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="601B7ECE" w14:textId="353BFC88" w:rsidR="005C0CFF" w:rsidRPr="00101103" w:rsidRDefault="005C0CFF" w:rsidP="00CE0ABB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00101103">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Minimized exposure to bacteria and germs from bottle changes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19DC97C7" w14:textId="5953CE23" w:rsidR="005C0CFF" w:rsidRPr="00101103" w:rsidRDefault="005C0CFF" w:rsidP="00CE0ABB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00101103">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lower risk of employee injuries from lifting heavy bottles</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EB77932" w14:textId="7F1801A8" w:rsidR="005C0CFF" w:rsidRPr="00101103" w:rsidRDefault="005C0CFF" w:rsidP="00CE0ABB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00101103">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Closed systems eliminate environmental exposure and contamination</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E64B75B" w14:textId="41826A1E" w:rsidR="007B1195" w:rsidRDefault="007B1195" w:rsidP="007B1195">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="69" w:name="_Toc209770392"/>
       <w:r>
         <w:t>Learn More</w:t>
       </w:r>
       <w:bookmarkEnd w:id="69"/>
     </w:p>
     <w:p w14:paraId="6FE6D0E7" w14:textId="4BC98E4B" w:rsidR="005C0CFF" w:rsidRPr="009B5C78" w:rsidRDefault="005C0CFF" w:rsidP="005C0CFF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B5C78">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -14007,59 +14000,59 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000F6D53">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>N/A indicates not applicable.</w:t>
       </w:r>
       <w:r w:rsidR="00E51057" w:rsidRPr="72300BD6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="5141" w:type="pct"/>
         <w:tblInd w:w="-681" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="Vendor Information Table"/>
         <w:tblDescription w:val="This table lists the contract's approved vendors and their associated details. Users may find vendor-specific information, including contact details, Master Blanket Purchase Order number (with a direct link), service categories, geographic regions, applicable prompt payment or delivery discounts, and any other important items related to the contract."/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1390"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="928"/>
+        <w:gridCol w:w="1378"/>
+        <w:gridCol w:w="1531"/>
+        <w:gridCol w:w="985"/>
+        <w:gridCol w:w="916"/>
         <w:gridCol w:w="2284"/>
-        <w:gridCol w:w="1114"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1164"/>
+        <w:gridCol w:w="1102"/>
+        <w:gridCol w:w="892"/>
+        <w:gridCol w:w="1131"/>
+        <w:gridCol w:w="1152"/>
         <w:gridCol w:w="1204"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w14:paraId="0F4748CC" w14:textId="77777777" w:rsidTr="00C16E9A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="713"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="553" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="7523B96C" w14:textId="61E063BC" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="90" w:name="_Appendix_A:_[add"/>
             <w:bookmarkStart w:id="91" w:name="_Toc194066624"/>
             <w:bookmarkEnd w:id="90"/>
@@ -14434,89 +14427,89 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00DE5AE7" w:rsidRPr="00B3625D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Commitment Percentage</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w14:paraId="09012983" w14:textId="77777777" w:rsidTr="000F6D53">
         <w:trPr>
           <w:trHeight w:val="799"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="553" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3CC06066" w14:textId="4FA6FFA3" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
+          <w:p w14:paraId="3CC06066" w14:textId="4FA6FFA3" w:rsidR="00DE5AE7" w:rsidRPr="004F1D3C" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F1D3C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Master MBPO</w:t>
+            </w:r>
+            <w:r w:rsidR="00877DBA" w:rsidRPr="004F1D3C">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:footnoteReference w:id="3"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B3EFBED" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3625D">
+            <w:r w:rsidRPr="004F1D3C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="16"/>
-[...26 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(All contract documents)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7A5388E3" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r w:rsidRPr="00B3625D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
@@ -14525,321 +14518,326 @@
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="71B76BD7" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="24B10F38" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6D57A719" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
+          <w:p w14:paraId="6D57A719" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00EF3EB6" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3625D">
+            <w:r w:rsidRPr="00EF3EB6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Michael Barry</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C4A4CC3" w14:textId="77777777" w:rsidR="004C7B37" w:rsidRPr="00B3625D" w:rsidRDefault="004C7B37" w:rsidP="00A6010A">
+          <w:p w14:paraId="2C4A4CC3" w14:textId="77777777" w:rsidR="004C7B37" w:rsidRPr="00EF3EB6" w:rsidRDefault="004C7B37" w:rsidP="00A6010A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3CA51391" w14:textId="45B0D78E" w:rsidR="00A6010A" w:rsidRPr="00B3625D" w:rsidRDefault="00A6010A" w:rsidP="00A6010A">
+          <w:p w14:paraId="3CA51391" w14:textId="45B0D78E" w:rsidR="00A6010A" w:rsidRPr="00EF3EB6" w:rsidRDefault="00A6010A" w:rsidP="00A6010A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3625D">
+            <w:r w:rsidRPr="00EF3EB6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Kelly Minichello </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62D8A299" w14:textId="7A0FBDC1" w:rsidR="00A6010A" w:rsidRPr="00B3625D" w:rsidRDefault="00A6010A" w:rsidP="00A6010A">
+          <w:p w14:paraId="62D8A299" w14:textId="7A0FBDC1" w:rsidR="00A6010A" w:rsidRPr="00EF3EB6" w:rsidRDefault="00A6010A" w:rsidP="00A6010A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="37A1916A" w14:textId="11D6EDA0" w:rsidR="00A6010A" w:rsidRPr="00B3625D" w:rsidRDefault="00A6010A" w:rsidP="00186A52">
+          <w:p w14:paraId="37A1916A" w14:textId="11D6EDA0" w:rsidR="00A6010A" w:rsidRPr="00EF3EB6" w:rsidRDefault="00A6010A" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="369" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2A291735" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
+          <w:p w14:paraId="2A291735" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00EF3EB6" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3625D">
+            <w:r w:rsidRPr="00EF3EB6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>617-720-3182</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0903A3A0" w14:textId="77777777" w:rsidR="004C7B37" w:rsidRPr="00B3625D" w:rsidRDefault="004C7B37" w:rsidP="00186A52">
+          <w:p w14:paraId="0903A3A0" w14:textId="77777777" w:rsidR="004C7B37" w:rsidRPr="00EF3EB6" w:rsidRDefault="004C7B37" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4C546094" w14:textId="396F9714" w:rsidR="00A6010A" w:rsidRPr="00B3625D" w:rsidRDefault="00A6010A" w:rsidP="00186A52">
+          <w:p w14:paraId="4C546094" w14:textId="396F9714" w:rsidR="00A6010A" w:rsidRPr="00EF3EB6" w:rsidRDefault="00A6010A" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3625D">
+            <w:r w:rsidRPr="00EF3EB6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>351-667-9536</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="908" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="463AC47E" w14:textId="0FBD3A5B" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00BD0147" w:rsidP="00186A52">
+          <w:p w14:paraId="463AC47E" w14:textId="0FBD3A5B" w:rsidR="00DE5AE7" w:rsidRPr="00EF3EB6" w:rsidRDefault="00BD0147" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
-              <w:r w:rsidRPr="00B3625D">
+              <w:r w:rsidRPr="00EF3EB6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>michael.barry3@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="0A60308A" w14:textId="77777777" w:rsidR="00BD0147" w:rsidRPr="00B3625D" w:rsidRDefault="00BD0147" w:rsidP="00186A52">
+          <w:p w14:paraId="0A60308A" w14:textId="77777777" w:rsidR="00BD0147" w:rsidRPr="00EF3EB6" w:rsidRDefault="00BD0147" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2A36CD4A" w14:textId="77777777" w:rsidR="00BD0147" w:rsidRPr="00B3625D" w:rsidRDefault="00BD0147" w:rsidP="00186A52">
+          <w:p w14:paraId="2A36CD4A" w14:textId="77777777" w:rsidR="00BD0147" w:rsidRPr="00EF3EB6" w:rsidRDefault="00BD0147" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5C09FC22" w14:textId="490A4646" w:rsidR="00BD0147" w:rsidRPr="00B3625D" w:rsidRDefault="00BD0147" w:rsidP="00186A52">
+          <w:p w14:paraId="5C09FC22" w14:textId="490A4646" w:rsidR="00BD0147" w:rsidRPr="00EF3EB6" w:rsidRDefault="00BD0147" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
-              <w:r w:rsidRPr="00B3625D">
+              <w:r w:rsidRPr="00EF3EB6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>kelly.minichello@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="061A938D" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
+          <w:p w14:paraId="061A938D" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00EF3EB6" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3625D">
+            <w:r w:rsidRPr="00EF3EB6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="355" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="449B2A9D" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
+          <w:p w14:paraId="449B2A9D" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00EF3EB6" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3625D">
+            <w:r w:rsidRPr="00EF3EB6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0FBEB130" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
+          <w:p w14:paraId="0FBEB130" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00EF3EB6" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3625D">
+            <w:r w:rsidRPr="00EF3EB6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="21A04459" w14:textId="7675A4CD" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="0082566A" w:rsidP="00186A52">
+          <w:p w14:paraId="21A04459" w14:textId="7675A4CD" w:rsidR="00DE5AE7" w:rsidRPr="00EF3EB6" w:rsidRDefault="0082566A" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3625D">
+            <w:r w:rsidRPr="00EF3EB6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="479" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6C80170C" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="0082566A">
+          <w:p w14:paraId="6C80170C" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00EF3EB6" w:rsidRDefault="00DE5AE7" w:rsidP="0082566A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3625D">
+            <w:r w:rsidRPr="00EF3EB6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w14:paraId="1E71C568" w14:textId="77777777" w:rsidTr="000F6D53">
         <w:trPr>
           <w:trHeight w:val="658"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="553" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="582460A9" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -14878,92 +14876,81 @@
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r w:rsidRPr="00B3625D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-22834</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1747B5FD" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B3625D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="403152"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Sharyea</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> Jackson</w:t>
+              <w:t>Sharyea Jackson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="369" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="351D6AC0" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
+          <w:p w14:paraId="351D6AC0" w14:textId="7D454385" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3625D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="403152"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">(678)-486-3503  </w:t>
+              <w:t xml:space="preserve">678-486-3503  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="908" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4495184C" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r w:rsidRPr="00B3625D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>SJackson@DSServices.com</w:t>
               </w:r>
@@ -15040,112 +15027,118 @@
           <w:tcPr>
             <w:tcW w:w="463" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0F102A39" w14:textId="1C2E9745" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="0082566A" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3625D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="479" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7A308965" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="0082566A">
-[...7 lines deleted...]
-          </w:p>
           <w:p w14:paraId="3313ECD7" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="0082566A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3625D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w14:paraId="44049252" w14:textId="77777777" w:rsidTr="000F6D53">
         <w:trPr>
           <w:trHeight w:val="799"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="553" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0DAEDD55" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
+          <w:p w14:paraId="0DAEDD55" w14:textId="08530F23" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B3625D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>BlueTriton</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B3625D">
+              <w:lastRenderedPageBreak/>
+              <w:t>BlueTriton Brands (Ready Refresh/ Nestle</w:t>
+            </w:r>
+            <w:r w:rsidR="00F67803">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Brands (Ready Refresh/ Nestle)</w:t>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="008D5141">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Primo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3625D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="086DC25A" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r w:rsidRPr="00B3625D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-22645</w:t>
               </w:r>
@@ -15156,65 +15149,65 @@
           <w:tcPr>
             <w:tcW w:w="358" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="75C59A35" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3625D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Brian Sullivan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="369" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="38B9E734" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
+          <w:p w14:paraId="38B9E734" w14:textId="255926EC" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3625D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">(508)-962- 1279 </w:t>
+              <w:t xml:space="preserve">508-962- 1279 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="908" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4EE78AC9" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r w:rsidRPr="00B3625D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>brian.sullivan@bluetriton.com</w:t>
               </w:r>
@@ -15291,126 +15284,406 @@
           <w:tcPr>
             <w:tcW w:w="463" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5D9D5D03" w14:textId="2FD1C440" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="0082566A" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3625D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="479" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7906194C" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="0082566A">
+          <w:p w14:paraId="3EBF17E5" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="0082566A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="00B3625D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:t>1%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000973CF" w:rsidRPr="00B3625D" w14:paraId="0E5828C8" w14:textId="77777777" w:rsidTr="000F6D53">
+        <w:trPr>
+          <w:trHeight w:val="799"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="553" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="492E497C" w14:textId="14419770" w:rsidR="000973CF" w:rsidRPr="00A2416C" w:rsidRDefault="00142715" w:rsidP="00186A52">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00A2416C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Quench USA, Inc</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50470" w:rsidRPr="00A2416C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Culligan Quench</w:t>
+            </w:r>
+            <w:r w:rsidR="00E64FBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="3EBF17E5" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="0082566A">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="614" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FC5F623" w14:textId="1B2219FF" w:rsidR="000973CF" w:rsidRPr="00443942" w:rsidRDefault="00D50470" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3625D">
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r w:rsidRPr="00443942">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>PO-22-1080-OSD03-SRC3-22647</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="358" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="38805942" w14:textId="53D9C9C9" w:rsidR="000973CF" w:rsidRPr="00A2416C" w:rsidRDefault="00286BC1" w:rsidP="00186A52">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2416C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Tommy Modica</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="369" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EED09D3" w14:textId="4D67645B" w:rsidR="000973CF" w:rsidRPr="00A2416C" w:rsidRDefault="00A2416C" w:rsidP="00186A52">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2416C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>347-881-5704</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="908" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="569EBD1E" w14:textId="39D03D41" w:rsidR="000973CF" w:rsidRPr="00514D0D" w:rsidRDefault="009D63DB" w:rsidP="00186A52">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>1%</w:t>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r w:rsidRPr="00514D0D">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>tmodica@culliganquench.com</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="443" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="22C9FD18" w14:textId="599B0D4F" w:rsidR="000973CF" w:rsidRPr="00443942" w:rsidRDefault="00040963" w:rsidP="00186A52">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00443942">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2, 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="39FF495A" w14:textId="50B964A6" w:rsidR="000973CF" w:rsidRPr="00443942" w:rsidRDefault="00040963" w:rsidP="00186A52">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00443942">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>All</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="459" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="387ABA81" w14:textId="77777777" w:rsidR="000973CF" w:rsidRPr="00443942" w:rsidRDefault="00040963" w:rsidP="00186A52">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00443942">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>PPD: 2%</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC3BAB" w:rsidRPr="00443942">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 10 days</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5416A11F" w14:textId="77777777" w:rsidR="00AC3BAB" w:rsidRPr="00443942" w:rsidRDefault="00AC3BAB" w:rsidP="00186A52">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00443942">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PPD: </w:t>
+            </w:r>
+            <w:r w:rsidR="002C4C92" w:rsidRPr="00443942">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2% - 15 days</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11ADCE0D" w14:textId="037F67C4" w:rsidR="002C4C92" w:rsidRPr="00443942" w:rsidRDefault="002C4C92" w:rsidP="00186A52">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00443942">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>PPD: 1% - 20 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="463" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="53C67FB8" w14:textId="59200EEC" w:rsidR="000973CF" w:rsidRPr="00443942" w:rsidRDefault="000E3436" w:rsidP="00186A52">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00443942">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="011E9C20" w14:textId="3C237D20" w:rsidR="000973CF" w:rsidRPr="00443942" w:rsidRDefault="000E3436" w:rsidP="0082566A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00443942">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w14:paraId="0CDAE196" w14:textId="77777777" w:rsidTr="000F6D53">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="553" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7E6E1D5D" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3625D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">W.B. Mason </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="61698739" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r w:rsidRPr="00B3625D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-22646</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="28757B16" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -15423,81 +15696,97 @@
               <w:t xml:space="preserve">Gregg Manning </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3DFFCB9E" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3625D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="369" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="193330F6" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
+          <w:p w14:paraId="193330F6" w14:textId="47469E75" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3625D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(800) 242-5892 x8273</w:t>
+              <w:t>800</w:t>
+            </w:r>
+            <w:r w:rsidR="00E4053A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3625D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>242-5892 x8273</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="908" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5BEA088F" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r w:rsidRPr="00B3625D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>gregg.manning@wbmason.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00B3625D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3C5742D2" w14:textId="4F1692C8" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="00186A52">
@@ -15627,68 +15916,50 @@
             <w:tcW w:w="463" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7404D8CF" w14:textId="2126EEF8" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="0082566A" w:rsidP="00186A52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3625D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="479" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="78FE8604" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="0082566A">
-[...16 lines deleted...]
-          </w:p>
           <w:p w14:paraId="54BA5EFD" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="00B3625D" w:rsidRDefault="00DE5AE7" w:rsidP="0082566A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3625D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="440CEA85" w14:textId="77777777" w:rsidR="00DE5AE7" w:rsidRPr="002C0911" w:rsidRDefault="00DE5AE7" w:rsidP="00DE5AE7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
@@ -16048,73 +16319,73 @@
       </w:r>
       <w:r w:rsidRPr="00695E83">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">00 Paper Products </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00931DF2" w:rsidRPr="00695E83" w:rsidSect="008A4943">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="864" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="02E2438F" w14:textId="77777777" w:rsidR="006F4420" w:rsidRDefault="006F4420" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="14C6849D" w14:textId="77777777" w:rsidR="007E1BFC" w:rsidRDefault="007E1BFC" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D466A6A" w14:textId="77777777" w:rsidR="006F4420" w:rsidRDefault="006F4420"/>
+    <w:p w14:paraId="1EDA2D2A" w14:textId="77777777" w:rsidR="007E1BFC" w:rsidRDefault="007E1BFC"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="65F550E7" w14:textId="77777777" w:rsidR="006F4420" w:rsidRDefault="006F4420" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="254356B3" w14:textId="77777777" w:rsidR="007E1BFC" w:rsidRDefault="007E1BFC" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F2DA01D" w14:textId="77777777" w:rsidR="006F4420" w:rsidRDefault="006F4420"/>
+    <w:p w14:paraId="2361D883" w14:textId="77777777" w:rsidR="007E1BFC" w:rsidRDefault="007E1BFC"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="70F0CCA8" w14:textId="77777777" w:rsidR="006F4420" w:rsidRDefault="006F4420">
+    <w:p w14:paraId="705A83F7" w14:textId="77777777" w:rsidR="007E1BFC" w:rsidRDefault="007E1BFC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -16209,61 +16480,52 @@
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E365B8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Note: </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6F7D551C" w14:textId="77777777" w:rsidR="00C01DAB" w:rsidRDefault="00C01DAB" w:rsidP="00C01DAB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
@@ -16579,51 +16841,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="6A0C0B94" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
+            <v:group w14:anchorId="3DC0BB64" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACLuFgyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dS8Mw&#10;EH8X/B/CCb651MaPrS4bMhQGg4FzjD0ezdkUm0tJ4lr31xtB8PF+3zdfjq4TJwqx9azhdlKAIK69&#10;abnRsH9/vZmCiAnZYOeZNHxThOXi8mKOlfEDv9FplxqRQzhWqMGm1FdSxtqSwzjxPXHmPnxwmPIZ&#10;GmkCDjncdbIsigfpsOXcYLGnlaX6c/flNBwP7eZcpkYdtuplsHfnsJquN1pfX43PTyASjelf/Ode&#10;mzxfqVlZzu4fFfz+lAGQix8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAi7hYMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiIwxayQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNZrMVkW3TIguCoKC2Ih7TzZgsbiZLErurv945CD0Ob973+NbbOQziiCn3kTSoRQUC&#10;qYu2J6fhbX9/dQsiF0PWDJFQww9m2G7Oz9amsXGiVzzuihMModwYDb6UsZEydx6DyYs4InH2GVMw&#10;hc/kpE1mYngYZF1VNzKYnnjBmxFbj93X7jswZd8+H6b334/rR/LzU9+6hO5F68uL+W4FouBcTs//&#10;7QerYamUWtaqZglWYh2Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIiMMWskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="27455141" w14:textId="77777777" w:rsidR="00C01DAB" w:rsidRPr="00E365B8" w:rsidRDefault="00C01DAB" w:rsidP="00C01DAB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="29F8E603" w14:textId="77777777" w:rsidR="0019409E" w:rsidRPr="00C01DAB" w:rsidRDefault="0019409E" w:rsidP="00C01DAB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
@@ -16761,61 +17023,52 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>ote</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3995F06B" w14:textId="44DF2DEB" w:rsidR="00AC1E9E" w:rsidRDefault="00AC1E9E" w:rsidP="00B84519">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>U</w:t>
@@ -17155,61 +17408,52 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5BD17469" w14:textId="0D93EA9C" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="00B84519">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
@@ -17408,73 +17652,73 @@
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4D920BE9" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="4C2A9F3F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="76DFCE92" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="40C3F3D7" w14:textId="77777777" w:rsidR="006F4420" w:rsidRDefault="006F4420" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="4FB343C9" w14:textId="77777777" w:rsidR="007E1BFC" w:rsidRDefault="007E1BFC" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="386E63BC" w14:textId="77777777" w:rsidR="006F4420" w:rsidRDefault="006F4420"/>
+    <w:p w14:paraId="2B3C5781" w14:textId="77777777" w:rsidR="007E1BFC" w:rsidRDefault="007E1BFC"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3A4C9D23" w14:textId="77777777" w:rsidR="006F4420" w:rsidRDefault="006F4420" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="2056DD75" w14:textId="77777777" w:rsidR="007E1BFC" w:rsidRDefault="007E1BFC" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2835259A" w14:textId="77777777" w:rsidR="006F4420" w:rsidRDefault="006F4420"/>
+    <w:p w14:paraId="3F7A9F94" w14:textId="77777777" w:rsidR="007E1BFC" w:rsidRDefault="007E1BFC"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="331E1177" w14:textId="77777777" w:rsidR="006F4420" w:rsidRDefault="006F4420">
+    <w:p w14:paraId="2B1E1C23" w14:textId="77777777" w:rsidR="007E1BFC" w:rsidRDefault="007E1BFC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="785F1961" w14:textId="65A708C6" w:rsidR="00877DBA" w:rsidRDefault="00877DBA">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00877DBA">
         <w:t>Note that COMMBUYS is the official system of record for vendor contact information.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
@@ -17743,51 +17987,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="311CDD3E" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="0DC34BED" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1020B730" w14:textId="1B04F90A" w:rsidR="00886F53" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
       <w:rPr>
         <w:sz w:val="10"/>
@@ -18078,51 +18322,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="7F7F1E22" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="2913F58E" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C7967846"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20680,50 +20924,51 @@
     <w:rsid w:val="00033590"/>
     <w:rsid w:val="000339E1"/>
     <w:rsid w:val="00033A05"/>
     <w:rsid w:val="000340F0"/>
     <w:rsid w:val="00034395"/>
     <w:rsid w:val="0003445F"/>
     <w:rsid w:val="000346B2"/>
     <w:rsid w:val="0003470F"/>
     <w:rsid w:val="000347B4"/>
     <w:rsid w:val="00034843"/>
     <w:rsid w:val="00034DA1"/>
     <w:rsid w:val="000351B6"/>
     <w:rsid w:val="000359B4"/>
     <w:rsid w:val="00036331"/>
     <w:rsid w:val="0003637D"/>
     <w:rsid w:val="00036385"/>
     <w:rsid w:val="0003653B"/>
     <w:rsid w:val="00036729"/>
     <w:rsid w:val="00036C85"/>
     <w:rsid w:val="00037112"/>
     <w:rsid w:val="00037504"/>
     <w:rsid w:val="000377EB"/>
     <w:rsid w:val="00037E2A"/>
     <w:rsid w:val="00037FDA"/>
     <w:rsid w:val="00040628"/>
+    <w:rsid w:val="00040963"/>
     <w:rsid w:val="000409EE"/>
     <w:rsid w:val="00040A67"/>
     <w:rsid w:val="00041A63"/>
     <w:rsid w:val="0004215A"/>
     <w:rsid w:val="0004258A"/>
     <w:rsid w:val="00042605"/>
     <w:rsid w:val="00042727"/>
     <w:rsid w:val="00042C1F"/>
     <w:rsid w:val="00043A65"/>
     <w:rsid w:val="00043A70"/>
     <w:rsid w:val="00043AF6"/>
     <w:rsid w:val="00043E3F"/>
     <w:rsid w:val="0004406E"/>
     <w:rsid w:val="000440D6"/>
     <w:rsid w:val="00044567"/>
     <w:rsid w:val="00044702"/>
     <w:rsid w:val="0004480A"/>
     <w:rsid w:val="0004484E"/>
     <w:rsid w:val="000454B3"/>
     <w:rsid w:val="000456E7"/>
     <w:rsid w:val="000466F9"/>
     <w:rsid w:val="00047007"/>
     <w:rsid w:val="0004772E"/>
     <w:rsid w:val="00047BD3"/>
     <w:rsid w:val="0005037F"/>
@@ -20835,50 +21080,51 @@
     <w:rsid w:val="00087F2C"/>
     <w:rsid w:val="0009019F"/>
     <w:rsid w:val="00090A78"/>
     <w:rsid w:val="00090FF8"/>
     <w:rsid w:val="00091096"/>
     <w:rsid w:val="000910B0"/>
     <w:rsid w:val="00091120"/>
     <w:rsid w:val="00091677"/>
     <w:rsid w:val="000918E5"/>
     <w:rsid w:val="00092535"/>
     <w:rsid w:val="00092DDE"/>
     <w:rsid w:val="000937A5"/>
     <w:rsid w:val="00093918"/>
     <w:rsid w:val="000939B9"/>
     <w:rsid w:val="00093DC0"/>
     <w:rsid w:val="00093FAA"/>
     <w:rsid w:val="00094339"/>
     <w:rsid w:val="0009454C"/>
     <w:rsid w:val="000946AA"/>
     <w:rsid w:val="00094F0A"/>
     <w:rsid w:val="00095370"/>
     <w:rsid w:val="000953B5"/>
     <w:rsid w:val="00095986"/>
     <w:rsid w:val="000961D2"/>
     <w:rsid w:val="000963BA"/>
+    <w:rsid w:val="000973CF"/>
     <w:rsid w:val="000A0837"/>
     <w:rsid w:val="000A1337"/>
     <w:rsid w:val="000A1BCF"/>
     <w:rsid w:val="000A1C0F"/>
     <w:rsid w:val="000A25FB"/>
     <w:rsid w:val="000A2B0A"/>
     <w:rsid w:val="000A2BA0"/>
     <w:rsid w:val="000A2C90"/>
     <w:rsid w:val="000A2F05"/>
     <w:rsid w:val="000A3917"/>
     <w:rsid w:val="000A3D5D"/>
     <w:rsid w:val="000A4331"/>
     <w:rsid w:val="000A4668"/>
     <w:rsid w:val="000A4D11"/>
     <w:rsid w:val="000A50FE"/>
     <w:rsid w:val="000A52A9"/>
     <w:rsid w:val="000A52C4"/>
     <w:rsid w:val="000A5384"/>
     <w:rsid w:val="000A5986"/>
     <w:rsid w:val="000A5E6A"/>
     <w:rsid w:val="000A716E"/>
     <w:rsid w:val="000A7577"/>
     <w:rsid w:val="000A7626"/>
     <w:rsid w:val="000A76F0"/>
     <w:rsid w:val="000A7EC2"/>
@@ -20931,50 +21177,51 @@
     <w:rsid w:val="000D35C1"/>
     <w:rsid w:val="000D3A16"/>
     <w:rsid w:val="000D4542"/>
     <w:rsid w:val="000D46F4"/>
     <w:rsid w:val="000D4A98"/>
     <w:rsid w:val="000D4B42"/>
     <w:rsid w:val="000D4C12"/>
     <w:rsid w:val="000D55B6"/>
     <w:rsid w:val="000D5CBA"/>
     <w:rsid w:val="000D60C7"/>
     <w:rsid w:val="000D6A01"/>
     <w:rsid w:val="000D6B77"/>
     <w:rsid w:val="000D6CE0"/>
     <w:rsid w:val="000D6E6D"/>
     <w:rsid w:val="000D73B9"/>
     <w:rsid w:val="000D7412"/>
     <w:rsid w:val="000D758F"/>
     <w:rsid w:val="000D7FAE"/>
     <w:rsid w:val="000E01B4"/>
     <w:rsid w:val="000E0A48"/>
     <w:rsid w:val="000E0B52"/>
     <w:rsid w:val="000E165F"/>
     <w:rsid w:val="000E1981"/>
     <w:rsid w:val="000E24D8"/>
     <w:rsid w:val="000E2DD1"/>
+    <w:rsid w:val="000E3436"/>
     <w:rsid w:val="000E3A73"/>
     <w:rsid w:val="000E3C80"/>
     <w:rsid w:val="000E3D78"/>
     <w:rsid w:val="000E3DEC"/>
     <w:rsid w:val="000E4C54"/>
     <w:rsid w:val="000E4DF8"/>
     <w:rsid w:val="000E704D"/>
     <w:rsid w:val="000E7CBB"/>
     <w:rsid w:val="000E7EC0"/>
     <w:rsid w:val="000F0321"/>
     <w:rsid w:val="000F0439"/>
     <w:rsid w:val="000F04D6"/>
     <w:rsid w:val="000F0607"/>
     <w:rsid w:val="000F149D"/>
     <w:rsid w:val="000F1965"/>
     <w:rsid w:val="000F1DBB"/>
     <w:rsid w:val="000F1FE2"/>
     <w:rsid w:val="000F3090"/>
     <w:rsid w:val="000F3532"/>
     <w:rsid w:val="000F41C5"/>
     <w:rsid w:val="000F43F7"/>
     <w:rsid w:val="000F460B"/>
     <w:rsid w:val="000F4656"/>
     <w:rsid w:val="000F46D5"/>
     <w:rsid w:val="000F592F"/>
@@ -21068,62 +21315,64 @@
     <w:rsid w:val="0013059C"/>
     <w:rsid w:val="00130EC2"/>
     <w:rsid w:val="0013106D"/>
     <w:rsid w:val="001311F6"/>
     <w:rsid w:val="00131381"/>
     <w:rsid w:val="00131479"/>
     <w:rsid w:val="0013165B"/>
     <w:rsid w:val="001318CC"/>
     <w:rsid w:val="00131B3A"/>
     <w:rsid w:val="00131D9A"/>
     <w:rsid w:val="00132062"/>
     <w:rsid w:val="00132F28"/>
     <w:rsid w:val="00132F2A"/>
     <w:rsid w:val="001339B6"/>
     <w:rsid w:val="00134155"/>
     <w:rsid w:val="00134A24"/>
     <w:rsid w:val="00134C65"/>
     <w:rsid w:val="001361A1"/>
     <w:rsid w:val="00136526"/>
     <w:rsid w:val="00136649"/>
     <w:rsid w:val="0013695A"/>
     <w:rsid w:val="00136C46"/>
     <w:rsid w:val="00136D93"/>
     <w:rsid w:val="00137037"/>
     <w:rsid w:val="0013718A"/>
+    <w:rsid w:val="0013724D"/>
     <w:rsid w:val="001372D5"/>
     <w:rsid w:val="00137479"/>
     <w:rsid w:val="00137741"/>
     <w:rsid w:val="00137FC8"/>
     <w:rsid w:val="00140235"/>
     <w:rsid w:val="00140260"/>
     <w:rsid w:val="00140603"/>
     <w:rsid w:val="0014086F"/>
     <w:rsid w:val="00140CA3"/>
     <w:rsid w:val="001415D6"/>
     <w:rsid w:val="001422CB"/>
     <w:rsid w:val="001424D7"/>
+    <w:rsid w:val="00142715"/>
     <w:rsid w:val="001429C0"/>
     <w:rsid w:val="00143020"/>
     <w:rsid w:val="001434FE"/>
     <w:rsid w:val="00143905"/>
     <w:rsid w:val="00143930"/>
     <w:rsid w:val="00143AD0"/>
     <w:rsid w:val="001440EE"/>
     <w:rsid w:val="001442E8"/>
     <w:rsid w:val="00144AAC"/>
     <w:rsid w:val="001458E0"/>
     <w:rsid w:val="001465FF"/>
     <w:rsid w:val="00146A9B"/>
     <w:rsid w:val="00147352"/>
     <w:rsid w:val="0014750F"/>
     <w:rsid w:val="0014784D"/>
     <w:rsid w:val="00150A45"/>
     <w:rsid w:val="00150F50"/>
     <w:rsid w:val="001519B5"/>
     <w:rsid w:val="00151AC8"/>
     <w:rsid w:val="00151E16"/>
     <w:rsid w:val="00152088"/>
     <w:rsid w:val="00153404"/>
     <w:rsid w:val="00154511"/>
     <w:rsid w:val="001545FB"/>
     <w:rsid w:val="0015470E"/>
@@ -21283,50 +21532,51 @@
     <w:rsid w:val="001C4336"/>
     <w:rsid w:val="001C4438"/>
     <w:rsid w:val="001C44AE"/>
     <w:rsid w:val="001C48B8"/>
     <w:rsid w:val="001C4B29"/>
     <w:rsid w:val="001C5226"/>
     <w:rsid w:val="001C537D"/>
     <w:rsid w:val="001C55DB"/>
     <w:rsid w:val="001C5906"/>
     <w:rsid w:val="001C61DE"/>
     <w:rsid w:val="001C6AE5"/>
     <w:rsid w:val="001C6DCC"/>
     <w:rsid w:val="001C7D0E"/>
     <w:rsid w:val="001D071B"/>
     <w:rsid w:val="001D0C65"/>
     <w:rsid w:val="001D1BEF"/>
     <w:rsid w:val="001D21D1"/>
     <w:rsid w:val="001D2500"/>
     <w:rsid w:val="001D2EE0"/>
     <w:rsid w:val="001D3025"/>
     <w:rsid w:val="001D3BC9"/>
     <w:rsid w:val="001D4059"/>
     <w:rsid w:val="001D50B0"/>
     <w:rsid w:val="001D55A2"/>
     <w:rsid w:val="001D5B17"/>
+    <w:rsid w:val="001D5D74"/>
     <w:rsid w:val="001D6239"/>
     <w:rsid w:val="001D69EF"/>
     <w:rsid w:val="001D6AE2"/>
     <w:rsid w:val="001D6B59"/>
     <w:rsid w:val="001D7093"/>
     <w:rsid w:val="001D73C6"/>
     <w:rsid w:val="001D7649"/>
     <w:rsid w:val="001D7831"/>
     <w:rsid w:val="001E0098"/>
     <w:rsid w:val="001E12BE"/>
     <w:rsid w:val="001E13AD"/>
     <w:rsid w:val="001E1564"/>
     <w:rsid w:val="001E1D59"/>
     <w:rsid w:val="001E1F2E"/>
     <w:rsid w:val="001E21B4"/>
     <w:rsid w:val="001E25B1"/>
     <w:rsid w:val="001E2976"/>
     <w:rsid w:val="001E2D48"/>
     <w:rsid w:val="001E3090"/>
     <w:rsid w:val="001E3E19"/>
     <w:rsid w:val="001E4148"/>
     <w:rsid w:val="001E44D0"/>
     <w:rsid w:val="001E4981"/>
     <w:rsid w:val="001E4A13"/>
     <w:rsid w:val="001E5370"/>
@@ -21491,50 +21741,51 @@
     <w:rsid w:val="0025318D"/>
     <w:rsid w:val="00253749"/>
     <w:rsid w:val="00253A51"/>
     <w:rsid w:val="002542E6"/>
     <w:rsid w:val="00254B3D"/>
     <w:rsid w:val="00255DB6"/>
     <w:rsid w:val="00256475"/>
     <w:rsid w:val="00256AB8"/>
     <w:rsid w:val="00256D3D"/>
     <w:rsid w:val="00256FA6"/>
     <w:rsid w:val="0025735D"/>
     <w:rsid w:val="0026042B"/>
     <w:rsid w:val="0026103A"/>
     <w:rsid w:val="00262982"/>
     <w:rsid w:val="0026357A"/>
     <w:rsid w:val="0026368F"/>
     <w:rsid w:val="00264128"/>
     <w:rsid w:val="002642F9"/>
     <w:rsid w:val="00264964"/>
     <w:rsid w:val="00264A56"/>
     <w:rsid w:val="00265213"/>
     <w:rsid w:val="002655B7"/>
     <w:rsid w:val="002655CF"/>
     <w:rsid w:val="00266086"/>
     <w:rsid w:val="0026625F"/>
+    <w:rsid w:val="00266397"/>
     <w:rsid w:val="00266475"/>
     <w:rsid w:val="002665C5"/>
     <w:rsid w:val="0026670F"/>
     <w:rsid w:val="0026740B"/>
     <w:rsid w:val="00267BB6"/>
     <w:rsid w:val="002701E3"/>
     <w:rsid w:val="002705CB"/>
     <w:rsid w:val="002710E6"/>
     <w:rsid w:val="0027186F"/>
     <w:rsid w:val="002722E1"/>
     <w:rsid w:val="002725D9"/>
     <w:rsid w:val="00272A26"/>
     <w:rsid w:val="002733A5"/>
     <w:rsid w:val="002733D1"/>
     <w:rsid w:val="002739BC"/>
     <w:rsid w:val="00273A68"/>
     <w:rsid w:val="00275216"/>
     <w:rsid w:val="00275AAF"/>
     <w:rsid w:val="00275DEB"/>
     <w:rsid w:val="00276002"/>
     <w:rsid w:val="00277786"/>
     <w:rsid w:val="00277C51"/>
     <w:rsid w:val="00277CB7"/>
     <w:rsid w:val="00277D1B"/>
     <w:rsid w:val="00277E0D"/>
@@ -21542,50 +21793,51 @@
     <w:rsid w:val="00280DE4"/>
     <w:rsid w:val="00280EC3"/>
     <w:rsid w:val="002812E6"/>
     <w:rsid w:val="00281536"/>
     <w:rsid w:val="002816F4"/>
     <w:rsid w:val="00281714"/>
     <w:rsid w:val="0028171C"/>
     <w:rsid w:val="002819AB"/>
     <w:rsid w:val="002819F1"/>
     <w:rsid w:val="00281FB4"/>
     <w:rsid w:val="00282767"/>
     <w:rsid w:val="00282C29"/>
     <w:rsid w:val="0028336E"/>
     <w:rsid w:val="00283DF0"/>
     <w:rsid w:val="00283EDD"/>
     <w:rsid w:val="00284325"/>
     <w:rsid w:val="00284411"/>
     <w:rsid w:val="0028465F"/>
     <w:rsid w:val="00284A09"/>
     <w:rsid w:val="00284BB5"/>
     <w:rsid w:val="00284C63"/>
     <w:rsid w:val="00285739"/>
     <w:rsid w:val="00285D6B"/>
     <w:rsid w:val="00285F4A"/>
     <w:rsid w:val="00285F4E"/>
+    <w:rsid w:val="00286BC1"/>
     <w:rsid w:val="0028716D"/>
     <w:rsid w:val="00287C74"/>
     <w:rsid w:val="00287CDF"/>
     <w:rsid w:val="00287D41"/>
     <w:rsid w:val="00287EDE"/>
     <w:rsid w:val="00291C94"/>
     <w:rsid w:val="00291EE1"/>
     <w:rsid w:val="00291F79"/>
     <w:rsid w:val="002920C3"/>
     <w:rsid w:val="002922C9"/>
     <w:rsid w:val="00292F58"/>
     <w:rsid w:val="002932D3"/>
     <w:rsid w:val="002937AC"/>
     <w:rsid w:val="00293964"/>
     <w:rsid w:val="00293C71"/>
     <w:rsid w:val="00293DBD"/>
     <w:rsid w:val="002942B0"/>
     <w:rsid w:val="0029467D"/>
     <w:rsid w:val="00294E97"/>
     <w:rsid w:val="00295ADD"/>
     <w:rsid w:val="00295F16"/>
     <w:rsid w:val="0029614F"/>
     <w:rsid w:val="00296375"/>
     <w:rsid w:val="00296560"/>
     <w:rsid w:val="00296F0D"/>
@@ -21632,50 +21884,51 @@
     <w:rsid w:val="002B1342"/>
     <w:rsid w:val="002B167F"/>
     <w:rsid w:val="002B2726"/>
     <w:rsid w:val="002B2B23"/>
     <w:rsid w:val="002B36A0"/>
     <w:rsid w:val="002B384F"/>
     <w:rsid w:val="002B5B98"/>
     <w:rsid w:val="002B5EFC"/>
     <w:rsid w:val="002B6D2F"/>
     <w:rsid w:val="002B6D5C"/>
     <w:rsid w:val="002C03BF"/>
     <w:rsid w:val="002C0911"/>
     <w:rsid w:val="002C1276"/>
     <w:rsid w:val="002C13B6"/>
     <w:rsid w:val="002C155F"/>
     <w:rsid w:val="002C17F3"/>
     <w:rsid w:val="002C1858"/>
     <w:rsid w:val="002C1C34"/>
     <w:rsid w:val="002C24CF"/>
     <w:rsid w:val="002C2879"/>
     <w:rsid w:val="002C32B5"/>
     <w:rsid w:val="002C3E4C"/>
     <w:rsid w:val="002C404F"/>
     <w:rsid w:val="002C414A"/>
     <w:rsid w:val="002C430E"/>
+    <w:rsid w:val="002C4C92"/>
     <w:rsid w:val="002C521F"/>
     <w:rsid w:val="002C5832"/>
     <w:rsid w:val="002C652F"/>
     <w:rsid w:val="002C6C6E"/>
     <w:rsid w:val="002C6F74"/>
     <w:rsid w:val="002C72E6"/>
     <w:rsid w:val="002C7304"/>
     <w:rsid w:val="002C7B52"/>
     <w:rsid w:val="002C7CFF"/>
     <w:rsid w:val="002D031B"/>
     <w:rsid w:val="002D0489"/>
     <w:rsid w:val="002D099E"/>
     <w:rsid w:val="002D0D07"/>
     <w:rsid w:val="002D1055"/>
     <w:rsid w:val="002D17D2"/>
     <w:rsid w:val="002D1B7E"/>
     <w:rsid w:val="002D297F"/>
     <w:rsid w:val="002D2A9D"/>
     <w:rsid w:val="002D2B3C"/>
     <w:rsid w:val="002D3FBA"/>
     <w:rsid w:val="002D4C74"/>
     <w:rsid w:val="002D59FE"/>
     <w:rsid w:val="002D5DC8"/>
     <w:rsid w:val="002D6808"/>
     <w:rsid w:val="002D73B7"/>
@@ -22191,73 +22444,75 @@
     <w:rsid w:val="004261A9"/>
     <w:rsid w:val="00426815"/>
     <w:rsid w:val="0042691A"/>
     <w:rsid w:val="00426D49"/>
     <w:rsid w:val="00427738"/>
     <w:rsid w:val="00427FDA"/>
     <w:rsid w:val="004304A3"/>
     <w:rsid w:val="00430773"/>
     <w:rsid w:val="0043085E"/>
     <w:rsid w:val="004308CB"/>
     <w:rsid w:val="00430BC8"/>
     <w:rsid w:val="004317E4"/>
     <w:rsid w:val="00431EB4"/>
     <w:rsid w:val="0043251A"/>
     <w:rsid w:val="004329A5"/>
     <w:rsid w:val="00432B2B"/>
     <w:rsid w:val="00432DF7"/>
     <w:rsid w:val="0043350C"/>
     <w:rsid w:val="00433757"/>
     <w:rsid w:val="00433A47"/>
     <w:rsid w:val="00433D49"/>
     <w:rsid w:val="004346E8"/>
     <w:rsid w:val="00434A20"/>
     <w:rsid w:val="00434C57"/>
     <w:rsid w:val="00434CA6"/>
+    <w:rsid w:val="00434E20"/>
     <w:rsid w:val="00435716"/>
     <w:rsid w:val="004357E8"/>
     <w:rsid w:val="00435893"/>
     <w:rsid w:val="00435C46"/>
     <w:rsid w:val="00435DA6"/>
     <w:rsid w:val="00435E08"/>
     <w:rsid w:val="00436AAA"/>
     <w:rsid w:val="004370DA"/>
     <w:rsid w:val="0043720D"/>
     <w:rsid w:val="0044056C"/>
     <w:rsid w:val="00440CA2"/>
     <w:rsid w:val="00440DBE"/>
     <w:rsid w:val="00441612"/>
     <w:rsid w:val="00441883"/>
     <w:rsid w:val="00441AE2"/>
     <w:rsid w:val="00441C35"/>
     <w:rsid w:val="00441CA5"/>
     <w:rsid w:val="00441D53"/>
     <w:rsid w:val="0044257F"/>
     <w:rsid w:val="00442B03"/>
     <w:rsid w:val="00442EFA"/>
     <w:rsid w:val="00442EFC"/>
     <w:rsid w:val="00442F68"/>
+    <w:rsid w:val="00443942"/>
     <w:rsid w:val="004441DA"/>
     <w:rsid w:val="00444819"/>
     <w:rsid w:val="00444D12"/>
     <w:rsid w:val="004454C6"/>
     <w:rsid w:val="00445B77"/>
     <w:rsid w:val="00445C84"/>
     <w:rsid w:val="004466B5"/>
     <w:rsid w:val="00446821"/>
     <w:rsid w:val="00446880"/>
     <w:rsid w:val="00446F5D"/>
     <w:rsid w:val="00447266"/>
     <w:rsid w:val="004477E9"/>
     <w:rsid w:val="00447AE9"/>
     <w:rsid w:val="00447CEA"/>
     <w:rsid w:val="00447F18"/>
     <w:rsid w:val="004480A4"/>
     <w:rsid w:val="00450135"/>
     <w:rsid w:val="004504A1"/>
     <w:rsid w:val="004508ED"/>
     <w:rsid w:val="0045097F"/>
     <w:rsid w:val="004517CD"/>
     <w:rsid w:val="00451F2D"/>
     <w:rsid w:val="0045231F"/>
     <w:rsid w:val="004525F4"/>
     <w:rsid w:val="00452A75"/>
@@ -22455,50 +22710,51 @@
     <w:rsid w:val="004E378B"/>
     <w:rsid w:val="004E3899"/>
     <w:rsid w:val="004E4052"/>
     <w:rsid w:val="004E430B"/>
     <w:rsid w:val="004E465C"/>
     <w:rsid w:val="004E4757"/>
     <w:rsid w:val="004E4824"/>
     <w:rsid w:val="004E4B2C"/>
     <w:rsid w:val="004E4BCC"/>
     <w:rsid w:val="004E4D51"/>
     <w:rsid w:val="004E55E4"/>
     <w:rsid w:val="004E5706"/>
     <w:rsid w:val="004E572D"/>
     <w:rsid w:val="004E644E"/>
     <w:rsid w:val="004E686F"/>
     <w:rsid w:val="004E6BF5"/>
     <w:rsid w:val="004E78BB"/>
     <w:rsid w:val="004E7C03"/>
     <w:rsid w:val="004E7D4B"/>
     <w:rsid w:val="004E7FC1"/>
     <w:rsid w:val="004F066F"/>
     <w:rsid w:val="004F0F63"/>
     <w:rsid w:val="004F1008"/>
     <w:rsid w:val="004F160B"/>
     <w:rsid w:val="004F1B8D"/>
+    <w:rsid w:val="004F1D3C"/>
     <w:rsid w:val="004F20E6"/>
     <w:rsid w:val="004F2257"/>
     <w:rsid w:val="004F28BD"/>
     <w:rsid w:val="004F2CD1"/>
     <w:rsid w:val="004F35A5"/>
     <w:rsid w:val="004F3CBB"/>
     <w:rsid w:val="004F3D32"/>
     <w:rsid w:val="004F3E68"/>
     <w:rsid w:val="004F3E87"/>
     <w:rsid w:val="004F4864"/>
     <w:rsid w:val="004F50F1"/>
     <w:rsid w:val="004F521A"/>
     <w:rsid w:val="004F559B"/>
     <w:rsid w:val="004F5BE9"/>
     <w:rsid w:val="004F62CC"/>
     <w:rsid w:val="004F6F66"/>
     <w:rsid w:val="00500724"/>
     <w:rsid w:val="005011FB"/>
     <w:rsid w:val="0050161D"/>
     <w:rsid w:val="00501AD6"/>
     <w:rsid w:val="00501CCF"/>
     <w:rsid w:val="00501E28"/>
     <w:rsid w:val="005023F4"/>
     <w:rsid w:val="0050272B"/>
     <w:rsid w:val="00502B07"/>
@@ -22513,50 +22769,51 @@
     <w:rsid w:val="00504DDC"/>
     <w:rsid w:val="00504FC3"/>
     <w:rsid w:val="00506534"/>
     <w:rsid w:val="00506646"/>
     <w:rsid w:val="0050681A"/>
     <w:rsid w:val="00506B17"/>
     <w:rsid w:val="00506FF3"/>
     <w:rsid w:val="005074EF"/>
     <w:rsid w:val="00507FA3"/>
     <w:rsid w:val="00510161"/>
     <w:rsid w:val="0051083C"/>
     <w:rsid w:val="00511804"/>
     <w:rsid w:val="00511B4C"/>
     <w:rsid w:val="00511CB9"/>
     <w:rsid w:val="00511D19"/>
     <w:rsid w:val="00511E32"/>
     <w:rsid w:val="00512308"/>
     <w:rsid w:val="005131F9"/>
     <w:rsid w:val="00513338"/>
     <w:rsid w:val="00513377"/>
     <w:rsid w:val="005134C2"/>
     <w:rsid w:val="00513833"/>
     <w:rsid w:val="00513BB2"/>
     <w:rsid w:val="00513F66"/>
     <w:rsid w:val="00514136"/>
+    <w:rsid w:val="00514D0D"/>
     <w:rsid w:val="00514D92"/>
     <w:rsid w:val="00514E28"/>
     <w:rsid w:val="005150C5"/>
     <w:rsid w:val="005151D4"/>
     <w:rsid w:val="0051584A"/>
     <w:rsid w:val="00515B56"/>
     <w:rsid w:val="00515EC3"/>
     <w:rsid w:val="00515F38"/>
     <w:rsid w:val="00516279"/>
     <w:rsid w:val="00516726"/>
     <w:rsid w:val="00516ABE"/>
     <w:rsid w:val="00516FE0"/>
     <w:rsid w:val="00517757"/>
     <w:rsid w:val="00517BA1"/>
     <w:rsid w:val="00517D1A"/>
     <w:rsid w:val="00520ADE"/>
     <w:rsid w:val="00521658"/>
     <w:rsid w:val="005221F3"/>
     <w:rsid w:val="00522E2B"/>
     <w:rsid w:val="0052358C"/>
     <w:rsid w:val="00523CF0"/>
     <w:rsid w:val="0052449B"/>
     <w:rsid w:val="0052492F"/>
     <w:rsid w:val="00524C38"/>
     <w:rsid w:val="00524E1C"/>
@@ -23065,50 +23322,51 @@
     <w:rsid w:val="006659DA"/>
     <w:rsid w:val="00665A92"/>
     <w:rsid w:val="00665CC5"/>
     <w:rsid w:val="006664D8"/>
     <w:rsid w:val="00666503"/>
     <w:rsid w:val="00666649"/>
     <w:rsid w:val="00666816"/>
     <w:rsid w:val="00666ACC"/>
     <w:rsid w:val="00666B28"/>
     <w:rsid w:val="00666E4C"/>
     <w:rsid w:val="006673BB"/>
     <w:rsid w:val="006673BC"/>
     <w:rsid w:val="006676CF"/>
     <w:rsid w:val="00667C37"/>
     <w:rsid w:val="00667D22"/>
     <w:rsid w:val="00667D7B"/>
     <w:rsid w:val="00667E26"/>
     <w:rsid w:val="006700E9"/>
     <w:rsid w:val="00670955"/>
     <w:rsid w:val="006709BC"/>
     <w:rsid w:val="00671BFA"/>
     <w:rsid w:val="006729BA"/>
     <w:rsid w:val="00672EDB"/>
     <w:rsid w:val="00674652"/>
     <w:rsid w:val="00674E3D"/>
+    <w:rsid w:val="00675055"/>
     <w:rsid w:val="00675450"/>
     <w:rsid w:val="006756E0"/>
     <w:rsid w:val="00675C65"/>
     <w:rsid w:val="0067638C"/>
     <w:rsid w:val="00676418"/>
     <w:rsid w:val="0067673B"/>
     <w:rsid w:val="00676A6A"/>
     <w:rsid w:val="00676D22"/>
     <w:rsid w:val="0067707E"/>
     <w:rsid w:val="006770F2"/>
     <w:rsid w:val="00677486"/>
     <w:rsid w:val="00677B85"/>
     <w:rsid w:val="00677C14"/>
     <w:rsid w:val="00677CE0"/>
     <w:rsid w:val="0068018F"/>
     <w:rsid w:val="006801C7"/>
     <w:rsid w:val="00680441"/>
     <w:rsid w:val="0068051C"/>
     <w:rsid w:val="00680B92"/>
     <w:rsid w:val="00680BFA"/>
     <w:rsid w:val="00680C76"/>
     <w:rsid w:val="006812FE"/>
     <w:rsid w:val="0068134D"/>
     <w:rsid w:val="0068182D"/>
     <w:rsid w:val="00681891"/>
@@ -23605,51 +23863,53 @@
     <w:rsid w:val="007D064B"/>
     <w:rsid w:val="007D07D9"/>
     <w:rsid w:val="007D09E6"/>
     <w:rsid w:val="007D1167"/>
     <w:rsid w:val="007D1F71"/>
     <w:rsid w:val="007D1FE3"/>
     <w:rsid w:val="007D20D9"/>
     <w:rsid w:val="007D23B7"/>
     <w:rsid w:val="007D24BB"/>
     <w:rsid w:val="007D2A9B"/>
     <w:rsid w:val="007D3048"/>
     <w:rsid w:val="007D37A5"/>
     <w:rsid w:val="007D41AF"/>
     <w:rsid w:val="007D4A0D"/>
     <w:rsid w:val="007D4D72"/>
     <w:rsid w:val="007D4D94"/>
     <w:rsid w:val="007D5312"/>
     <w:rsid w:val="007D64B5"/>
     <w:rsid w:val="007D666B"/>
     <w:rsid w:val="007D6CD8"/>
     <w:rsid w:val="007D70FD"/>
     <w:rsid w:val="007D75C7"/>
     <w:rsid w:val="007E0308"/>
     <w:rsid w:val="007E041E"/>
     <w:rsid w:val="007E1588"/>
+    <w:rsid w:val="007E1BFC"/>
     <w:rsid w:val="007E2E16"/>
+    <w:rsid w:val="007E2E96"/>
     <w:rsid w:val="007E3383"/>
     <w:rsid w:val="007E34DA"/>
     <w:rsid w:val="007E37F5"/>
     <w:rsid w:val="007E3AFF"/>
     <w:rsid w:val="007E3F8F"/>
     <w:rsid w:val="007E4632"/>
     <w:rsid w:val="007E47D7"/>
     <w:rsid w:val="007E4A35"/>
     <w:rsid w:val="007E4F58"/>
     <w:rsid w:val="007E53C4"/>
     <w:rsid w:val="007E58BF"/>
     <w:rsid w:val="007E603E"/>
     <w:rsid w:val="007E6149"/>
     <w:rsid w:val="007E6A8C"/>
     <w:rsid w:val="007E6E51"/>
     <w:rsid w:val="007E6E7F"/>
     <w:rsid w:val="007E6F0E"/>
     <w:rsid w:val="007E762E"/>
     <w:rsid w:val="007E7ABE"/>
     <w:rsid w:val="007E7C61"/>
     <w:rsid w:val="007F0CDE"/>
     <w:rsid w:val="007F0F52"/>
     <w:rsid w:val="007F108B"/>
     <w:rsid w:val="007F1574"/>
     <w:rsid w:val="007F1720"/>
@@ -23995,50 +24255,51 @@
     <w:rsid w:val="008C68B5"/>
     <w:rsid w:val="008C6A68"/>
     <w:rsid w:val="008C6EE2"/>
     <w:rsid w:val="008C71FE"/>
     <w:rsid w:val="008C73C3"/>
     <w:rsid w:val="008C7622"/>
     <w:rsid w:val="008C7735"/>
     <w:rsid w:val="008C7951"/>
     <w:rsid w:val="008D11A7"/>
     <w:rsid w:val="008D1A6C"/>
     <w:rsid w:val="008D1CCC"/>
     <w:rsid w:val="008D1FD7"/>
     <w:rsid w:val="008D21CA"/>
     <w:rsid w:val="008D28FE"/>
     <w:rsid w:val="008D2D17"/>
     <w:rsid w:val="008D2DDD"/>
     <w:rsid w:val="008D2F70"/>
     <w:rsid w:val="008D318A"/>
     <w:rsid w:val="008D31BA"/>
     <w:rsid w:val="008D3892"/>
     <w:rsid w:val="008D3EB3"/>
     <w:rsid w:val="008D3F41"/>
     <w:rsid w:val="008D4B97"/>
     <w:rsid w:val="008D4FF5"/>
     <w:rsid w:val="008D5138"/>
+    <w:rsid w:val="008D5141"/>
     <w:rsid w:val="008D630E"/>
     <w:rsid w:val="008D6837"/>
     <w:rsid w:val="008D6B80"/>
     <w:rsid w:val="008D6C39"/>
     <w:rsid w:val="008D6FB5"/>
     <w:rsid w:val="008D72B2"/>
     <w:rsid w:val="008E0340"/>
     <w:rsid w:val="008E041D"/>
     <w:rsid w:val="008E06F2"/>
     <w:rsid w:val="008E085D"/>
     <w:rsid w:val="008E174F"/>
     <w:rsid w:val="008E179F"/>
     <w:rsid w:val="008E1D0F"/>
     <w:rsid w:val="008E2535"/>
     <w:rsid w:val="008E26A5"/>
     <w:rsid w:val="008E35F9"/>
     <w:rsid w:val="008E3BEE"/>
     <w:rsid w:val="008E3FA6"/>
     <w:rsid w:val="008E4202"/>
     <w:rsid w:val="008E59F7"/>
     <w:rsid w:val="008E5C0F"/>
     <w:rsid w:val="008E6026"/>
     <w:rsid w:val="008E62B7"/>
     <w:rsid w:val="008E62BE"/>
     <w:rsid w:val="008E62D9"/>
@@ -24191,50 +24452,51 @@
     <w:rsid w:val="009548F0"/>
     <w:rsid w:val="009558B7"/>
     <w:rsid w:val="009559A0"/>
     <w:rsid w:val="00955A80"/>
     <w:rsid w:val="009560A9"/>
     <w:rsid w:val="00956F56"/>
     <w:rsid w:val="00957300"/>
     <w:rsid w:val="0095793F"/>
     <w:rsid w:val="00960159"/>
     <w:rsid w:val="009603FA"/>
     <w:rsid w:val="00960D6F"/>
     <w:rsid w:val="009613D0"/>
     <w:rsid w:val="0096166C"/>
     <w:rsid w:val="00962788"/>
     <w:rsid w:val="0096287A"/>
     <w:rsid w:val="009634DF"/>
     <w:rsid w:val="00964094"/>
     <w:rsid w:val="00964CD3"/>
     <w:rsid w:val="00965999"/>
     <w:rsid w:val="009659C4"/>
     <w:rsid w:val="009660C1"/>
     <w:rsid w:val="0096635F"/>
     <w:rsid w:val="00967071"/>
     <w:rsid w:val="00967930"/>
     <w:rsid w:val="00971241"/>
+    <w:rsid w:val="0097134A"/>
     <w:rsid w:val="00971966"/>
     <w:rsid w:val="00971B97"/>
     <w:rsid w:val="00971F06"/>
     <w:rsid w:val="0097232E"/>
     <w:rsid w:val="00972400"/>
     <w:rsid w:val="009724FF"/>
     <w:rsid w:val="0097276B"/>
     <w:rsid w:val="00972F58"/>
     <w:rsid w:val="00973573"/>
     <w:rsid w:val="00973CD6"/>
     <w:rsid w:val="009742BB"/>
     <w:rsid w:val="00974D8C"/>
     <w:rsid w:val="00975D07"/>
     <w:rsid w:val="00976226"/>
     <w:rsid w:val="009771D1"/>
     <w:rsid w:val="0097763B"/>
     <w:rsid w:val="009801A9"/>
     <w:rsid w:val="00980306"/>
     <w:rsid w:val="0098057D"/>
     <w:rsid w:val="00980B57"/>
     <w:rsid w:val="009812F9"/>
     <w:rsid w:val="00981648"/>
     <w:rsid w:val="00981F83"/>
     <w:rsid w:val="00981FCA"/>
     <w:rsid w:val="009823DC"/>
@@ -24333,50 +24595,51 @@
     <w:rsid w:val="009C4008"/>
     <w:rsid w:val="009C46AC"/>
     <w:rsid w:val="009C49ED"/>
     <w:rsid w:val="009C599A"/>
     <w:rsid w:val="009C5AD8"/>
     <w:rsid w:val="009C5C60"/>
     <w:rsid w:val="009C6A52"/>
     <w:rsid w:val="009C6BB8"/>
     <w:rsid w:val="009C6F94"/>
     <w:rsid w:val="009C769F"/>
     <w:rsid w:val="009D08E2"/>
     <w:rsid w:val="009D0F83"/>
     <w:rsid w:val="009D0FE1"/>
     <w:rsid w:val="009D12D8"/>
     <w:rsid w:val="009D1970"/>
     <w:rsid w:val="009D1CF0"/>
     <w:rsid w:val="009D2EFD"/>
     <w:rsid w:val="009D3B6F"/>
     <w:rsid w:val="009D400E"/>
     <w:rsid w:val="009D46F8"/>
     <w:rsid w:val="009D4A13"/>
     <w:rsid w:val="009D4EDC"/>
     <w:rsid w:val="009D523B"/>
     <w:rsid w:val="009D54D2"/>
     <w:rsid w:val="009D5BA6"/>
+    <w:rsid w:val="009D63DB"/>
     <w:rsid w:val="009D6864"/>
     <w:rsid w:val="009D6A37"/>
     <w:rsid w:val="009E0ECD"/>
     <w:rsid w:val="009E12A3"/>
     <w:rsid w:val="009E12DB"/>
     <w:rsid w:val="009E1707"/>
     <w:rsid w:val="009E1828"/>
     <w:rsid w:val="009E1A15"/>
     <w:rsid w:val="009E1C59"/>
     <w:rsid w:val="009E23AC"/>
     <w:rsid w:val="009E2781"/>
     <w:rsid w:val="009E280D"/>
     <w:rsid w:val="009E28EA"/>
     <w:rsid w:val="009E2D17"/>
     <w:rsid w:val="009E31DC"/>
     <w:rsid w:val="009E3265"/>
     <w:rsid w:val="009E32F6"/>
     <w:rsid w:val="009E3A45"/>
     <w:rsid w:val="009E3C57"/>
     <w:rsid w:val="009E3D3E"/>
     <w:rsid w:val="009E3E94"/>
     <w:rsid w:val="009E42E8"/>
     <w:rsid w:val="009E47AB"/>
     <w:rsid w:val="009E4840"/>
     <w:rsid w:val="009E591E"/>
@@ -24442,50 +24705,51 @@
     <w:rsid w:val="00A14A44"/>
     <w:rsid w:val="00A14E22"/>
     <w:rsid w:val="00A15FB5"/>
     <w:rsid w:val="00A16309"/>
     <w:rsid w:val="00A16329"/>
     <w:rsid w:val="00A163AF"/>
     <w:rsid w:val="00A168F7"/>
     <w:rsid w:val="00A17394"/>
     <w:rsid w:val="00A174EC"/>
     <w:rsid w:val="00A176B8"/>
     <w:rsid w:val="00A17C6C"/>
     <w:rsid w:val="00A200CB"/>
     <w:rsid w:val="00A202A8"/>
     <w:rsid w:val="00A2036A"/>
     <w:rsid w:val="00A203CE"/>
     <w:rsid w:val="00A2072A"/>
     <w:rsid w:val="00A20AD2"/>
     <w:rsid w:val="00A217EE"/>
     <w:rsid w:val="00A21D3F"/>
     <w:rsid w:val="00A22805"/>
     <w:rsid w:val="00A23358"/>
     <w:rsid w:val="00A23392"/>
     <w:rsid w:val="00A237B6"/>
     <w:rsid w:val="00A23D68"/>
     <w:rsid w:val="00A23FD5"/>
+    <w:rsid w:val="00A2416C"/>
     <w:rsid w:val="00A248CA"/>
     <w:rsid w:val="00A24F57"/>
     <w:rsid w:val="00A25427"/>
     <w:rsid w:val="00A26541"/>
     <w:rsid w:val="00A266B4"/>
     <w:rsid w:val="00A270E0"/>
     <w:rsid w:val="00A274EB"/>
     <w:rsid w:val="00A27729"/>
     <w:rsid w:val="00A2788F"/>
     <w:rsid w:val="00A27D79"/>
     <w:rsid w:val="00A27DEF"/>
     <w:rsid w:val="00A30901"/>
     <w:rsid w:val="00A30922"/>
     <w:rsid w:val="00A3093A"/>
     <w:rsid w:val="00A30A67"/>
     <w:rsid w:val="00A31A6A"/>
     <w:rsid w:val="00A321EE"/>
     <w:rsid w:val="00A326FA"/>
     <w:rsid w:val="00A32735"/>
     <w:rsid w:val="00A33EEF"/>
     <w:rsid w:val="00A341A4"/>
     <w:rsid w:val="00A354DB"/>
     <w:rsid w:val="00A3552B"/>
     <w:rsid w:val="00A35C30"/>
     <w:rsid w:val="00A361C1"/>
@@ -24653,50 +24917,51 @@
     <w:rsid w:val="00AB0F7F"/>
     <w:rsid w:val="00AB211E"/>
     <w:rsid w:val="00AB2644"/>
     <w:rsid w:val="00AB29DA"/>
     <w:rsid w:val="00AB315D"/>
     <w:rsid w:val="00AB34E4"/>
     <w:rsid w:val="00AB39FB"/>
     <w:rsid w:val="00AB3FFD"/>
     <w:rsid w:val="00AB405A"/>
     <w:rsid w:val="00AB425A"/>
     <w:rsid w:val="00AB498D"/>
     <w:rsid w:val="00AB4E43"/>
     <w:rsid w:val="00AB4E5F"/>
     <w:rsid w:val="00AB58CE"/>
     <w:rsid w:val="00AB5EB5"/>
     <w:rsid w:val="00AB5ED1"/>
     <w:rsid w:val="00AB7D22"/>
     <w:rsid w:val="00AC07E7"/>
     <w:rsid w:val="00AC0B6A"/>
     <w:rsid w:val="00AC1E9E"/>
     <w:rsid w:val="00AC214E"/>
     <w:rsid w:val="00AC2465"/>
     <w:rsid w:val="00AC2BD8"/>
     <w:rsid w:val="00AC32AA"/>
     <w:rsid w:val="00AC3858"/>
+    <w:rsid w:val="00AC3BAB"/>
     <w:rsid w:val="00AC3F4D"/>
     <w:rsid w:val="00AC400C"/>
     <w:rsid w:val="00AC4043"/>
     <w:rsid w:val="00AC417E"/>
     <w:rsid w:val="00AC4318"/>
     <w:rsid w:val="00AC4379"/>
     <w:rsid w:val="00AC5356"/>
     <w:rsid w:val="00AC5CCF"/>
     <w:rsid w:val="00AC6539"/>
     <w:rsid w:val="00AC6815"/>
     <w:rsid w:val="00AC7116"/>
     <w:rsid w:val="00AC75CF"/>
     <w:rsid w:val="00AC7695"/>
     <w:rsid w:val="00AC7F57"/>
     <w:rsid w:val="00AD02A0"/>
     <w:rsid w:val="00AD03B1"/>
     <w:rsid w:val="00AD06A5"/>
     <w:rsid w:val="00AD0A7A"/>
     <w:rsid w:val="00AD0EA3"/>
     <w:rsid w:val="00AD1864"/>
     <w:rsid w:val="00AD1E34"/>
     <w:rsid w:val="00AD2382"/>
     <w:rsid w:val="00AD2919"/>
     <w:rsid w:val="00AD2F61"/>
     <w:rsid w:val="00AD417B"/>
@@ -25487,67 +25752,69 @@
     <w:rsid w:val="00CE0BD2"/>
     <w:rsid w:val="00CE0D61"/>
     <w:rsid w:val="00CE19AA"/>
     <w:rsid w:val="00CE1D99"/>
     <w:rsid w:val="00CE1FAB"/>
     <w:rsid w:val="00CE203A"/>
     <w:rsid w:val="00CE2175"/>
     <w:rsid w:val="00CE221B"/>
     <w:rsid w:val="00CE2941"/>
     <w:rsid w:val="00CE295E"/>
     <w:rsid w:val="00CE296A"/>
     <w:rsid w:val="00CE2C68"/>
     <w:rsid w:val="00CE3171"/>
     <w:rsid w:val="00CE3882"/>
     <w:rsid w:val="00CE429F"/>
     <w:rsid w:val="00CE47E3"/>
     <w:rsid w:val="00CE4D93"/>
     <w:rsid w:val="00CE4F99"/>
     <w:rsid w:val="00CE5C94"/>
     <w:rsid w:val="00CE634E"/>
     <w:rsid w:val="00CE6515"/>
     <w:rsid w:val="00CE6FF4"/>
     <w:rsid w:val="00CE7248"/>
     <w:rsid w:val="00CE7341"/>
     <w:rsid w:val="00CE75BB"/>
+    <w:rsid w:val="00CE7A82"/>
     <w:rsid w:val="00CF03A2"/>
     <w:rsid w:val="00CF04CB"/>
     <w:rsid w:val="00CF17EB"/>
     <w:rsid w:val="00CF17F5"/>
     <w:rsid w:val="00CF25E4"/>
     <w:rsid w:val="00CF28C8"/>
     <w:rsid w:val="00CF2EBB"/>
     <w:rsid w:val="00CF3BFE"/>
     <w:rsid w:val="00CF4261"/>
     <w:rsid w:val="00CF47F7"/>
     <w:rsid w:val="00CF4E6F"/>
     <w:rsid w:val="00CF4F58"/>
     <w:rsid w:val="00CF56DC"/>
     <w:rsid w:val="00CF5988"/>
     <w:rsid w:val="00CF5EB3"/>
     <w:rsid w:val="00CF5F24"/>
     <w:rsid w:val="00CF60CE"/>
+    <w:rsid w:val="00CF62CD"/>
     <w:rsid w:val="00CF66B7"/>
     <w:rsid w:val="00CF70FE"/>
     <w:rsid w:val="00CF756A"/>
     <w:rsid w:val="00D0099F"/>
     <w:rsid w:val="00D01C34"/>
     <w:rsid w:val="00D02042"/>
     <w:rsid w:val="00D021FA"/>
     <w:rsid w:val="00D02206"/>
     <w:rsid w:val="00D02240"/>
     <w:rsid w:val="00D022D8"/>
     <w:rsid w:val="00D0283B"/>
     <w:rsid w:val="00D02A0D"/>
     <w:rsid w:val="00D02B79"/>
     <w:rsid w:val="00D050DF"/>
     <w:rsid w:val="00D0541A"/>
     <w:rsid w:val="00D05438"/>
     <w:rsid w:val="00D05464"/>
     <w:rsid w:val="00D056C4"/>
     <w:rsid w:val="00D05942"/>
     <w:rsid w:val="00D063E2"/>
     <w:rsid w:val="00D06645"/>
     <w:rsid w:val="00D06B62"/>
     <w:rsid w:val="00D06C53"/>
     <w:rsid w:val="00D073D6"/>
     <w:rsid w:val="00D07902"/>
@@ -25621,50 +25888,51 @@
     <w:rsid w:val="00D402EF"/>
     <w:rsid w:val="00D4030A"/>
     <w:rsid w:val="00D403F6"/>
     <w:rsid w:val="00D40553"/>
     <w:rsid w:val="00D40E02"/>
     <w:rsid w:val="00D40F23"/>
     <w:rsid w:val="00D41841"/>
     <w:rsid w:val="00D4215A"/>
     <w:rsid w:val="00D424EB"/>
     <w:rsid w:val="00D4339C"/>
     <w:rsid w:val="00D43604"/>
     <w:rsid w:val="00D4391D"/>
     <w:rsid w:val="00D439B8"/>
     <w:rsid w:val="00D43A61"/>
     <w:rsid w:val="00D43B59"/>
     <w:rsid w:val="00D43CEC"/>
     <w:rsid w:val="00D445B1"/>
     <w:rsid w:val="00D447A7"/>
     <w:rsid w:val="00D448FC"/>
     <w:rsid w:val="00D44D92"/>
     <w:rsid w:val="00D45329"/>
     <w:rsid w:val="00D46323"/>
     <w:rsid w:val="00D4659E"/>
     <w:rsid w:val="00D47118"/>
     <w:rsid w:val="00D47408"/>
+    <w:rsid w:val="00D50470"/>
     <w:rsid w:val="00D5048A"/>
     <w:rsid w:val="00D50C28"/>
     <w:rsid w:val="00D51754"/>
     <w:rsid w:val="00D51D8D"/>
     <w:rsid w:val="00D5235C"/>
     <w:rsid w:val="00D5248D"/>
     <w:rsid w:val="00D52BC4"/>
     <w:rsid w:val="00D52DB7"/>
     <w:rsid w:val="00D52DED"/>
     <w:rsid w:val="00D53B2A"/>
     <w:rsid w:val="00D540A5"/>
     <w:rsid w:val="00D542F2"/>
     <w:rsid w:val="00D5430D"/>
     <w:rsid w:val="00D55329"/>
     <w:rsid w:val="00D553C4"/>
     <w:rsid w:val="00D555A8"/>
     <w:rsid w:val="00D55714"/>
     <w:rsid w:val="00D55B10"/>
     <w:rsid w:val="00D55E65"/>
     <w:rsid w:val="00D56433"/>
     <w:rsid w:val="00D565C4"/>
     <w:rsid w:val="00D56E71"/>
     <w:rsid w:val="00D573CE"/>
     <w:rsid w:val="00D57708"/>
     <w:rsid w:val="00D602B5"/>
@@ -25838,50 +26106,51 @@
     <w:rsid w:val="00DC62D3"/>
     <w:rsid w:val="00DC6930"/>
     <w:rsid w:val="00DC71BD"/>
     <w:rsid w:val="00DC74D4"/>
     <w:rsid w:val="00DC7B5F"/>
     <w:rsid w:val="00DD0065"/>
     <w:rsid w:val="00DD0432"/>
     <w:rsid w:val="00DD232F"/>
     <w:rsid w:val="00DD23A3"/>
     <w:rsid w:val="00DD24A4"/>
     <w:rsid w:val="00DD28DB"/>
     <w:rsid w:val="00DD2D97"/>
     <w:rsid w:val="00DD2DF9"/>
     <w:rsid w:val="00DD2FD3"/>
     <w:rsid w:val="00DD2FE9"/>
     <w:rsid w:val="00DD30E3"/>
     <w:rsid w:val="00DD3107"/>
     <w:rsid w:val="00DD3534"/>
     <w:rsid w:val="00DD35D3"/>
     <w:rsid w:val="00DD390F"/>
     <w:rsid w:val="00DD4350"/>
     <w:rsid w:val="00DD43DE"/>
     <w:rsid w:val="00DD4AD1"/>
     <w:rsid w:val="00DD4ED1"/>
     <w:rsid w:val="00DD5236"/>
+    <w:rsid w:val="00DD5675"/>
     <w:rsid w:val="00DD5C73"/>
     <w:rsid w:val="00DD5E3C"/>
     <w:rsid w:val="00DD5E80"/>
     <w:rsid w:val="00DD5F30"/>
     <w:rsid w:val="00DD6009"/>
     <w:rsid w:val="00DD64DA"/>
     <w:rsid w:val="00DD6EB2"/>
     <w:rsid w:val="00DD74FD"/>
     <w:rsid w:val="00DD7657"/>
     <w:rsid w:val="00DD7FC6"/>
     <w:rsid w:val="00DE0537"/>
     <w:rsid w:val="00DE0F6A"/>
     <w:rsid w:val="00DE19E5"/>
     <w:rsid w:val="00DE1E47"/>
     <w:rsid w:val="00DE24F3"/>
     <w:rsid w:val="00DE2664"/>
     <w:rsid w:val="00DE2A0C"/>
     <w:rsid w:val="00DE34C4"/>
     <w:rsid w:val="00DE36C9"/>
     <w:rsid w:val="00DE447F"/>
     <w:rsid w:val="00DE4515"/>
     <w:rsid w:val="00DE4DCC"/>
     <w:rsid w:val="00DE584D"/>
     <w:rsid w:val="00DE5AE7"/>
     <w:rsid w:val="00DE5CEA"/>
@@ -25968,50 +26237,51 @@
     <w:rsid w:val="00E270D0"/>
     <w:rsid w:val="00E301B6"/>
     <w:rsid w:val="00E304F4"/>
     <w:rsid w:val="00E3064D"/>
     <w:rsid w:val="00E3090F"/>
     <w:rsid w:val="00E30D14"/>
     <w:rsid w:val="00E31727"/>
     <w:rsid w:val="00E31AA3"/>
     <w:rsid w:val="00E31AC0"/>
     <w:rsid w:val="00E3202F"/>
     <w:rsid w:val="00E32B68"/>
     <w:rsid w:val="00E32E01"/>
     <w:rsid w:val="00E33503"/>
     <w:rsid w:val="00E3354F"/>
     <w:rsid w:val="00E3399C"/>
     <w:rsid w:val="00E33C01"/>
     <w:rsid w:val="00E348FD"/>
     <w:rsid w:val="00E35733"/>
     <w:rsid w:val="00E35A26"/>
     <w:rsid w:val="00E35F7B"/>
     <w:rsid w:val="00E37447"/>
     <w:rsid w:val="00E3784A"/>
     <w:rsid w:val="00E37DD1"/>
     <w:rsid w:val="00E37E18"/>
     <w:rsid w:val="00E4037B"/>
+    <w:rsid w:val="00E4053A"/>
     <w:rsid w:val="00E4091E"/>
     <w:rsid w:val="00E417D6"/>
     <w:rsid w:val="00E423C2"/>
     <w:rsid w:val="00E42421"/>
     <w:rsid w:val="00E4277C"/>
     <w:rsid w:val="00E42982"/>
     <w:rsid w:val="00E42A24"/>
     <w:rsid w:val="00E43208"/>
     <w:rsid w:val="00E43627"/>
     <w:rsid w:val="00E440F5"/>
     <w:rsid w:val="00E441FC"/>
     <w:rsid w:val="00E44D0E"/>
     <w:rsid w:val="00E4510F"/>
     <w:rsid w:val="00E45409"/>
     <w:rsid w:val="00E463A9"/>
     <w:rsid w:val="00E46B21"/>
     <w:rsid w:val="00E46F2F"/>
     <w:rsid w:val="00E46F52"/>
     <w:rsid w:val="00E47EF9"/>
     <w:rsid w:val="00E501C0"/>
     <w:rsid w:val="00E507FC"/>
     <w:rsid w:val="00E5099A"/>
     <w:rsid w:val="00E51057"/>
     <w:rsid w:val="00E51208"/>
     <w:rsid w:val="00E5125C"/>
@@ -26042,50 +26312,51 @@
     <w:rsid w:val="00E57EEF"/>
     <w:rsid w:val="00E57F9A"/>
     <w:rsid w:val="00E60440"/>
     <w:rsid w:val="00E6055C"/>
     <w:rsid w:val="00E606F6"/>
     <w:rsid w:val="00E607AD"/>
     <w:rsid w:val="00E609CC"/>
     <w:rsid w:val="00E60F88"/>
     <w:rsid w:val="00E61AFA"/>
     <w:rsid w:val="00E6227D"/>
     <w:rsid w:val="00E62420"/>
     <w:rsid w:val="00E624E8"/>
     <w:rsid w:val="00E62939"/>
     <w:rsid w:val="00E62A3C"/>
     <w:rsid w:val="00E62AB6"/>
     <w:rsid w:val="00E62B70"/>
     <w:rsid w:val="00E62F63"/>
     <w:rsid w:val="00E63032"/>
     <w:rsid w:val="00E63474"/>
     <w:rsid w:val="00E6355A"/>
     <w:rsid w:val="00E63562"/>
     <w:rsid w:val="00E6393A"/>
     <w:rsid w:val="00E63C93"/>
     <w:rsid w:val="00E63DD0"/>
     <w:rsid w:val="00E643BF"/>
+    <w:rsid w:val="00E64FBF"/>
     <w:rsid w:val="00E65272"/>
     <w:rsid w:val="00E669BA"/>
     <w:rsid w:val="00E66EAC"/>
     <w:rsid w:val="00E701E0"/>
     <w:rsid w:val="00E706D4"/>
     <w:rsid w:val="00E708D5"/>
     <w:rsid w:val="00E70D5A"/>
     <w:rsid w:val="00E71F5E"/>
     <w:rsid w:val="00E7249E"/>
     <w:rsid w:val="00E7265E"/>
     <w:rsid w:val="00E72943"/>
     <w:rsid w:val="00E73574"/>
     <w:rsid w:val="00E7373F"/>
     <w:rsid w:val="00E73921"/>
     <w:rsid w:val="00E73B4C"/>
     <w:rsid w:val="00E73CDC"/>
     <w:rsid w:val="00E73ED3"/>
     <w:rsid w:val="00E741B4"/>
     <w:rsid w:val="00E7435B"/>
     <w:rsid w:val="00E746F5"/>
     <w:rsid w:val="00E748DF"/>
     <w:rsid w:val="00E74989"/>
     <w:rsid w:val="00E752B2"/>
     <w:rsid w:val="00E7555A"/>
     <w:rsid w:val="00E75853"/>
@@ -26232,50 +26503,51 @@
     <w:rsid w:val="00EE2E5E"/>
     <w:rsid w:val="00EE3101"/>
     <w:rsid w:val="00EE462A"/>
     <w:rsid w:val="00EE464C"/>
     <w:rsid w:val="00EE4869"/>
     <w:rsid w:val="00EE4960"/>
     <w:rsid w:val="00EE49AA"/>
     <w:rsid w:val="00EE4A24"/>
     <w:rsid w:val="00EE4C61"/>
     <w:rsid w:val="00EE4CFD"/>
     <w:rsid w:val="00EE4E4F"/>
     <w:rsid w:val="00EE60CC"/>
     <w:rsid w:val="00EE6593"/>
     <w:rsid w:val="00EE6A61"/>
     <w:rsid w:val="00EE6B2A"/>
     <w:rsid w:val="00EE6D40"/>
     <w:rsid w:val="00EE6E6A"/>
     <w:rsid w:val="00EE6FA2"/>
     <w:rsid w:val="00EE72CC"/>
     <w:rsid w:val="00EE7A5E"/>
     <w:rsid w:val="00EF0700"/>
     <w:rsid w:val="00EF07F4"/>
     <w:rsid w:val="00EF1817"/>
     <w:rsid w:val="00EF31B8"/>
     <w:rsid w:val="00EF3E70"/>
+    <w:rsid w:val="00EF3EB6"/>
     <w:rsid w:val="00EF3F8E"/>
     <w:rsid w:val="00EF4342"/>
     <w:rsid w:val="00EF4D38"/>
     <w:rsid w:val="00EF5A6C"/>
     <w:rsid w:val="00EF5CFF"/>
     <w:rsid w:val="00EF6547"/>
     <w:rsid w:val="00EF699A"/>
     <w:rsid w:val="00EF6BA7"/>
     <w:rsid w:val="00EF6BC8"/>
     <w:rsid w:val="00EF6BEA"/>
     <w:rsid w:val="00EF6D27"/>
     <w:rsid w:val="00EF7088"/>
     <w:rsid w:val="00EF75B5"/>
     <w:rsid w:val="00EF7B2E"/>
     <w:rsid w:val="00F00256"/>
     <w:rsid w:val="00F0053B"/>
     <w:rsid w:val="00F0059C"/>
     <w:rsid w:val="00F00C71"/>
     <w:rsid w:val="00F026B8"/>
     <w:rsid w:val="00F02C57"/>
     <w:rsid w:val="00F02E44"/>
     <w:rsid w:val="00F03A7D"/>
     <w:rsid w:val="00F0402B"/>
     <w:rsid w:val="00F047E4"/>
     <w:rsid w:val="00F05186"/>
@@ -26422,50 +26694,51 @@
     <w:rsid w:val="00F57295"/>
     <w:rsid w:val="00F57A06"/>
     <w:rsid w:val="00F57A4C"/>
     <w:rsid w:val="00F602B6"/>
     <w:rsid w:val="00F6053D"/>
     <w:rsid w:val="00F60721"/>
     <w:rsid w:val="00F608C9"/>
     <w:rsid w:val="00F60B5D"/>
     <w:rsid w:val="00F60BB0"/>
     <w:rsid w:val="00F60F79"/>
     <w:rsid w:val="00F6187E"/>
     <w:rsid w:val="00F61FD9"/>
     <w:rsid w:val="00F62205"/>
     <w:rsid w:val="00F62A8B"/>
     <w:rsid w:val="00F63203"/>
     <w:rsid w:val="00F63381"/>
     <w:rsid w:val="00F6347E"/>
     <w:rsid w:val="00F64C20"/>
     <w:rsid w:val="00F64FC3"/>
     <w:rsid w:val="00F65026"/>
     <w:rsid w:val="00F6559C"/>
     <w:rsid w:val="00F65966"/>
     <w:rsid w:val="00F65ED5"/>
     <w:rsid w:val="00F6612A"/>
     <w:rsid w:val="00F66E2D"/>
+    <w:rsid w:val="00F67803"/>
     <w:rsid w:val="00F67CC7"/>
     <w:rsid w:val="00F67EFD"/>
     <w:rsid w:val="00F7051D"/>
     <w:rsid w:val="00F7172F"/>
     <w:rsid w:val="00F71BC3"/>
     <w:rsid w:val="00F7205A"/>
     <w:rsid w:val="00F72C78"/>
     <w:rsid w:val="00F73197"/>
     <w:rsid w:val="00F7373A"/>
     <w:rsid w:val="00F7425A"/>
     <w:rsid w:val="00F74367"/>
     <w:rsid w:val="00F74870"/>
     <w:rsid w:val="00F74AFE"/>
     <w:rsid w:val="00F75507"/>
     <w:rsid w:val="00F75989"/>
     <w:rsid w:val="00F7641E"/>
     <w:rsid w:val="00F76D22"/>
     <w:rsid w:val="00F770C2"/>
     <w:rsid w:val="00F77333"/>
     <w:rsid w:val="00F77882"/>
     <w:rsid w:val="00F778FF"/>
     <w:rsid w:val="00F77F84"/>
     <w:rsid w:val="00F8018D"/>
     <w:rsid w:val="00F80200"/>
     <w:rsid w:val="00F80AD0"/>
@@ -32140,51 +32413,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2136943964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-single-use-plastic-bottle-procurement-justification" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/information-for-apprentices" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energystar.gov/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bpiworld.org/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-22646&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://malegislature.gov/Laws/GeneralLaws/PartI/TitleIII/Chapter30/section39m" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/public-construction" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.barry3@mass.gov" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.minichello@mass.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-22638&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OIGProcurementSupport@mass.gov" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.barry3@mass.gov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energystar.gov/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://compostmanufacturingalliance.com/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-22638&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-22834&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gregg.manning@wbmason.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.barry3@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-purchase-from-a-commbuys-g2b-punchout/download" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/oig-forms-guides-and-advisories" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dols" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.minichello@mass.gov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/pesticide-labels/dfe-certified-disinfectants" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/prevailing-wage-enforcement" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.barry3@mass.gov" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/appliance-efficiency-standards-compliance-for-sellers-and-installers" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fairtradecertified.org/what-we-do/what-we-certify/coffee/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sec.state.ma.us/divisions/cis/maps.htm" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brian.sullivan@bluetriton.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qrg-how-to-record-a-contract-purchase-previously-made-rpa-release/download" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AGOBidUnit@mass.gov" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osha.gov/SLTC/covid-19/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.minichello@mass.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-22638&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/executive-orders/no-515-establishing-an-environmental-purchasing-policy" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://greenseal.org/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.barry3@mass.gov" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SJackson@DSServices.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.minichello@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://malegislature.gov/Laws/GeneralLaws/PartI/TitleXXI/Chapter149/section44a" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/get-public-procurement-assistance-from-our-chapter-30b-team" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.minichello@mass.gov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.info.equalexchange.coop/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AGOBidUnit@mass.gov" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://spot.ul.com/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/appliance-energy-and-water-efficiency-standards" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-22645&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-single-use-plastic-bottle-procurement-justification" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/information-for-apprentices" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energystar.gov/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bpiworld.org/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-22647&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://malegislature.gov/Laws/GeneralLaws/PartI/TitleIII/Chapter30/section39m" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/public-construction" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.barry3@mass.gov" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.minichello@mass.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-22638&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OIGProcurementSupport@mass.gov" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.barry3@mass.gov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energystar.gov/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://compostmanufacturingalliance.com/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-22638&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-22834&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tmodica@culliganquench.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.barry3@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-purchase-from-a-commbuys-g2b-punchout/download" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/oig-forms-guides-and-advisories" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dols" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.minichello@mass.gov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/pesticide-labels/dfe-certified-disinfectants" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/prevailing-wage-enforcement" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.barry3@mass.gov" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/appliance-efficiency-standards-compliance-for-sellers-and-installers" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fairtradecertified.org/what-we-do/what-we-certify/coffee/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sec.state.ma.us/divisions/cis/maps.htm" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brian.sullivan@bluetriton.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qrg-how-to-record-a-contract-purchase-previously-made-rpa-release/download" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AGOBidUnit@mass.gov" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osha.gov/SLTC/covid-19/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.minichello@mass.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-22638&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/executive-orders/no-515-establishing-an-environmental-purchasing-policy" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://greenseal.org/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.barry3@mass.gov" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SJackson@DSServices.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-22646&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.minichello@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://malegislature.gov/Laws/GeneralLaws/PartI/TitleXXI/Chapter149/section44a" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/get-public-procurement-assistance-from-our-chapter-30b-team" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.minichello@mass.gov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.info.equalexchange.coop/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AGOBidUnit@mass.gov" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://spot.ul.com/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gregg.manning@wbmason.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/appliance-energy-and-water-efficiency-standards" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-22645&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -32465,72 +32738,56 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b6ea81047b344181ee716fe9b46053cf" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a769f5e92b7c1d9dc616422e0a2633ff">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e82b6fa405d795c2c1fd60b002b1325c" ns2:_="" ns3:_="">
     <xsd:import namespace="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -32719,127 +32976,143 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="07049b86-902b-4773-b7aa-1fd847dfddb9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1BB0C327-B6F9-4226-A70B-AA3A97C6E5E4}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>22</Pages>
-  <Words>6614</Words>
-  <Characters>37701</Characters>
+  <Words>6659</Words>
+  <Characters>37957</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
-  <Lines>314</Lines>
-  <Paragraphs>88</Paragraphs>
+  <Lines>316</Lines>
+  <Paragraphs>89</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Products and Services Contract User Guide Template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>44227</CharactersWithSpaces>
+  <CharactersWithSpaces>44527</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Products and Services Contract User Guide Template</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Frizzi</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D</vt:lpwstr>
   </property>