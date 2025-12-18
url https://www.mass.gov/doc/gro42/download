--- v0 (2025-10-28)
+++ v1 (2025-12-18)
@@ -106,141 +106,129 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E236867" w14:textId="77777777" w:rsidR="00B96467" w:rsidRDefault="00B96467" w:rsidP="00B22304">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1717ED78" w14:textId="6A98F85F" w:rsidR="00680B92" w:rsidRPr="00CA6AF1" w:rsidRDefault="00680B92" w:rsidP="00680B92">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc206762628"/>
-      <w:bookmarkStart w:id="2" w:name="_Toc209771834"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc216433743"/>
       <w:r w:rsidRPr="00CA6AF1">
         <w:t>Contract User Guid</w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="007B2EAC" w:rsidRPr="007B2EAC">
         <w:t>GRO42: K-12 School Nutrition Products</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="65E4D6F9" w14:textId="77777777" w:rsidR="00680B92" w:rsidRPr="00680B92" w:rsidRDefault="00680B92" w:rsidP="00680B92">
-[...6 lines deleted...]
-    <w:p w14:paraId="390D03BC" w14:textId="5926AC8B" w:rsidR="00C9452E" w:rsidRDefault="00803BD8" w:rsidP="00D54471">
+    <w:p w14:paraId="5BE0B3B8" w14:textId="5C08AB66" w:rsidR="00A53436" w:rsidRPr="00A53436" w:rsidRDefault="00803BD8" w:rsidP="006667CD">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc209771835"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc216433744"/>
       <w:r w:rsidRPr="003E0898">
         <w:t xml:space="preserve">Contract </w:t>
       </w:r>
       <w:r w:rsidR="003E0898">
         <w:t>Overview</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable5Dark-Accent1"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10444" w:type="dxa"/>
         <w:tblCellSpacing w:w="14" w:type="dxa"/>
         <w:tblLook w:val="02A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="0"/>
         <w:tblCaption w:val="Contract Overview"/>
         <w:tblDescription w:val="This table provides key details, including contact information for the Category Manager, relevant contract terms, quoting requirements, and a link to the complete vendor list."/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3865"/>
-        <w:gridCol w:w="5129"/>
+        <w:gridCol w:w="4045"/>
+        <w:gridCol w:w="6399"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="67B75A24" w14:textId="77777777" w:rsidTr="47E5F161">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="67B75A24" w14:textId="77777777" w:rsidTr="0026416B">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="1572"/>
+          <w:trHeight w:val="1392"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="0A4D33B9" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Category Manager Contact Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5087" w:type="dxa"/>
+            <w:tcW w:w="6357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
           </w:tcPr>
           <w:p w14:paraId="3383D06B" w14:textId="77777777" w:rsidR="004D75EC" w:rsidRPr="00A970EC" w:rsidRDefault="004D75EC" w:rsidP="004D75EC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="00A970EC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Michael Barry</w:t>
               </w:r>
             </w:hyperlink>
@@ -317,84 +305,84 @@
           </w:p>
           <w:p w14:paraId="18E36C1D" w14:textId="55C09008" w:rsidR="00B1168A" w:rsidRPr="00A970EC" w:rsidRDefault="004D75EC" w:rsidP="004D75EC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A970EC">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>351-667-9536</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="22AC3B9B" w14:textId="77777777" w:rsidTr="47E5F161">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="22AC3B9B" w14:textId="77777777" w:rsidTr="0026416B">
         <w:trPr>
-          <w:trHeight w:val="1393"/>
+          <w:trHeight w:val="1139"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="000A0D78" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Contract Term</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5087" w:type="dxa"/>
+            <w:tcW w:w="6357" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
           </w:tcPr>
           <w:p w14:paraId="1641545A" w14:textId="540941B8" w:rsidR="00457501" w:rsidRPr="00A970EC" w:rsidRDefault="00457501" w:rsidP="001E3781">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A970EC">
@@ -491,105 +479,105 @@
             </w:r>
             <w:r w:rsidR="00C32496">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="00FE401A" w:rsidRPr="00A970EC">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>year extensions to 2033</w:t>
             </w:r>
             <w:r w:rsidR="00FE401A">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="7146EE8A" w14:textId="77777777" w:rsidTr="47E5F161">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="7146EE8A" w14:textId="77777777" w:rsidTr="0026416B">
         <w:trPr>
-          <w:trHeight w:val="1299"/>
+          <w:trHeight w:val="1067"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="44776E05" w14:textId="4F72CB31" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="006626DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006626DD">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Massachusetts Management Accounting and Reporting System (MMARS)</w:t>
             </w:r>
             <w:r w:rsidR="0064148A" w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DF0B69">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Master Agreement (MA) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5087" w:type="dxa"/>
+            <w:tcW w:w="6357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
           </w:tcPr>
           <w:p w14:paraId="5EA9FD51" w14:textId="1BB5458D" w:rsidR="00287F65" w:rsidRPr="00A970EC" w:rsidRDefault="00457501">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A970EC">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>GRO</w:t>
             </w:r>
             <w:r w:rsidR="00A3066D" w:rsidRPr="00A970EC">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
@@ -637,445 +625,528 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> *The asterisk is required when referencing the contract in the MMARS</w:t>
             </w:r>
             <w:r w:rsidR="008D670A" w:rsidRPr="00A970EC">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> system</w:t>
             </w:r>
             <w:r w:rsidRPr="00A970EC">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="3CFEDB13" w14:textId="77777777" w:rsidTr="47E5F161">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="3CFEDB13" w14:textId="77777777" w:rsidTr="0026416B">
         <w:trPr>
-          <w:trHeight w:val="1033"/>
+          <w:trHeight w:val="833"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="493A2229" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Quote Requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5087" w:type="dxa"/>
+            <w:tcW w:w="6357" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="598ACD9D" w14:textId="69A7A6F9" w:rsidR="0064148A" w:rsidRPr="00A970EC" w:rsidRDefault="00116414" w:rsidP="00116414">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A970EC">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Quotes are required for purchasing. Refer to the </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Quote_Response_and" w:history="1">
               <w:r w:rsidRPr="00A970EC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Quote Response and Requirements</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A970EC">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> section for guidelines.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="0C1AC47B" w14:textId="77777777" w:rsidTr="47E5F161">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="0C1AC47B" w14:textId="77777777" w:rsidTr="0026416B">
         <w:trPr>
-          <w:trHeight w:val="763"/>
+          <w:trHeight w:val="536"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="182735FB" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vendor List</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5087" w:type="dxa"/>
+            <w:tcW w:w="6357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
           </w:tcPr>
           <w:p w14:paraId="69C38038" w14:textId="4994B12B" w:rsidR="0064148A" w:rsidRPr="00A970EC" w:rsidRDefault="0064148A" w:rsidP="00B258E1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A970EC">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Refer to </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
               <w:r w:rsidRPr="00A970EC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Vendor List and Information</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A970EC">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for eligible vendors on this contract.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="47E5F161">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="0026416B">
         <w:trPr>
-          <w:trHeight w:val="493"/>
+          <w:trHeight w:val="2750"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="4003" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
-          <w:p w14:paraId="79F057E1" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A">
+          <w:p w14:paraId="79F057E1" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00C12B9B" w:rsidRDefault="0064148A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00136526">
-              <w:rPr>
+            <w:r w:rsidRPr="00C12B9B">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5087" w:type="dxa"/>
+            <w:tcW w:w="6357" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B419DD4" w14:textId="77777777" w:rsidR="0064148A" w:rsidRDefault="12FC3199" w:rsidP="47E5F161">
+          <w:p w14:paraId="3296DF51" w14:textId="2DCCAD28" w:rsidR="00FB322D" w:rsidRDefault="12FC3199" w:rsidP="47E5F161">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D90A29">
-              <w:rPr>
+            <w:r w:rsidRPr="00C12B9B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C12B9B" w:rsidRPr="00C12B9B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="006F52F2" w:rsidRPr="00C12B9B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00C12B9B" w:rsidRPr="00C12B9B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00E62A3C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="006F52F2" w:rsidRPr="00C12B9B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00B258E1" w:rsidRPr="00C12B9B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+            <w:r w:rsidR="006F52F2" w:rsidRPr="00C12B9B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="006F52F2" w:rsidRPr="05B51BD3">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B419DD4" w14:textId="0F1EFB2E" w:rsidR="0064148A" w:rsidRDefault="00C12B9B" w:rsidP="47E5F161">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Adding new Vendors:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4065BBD6" w14:textId="2951BDA4" w:rsidR="00CB6BB5" w:rsidRPr="00CB6BB5" w:rsidRDefault="00CB6BB5" w:rsidP="00CB6BB5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB6BB5">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>CAPE DAIRY, LLC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dba </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB6BB5">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>White Brothers Dairy</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="126119DB" w14:textId="106A9618" w:rsidR="00C12B9B" w:rsidRPr="00C12B9B" w:rsidRDefault="00C12B9B" w:rsidP="00C12B9B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C12B9B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>JW Lopes LLC</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E1904D1" w14:textId="77777777" w:rsidR="00471D53" w:rsidRDefault="00C12B9B" w:rsidP="00C12B9B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C12B9B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Marty's Local, Inc.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FD4AE7E" w14:textId="77777777" w:rsidR="00CB6BB5" w:rsidRDefault="00CB6BB5" w:rsidP="00C12B9B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB6BB5">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Thomsen Buyer LLC.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dba </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB6BB5">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Thomsen Foodservice</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3417932A" w14:textId="5A533B8A" w:rsidR="00F312E3" w:rsidRDefault="00F312E3" w:rsidP="00F312E3">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F312E3">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Thurston Foods Inc.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A92873">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14685198" w14:textId="1E53C7A6" w:rsidR="007C5D0C" w:rsidRPr="007C5D0C" w:rsidRDefault="00A92873" w:rsidP="007C5D0C">
+            <w:pPr>
+              <w:ind w:left="50"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Change to the Category 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="47E5F161">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>10</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A92873">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t>Locally Sourced Foods</w:t>
+            </w:r>
+            <w:r w:rsidRPr="47E5F161">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>27</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve"> Expected start date</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB322D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...131 lines deleted...]
-              <w:t>Marty's Local, Inc.</w:t>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0061066A" w14:textId="77777777" w:rsidR="0064148A" w:rsidRDefault="0064148A" w:rsidP="00D54471">
-[...13 lines deleted...]
-    </w:p>
     <w:p w14:paraId="2EE53A3B" w14:textId="3ADB882A" w:rsidR="00AC1E9E" w:rsidRPr="006E4CCA" w:rsidRDefault="00AC1E9E" w:rsidP="006E4CCA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00A14344" w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ot</w:t>
       </w:r>
       <w:r w:rsidR="00AC4379" w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
@@ -1088,158 +1159,158 @@
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mass.gov/osd</w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AF7BD81" w14:textId="0DCF9FEE" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
+    <w:p w14:paraId="2AF7BD81" w14:textId="0472803A" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Template Version: 9.0</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Page </w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> PAGE </w:instrText>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00195E58">
+      <w:r w:rsidR="00DC0A79">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00195E58">
+      <w:r w:rsidR="00DC0A79">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>19</w:t>
+        <w:t>20</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D2DD00E" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="left" w:pos="1815"/>
           <w:tab w:val="center" w:pos="4968"/>
           <w:tab w:val="right" w:pos="9990"/>
         </w:tabs>
         <w:ind w:left="-1440" w:right="-1440"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -1347,2851 +1418,2858 @@
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="1932468650"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="46FC1B32" w14:textId="42253982" w:rsidR="005A21C6" w:rsidRDefault="005A21C6">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
           </w:pPr>
           <w:r>
             <w:t>Table of Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="349BAFE9" w14:textId="2B04A300" w:rsidR="00041A9A" w:rsidRDefault="00003C5E">
+        <w:p w14:paraId="4C95A33F" w14:textId="7F34F6CC" w:rsidR="0094719A" w:rsidRDefault="00003C5E">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:bCs w:val="0"/>
               <w:vanish w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:bCs w:val="0"/>
               <w:caps/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:bCs w:val="0"/>
               <w:caps/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:rPr>
               <w:bCs w:val="0"/>
               <w:caps/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc209771834" w:history="1">
-            <w:r w:rsidR="00041A9A" w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433743" w:history="1">
+            <w:r w:rsidR="0094719A" w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Contract User Guide GRO42: K-12 School Nutrition Products</w:t>
             </w:r>
-            <w:r w:rsidR="00041A9A">
+            <w:r w:rsidR="0094719A">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00041A9A">
+            <w:r w:rsidR="0094719A">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00041A9A">
+            <w:r w:rsidR="0094719A">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771834 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00041A9A">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433743 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="0094719A">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00041A9A">
+            <w:r w:rsidR="0094719A">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00041A9A">
+            <w:r w:rsidR="0094719A">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00041A9A">
+            <w:r w:rsidR="0094719A">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="53B84008" w14:textId="22D2EA47" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="23A476DD" w14:textId="77B4A8D2" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771835" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433744" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Overview</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771835 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433744 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5E7D4A32" w14:textId="0F69EBA3" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="7770C0FE" w14:textId="48701986" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771836" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433745" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Summary</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771836 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433745 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="07945176" w14:textId="1BC1BE56" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="3BA8BFC4" w14:textId="231A7488" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771837" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433746" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Benefits and Cost Savings</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771837 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433746 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6005C18E" w14:textId="5A99DCC9" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="53D1A6D5" w14:textId="0806290E" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771838" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433747" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Categories</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771838 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433747 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="57DF4C6F" w14:textId="38F61C0B" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="2CFA110C" w14:textId="1141DA5C" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771839" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433748" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Exclusions and Related Statewide Contracts</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771839 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433748 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2C843516" w14:textId="64785654" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="106CC0C5" w14:textId="338337BA" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771840" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433749" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Who May Use the Contract</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771840 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433749 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="66F56302" w14:textId="20FF878E" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="372BFD04" w14:textId="5D9A81DA" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771841" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433750" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Pricing Options</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771841 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433750 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6EE431A5" w14:textId="4E67B245" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="2D9645D1" w14:textId="0CA7F083" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771842" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433751" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Quote Response and Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771842 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433751 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="435172B0" w14:textId="5225EA35" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="790121B6" w14:textId="3E8EADD0" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771843" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433752" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Purchase Options</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771843 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433752 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="26A9AB92" w14:textId="1CE4D0C5" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="3B774B90" w14:textId="0A549E8F" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771844" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433753" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Setting Up a COMMBUYS Account</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771844 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433753 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5627CD84" w14:textId="0E0F1A45" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="6A9AA44F" w14:textId="7DE9CFFC" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771845" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433754" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Finding Contract Documents</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771845 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433754 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="500413C0" w14:textId="766B16BF" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="499E521A" w14:textId="709CB960" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771846" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433755" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Finding Vendor-Specific Documents</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771846 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433755 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="47767B93" w14:textId="1B706D1F" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="59C07C65" w14:textId="27D91129" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771847" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433756" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Statement of Work (SOW) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771847 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433756 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="276F938A" w14:textId="6310C826" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="48711D6F" w14:textId="794664ED" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771848" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433757" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Supplier Diversity Office (SDO) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771848 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433757 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7E7BE680" w14:textId="176CDAB1" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="368316FF" w14:textId="7C74279D" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771849" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433758" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Supplier Diversity Program (SDP) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771849 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433758 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7246C6BD" w14:textId="32F31B56" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="5E160F26" w14:textId="745FC01C" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771850" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433759" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Small Business Purchasing Program (SBPP) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771850 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433759 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="204345CF" w14:textId="64444A73" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="0F500ED5" w14:textId="4A97E285" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771851" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433760" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Subcontractors</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771851 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433760 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4FD9E77F" w14:textId="47AF4BB7" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="0D55B5AF" w14:textId="25640318" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771852" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433761" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Delivery and Returns</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771852 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433761 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7592D00B" w14:textId="1B7E4832" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="2C27A5CF" w14:textId="4A7B2189" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771853" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433762" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Delivery Terms and Schedules</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771853 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433762 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1C443F31" w14:textId="7C9C3CE4" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="0810C8A0" w14:textId="695013E3" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771854" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433763" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Delivery Requirements for K-12 School Districts</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771854 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433763 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="013904C2" w14:textId="6C4239D4" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="06ED4E1D" w14:textId="6FFB1953" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771855" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433764" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Substitutions</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771855 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433764 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="037844AC" w14:textId="097CB5C0" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="58DA538C" w14:textId="2F06C0A2" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771856" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433765" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Will Call Orders</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771856 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433765 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="37EF24D2" w14:textId="2E884D30" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="4AC417B9" w14:textId="21B5E062" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771857" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433766" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Returns</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771857 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433766 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6C646350" w14:textId="03CB786A" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="5FCEE354" w14:textId="62B689E0" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771858" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433767" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Order Minimum</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771858 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433767 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6242D88A" w14:textId="6CF20F61" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="1EF40687" w14:textId="5DBCF7F3" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771859" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433768" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Fuel Surcharge Provisions</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771859 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433768 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="397A164D" w14:textId="7A532FB2" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="12AB29EF" w14:textId="30D652ED" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771860" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433769" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Additional Discounts</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771860 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433769 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1BB65E98" w14:textId="5F063D4B" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="4B7474D7" w14:textId="67393833" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771861" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433770" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Emergency Services</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771861 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433770 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3E579FCC" w14:textId="40C7768D" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="4DB32CBA" w14:textId="0F857A50" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771862" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433771" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vendor Performance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771862 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433771 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="429A1FE3" w14:textId="2AD8E72F" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="6DC7C67E" w14:textId="608DBD7B" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771863" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433772" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>General Procurement Guidelines and Best Practices</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771863 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433772 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2DC62BF2" w14:textId="02B5D13B" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="2416B155" w14:textId="13A9B4B4" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771864" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433773" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Adding a Product</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771864 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433773 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2690ACA5" w14:textId="6ECC5FFB" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="159DD08A" w14:textId="654CE345" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771865" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433774" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Environmentally Preferable Products and Services (EPPS)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771865 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433774 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="173C0598" w14:textId="402A15F0" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="6255FC9F" w14:textId="12BEC6C2" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771866" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433775" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Learn More</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771866 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433775 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="74AF4EEA" w14:textId="5847291E" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="17C94C56" w14:textId="7A4DBE5F" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771867" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433776" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Instructions for Massachusetts Management Accounting and Reporting System (MMARS) Users</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771867 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433776 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="047357C7" w14:textId="77EBBC50" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="20823A4A" w14:textId="2F2262C3" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771868" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433777" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Buy American Provision</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771868 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433777 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="57FB2F01" w14:textId="2030D524" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="3F02E174" w14:textId="36A5ECBA" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771869" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433778" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vendor List and Information</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771869 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433778 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5A471EAA" w14:textId="63B3F684" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="6C8FFE4C" w14:textId="7C735642" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771870" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433779" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>United Nations Standard Products and Services Code</w:t>
             </w:r>
-            <w:r w:rsidRPr="0080071B">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
-            <w:r w:rsidRPr="0080071B">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> (UNSPSC</w:t>
             </w:r>
-            <w:r w:rsidRPr="0080071B">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
-            <w:r w:rsidRPr="0080071B">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771870 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433779 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>18</w:t>
+              <w:t>19</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="75704FC6" w14:textId="00CC92C5" w:rsidR="00041A9A" w:rsidRDefault="00041A9A">
+        <w:p w14:paraId="6B1B9DAC" w14:textId="5DDC00CE" w:rsidR="0094719A" w:rsidRDefault="0094719A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209771871" w:history="1">
-            <w:r w:rsidRPr="0080071B">
+          <w:hyperlink w:anchor="_Toc216433780" w:history="1">
+            <w:r w:rsidRPr="0066297D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Appendix A: Vendor Geographic Delivery Areas</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209771871 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433780 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>19</w:t>
+              <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="50AC2B20" w14:textId="70B14DF9" w:rsidR="005A21C6" w:rsidRDefault="00003C5E">
+        <w:p w14:paraId="50AC2B20" w14:textId="1D7CB743" w:rsidR="005A21C6" w:rsidRDefault="00003C5E">
           <w:r>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:bCs/>
               <w:caps/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="4BCAF3C8" w14:textId="77777777" w:rsidR="00975D07" w:rsidRDefault="00975D07">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:sectPr w:rsidR="00975D07" w:rsidSect="00975D07">
           <w:headerReference w:type="first" r:id="rId19"/>
           <w:footerReference w:type="first" r:id="rId20"/>
@@ -4223,62 +4301,62 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>TIP: To return to the first page throughout this document, use Ctrl+home</w:t>
       </w:r>
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D66FF8">
         <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Toc194066592"/>
     </w:p>
     <w:p w14:paraId="02749603" w14:textId="77777777" w:rsidR="00F03125" w:rsidRDefault="00F03125" w:rsidP="00F03125">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc208305396"/>
-      <w:bookmarkStart w:id="6" w:name="_Toc209771836"/>
-      <w:bookmarkStart w:id="7" w:name="_Toc194066597"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc194066597"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc216433745"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00564A93">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Contract </w:t>
       </w:r>
       <w:r w:rsidRPr="00633557">
         <w:t>Summary</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="4DABB2A7" w14:textId="5BC5AD83" w:rsidR="00F03125" w:rsidRPr="007D6301" w:rsidRDefault="00F03125" w:rsidP="00F03125">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D6301">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>GRO42: K-12 School Nutrition Products</w:t>
       </w:r>
       <w:r w:rsidR="006370F4">
@@ -4561,51 +4639,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">to the </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidR="008D54C5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>GRO42 Master Contract Record</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2472A620" w14:textId="77777777" w:rsidR="00F03125" w:rsidRPr="00705E5A" w:rsidRDefault="00F03125" w:rsidP="00F03125">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc194066617"/>
       <w:bookmarkStart w:id="10" w:name="_Toc208305397"/>
-      <w:bookmarkStart w:id="11" w:name="_Toc209771837"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc216433746"/>
       <w:r>
         <w:t xml:space="preserve">Benefits and </w:t>
       </w:r>
       <w:r w:rsidRPr="00633557">
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>Cost</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Savings</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="5D5BCD06" w14:textId="12DC782C" w:rsidR="00F03125" w:rsidRPr="00A12C2C" w:rsidRDefault="00F03125" w:rsidP="00F03125">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4852,61 +4930,61 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gain greater efficiencies in School Nutrition Programs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0136BF93" w14:textId="77777777" w:rsidR="00F03125" w:rsidRDefault="00F03125" w:rsidP="00F03125">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Toc208305398"/>
-      <w:bookmarkStart w:id="14" w:name="_Toc209771838"/>
-      <w:bookmarkStart w:id="15" w:name="_Toc194066593"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc194066593"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc216433747"/>
       <w:r>
         <w:t>Contract Categories</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="2C6014AA" w14:textId="02F4E19C" w:rsidR="00F03125" w:rsidRDefault="00F03125" w:rsidP="00F03125">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc194066595"/>
       <w:r w:rsidRPr="009545C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This contract includes </w:t>
       </w:r>
       <w:r w:rsidR="00916AC4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -5088,58 +5166,60 @@
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
       <w:r w:rsidRPr="004F5233">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> specialize in K-12 school        nutrition products. Expected start date late summer 2025</w:t>
       </w:r>
       <w:r w:rsidR="00537860">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63E74C3D" w14:textId="62C6EE6D" w:rsidR="00F03125" w:rsidRPr="004F5233" w:rsidRDefault="00F03125" w:rsidP="47E5F161">
+    <w:p w14:paraId="63E74C3D" w14:textId="51DB950C" w:rsidR="00F03125" w:rsidRPr="005118FD" w:rsidRDefault="00F03125" w:rsidP="47E5F161">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="47E5F161">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category 3</w:t>
       </w:r>
       <w:r w:rsidRPr="47E5F161">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
@@ -5177,51 +5257,89 @@
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidRPr="47E5F161">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>meat processors</w:t>
       </w:r>
       <w:r w:rsidR="00B75826" w:rsidRPr="47E5F161">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> that</w:t>
       </w:r>
       <w:r w:rsidRPr="47E5F161">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> focus on locally sourced and organic products. Expected start date Winter 2025.</w:t>
+        <w:t xml:space="preserve"> focus on locally sourced and organic products. Expected start date </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4BDA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005118FD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00115283" w:rsidRPr="005118FD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005118FD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="045A478F" w14:textId="590A8F12" w:rsidR="383DCEA3" w:rsidRDefault="383DCEA3" w:rsidP="47E5F161">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="47E5F161">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This contract promotes the Massachusetts laws and directives aimed at the purchasing of locally grown products, as well as more nutritional, pesticide-free produce and products.</w:t>
       </w:r>
     </w:p>
@@ -5440,69 +5558,56 @@
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>G</w:t>
         </w:r>
         <w:r w:rsidRPr="00095498">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>uide</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="47E5F161">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> provided to buyers.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25283A08" w14:textId="79E36126" w:rsidR="47E5F161" w:rsidRDefault="47E5F161" w:rsidP="47E5F161">
-[...11 lines deleted...]
-    </w:p>
     <w:p w14:paraId="3B64AE28" w14:textId="77777777" w:rsidR="00F03125" w:rsidRDefault="00F03125" w:rsidP="00F03125">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Toc208305399"/>
-      <w:bookmarkStart w:id="18" w:name="_Toc209771839"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc216433748"/>
       <w:r w:rsidRPr="00564A93">
         <w:t>Contract Exclusions and Related Statewide Contracts</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="207A00E3" w14:textId="31588FF8" w:rsidR="00F03125" w:rsidRPr="00974790" w:rsidRDefault="00F03125" w:rsidP="00F03125">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Toc194066594"/>
       <w:r w:rsidRPr="00974790">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This contract does not replace </w:t>
       </w:r>
@@ -5541,53 +5646,52 @@
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="00F952A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>GRO41 Dairy Products and Baked Goods</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00974790">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (or their successor contracts) but some overlap is expected. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0380BB77" w14:textId="77777777" w:rsidR="00F03125" w:rsidRPr="00DC5CC1" w:rsidRDefault="00F03125" w:rsidP="00F03125">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Toc208305400"/>
-      <w:bookmarkStart w:id="21" w:name="_Toc209771840"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc216433749"/>
       <w:r w:rsidRPr="000067FD">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Who </w:t>
       </w:r>
       <w:r>
         <w:t>May</w:t>
       </w:r>
       <w:r w:rsidRPr="000067FD">
         <w:t xml:space="preserve"> Use the Contract</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="7CA48424" w14:textId="77777777" w:rsidR="00F03125" w:rsidRPr="003C62B7" w:rsidRDefault="00F03125" w:rsidP="00F03125">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The following is a complete list of the types of organizations generally allowed to use </w:t>
@@ -5602,50 +5706,51 @@
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Operational Service Division’s (OSD's) Statewide Contracts (SWCs). Some SWCs may be open to additional organizations, and some are more restricted in usage.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E6E56F5" w14:textId="77777777" w:rsidR="00F03125" w:rsidRPr="003C62B7" w:rsidRDefault="00F03125" w:rsidP="001E3781">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Cities, towns, districts, counties, and other political subdivisions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A0AD4D5" w14:textId="77777777" w:rsidR="00F03125" w:rsidRPr="003C62B7" w:rsidRDefault="00F03125" w:rsidP="001E3781">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Executive, Legislative, and Judicial Branches, including all departments and elected offices therein</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C93FBCC" w14:textId="77777777" w:rsidR="00F03125" w:rsidRPr="003C62B7" w:rsidRDefault="00F03125" w:rsidP="001E3781">
       <w:pPr>
@@ -5801,51 +5906,51 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Other entities when designated in writing by the State Purchasing Agent</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15F3AF4C" w14:textId="77777777" w:rsidR="00EB6D5F" w:rsidRDefault="00EB6D5F" w:rsidP="00EB6D5F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="_Pricing_Options"/>
       <w:bookmarkStart w:id="23" w:name="_Toc208305403"/>
-      <w:bookmarkStart w:id="24" w:name="_Toc209771841"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc216433750"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:t>Pricing Options</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w14:paraId="4098BBB2" w14:textId="77777777" w:rsidR="00EB6D5F" w:rsidRDefault="00EB6D5F" w:rsidP="00EB6D5F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="25" w:name="_Hlk193714773"/>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC75FE">
@@ -6092,101 +6197,101 @@
       </w:hyperlink>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>page, where links to all the vendors’ MBPOs are provided.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CCBB860" w14:textId="77777777" w:rsidR="00EB6D5F" w:rsidRDefault="00EB6D5F" w:rsidP="00EB6D5F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="_Quote_Response_and"/>
       <w:bookmarkStart w:id="27" w:name="_Toc208305404"/>
-      <w:bookmarkStart w:id="28" w:name="_Toc209771842"/>
-      <w:bookmarkStart w:id="29" w:name="_Toc194066598"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc194066598"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc216433751"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Quote Response and Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:p w14:paraId="6E6CFE62" w14:textId="5C08AF72" w:rsidR="00EB6D5F" w:rsidRPr="00AF08C4" w:rsidRDefault="00EB6D5F" w:rsidP="00EB6D5F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="_Toc194066596"/>
       <w:r w:rsidRPr="00AF08C4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Quotes should be awarded based on best value. Buyers are highly encouraged to negotiate weekly prices or seek alternative quotes from other GRO42 awarded </w:t>
       </w:r>
       <w:r w:rsidR="00402EC2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF08C4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>endors, if needed.     </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="067D3EC1" w14:textId="77777777" w:rsidR="00EB6D5F" w:rsidRDefault="00EB6D5F" w:rsidP="00EB6D5F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="_Toc208305405"/>
-      <w:bookmarkStart w:id="32" w:name="_Toc209771843"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc216433752"/>
       <w:r w:rsidRPr="00564A93">
+        <w:lastRenderedPageBreak/>
         <w:t>Purchase Options</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w14:paraId="288930BD" w14:textId="37225E5E" w:rsidR="0094131C" w:rsidRPr="00134554" w:rsidRDefault="00134554" w:rsidP="0094131C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00134554">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Purchases made through this contract will be direct, outright purchases.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DDD2525" w14:textId="536DC933" w:rsidR="00EB6D5F" w:rsidRPr="003B0898" w:rsidRDefault="00B9798F" w:rsidP="00EB6D5F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
@@ -6516,51 +6621,50 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> This contract enables buyers to retroactively record a previously made contract purchase within the COMMBUYS system. This is done through a Request for Payment Authorization (RPA) Release Requisition, which also allows MMARS users to easily keep track of spending.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FCB9016" w14:textId="77777777" w:rsidR="00EB6D5F" w:rsidRPr="003B0898" w:rsidRDefault="00EB6D5F" w:rsidP="00EB6D5F">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For a description on how to </w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">complete this purchase in COMMBUYS, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
@@ -6632,54 +6736,55 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> MMARS and COMMBUYS do not interface. Payment request and invoice must be reported in both MMARS and COMMBUYS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0288325A" w14:textId="32D6FF57" w:rsidR="000067FD" w:rsidRPr="000067FD" w:rsidRDefault="000067FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="33" w:name="_Extend_Beyond_(Performance"/>
-      <w:bookmarkStart w:id="34" w:name="_Toc209771844"/>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc216433753"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="33"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Setting Up a </w:t>
       </w:r>
       <w:r w:rsidRPr="00633557">
         <w:t>COMMBUYS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Account</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="78CB2CA0" w14:textId="4EE2CAC6" w:rsidR="000B5F54" w:rsidRDefault="000B5F54" w:rsidP="00FE302E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">COMMBUYS is the Commonwealth of Massachusetts' e-procurement platform, serving as a central marketplace for state agencies </w:t>
@@ -7058,61 +7163,61 @@
         </w:rPr>
         <w:t>mak</w:t>
       </w:r>
       <w:r w:rsidR="00DF3644">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> informed purchasing choices. Eligible entities should follow their internal guidelines for COMMBUYS use.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C3CA59C" w14:textId="77777777" w:rsidR="00EC1DA9" w:rsidRDefault="00EC1DA9" w:rsidP="00EC1DA9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="35" w:name="_Toc208305407"/>
-      <w:bookmarkStart w:id="36" w:name="_Toc209771845"/>
-      <w:bookmarkStart w:id="37" w:name="_Toc194066601"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc194066601"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc216433754"/>
       <w:r w:rsidRPr="00AB211E">
         <w:t>Finding Contract Documents</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="37"/>
       <w:r w:rsidRPr="00AB211E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="36"/>
     </w:p>
     <w:p w14:paraId="6DAA3DB7" w14:textId="77777777" w:rsidR="00EC1DA9" w:rsidRPr="00136C46" w:rsidRDefault="00EC1DA9" w:rsidP="00EC1DA9">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -7485,103 +7590,103 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendor Attachments</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> section. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B83F28F" w14:textId="4F4AE062" w:rsidR="00EC1DA9" w:rsidRPr="00E31AA3" w:rsidRDefault="00EC1DA9" w:rsidP="00EC1DA9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D17040">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">All standard contract documents are within the Master Contract Record. Access them directly by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidRPr="00D17040">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidR="00516447">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidR="00BE44A4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidR="00BE44A4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>GRO42 Master Contract Record</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BE44A4">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FFD5AA1" w14:textId="77777777" w:rsidR="00EC1DA9" w:rsidRDefault="00EC1DA9" w:rsidP="00EC1DA9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="38" w:name="_Toc194066602"/>
       <w:bookmarkStart w:id="39" w:name="_Toc208305408"/>
-      <w:bookmarkStart w:id="40" w:name="_Toc209771846"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc216433755"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Finding Vendor-Specific Documents</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
     </w:p>
     <w:p w14:paraId="058A7D93" w14:textId="77777777" w:rsidR="00EC1DA9" w:rsidRPr="00136C46" w:rsidRDefault="00EC1DA9" w:rsidP="00EC1DA9">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>To find vendor-specific documents, including</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
@@ -7749,51 +7854,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To view, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the desired document link.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C055FEA" w14:textId="3E8182F8" w:rsidR="0011136C" w:rsidRDefault="0011136C" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="41" w:name="_Toc209771847"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc216433756"/>
       <w:r w:rsidRPr="0011136C">
         <w:t>Statement of Work (SOW) Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
       <w:r w:rsidRPr="0011136C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7845E053" w14:textId="643F52C7" w:rsidR="0011136C" w:rsidRPr="00136C46" w:rsidRDefault="0011136C" w:rsidP="0011136C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00677B85" w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -8134,51 +8239,51 @@
     <w:p w14:paraId="531A1D85" w14:textId="6A690BD8" w:rsidR="0024729E" w:rsidRPr="006D4036" w:rsidRDefault="006D4036" w:rsidP="008F4357">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D4036">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Buyer Responsibilities</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36BC0800" w14:textId="68AFCE52" w:rsidR="003813D4" w:rsidRPr="00B6218B" w:rsidRDefault="003813D4" w:rsidP="000D7FAE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="42" w:name="_Toc201925128"/>
-      <w:bookmarkStart w:id="43" w:name="_Toc209771848"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc216433757"/>
       <w:r w:rsidRPr="00B6218B">
         <w:t xml:space="preserve">Supplier Diversity </w:t>
       </w:r>
       <w:r w:rsidR="006C2DAB">
         <w:t>Office</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (SD</w:t>
       </w:r>
       <w:r w:rsidR="006C2DAB">
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:t>) Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
     </w:p>
     <w:p w14:paraId="668BC85C" w14:textId="6CF9E2B5" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="003813D4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -8201,51 +8306,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EE2B732" w14:textId="4A9ACBA9" w:rsidR="00FF0F69" w:rsidRDefault="00FF0F69" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Executive Departments </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> use diverse and small businesses to the extent possible based on contract terms, </w:t>
       </w:r>
       <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
@@ -8259,50 +8363,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and departmental policies, laws, and regulations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40C47129" w14:textId="777E7F71" w:rsidR="00D16914" w:rsidRDefault="00D16914" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidRPr="00556773">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Small Business Purchasing Program (SBPP)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> applies to small procurements ($250,000 or below annually), while the </w:t>
       </w:r>
       <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidRPr="001B046D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -8425,51 +8530,51 @@
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and SBPP)</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tab on the index (scroll to view the tab).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57F758EA" w14:textId="3A242519" w:rsidR="00CF5EB3" w:rsidRDefault="00DD5236" w:rsidP="00CF5EB3">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="44" w:name="_Toc209771849"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc216433758"/>
       <w:r w:rsidRPr="00DD5236">
         <w:t>Supplier Diversity Program (SDP) Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="44"/>
     </w:p>
     <w:p w14:paraId="57E6AF7E" w14:textId="23FD8D57" w:rsidR="00DD5236" w:rsidRDefault="00DD5236" w:rsidP="00DD5236">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD5236">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please view the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7774F470" w14:textId="24C50C07" w:rsidR="007002E9" w:rsidRDefault="007002E9" w:rsidP="001E3781">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -8584,51 +8689,51 @@
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3086F60C" w14:textId="140E70D3" w:rsidR="00A2036A" w:rsidRDefault="007418B6" w:rsidP="007418B6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="45" w:name="_Toc209771850"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc216433759"/>
       <w:r w:rsidRPr="007418B6">
         <w:t>Small Business Purchasing Program (SBPP) Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
     </w:p>
     <w:p w14:paraId="07859058" w14:textId="229DACA8" w:rsidR="007418B6" w:rsidRDefault="003C6101" w:rsidP="007418B6">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6101">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please view the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B1D11BB" w14:textId="5E52330C" w:rsidR="003C6101" w:rsidRDefault="003C6101" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -8734,53 +8839,52 @@
         </w:rPr>
         <w:t xml:space="preserve"> table in the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E2D17">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SDO Certification Type</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED6956">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> column.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36C87046" w14:textId="68D771C2" w:rsidR="00B41726" w:rsidRDefault="00DB33F1" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="46" w:name="_Toc194066607"/>
-      <w:bookmarkStart w:id="47" w:name="_Toc209771851"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc216433760"/>
       <w:r w:rsidRPr="003066B4">
-        <w:lastRenderedPageBreak/>
         <w:t>Subcontractor</w:t>
       </w:r>
       <w:r w:rsidR="000E3C80" w:rsidRPr="003066B4">
         <w:t>s</w:t>
       </w:r>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
     </w:p>
     <w:p w14:paraId="477867D8" w14:textId="2C340B26" w:rsidR="000E3C80" w:rsidRPr="009E12A3" w:rsidRDefault="000E3C80" w:rsidP="000E3C80">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The awarded vendor’s use of subcontractors is subject to the provisions of the </w:t>
       </w:r>
       <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidRPr="009E12A3">
@@ -8828,68 +8932,69 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SWC</w:t>
       </w:r>
       <w:r w:rsidR="005C457B" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6001D8C1" w14:textId="18940B1E" w:rsidR="00A87A58" w:rsidRDefault="00A87A58" w:rsidP="00806C06">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="48" w:name="_Toc194066609"/>
-      <w:bookmarkStart w:id="49" w:name="_Toc209771852"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc216433761"/>
       <w:r w:rsidRPr="00A87A58">
+        <w:lastRenderedPageBreak/>
         <w:t>Delivery</w:t>
       </w:r>
       <w:r w:rsidR="00850073">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A87A58">
         <w:t>and Returns</w:t>
       </w:r>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
     </w:p>
     <w:p w14:paraId="164DA889" w14:textId="06539C61" w:rsidR="00D82260" w:rsidRDefault="00D82260" w:rsidP="00D82260">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="50" w:name="_Toc209771853"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc216433762"/>
       <w:r>
         <w:t>Delivery Terms and Schedules</w:t>
       </w:r>
       <w:bookmarkEnd w:id="50"/>
     </w:p>
     <w:p w14:paraId="3D063838" w14:textId="0E6D63F6" w:rsidR="00267917" w:rsidRPr="00267917" w:rsidRDefault="00267917" w:rsidP="00267917">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00267917">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Refer to the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C4757ED" w14:textId="2DC1381B" w:rsidR="00D82260" w:rsidRPr="00D82260" w:rsidRDefault="00D82260" w:rsidP="001E3781">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -9222,81 +9327,81 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The Commonwealth reserves the right to purchase such items elsewhere if deemed necessary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28C23393" w14:textId="3BAC071A" w:rsidR="00D82260" w:rsidRDefault="00D82260" w:rsidP="001E3781">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A360C2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Vendor responsibility for costs:</w:t>
       </w:r>
       <w:r w:rsidRPr="00D82260">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Any additional costs incurred by the Commonwealth due to the vendor's failure to deliver will be the </w:t>
       </w:r>
       <w:r w:rsidR="0098251B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vendor</w:t>
       </w:r>
       <w:r w:rsidRPr="00D82260">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>'s responsibility.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CEF1EF1" w14:textId="3C82E435" w:rsidR="002C141B" w:rsidRDefault="002C141B" w:rsidP="000A4747">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="51" w:name="_Toc209771854"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc216433763"/>
       <w:r w:rsidRPr="002C141B">
+        <w:lastRenderedPageBreak/>
         <w:t>Delivery Requirements for K-12 School Districts</w:t>
       </w:r>
       <w:bookmarkEnd w:id="51"/>
       <w:r w:rsidRPr="002C141B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50741CDB" w14:textId="48C415EE" w:rsidR="002C141B" w:rsidRPr="002C141B" w:rsidRDefault="002C141B" w:rsidP="002C141B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C141B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Delivery times should be agreed upon between the site and the vendor. School districts will typically accept deliveries between 6</w:t>
       </w:r>
       <w:r w:rsidR="0023551D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -9321,51 +9426,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0059148B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>p.m.</w:t>
       </w:r>
       <w:r w:rsidRPr="002C141B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mondays to Fridays. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="280BEF07" w14:textId="0BA5D542" w:rsidR="00DD6F59" w:rsidRDefault="002C141B" w:rsidP="00DD6F59">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="52" w:name="_Toc209771855"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc216433764"/>
       <w:r w:rsidRPr="002C141B">
         <w:t>Substitutions</w:t>
       </w:r>
       <w:bookmarkEnd w:id="52"/>
     </w:p>
     <w:p w14:paraId="1183D2E8" w14:textId="54A99CFF" w:rsidR="002C141B" w:rsidRPr="002C141B" w:rsidRDefault="002C141B" w:rsidP="002C141B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C141B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If a product becomes unavailable, </w:t>
       </w:r>
       <w:r w:rsidR="00DD6F59">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
@@ -9388,51 +9493,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ntities must be notified a minimum of 24 hours before delivery. The awarded vendor must provide a substitute item. Any substitute item must follow the pricing structure of the contract, and it cannot exceed the price per serving of the original sourced item. Eligible </w:t>
       </w:r>
       <w:r w:rsidR="0066226E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="002C141B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ntity must approve the substitute item prior to delivery.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B81E3CE" w14:textId="053DAB3E" w:rsidR="00FC389F" w:rsidRDefault="002C141B" w:rsidP="00FC389F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="53" w:name="_Toc209771856"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc216433765"/>
       <w:r w:rsidRPr="002C141B">
         <w:t>Will Call Orders</w:t>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
     </w:p>
     <w:p w14:paraId="093EBD7D" w14:textId="3EB837C2" w:rsidR="002C141B" w:rsidRPr="002C141B" w:rsidRDefault="00CB27FF" w:rsidP="002C141B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB27FF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In instances where immediate delivery of an order is necessary, and the </w:t>
       </w:r>
       <w:r w:rsidR="002C7C84">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>c</w:t>
@@ -9483,51 +9588,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall provide for and facilitate the order as a Will Call Order to meet urgent need</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002C141B" w:rsidRPr="002C141B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6945F2E0" w14:textId="30BCD674" w:rsidR="00144FBC" w:rsidRDefault="005334CF" w:rsidP="005334CF">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="54" w:name="_Toc209771857"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc216433766"/>
       <w:r>
         <w:t>Returns</w:t>
       </w:r>
       <w:bookmarkEnd w:id="54"/>
     </w:p>
     <w:p w14:paraId="3DDCCA6C" w14:textId="13E108D6" w:rsidR="005334CF" w:rsidRPr="00FC59CF" w:rsidRDefault="005334CF" w:rsidP="001E3781">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC59CF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -9789,51 +9894,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC59CF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> submission.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BB00A98" w14:textId="77777777" w:rsidR="00621256" w:rsidRPr="00621256" w:rsidRDefault="00621256" w:rsidP="00621256">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00621256">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The vendor shall accept returns under the following (but not limited to) conditions:  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B934AC6" w14:textId="21FCB5A0" w:rsidR="00621256" w:rsidRPr="00041292" w:rsidRDefault="00621256" w:rsidP="001E3781">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00041292">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Items shipped in error</w:t>
       </w:r>
       <w:r w:rsidR="00C61F63">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -9844,50 +9948,51 @@
       <w:r w:rsidRPr="00041292">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CA87AF3" w14:textId="76D0884C" w:rsidR="00621256" w:rsidRPr="00041292" w:rsidRDefault="00621256" w:rsidP="001E3781">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00041292">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Items damaged in shipment</w:t>
       </w:r>
       <w:r w:rsidR="00C61F63">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00041292">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2681A122" w14:textId="4D46A26E" w:rsidR="00621256" w:rsidRPr="00041292" w:rsidRDefault="00621256" w:rsidP="001E3781">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
@@ -10205,79 +10310,79 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">rovision. </w:t>
       </w:r>
       <w:r w:rsidR="00A20C13">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="00041292">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> RFR section 4.6 for more information.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65A2A2DE" w14:textId="77777777" w:rsidR="00C506FF" w:rsidRDefault="00C506FF" w:rsidP="00C506FF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="55" w:name="_Toc209771858"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc216433767"/>
       <w:r w:rsidRPr="002C141B">
         <w:t>Order Minimum</w:t>
       </w:r>
       <w:bookmarkEnd w:id="55"/>
       <w:r w:rsidRPr="002C141B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B4F071A" w14:textId="77777777" w:rsidR="00C506FF" w:rsidRPr="002C141B" w:rsidRDefault="00C506FF" w:rsidP="00C506FF">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C141B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendors will be responsible for providing their order minimum threshold in the bidder response form. Vendors are encouraged to offer a threshold of less than $150, as there are school districts that require lower thresholds. School districts that require lower thresholds will be responsible for soliciting quotes from participating vendors for pricing.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11D02BDE" w14:textId="77777777" w:rsidR="00C506FF" w:rsidRDefault="00C506FF" w:rsidP="00C506FF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="56" w:name="_Toc209771859"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc216433768"/>
       <w:r w:rsidRPr="002C141B">
         <w:t>Fuel Surcharge Provisions</w:t>
       </w:r>
       <w:bookmarkEnd w:id="56"/>
       <w:r w:rsidRPr="002C141B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A2F98B2" w14:textId="1E7C866A" w:rsidR="00C506FF" w:rsidRDefault="00C506FF" w:rsidP="00C506FF">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C141B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Any bidder(s) awarded a contract will not charge any additional fuel surcharges on any order received from departments. Departments will </w:t>
       </w:r>
       <w:r w:rsidRPr="00D033BE">
         <w:rPr>
           <w:b/>
@@ -10292,51 +10397,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be required to pay any additional fuel surcharges upon receipt of </w:t>
       </w:r>
       <w:r w:rsidR="00F840FA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vendor</w:t>
       </w:r>
       <w:r w:rsidRPr="002C141B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> invoicing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B09715" w14:textId="22183C37" w:rsidR="006659DA" w:rsidRDefault="00F52DB7" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="57" w:name="_Toc194066611"/>
-      <w:bookmarkStart w:id="58" w:name="_Toc209771860"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc216433769"/>
       <w:r>
         <w:t>Additional Discounts</w:t>
       </w:r>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
     </w:p>
     <w:p w14:paraId="4C031D9E" w14:textId="77777777" w:rsidR="003F26CE" w:rsidRPr="009E12A3" w:rsidRDefault="003F26CE" w:rsidP="003F26CE">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendors in this statewide contract offer the following discounts, which </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -10483,51 +10588,50 @@
       </w:r>
       <w:r w:rsidR="0011150E" w:rsidRPr="0011150E">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This discount is to be negotiated directly between buyers and vendors.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1404AF53" w14:textId="77777777" w:rsidR="003F26CE" w:rsidRPr="00BC6254" w:rsidRDefault="003F26CE" w:rsidP="003F26CE">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001978DC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Note:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> V</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">endor discounts are detailed in the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
@@ -10567,52 +10671,53 @@
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or Master Contract Record MBPO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A76A16" w14:textId="1D08C163" w:rsidR="004553D2" w:rsidRPr="00C50D01" w:rsidRDefault="00280EC3" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="59" w:name="_Toc194066612"/>
-      <w:bookmarkStart w:id="60" w:name="_Toc209771861"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc216433770"/>
       <w:r w:rsidRPr="003066B4">
+        <w:lastRenderedPageBreak/>
         <w:t>Emergency Services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
     </w:p>
     <w:p w14:paraId="087026AC" w14:textId="4B074EB0" w:rsidR="00280EC3" w:rsidRPr="009E12A3" w:rsidRDefault="00280EC3" w:rsidP="00280EC3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors on this contract may be required to provide products or services in cases of statewide emergencies</w:t>
       </w:r>
       <w:r w:rsidR="00497BD7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -10656,51 +10761,51 @@
         <w:t xml:space="preserve">defines emergency for procurement purposes. Visit the </w:t>
       </w:r>
       <w:hyperlink r:id="rId47" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Emergency Response Supplies, Services and Equipment Contact Information for Statewide Contracts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> list for emergency services related to this contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E2BA003" w14:textId="1E68B3FE" w:rsidR="00177A06" w:rsidRDefault="00177A06" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="61" w:name="_Toc194066614"/>
-      <w:bookmarkStart w:id="62" w:name="_Toc209771862"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc216433771"/>
       <w:r w:rsidRPr="00564A93">
         <w:t>Vendor Performance</w:t>
       </w:r>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
     </w:p>
     <w:p w14:paraId="56E5F7E6" w14:textId="48BF78A9" w:rsidR="00177A06" w:rsidRPr="009E12A3" w:rsidRDefault="00F0752D" w:rsidP="00177A06">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0752D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Key points concerning vendor performance are outlined below</w:t>
       </w:r>
       <w:r w:rsidR="000E7EC0" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -10992,593 +11097,399 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors</w:t>
       </w:r>
       <w:r w:rsidR="00EF1817" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be evaluated on their current performance and may be asked to work with the Commonwealth toward improvement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ECCA573" w14:textId="1FFE7CB8" w:rsidR="00D86662" w:rsidRPr="009E12A3" w:rsidRDefault="00D86662" w:rsidP="001E3781">
+    <w:p w14:paraId="3CA7FE22" w14:textId="44C5BAF5" w:rsidR="00D86662" w:rsidRPr="009E12A3" w:rsidRDefault="00423FB0" w:rsidP="001E3781">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vendors</w:t>
+      </w:r>
+      <w:r w:rsidR="00471474" w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must meet all contractual requirements throughout the life of the contract, including requirements for timely and accurate report submission, to remain in good standing under the contract.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="131C4A43" w14:textId="030C674F" w:rsidR="00B11FB8" w:rsidRDefault="00F840FA" w:rsidP="001E3781">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vendor</w:t>
+      </w:r>
+      <w:r w:rsidR="00033D44" w:rsidRPr="00033D44">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> performance may also be evaluated based on the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="241A4DDF" w14:textId="713AF703" w:rsidR="00131182" w:rsidRDefault="00B90774" w:rsidP="001E3781">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B90774">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Responsiveness to Request for Quotes:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5096AF5E" w14:textId="5D8F5574" w:rsidR="00E23093" w:rsidRDefault="006C5302" w:rsidP="001E3781">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E12A3">
-[...102 lines deleted...]
-        <w:t>, working collaboratively with OSD and the relevant purchasing entities.</w:t>
+      <w:r w:rsidRPr="0059168E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Performance Target:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C5302">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 98%</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2740164E" w14:textId="5D21A87A" w:rsidR="00291F79" w:rsidRPr="009E12A3" w:rsidRDefault="00291F79" w:rsidP="001E3781">
+    <w:p w14:paraId="273178B7" w14:textId="6AE3E9CA" w:rsidR="006C5302" w:rsidRDefault="0059168E" w:rsidP="001E3781">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E12A3">
-[...60 lines deleted...]
-        <w:t>, or suspend/terminate the contract.</w:t>
+      <w:r w:rsidRPr="0059168E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Measure:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059168E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Total number of acknowledged COMMBUYS quotes divided by the total number of COMMBUYS quote requests received</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CA7FE22" w14:textId="44C5BAF5" w:rsidR="00D86662" w:rsidRPr="009E12A3" w:rsidRDefault="00423FB0" w:rsidP="001E3781">
+    <w:p w14:paraId="2432C1C2" w14:textId="10805085" w:rsidR="00B90774" w:rsidRDefault="00621DCA" w:rsidP="001E3781">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Vendors</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> must meet all contractual requirements throughout the life of the contract, including requirements for timely and accurate report submission, to remain in good standing under the contract.</w:t>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621DCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dherence to delivery timeframe window </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621DCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621DCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621DCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621DCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621DCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621DCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="131C4A43" w14:textId="030C674F" w:rsidR="00B11FB8" w:rsidRDefault="00F840FA" w:rsidP="001E3781">
+    <w:p w14:paraId="71F2D397" w14:textId="01AED1B0" w:rsidR="00595CE9" w:rsidRDefault="00DC647A" w:rsidP="001E3781">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> performance may also be evaluated based on the following:</w:t>
+      <w:r w:rsidRPr="00DC647A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Quality of produce</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="241A4DDF" w14:textId="713AF703" w:rsidR="00131182" w:rsidRDefault="00B90774" w:rsidP="001E3781">
+    <w:p w14:paraId="1698B538" w14:textId="58274373" w:rsidR="00DC647A" w:rsidRPr="009E12A3" w:rsidRDefault="00FE6410" w:rsidP="001E3781">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B90774">
-[...215 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00FE6410">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Adherence to Buy American </w:t>
       </w:r>
       <w:r w:rsidR="00FD0178">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE6410">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rovision</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E4F3ADB" w14:textId="477EF2DC" w:rsidR="000E01B4" w:rsidRDefault="000E01B4" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="63" w:name="_Toc194066615"/>
-      <w:bookmarkStart w:id="64" w:name="_Toc209771863"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc216433772"/>
       <w:r>
         <w:t>General Procurement Guidelines and Best Practices</w:t>
       </w:r>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
     </w:p>
     <w:p w14:paraId="6091B2E8" w14:textId="465D2E1E" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="000E01B4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For general procurement guidelines and best practices, follow these recommendations:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="508955D5" w14:textId="61FE9190" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="001E3781">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Buyers should inform vendors to reference </w:t>
       </w:r>
       <w:r w:rsidR="007F523B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Statewide </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Contract </w:t>
       </w:r>
       <w:r w:rsidR="00A71832" w:rsidRPr="00E8556E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>GRO42</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
@@ -11889,51 +11800,51 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors must notify buyers of product substitutions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18BD570A" w14:textId="2EC2A4D4" w:rsidR="00BC5DEA" w:rsidRPr="002E2D42" w:rsidRDefault="00BC5DEA" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="65" w:name="_Toc194066616"/>
-      <w:bookmarkStart w:id="66" w:name="_Toc209771864"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc216433773"/>
       <w:r w:rsidRPr="002E2D42">
         <w:t>Adding a Product</w:t>
       </w:r>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
     </w:p>
     <w:p w14:paraId="32C0D1EE" w14:textId="44F478AE" w:rsidR="00BC5DEA" w:rsidRPr="009E12A3" w:rsidRDefault="00BC5DEA" w:rsidP="00BC5DEA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>To add a product to the list of eligible products sold under this contract, buyers must contact the Category Manager</w:t>
       </w:r>
       <w:r w:rsidR="004F6F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -12012,51 +11923,51 @@
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for approval. The new products requested must comply with the established specifications and scope of the contract.</w:t>
       </w:r>
       <w:r w:rsidR="00BB63B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="287EE5A1" w14:textId="28C66F50" w:rsidR="00FC0476" w:rsidRDefault="00EF4D38" w:rsidP="00FC0476">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="67" w:name="_Toc194066618"/>
-      <w:bookmarkStart w:id="68" w:name="_Toc209771865"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc216433774"/>
       <w:r w:rsidRPr="00D40F23">
         <w:t xml:space="preserve">Environmentally Preferable Products </w:t>
       </w:r>
       <w:bookmarkEnd w:id="67"/>
       <w:r w:rsidR="00C73C16">
         <w:t>and Services</w:t>
       </w:r>
       <w:r w:rsidR="000702C6">
         <w:t xml:space="preserve"> (EPPS)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="68"/>
     </w:p>
     <w:p w14:paraId="0536286C" w14:textId="6FC6F619" w:rsidR="008E2C9D" w:rsidRPr="008E2C9D" w:rsidRDefault="008E2C9D" w:rsidP="008E2C9D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E2C9D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendors on this contract are required to identify third-party environmental certifications and standards in all catalogs to assist buyers interested in finding and purchasing such items. This includes, but is not limited to, those meeting the following as outlined in section 4.2.2 of the </w:t>
@@ -12309,50 +12220,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> Master Blanket Purchase Order</w:t>
       </w:r>
       <w:r w:rsidR="00F63000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (MBPO).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45B13E7F" w14:textId="150318C2" w:rsidR="008E2C9D" w:rsidRPr="008E2C9D" w:rsidRDefault="008E2C9D" w:rsidP="008E2C9D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E2C9D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Statement of Work (SOW)</w:t>
       </w:r>
       <w:r w:rsidRPr="008E2C9D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: The </w:t>
       </w:r>
       <w:r w:rsidR="000575EB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">SOW </w:t>
       </w:r>
       <w:r w:rsidRPr="008E2C9D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">template provided in the </w:t>
       </w:r>
       <w:hyperlink r:id="rId57" w:history="1">
         <w:r w:rsidR="003D613C">
@@ -12399,51 +12311,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>equest packaging that is Styrofoam</w:t>
       </w:r>
       <w:r w:rsidR="00C5559C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="008E2C9D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">free, made with recycled content, or compostable. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52163D96" w14:textId="0D0CC6C3" w:rsidR="006011CD" w:rsidRDefault="006011CD" w:rsidP="006011CD">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="69" w:name="_Toc209771866"/>
+      <w:bookmarkStart w:id="69" w:name="_Toc216433775"/>
       <w:r>
         <w:t>Learn More</w:t>
       </w:r>
       <w:bookmarkEnd w:id="69"/>
     </w:p>
     <w:p w14:paraId="777FD72C" w14:textId="685A6FE9" w:rsidR="00FC0476" w:rsidRPr="00FC0476" w:rsidRDefault="008E2C9D" w:rsidP="008E2C9D">
       <w:r w:rsidRPr="00002488">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Explore the </w:t>
       </w:r>
       <w:hyperlink r:id="rId58" w:history="1">
         <w:r w:rsidRPr="00002488">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Environmentally Preferable Products (EPP) Procurement Program</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00002488">
         <w:rPr>
@@ -12454,51 +12366,51 @@
       </w:r>
       <w:hyperlink r:id="rId59" w:history="1">
         <w:r w:rsidRPr="00002488">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>EPP Products and Services Guide</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00002488">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="401E5311" w14:textId="10360EED" w:rsidR="004C38FD" w:rsidRPr="002E2D42" w:rsidRDefault="004C38FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="70" w:name="_Memorandum_of_Understanding"/>
       <w:bookmarkStart w:id="71" w:name="_Toc194066620"/>
-      <w:bookmarkStart w:id="72" w:name="_Toc209771867"/>
+      <w:bookmarkStart w:id="72" w:name="_Toc216433776"/>
       <w:bookmarkEnd w:id="70"/>
       <w:r w:rsidRPr="003066B4">
         <w:t>Instructions for</w:t>
       </w:r>
       <w:r w:rsidR="00BA483E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA483E" w:rsidRPr="00BA483E">
         <w:t>Massachusetts Management Accounting and Reporting System (MMARS)</w:t>
       </w:r>
       <w:r w:rsidRPr="003066B4">
         <w:t xml:space="preserve"> Users</w:t>
       </w:r>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
     </w:p>
     <w:p w14:paraId="236F6C36" w14:textId="77777777" w:rsidR="00F25D7E" w:rsidRDefault="006F493B" w:rsidP="00DC48F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12689,51 +12601,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00417EA8" w:rsidRPr="00D27BA2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>617-973-2468</w:t>
       </w:r>
       <w:r w:rsidR="00417EA8" w:rsidRPr="00E006A5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06DD072D" w14:textId="77777777" w:rsidR="00DC4424" w:rsidRDefault="00DC4424" w:rsidP="00DC4424">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="80" w:name="_Toc209771868"/>
+      <w:bookmarkStart w:id="80" w:name="_Toc216433777"/>
       <w:r>
         <w:t>Buy American Provision</w:t>
       </w:r>
       <w:bookmarkEnd w:id="80"/>
     </w:p>
     <w:p w14:paraId="01DA23FF" w14:textId="676EC225" w:rsidR="00874FF8" w:rsidRPr="00874FF8" w:rsidRDefault="00874FF8" w:rsidP="00874FF8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00874FF8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Section 104(d) of the William F. Goodling Child Nutrition Reauthorization Act of 1998 requires schools participating in the </w:t>
       </w:r>
       <w:hyperlink r:id="rId61" w:history="1">
         <w:r w:rsidRPr="006B6FFF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
@@ -12793,59 +12705,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the contiguous United States</w:t>
       </w:r>
       <w:r w:rsidR="00BE61AC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="005861CD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>US)</w:t>
       </w:r>
       <w:r w:rsidRPr="00874FF8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to purchase, to the maximum extent practicable, domestic commodities or product for use in the meals served under these programs. The legislation defines "domestic </w:t>
-[...7 lines deleted...]
-        <w:t>commodity or product" as one that is produced in the U</w:t>
+        <w:t xml:space="preserve"> to purchase, to the maximum extent practicable, domestic commodities or product for use in the meals served under these programs. The legislation defines "domestic commodity or product" as one that is produced in the U</w:t>
       </w:r>
       <w:r w:rsidR="005861CD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00874FF8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and is processed in the U</w:t>
       </w:r>
       <w:r w:rsidR="005861CD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00874FF8">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -12944,51 +12848,59 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00874FF8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">"Substantially" means that over 51% of the final processed product consists of agricultural commodities that were grown domestically.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C0D45F5" w14:textId="0E9B3588" w:rsidR="00874FF8" w:rsidRPr="00874FF8" w:rsidRDefault="00874FF8" w:rsidP="00874FF8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00874FF8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Buy American provision aims to limit products from outside the US being supplied by vendors to the K-12 school districts and other eligible entities. To ensure this standard is enforced, vendors are required to indicate the origin of their products when providing their weekly price list.  This will allow the district to decide whether they want the item from outside the US or not, as an exception. This will also help the vendors avoid delivery issues; if the district is previously unaware that an item originates outside the US, and is subsequently delivered to them, it may be rejected. Vendors are encouraged to engage buyers in more details around their expectations for the Buy American </w:t>
+        <w:t xml:space="preserve">The Buy American provision aims to limit products from outside the US being supplied by vendors to the K-12 school districts and other eligible entities. To ensure this standard is enforced, vendors are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00874FF8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">required to indicate the origin of their products when providing their weekly price list.  This will allow the district to decide whether they want the item from outside the US or not, as an exception. This will also help the vendors avoid delivery issues; if the district is previously unaware that an item originates outside the US, and is subsequently delivered to them, it may be rejected. Vendors are encouraged to engage buyers in more details around their expectations for the Buy American </w:t>
       </w:r>
       <w:r w:rsidR="00D92801">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>provision</w:t>
       </w:r>
       <w:r w:rsidRPr="00874FF8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, before entering into an agreement.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="311C38FC" w14:textId="6F31E79A" w:rsidR="00874FF8" w:rsidRPr="00874FF8" w:rsidRDefault="00874FF8" w:rsidP="00874FF8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00874FF8">
         <w:rPr>
@@ -13170,51 +13082,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:sectPr w:rsidR="005A455D" w:rsidSect="003E7DC2">
           <w:footerReference w:type="first" r:id="rId63"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="798CFAA6" w14:textId="77777777" w:rsidR="002C7D4D" w:rsidRDefault="00E51057" w:rsidP="002C7D4D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="81" w:name="_Appendix_A:_Vendor"/>
       <w:bookmarkStart w:id="82" w:name="_Vendor_Specific_Information"/>
       <w:bookmarkStart w:id="83" w:name="_Vendor_Information*"/>
       <w:bookmarkStart w:id="84" w:name="_Vendor_List_and"/>
       <w:bookmarkStart w:id="85" w:name="_Appendix_A:_1"/>
       <w:bookmarkStart w:id="86" w:name="_Toc194066623"/>
-      <w:bookmarkStart w:id="87" w:name="_Toc209771869"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc216433778"/>
       <w:bookmarkEnd w:id="81"/>
       <w:bookmarkEnd w:id="82"/>
       <w:bookmarkEnd w:id="83"/>
       <w:bookmarkEnd w:id="84"/>
       <w:bookmarkEnd w:id="85"/>
       <w:r w:rsidRPr="00ED150D">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vendor </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">List and </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED150D">
         <w:t>Information</w:t>
       </w:r>
       <w:bookmarkEnd w:id="86"/>
       <w:bookmarkEnd w:id="87"/>
     </w:p>
     <w:p w14:paraId="33330A59" w14:textId="6DFCF7B7" w:rsidR="002C7D4D" w:rsidRPr="002C7D4D" w:rsidRDefault="002C7D4D" w:rsidP="002C7D4D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -13231,56 +13143,56 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> N/A indicates not applicable.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="13320" w:type="dxa"/>
         <w:tblInd w:w="-725" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Vendor Information Table"/>
         <w:tblDescription w:val="This table may list the contract's approved vendors and their associated details. Users may find vendor-specific information, including contact details, Master Blanket Purchase Order number (with a direct link), service categories, geographic regions, applicable prompt payment or delivery discounts, and any other important items related to the contract."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2070"/>
         <w:gridCol w:w="1283"/>
         <w:gridCol w:w="1147"/>
         <w:gridCol w:w="939"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="1180"/>
         <w:gridCol w:w="1260"/>
+        <w:gridCol w:w="1170"/>
         <w:gridCol w:w="1260"/>
-        <w:gridCol w:w="1170"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="1260"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00183D84" w:rsidRPr="0075306B" w14:paraId="17AE94DF" w14:textId="77777777" w:rsidTr="00AB72CB">
+      <w:tr w:rsidR="00183D84" w:rsidRPr="0075306B" w14:paraId="17AE94DF" w14:textId="77777777" w:rsidTr="00CB6BB5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="935"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1"/>
           </w:tcPr>
           <w:p w14:paraId="112A0841" w14:textId="6BF67C0B" w:rsidR="00183D84" w:rsidRPr="0075306B" w:rsidRDefault="00E51057">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B142B5">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00183D84" w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -13472,77 +13384,77 @@
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="65256867" w14:textId="77777777" w:rsidR="00183D84" w:rsidRPr="0075306B" w:rsidRDefault="00183D84">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Categories</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="672312E7" w14:textId="77777777" w:rsidR="00183D84" w:rsidRPr="0075306B" w:rsidRDefault="00183D84">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Counties</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcW w:w="1260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="47991FCE" w14:textId="77777777" w:rsidR="00183D84" w:rsidRPr="0075306B" w:rsidRDefault="00183D84">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Discounts</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5865ED4A" w14:textId="4817C355" w:rsidR="00183D84" w:rsidRPr="0075306B" w:rsidRDefault="00183D84">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -13635,51 +13547,51 @@
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="5F57DB16" w14:textId="08664A6D" w:rsidR="00183D84" w:rsidRPr="0075306B" w:rsidRDefault="00183D84">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Supplier Diversity Program (SDP) Commitment Percentage</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00183D84" w:rsidRPr="0075306B" w14:paraId="05B24FDB" w14:textId="77777777" w:rsidTr="00AB72CB">
+      <w:tr w:rsidR="00183D84" w:rsidRPr="0075306B" w14:paraId="05B24FDB" w14:textId="77777777" w:rsidTr="00CB6BB5">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F91FA9E" w14:textId="3E4B1E80" w:rsidR="00183D84" w:rsidRPr="0075306B" w:rsidRDefault="00183D84">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Master Contract Record (Master </w:t>
             </w:r>
@@ -13912,73 +13824,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CAF3BF8" w14:textId="77777777" w:rsidR="00183D84" w:rsidRPr="0075306B" w:rsidRDefault="00183D84">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="299C7662" w14:textId="77777777" w:rsidR="00183D84" w:rsidRPr="0075306B" w:rsidRDefault="00183D84">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7276468B" w14:textId="77777777" w:rsidR="00183D84" w:rsidRPr="0075306B" w:rsidRDefault="00183D84">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E7D447F" w14:textId="77777777" w:rsidR="00183D84" w:rsidRPr="0075306B" w:rsidRDefault="00183D84">
             <w:pPr>
@@ -13999,51 +13911,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66B99BAB" w14:textId="77777777" w:rsidR="00183D84" w:rsidRPr="0075306B" w:rsidRDefault="00183D84">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00183D84" w:rsidRPr="0075306B" w14:paraId="7E98453E" w14:textId="77777777" w:rsidTr="00AB72CB">
+      <w:tr w:rsidR="00183D84" w:rsidRPr="0075306B" w14:paraId="7E98453E" w14:textId="77777777" w:rsidTr="00CB6BB5">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24AE48F8" w14:textId="77777777" w:rsidR="00183D84" w:rsidRPr="0075306B" w:rsidRDefault="00183D84">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>A Simos &amp; Co Inc</w:t>
             </w:r>
           </w:p>
@@ -14198,82 +14110,82 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="0005762E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Produce</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13077866" w14:textId="31B1B4F0" w:rsidR="00183D84" w:rsidRPr="0075306B" w:rsidRDefault="00A14C14">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Refer to</w:t>
             </w:r>
             <w:r w:rsidR="00183D84" w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Appendix A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="20A28C84" w14:textId="315475F0" w:rsidR="00183D84" w:rsidRPr="0075306B" w:rsidRDefault="00183D84">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
             <w:r w:rsidR="0005762E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>–</w:t>
@@ -14313,51 +14225,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F2D515A" w14:textId="77777777" w:rsidR="00183D84" w:rsidRPr="0075306B" w:rsidRDefault="00183D84">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>12%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00183D84" w:rsidRPr="0075306B" w14:paraId="20386A3C" w14:textId="77777777" w:rsidTr="00AB72CB">
+      <w:tr w:rsidR="00183D84" w:rsidRPr="0075306B" w14:paraId="20386A3C" w14:textId="77777777" w:rsidTr="00CB6BB5">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32A55FEC" w14:textId="77777777" w:rsidR="00183D84" w:rsidRPr="0075306B" w:rsidRDefault="00183D84">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Banks Square Market Corp     DBA Produce Connection</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -14507,82 +14419,82 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="0005762E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Produce</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="567A5600" w14:textId="096135EA" w:rsidR="00183D84" w:rsidRPr="0075306B" w:rsidRDefault="00A14C14">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Refer to</w:t>
             </w:r>
             <w:r w:rsidR="00183D84" w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Appendix A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E422EEB" w14:textId="67D6D4BF" w:rsidR="00183D84" w:rsidRPr="0075306B" w:rsidRDefault="00183D84">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2%</w:t>
             </w:r>
             <w:r w:rsidR="0005762E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
@@ -14652,137 +14564,575 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="121D2941" w14:textId="77777777" w:rsidR="00183D84" w:rsidRPr="0075306B" w:rsidRDefault="00183D84">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006852E7" w:rsidRPr="0075306B" w14:paraId="4E70500E" w14:textId="77777777" w:rsidTr="00AB72CB">
+      <w:tr w:rsidR="00CB6BB5" w:rsidRPr="0075306B" w14:paraId="0EA94C7D" w14:textId="77777777" w:rsidTr="00CB6BB5">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68B5A8E5" w14:textId="77777777" w:rsidR="00CB6BB5" w:rsidRPr="001B1D84" w:rsidRDefault="00CB6BB5" w:rsidP="009320CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B1D84">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Cape Dairy, LLC</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="285D07A5" w14:textId="7799345E" w:rsidR="00CB6BB5" w:rsidRPr="0024499E" w:rsidRDefault="00CB6BB5" w:rsidP="009320CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B1D84">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>DBA White Brothers Dairy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13FB19B0" w14:textId="19B5411B" w:rsidR="00CB6BB5" w:rsidRDefault="00AA112D" w:rsidP="009320CB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:tgtFrame="_new" w:history="1">
+              <w:r w:rsidRPr="00AA112D">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>PO-25-1080-OSD03-OSD03-37701</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1147" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23153920" w14:textId="5357F331" w:rsidR="00CB6BB5" w:rsidRPr="0075306B" w:rsidRDefault="00CB6BB5" w:rsidP="009320CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0075306B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="003D3F58" w14:textId="2A6A35BB" w:rsidR="00CB6BB5" w:rsidRPr="00307096" w:rsidRDefault="00CB6BB5" w:rsidP="009320CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB6BB5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Evan White</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48B3C7B8" w14:textId="6ADF6D1A" w:rsidR="00CB6BB5" w:rsidRPr="00307096" w:rsidRDefault="00CB6BB5" w:rsidP="009320CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB6BB5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>508-717-2197</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3401B2E4" w14:textId="401A12CB" w:rsidR="00CB6BB5" w:rsidRDefault="00CB6BB5" w:rsidP="004F0E90">
+            <w:r w:rsidRPr="00CB6BB5">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>evan.white02@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40389CE9" w14:textId="4AEDC5F2" w:rsidR="00CB6BB5" w:rsidRPr="00C81F72" w:rsidRDefault="00CB6BB5" w:rsidP="009320CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81F72">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C81F72">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C81F72">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Produce</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56E86671" w14:textId="6DEA6DEA" w:rsidR="00CB6BB5" w:rsidRDefault="00CB6BB5" w:rsidP="009320CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Refer to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075306B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Appendix A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B332603" w14:textId="5F2552A7" w:rsidR="00CB6BB5" w:rsidRPr="0075306B" w:rsidRDefault="00CB6BB5" w:rsidP="00CB6BB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075306B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075306B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10 days</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64460366" w14:textId="3A0CEA7E" w:rsidR="00CB6BB5" w:rsidRPr="0075306B" w:rsidRDefault="00CB6BB5" w:rsidP="00CB6BB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0.50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075306B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075306B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>15 days</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CAEE80D" w14:textId="56E6F59C" w:rsidR="00CB6BB5" w:rsidRDefault="00CB6BB5" w:rsidP="00CB6BB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0.25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075306B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075306B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>20 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D08FCE2" w14:textId="6C845A11" w:rsidR="00CB6BB5" w:rsidRPr="0075306B" w:rsidRDefault="00CB6BB5" w:rsidP="00432E96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0075306B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CDA52D9" w14:textId="5073A6D6" w:rsidR="00CB6BB5" w:rsidRPr="0075306B" w:rsidRDefault="00CB6BB5" w:rsidP="009320CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0075306B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006852E7" w:rsidRPr="0075306B" w14:paraId="4E70500E" w14:textId="77777777" w:rsidTr="00CB6BB5">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BDB9773" w14:textId="50A37B43" w:rsidR="006852E7" w:rsidRPr="00C83E44" w:rsidRDefault="0024499E" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0024499E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="001B1D84">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t>JW Lopes LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="024DD63F" w14:textId="77777777" w:rsidR="006852E7" w:rsidRDefault="006852E7" w:rsidP="009320CB">
+          <w:p w14:paraId="024DD63F" w14:textId="7B40F2AF" w:rsidR="006852E7" w:rsidRDefault="00DF177B" w:rsidP="009320CB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
+            <w:hyperlink r:id="rId72" w:tgtFrame="_new" w:history="1">
+              <w:r w:rsidRPr="00DF177B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>PO-25-1080-OSD03-OSD03-37627</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1147" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F20DC97" w14:textId="28A44808" w:rsidR="006852E7" w:rsidRPr="0075306B" w:rsidRDefault="0024499E" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="939" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2ABB856B" w14:textId="0C9BD50C" w:rsidR="006852E7" w:rsidRPr="00342446" w:rsidRDefault="00307096" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00307096">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00342446">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00CB6BB5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Jeff Kotzen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76FA2E50" w14:textId="08B80BA1" w:rsidR="006852E7" w:rsidRPr="00614A1A" w:rsidRDefault="00307096" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00307096">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
@@ -14807,150 +15157,158 @@
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00342446">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> 300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51507FA5" w14:textId="77777777" w:rsidR="004F0E90" w:rsidRPr="004F0E90" w:rsidRDefault="004F0E90" w:rsidP="004F0E90">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r w:rsidRPr="004F0E90">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>jeff@jwlopes.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="76CFA819" w14:textId="77777777" w:rsidR="006852E7" w:rsidRPr="00614A1A" w:rsidRDefault="006852E7" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1770BCCC" w14:textId="6574BE82" w:rsidR="006852E7" w:rsidRPr="0075306B" w:rsidRDefault="0024499E" w:rsidP="009320CB">
+          <w:p w14:paraId="1770BCCC" w14:textId="6574BE82" w:rsidR="006852E7" w:rsidRPr="00C81F72" w:rsidRDefault="0024499E" w:rsidP="009320CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81F72">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C81F72">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C81F72">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Produce</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B079F5F" w14:textId="7DB91C88" w:rsidR="006852E7" w:rsidRDefault="0024499E" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075306B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...7 lines deleted...]
-              <w:t>–</w:t>
+              <w:t>Refer to</w:t>
             </w:r>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Produce</w:t>
+              <w:t xml:space="preserve"> Appendix A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
-          </w:tcPr>
-[...31 lines deleted...]
-            <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E566A7E" w14:textId="77777777" w:rsidR="00884CB9" w:rsidRPr="0075306B" w:rsidRDefault="00884CB9" w:rsidP="00884CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
@@ -15006,87 +15364,106 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C8BE8D6" w14:textId="65199944" w:rsidR="006852E7" w:rsidRPr="0075306B" w:rsidRDefault="00884CB9" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009320CB" w:rsidRPr="0075306B" w14:paraId="5D27478F" w14:textId="77777777" w:rsidTr="00AB72CB">
+      <w:tr w:rsidR="009320CB" w:rsidRPr="0075306B" w14:paraId="5D27478F" w14:textId="77777777" w:rsidTr="00CB6BB5">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75D68A8B" w14:textId="19CC475E" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C83E44">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="001B1D84">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t>Marty's Local, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="428DF3B4" w14:textId="77777777" w:rsidR="009320CB" w:rsidRDefault="009320CB" w:rsidP="009320CB">
+          <w:p w14:paraId="428DF3B4" w14:textId="376B5DDA" w:rsidR="009320CB" w:rsidRDefault="00417762" w:rsidP="009320CB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
+            <w:hyperlink r:id="rId74" w:tgtFrame="_new" w:history="1">
+              <w:r w:rsidRPr="00417762">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>PO-25-1080-OSD03-OSD03-37628</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1147" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5ACB07F2" w14:textId="4B49AB86" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
@@ -15173,123 +15550,131 @@
             <w:r w:rsidRPr="00614A1A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>sandra@martyslocal.com</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06876548" w14:textId="77777777" w:rsidR="009320CB" w:rsidRPr="00614A1A" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13452FD5" w14:textId="10C8182E" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
+          <w:p w14:paraId="13452FD5" w14:textId="10C8182E" w:rsidR="009320CB" w:rsidRPr="00C81F72" w:rsidRDefault="009320CB" w:rsidP="009320CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81F72">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C81F72">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C81F72">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Produce</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6048CC74" w14:textId="35FAFB23" w:rsidR="009320CB" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075306B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...7 lines deleted...]
-              <w:t>–</w:t>
+              <w:t>Refer to</w:t>
             </w:r>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Produce</w:t>
+              <w:t xml:space="preserve"> Appendix A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
-          </w:tcPr>
-[...31 lines deleted...]
-            <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D24BB86" w14:textId="50025A53" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
@@ -15389,93 +15774,112 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70E004DB" w14:textId="031BAEAF" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="00432E96" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009320CB" w:rsidRPr="0075306B" w14:paraId="0DD476D7" w14:textId="77777777" w:rsidTr="00AB72CB">
+      <w:tr w:rsidR="009320CB" w:rsidRPr="0075306B" w14:paraId="0DD476D7" w14:textId="77777777" w:rsidTr="00CB6BB5">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F503BD1" w14:textId="3455E601" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
+          <w:p w14:paraId="24073B17" w14:textId="77777777" w:rsidR="00CE321D" w:rsidRPr="001B1D84" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075306B">
+            <w:r w:rsidRPr="001B1D84">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>F Nasiff Co Inc  DBA Nasiff Fruit</w:t>
+              <w:t xml:space="preserve">F Nasiff Co Inc  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F503BD1" w14:textId="7DE06172" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B1D84">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>DBA Nasiff Fruit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3413875C" w14:textId="77777777" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r w:rsidRPr="0075306B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-</w:t>
               </w:r>
               <w:r w:rsidRPr="0075306B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>24-1080-OSD03-SRC02-95958</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1147" w:type="dxa"/>
           </w:tcPr>
@@ -15538,51 +15942,51 @@
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>508-676-6116</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D665FF5" w14:textId="77777777" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId73">
+            <w:hyperlink r:id="rId76">
               <w:r w:rsidRPr="0075306B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>jordan@nasiffproduce.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B7C2F58" w14:textId="6D3E85A0" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -15594,84 +15998,84 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Produce</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="363107D4" w14:textId="11A48111" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Refer to</w:t>
             </w:r>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Appendix A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12062716" w14:textId="20C51498" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2%</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -15715,90 +16119,91 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1AC9CADF" w14:textId="77777777" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009320CB" w:rsidRPr="0075306B" w14:paraId="3032F07B" w14:textId="77777777" w:rsidTr="00AB72CB">
+      <w:tr w:rsidR="009320CB" w:rsidRPr="0075306B" w14:paraId="3032F07B" w14:textId="77777777" w:rsidTr="00CB6BB5">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2ADFDD37" w14:textId="77777777" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075306B">
+            <w:r w:rsidRPr="001B1D84">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ring Bros, of Harwich Inc      DBA Ring Wholesale</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="693648EA" w14:textId="77777777" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r w:rsidRPr="0075306B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-24-1080-OSD03-OSD03-35317</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1147" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62983337" w14:textId="77777777" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
@@ -15846,51 +16251,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>508-394-5022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5781796F" w14:textId="77777777" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r w:rsidRPr="0075306B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>rich@ringbroswholesale.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="1D1C7044" w14:textId="77777777" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
@@ -15908,81 +16313,81 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Produce</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45BE722A" w14:textId="7828FEF8" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Refer to</w:t>
             </w:r>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Appendix A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="362E7EFD" w14:textId="100539EC" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3%</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
@@ -16085,90 +16490,107 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E7550C6" w14:textId="77777777" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009320CB" w:rsidRPr="0075306B" w14:paraId="1227E409" w14:textId="77777777" w:rsidTr="00AB72CB">
+      <w:tr w:rsidR="009320CB" w:rsidRPr="0075306B" w14:paraId="1227E409" w14:textId="77777777" w:rsidTr="00CB6BB5">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D4066FE" w14:textId="77777777" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
+          <w:p w14:paraId="4C0884ED" w14:textId="77777777" w:rsidR="00CE321D" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Thomsen Buyer LLC DBA Thomsen Foodservice</w:t>
+              <w:t xml:space="preserve">Thomsen Buyer LLC </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D4066FE" w14:textId="0BA8210C" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0075306B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>DBA Thomsen Foodservice</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1ABBDC9E" w14:textId="77777777" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r w:rsidRPr="0075306B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-24-1080-OSD03-OSD03-35299</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1147" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="340B51AC" w14:textId="77777777" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
@@ -16216,143 +16638,173 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>401-655-9033</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E28C8F3" w14:textId="77777777" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r w:rsidRPr="0075306B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>lgramitt@thomsenfoodservice.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="5DB20930" w14:textId="77777777" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12175A65" w14:textId="0A49FF95" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
+          <w:p w14:paraId="0C6E3271" w14:textId="77777777" w:rsidR="009320CB" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Produce</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7545BD70" w14:textId="17873CFC" w:rsidR="00BF28ED" w:rsidRPr="00BF28ED" w:rsidRDefault="00BF28ED" w:rsidP="00BF28ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF28ED">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2–Groceries</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12175A65" w14:textId="10AD52A5" w:rsidR="00BF28ED" w:rsidRPr="0075306B" w:rsidRDefault="00BF28ED" w:rsidP="009320CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24F39402" w14:textId="3BF3F455" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Refer to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075306B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Appendix A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
-          </w:tcPr>
-[...28 lines deleted...]
-            <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F81D6DC" w14:textId="73F062F2" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
@@ -16389,94 +16841,94 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19DAFC7B" w14:textId="77777777" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009320CB" w:rsidRPr="0075306B" w14:paraId="6CA963A9" w14:textId="77777777" w:rsidTr="00AB72CB">
+      <w:tr w:rsidR="009320CB" w:rsidRPr="0075306B" w14:paraId="6CA963A9" w14:textId="77777777" w:rsidTr="00CB6BB5">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F63DCDA" w14:textId="77777777" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="88" w:name="_Hlk190339391"/>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Thurston Foods Inc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="551C6349" w14:textId="77777777" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r w:rsidRPr="0075306B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-24-1080-OSD03-OSD03-35442</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1147" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D19BFAC" w14:textId="77777777" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -16531,150 +16983,181 @@
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>203-265-1525 ext. 111</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02800AC9" w14:textId="77777777" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId79">
+            <w:hyperlink r:id="rId82">
               <w:r w:rsidRPr="0075306B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Allison.erickson@thurstonfoods.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="052A691C" w14:textId="77777777" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="470F1178" w14:textId="22BC3188" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
+          <w:p w14:paraId="66F6CB12" w14:textId="77777777" w:rsidR="009320CB" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Produce</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BE89350" w14:textId="77777777" w:rsidR="00F312E3" w:rsidRPr="00BF28ED" w:rsidRDefault="00F312E3" w:rsidP="00F312E3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF28ED">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2–Groceries</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="470F1178" w14:textId="22BC3188" w:rsidR="00F312E3" w:rsidRPr="0075306B" w:rsidRDefault="00F312E3" w:rsidP="009320CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="281DFF34" w14:textId="3766B6F2" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Refer to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075306B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Appendix A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
-          </w:tcPr>
-[...31 lines deleted...]
-            <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21D4378C" w14:textId="4184D8A6" w:rsidR="009320CB" w:rsidRPr="0075306B" w:rsidRDefault="009320CB" w:rsidP="009320CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075306B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0.5%</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -16738,55 +17221,56 @@
               <w:t xml:space="preserve">1% </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="88"/>
     </w:tbl>
     <w:p w14:paraId="2B68DB9E" w14:textId="1A863C2A" w:rsidR="00E51057" w:rsidRDefault="00E51057" w:rsidP="00E51057">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58F8E879" w14:textId="38908897" w:rsidR="009329E5" w:rsidRDefault="00275216" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="89" w:name="_Appendix_B:_Vendor"/>
       <w:bookmarkStart w:id="90" w:name="_Appendix_C:_Vendor"/>
       <w:bookmarkStart w:id="91" w:name="_Appendix_A:_[add"/>
       <w:bookmarkStart w:id="92" w:name="_Toc194066624"/>
-      <w:bookmarkStart w:id="93" w:name="_Toc209771870"/>
+      <w:bookmarkStart w:id="93" w:name="_Toc216433779"/>
       <w:bookmarkEnd w:id="89"/>
       <w:bookmarkEnd w:id="90"/>
       <w:bookmarkEnd w:id="91"/>
       <w:r w:rsidRPr="00275216">
+        <w:lastRenderedPageBreak/>
         <w:t>United Nations Standard Products and Services Code</w:t>
       </w:r>
       <w:r w:rsidR="00F0545F" w:rsidRPr="00F0545F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00275216">
         <w:t xml:space="preserve"> (UNSPSC</w:t>
       </w:r>
       <w:r w:rsidR="00F0545F" w:rsidRPr="00F0545F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00275216">
         <w:t>)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="92"/>
       <w:bookmarkEnd w:id="93"/>
     </w:p>
     <w:p w14:paraId="59BFD38A" w14:textId="6A2057E2" w:rsidR="00E53E55" w:rsidRDefault="00D119CD" w:rsidP="00304C6F">
       <w:pPr>
@@ -16815,66 +17299,65 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>GRO42</w:t>
       </w:r>
       <w:r w:rsidR="00553C99">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26C62935" w14:textId="77777777" w:rsidR="00C80003" w:rsidRDefault="00C80003" w:rsidP="00C80003">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>50–19–00 Prepared and preserved foods</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B27956C" w14:textId="77777777" w:rsidR="00C80003" w:rsidRDefault="00C80003" w:rsidP="00C80003">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="004709C0">
+        <w:rPr>
+          <w:bCs/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00584CD0">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:t>–10–00 Fruits and vegetables and nuts and seeds</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="589C1641" w14:textId="77777777" w:rsidR="00C80003" w:rsidRDefault="00C80003" w:rsidP="00C80003">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
@@ -16885,51 +17368,51 @@
         <w:t>50</w:t>
       </w:r>
       <w:r>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00584CD0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00584CD0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>00 Meats and poultry products</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="044E9002" w14:textId="2F668828" w:rsidR="00553C99" w:rsidRDefault="00215615" w:rsidP="00215615">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="94" w:name="_Toc209771871"/>
+      <w:bookmarkStart w:id="94" w:name="_Toc216433780"/>
       <w:r w:rsidRPr="00215615">
         <w:t>Appendix A: Vendor Geographic Delivery Areas</w:t>
       </w:r>
       <w:bookmarkEnd w:id="94"/>
     </w:p>
     <w:p w14:paraId="7FBE0998" w14:textId="60C4B1C4" w:rsidR="00215615" w:rsidRPr="00B30E80" w:rsidRDefault="00423731" w:rsidP="00B35A0D">
       <w:pPr>
         <w:spacing w:after="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B30E80">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For vendor </w:t>
       </w:r>
       <w:r w:rsidR="00506E58" w:rsidRPr="00B30E80">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -16978,118 +17461,119 @@
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00B30E80" w:rsidRPr="00B30E80">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B30E80" w:rsidRPr="00B30E80">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Map of Massachusetts Counties</w:t>
       </w:r>
       <w:r w:rsidR="00B30E80" w:rsidRPr="00B30E80">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80" w:history="1">
+      <w:hyperlink r:id="rId83" w:history="1">
         <w:r w:rsidR="00B30E80" w:rsidRPr="00B30E80">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Massachusetts Maps</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B30E80" w:rsidRPr="00B30E80">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> web page</w:t>
       </w:r>
       <w:r w:rsidR="00215615" w:rsidRPr="00B30E80">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13319" w:type="dxa"/>
         <w:tblInd w:w="-548" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Vendor Geographic Delivery Areas"/>
         <w:tblDescription w:val="This table lists the vendor's sevice area by the following counties: Berkshire, Barnstable, Bristol, Dukes, Essex, Franklin, Hampden, Hampshire, Middlesex, Nantucket, Norfolk, Plymouth Suffolk, and Worcester."/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1384"/>
+        <w:gridCol w:w="1449"/>
         <w:gridCol w:w="882"/>
         <w:gridCol w:w="999"/>
-        <w:gridCol w:w="779"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="642"/>
+        <w:gridCol w:w="716"/>
+        <w:gridCol w:w="635"/>
+        <w:gridCol w:w="594"/>
         <w:gridCol w:w="753"/>
         <w:gridCol w:w="907"/>
         <w:gridCol w:w="1009"/>
         <w:gridCol w:w="962"/>
         <w:gridCol w:w="966"/>
-        <w:gridCol w:w="740"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="719"/>
+        <w:gridCol w:w="727"/>
+        <w:gridCol w:w="1098"/>
+        <w:gridCol w:w="655"/>
         <w:gridCol w:w="967"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006B7CEC" w:rsidRPr="00BD5BD3" w14:paraId="105718BE" w14:textId="77777777" w:rsidTr="00DC1D67">
+      <w:tr w:rsidR="006B7CEC" w:rsidRPr="00BD5BD3" w14:paraId="105718BE" w14:textId="77777777" w:rsidTr="00193639">
         <w:trPr>
           <w:trHeight w:val="495"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcW w:w="1449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="435E373C" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00BD5BD3" w:rsidRDefault="006B7CEC">
             <w:r w:rsidRPr="00BD5BD3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Vendor</w:t>
             </w:r>
             <w:r w:rsidRPr="00BD5BD3">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="882" w:type="dxa"/>
@@ -17128,109 +17612,109 @@
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2BBAF296" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00BD5BD3" w:rsidRDefault="006B7CEC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD5BD3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Barnstable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="788" w:type="dxa"/>
+            <w:tcW w:w="716" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3DF9400E" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00BD5BD3" w:rsidRDefault="006B7CEC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD5BD3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Bristol</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="674" w:type="dxa"/>
+            <w:tcW w:w="635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1E1B3194" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00BD5BD3" w:rsidRDefault="006B7CEC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD5BD3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Dukes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcW w:w="594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1449C21A" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00BD5BD3" w:rsidRDefault="006B7CEC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD5BD3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Essex</w:t>
             </w:r>
           </w:p>
@@ -17360,109 +17844,109 @@
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3C13E264" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00BD5BD3" w:rsidRDefault="006B7CEC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD5BD3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Nantucket</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="742" w:type="dxa"/>
+            <w:tcW w:w="727" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="61E0F5A3" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00BD5BD3" w:rsidRDefault="006B7CEC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD5BD3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Norfolk</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1098" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0E3C49DB" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00BD5BD3" w:rsidRDefault="006B7CEC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD5BD3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Plymouth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcW w:w="655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="39EA0FA8" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00BD5BD3" w:rsidRDefault="006B7CEC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD5BD3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Suffolk</w:t>
             </w:r>
           </w:p>
@@ -17475,142 +17959,142 @@
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6367633D" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00BD5BD3" w:rsidRDefault="006B7CEC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD5BD3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Worcester</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7CEC" w:rsidRPr="00BD5BD3" w14:paraId="4DA6712D" w14:textId="77777777" w:rsidTr="00B35A0D">
+      <w:tr w:rsidR="006B7CEC" w:rsidRPr="00BD5BD3" w14:paraId="4DA6712D" w14:textId="77777777" w:rsidTr="00193639">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcW w:w="1449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="785CF4FB" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00B35A0D" w:rsidRDefault="006B7CEC">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>A Simos </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="882" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="212F37B9" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00B35A0D" w:rsidRDefault="006B7CEC">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2B797579" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00B35A0D" w:rsidRDefault="006B7CEC">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="788" w:type="dxa"/>
+            <w:tcW w:w="716" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6D9C5E73" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00B35A0D" w:rsidRDefault="006B7CEC">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="674" w:type="dxa"/>
+            <w:tcW w:w="635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="22E04429" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00B35A0D" w:rsidRDefault="006B7CEC">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcW w:w="594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="10A39F68" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00B35A0D" w:rsidRDefault="006B7CEC">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
@@ -17668,209 +18152,209 @@
           <w:p w14:paraId="3A4CB0DA" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00B35A0D" w:rsidRDefault="006B7CEC">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2B297915" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00B35A0D" w:rsidRDefault="006B7CEC">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="742" w:type="dxa"/>
+            <w:tcW w:w="727" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7116E4F5" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00B35A0D" w:rsidRDefault="006B7CEC">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1098" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="165A6C0A" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00B35A0D" w:rsidRDefault="006B7CEC">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcW w:w="655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="25EF77CD" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00B35A0D" w:rsidRDefault="006B7CEC">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6ED3C7D7" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00B35A0D" w:rsidRDefault="006B7CEC">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7CEC" w:rsidRPr="00BD5BD3" w14:paraId="084271B8" w14:textId="77777777" w:rsidTr="00B35A0D">
+      <w:tr w:rsidR="006B7CEC" w:rsidRPr="00BD5BD3" w14:paraId="084271B8" w14:textId="77777777" w:rsidTr="00193639">
         <w:trPr>
-          <w:trHeight w:val="750"/>
+          <w:trHeight w:val="2172"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcW w:w="1449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="05509EBF" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00B35A0D" w:rsidRDefault="006B7CEC">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Banks Square Market DBA Produce Connection </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="882" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="00E6BF3C" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00B35A0D" w:rsidRDefault="006B7CEC">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2F431CF7" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00B35A0D" w:rsidRDefault="006B7CEC">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="788" w:type="dxa"/>
+            <w:tcW w:w="716" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3CBB041A" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00B35A0D" w:rsidRDefault="006B7CEC">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="674" w:type="dxa"/>
+            <w:tcW w:w="635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6D992CA7" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00B35A0D" w:rsidRDefault="006B7CEC">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcW w:w="594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2852E4AD" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00B35A0D" w:rsidRDefault="006B7CEC">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
@@ -17928,204 +18412,455 @@
           <w:p w14:paraId="366E560D" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00B35A0D" w:rsidRDefault="006B7CEC">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="41E80E29" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00B35A0D" w:rsidRDefault="006B7CEC">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="742" w:type="dxa"/>
+            <w:tcW w:w="727" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7E7401C6" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00B35A0D" w:rsidRDefault="006B7CEC">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1098" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="437502B0" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00B35A0D" w:rsidRDefault="006B7CEC">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcW w:w="655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7AF4FA38" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00B35A0D" w:rsidRDefault="006B7CEC">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="23301FD8" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00B35A0D" w:rsidRDefault="006B7CEC">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0004503D" w:rsidRPr="00BD5BD3" w14:paraId="7ECCFD9C" w14:textId="77777777" w:rsidTr="00B35A0D">
+      <w:tr w:rsidR="00193639" w:rsidRPr="00BD5BD3" w14:paraId="2E66FB04" w14:textId="77777777" w:rsidTr="00193639">
         <w:trPr>
-          <w:trHeight w:val="240"/>
+          <w:trHeight w:val="732"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcW w:w="1449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A508DDE" w14:textId="77777777" w:rsidR="00193639" w:rsidRPr="00193639" w:rsidRDefault="00193639" w:rsidP="00193639">
+            <w:r w:rsidRPr="00193639">
+              <w:lastRenderedPageBreak/>
+              <w:t>Cape Dairy, LLC</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39E299D8" w14:textId="7F5F7C0D" w:rsidR="00193639" w:rsidRPr="009D2DE7" w:rsidRDefault="00193639" w:rsidP="00193639">
+            <w:r w:rsidRPr="00193639">
+              <w:t>DBA White Brothers Dairy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4534CDAF" w14:textId="2269AD08" w:rsidR="00193639" w:rsidRPr="00B35A0D" w:rsidRDefault="00112160" w:rsidP="0004503D">
+            <w:r w:rsidRPr="00B35A0D">
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15C380BA" w14:textId="4B1FDA95" w:rsidR="00193639" w:rsidRPr="00B35A0D" w:rsidRDefault="00112160" w:rsidP="0004503D">
+            <w:r w:rsidRPr="00B35A0D">
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="082E245C" w14:textId="722A0C7D" w:rsidR="00193639" w:rsidRPr="00B35A0D" w:rsidRDefault="00112160" w:rsidP="0004503D">
+            <w:r w:rsidRPr="00B35A0D">
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D358728" w14:textId="20115555" w:rsidR="00193639" w:rsidRPr="00B35A0D" w:rsidRDefault="00112160" w:rsidP="0004503D">
+            <w:r w:rsidRPr="00B35A0D">
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="398EEA0A" w14:textId="54035121" w:rsidR="00193639" w:rsidRPr="00B35A0D" w:rsidRDefault="00112160" w:rsidP="0004503D">
+            <w:r w:rsidRPr="00B35A0D">
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="753" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3AB559AD" w14:textId="1E4C421F" w:rsidR="00193639" w:rsidRPr="00B35A0D" w:rsidRDefault="00112160" w:rsidP="0004503D">
+            <w:r w:rsidRPr="00B35A0D">
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A3E05BB" w14:textId="6E915EA6" w:rsidR="00193639" w:rsidRPr="00B35A0D" w:rsidRDefault="00112160" w:rsidP="0004503D">
+            <w:r w:rsidRPr="00B35A0D">
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1009" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="186EC681" w14:textId="59E8F9C5" w:rsidR="00193639" w:rsidRPr="00B35A0D" w:rsidRDefault="00112160" w:rsidP="0004503D">
+            <w:r w:rsidRPr="00B35A0D">
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6CC20818" w14:textId="59C2D0F5" w:rsidR="00193639" w:rsidRPr="00B35A0D" w:rsidRDefault="00112160" w:rsidP="0004503D">
+            <w:r w:rsidRPr="00B35A0D">
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6ABD7AA0" w14:textId="21D73167" w:rsidR="00193639" w:rsidRPr="00B35A0D" w:rsidRDefault="00112160" w:rsidP="0004503D">
+            <w:r w:rsidRPr="00B35A0D">
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02163A59" w14:textId="578F138F" w:rsidR="00193639" w:rsidRPr="00B35A0D" w:rsidRDefault="00112160" w:rsidP="0004503D">
+            <w:r w:rsidRPr="00B35A0D">
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29C9233A" w14:textId="501BEEE8" w:rsidR="00193639" w:rsidRPr="00B35A0D" w:rsidRDefault="00112160" w:rsidP="0004503D">
+            <w:r w:rsidRPr="00B35A0D">
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24593912" w14:textId="26EE384E" w:rsidR="00193639" w:rsidRPr="00B35A0D" w:rsidRDefault="00112160" w:rsidP="0004503D">
+            <w:r w:rsidRPr="00B35A0D">
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DEF3F95" w14:textId="1BF2DCA2" w:rsidR="00193639" w:rsidRPr="00B35A0D" w:rsidRDefault="00112160" w:rsidP="0004503D">
+            <w:r w:rsidRPr="00B35A0D">
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0004503D" w:rsidRPr="00BD5BD3" w14:paraId="7ECCFD9C" w14:textId="77777777" w:rsidTr="00193639">
+        <w:trPr>
+          <w:trHeight w:val="732"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="39CE0581" w14:textId="77DE3D5D" w:rsidR="0004503D" w:rsidRPr="00B35A0D" w:rsidRDefault="0004503D" w:rsidP="0004503D">
             <w:r w:rsidRPr="009D2DE7">
               <w:t>JW Lopes LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="882" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2FB60B64" w14:textId="48A520DB" w:rsidR="0004503D" w:rsidRPr="00B35A0D" w:rsidRDefault="0004503D" w:rsidP="0004503D">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="75DFD9E2" w14:textId="01EA3ED0" w:rsidR="0004503D" w:rsidRPr="00B35A0D" w:rsidRDefault="0004503D" w:rsidP="0004503D">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="788" w:type="dxa"/>
+            <w:tcW w:w="716" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="27B6BC26" w14:textId="12786F75" w:rsidR="0004503D" w:rsidRPr="00B35A0D" w:rsidRDefault="0004503D" w:rsidP="0004503D">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="674" w:type="dxa"/>
+            <w:tcW w:w="635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="285CB9D3" w14:textId="31589055" w:rsidR="0004503D" w:rsidRPr="00B35A0D" w:rsidRDefault="0004503D" w:rsidP="0004503D">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcW w:w="594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="08519A17" w14:textId="2DA5D988" w:rsidR="0004503D" w:rsidRPr="00B35A0D" w:rsidRDefault="0004503D" w:rsidP="0004503D">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3D910DF1" w14:textId="4E970947" w:rsidR="0004503D" w:rsidRPr="00B35A0D" w:rsidRDefault="0004503D" w:rsidP="0004503D">
             <w:r w:rsidRPr="00B35A0D">
@@ -18177,200 +18912,200 @@
           </w:tcPr>
           <w:p w14:paraId="51D6BFFF" w14:textId="0905A1FA" w:rsidR="0004503D" w:rsidRPr="00B35A0D" w:rsidRDefault="0004503D" w:rsidP="0004503D">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3690755A" w14:textId="3823ADD1" w:rsidR="0004503D" w:rsidRPr="00B35A0D" w:rsidRDefault="0004503D" w:rsidP="0004503D">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="742" w:type="dxa"/>
+            <w:tcW w:w="727" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5EF2BDC2" w14:textId="4BCFF508" w:rsidR="0004503D" w:rsidRPr="00B35A0D" w:rsidRDefault="0004503D" w:rsidP="0004503D">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1098" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2166A0EF" w14:textId="03F8000A" w:rsidR="0004503D" w:rsidRPr="00B35A0D" w:rsidRDefault="0004503D" w:rsidP="0004503D">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcW w:w="655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7938A20D" w14:textId="5C2621B9" w:rsidR="0004503D" w:rsidRPr="00B35A0D" w:rsidRDefault="0004503D" w:rsidP="0004503D">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0CADB387" w14:textId="3DE8A8D9" w:rsidR="0004503D" w:rsidRPr="00B35A0D" w:rsidRDefault="0004503D" w:rsidP="0004503D">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634FA5" w:rsidRPr="00BD5BD3" w14:paraId="52A923EE" w14:textId="77777777" w:rsidTr="00B35A0D">
+      <w:tr w:rsidR="00634FA5" w:rsidRPr="00BD5BD3" w14:paraId="52A923EE" w14:textId="77777777" w:rsidTr="00193639">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcW w:w="1449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E361EC1" w14:textId="467437A2" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="009D2DE7" w:rsidP="00634FA5">
+          <w:p w14:paraId="1E361EC1" w14:textId="467437A2" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="009D2DE7" w:rsidP="00193639">
             <w:r w:rsidRPr="009D2DE7">
               <w:t>Marty's Local, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="882" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1D4695B3" w14:textId="05E59367" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="37E9C7B9" w14:textId="63FEA4E5" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="788" w:type="dxa"/>
+            <w:tcW w:w="716" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1E9FD9ED" w14:textId="4F1E6BE5" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="674" w:type="dxa"/>
+            <w:tcW w:w="635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="75782B24" w14:textId="21571FB9" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcW w:w="594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1E1C0050" w14:textId="47C6F588" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="0002177C" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3344B6D5" w14:textId="50FFEE29" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00361883" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
@@ -18422,206 +19157,205 @@
           </w:tcPr>
           <w:p w14:paraId="0F38CF68" w14:textId="1761EF2B" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00361883" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1179803B" w14:textId="36C62C70" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="0002177C" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="742" w:type="dxa"/>
+            <w:tcW w:w="727" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7D391ACA" w14:textId="232113F9" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00361883" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1098" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="12C5C2E7" w14:textId="303750B5" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00C96AF1" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00C96AF1">
               <w:t>Yes (Hingham, Cohasset only)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcW w:w="655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="47D2D3C9" w14:textId="4707F8A5" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00361883" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7E13A4E0" w14:textId="17DAACD5" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00361883" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634FA5" w:rsidRPr="00BD5BD3" w14:paraId="30CEBECA" w14:textId="77777777" w:rsidTr="00B35A0D">
+      <w:tr w:rsidR="00634FA5" w:rsidRPr="00BD5BD3" w14:paraId="30CEBECA" w14:textId="77777777" w:rsidTr="00193639">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcW w:w="1449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="781167EC" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
-              <w:lastRenderedPageBreak/>
               <w:t>Nasiff Fruit </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="882" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4ECCBEE5" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1FC44244" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="788" w:type="dxa"/>
+            <w:tcW w:w="716" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="472EF3D5" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="674" w:type="dxa"/>
+            <w:tcW w:w="635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6F4D1701" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcW w:w="594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7B787F64" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
@@ -18679,209 +19413,209 @@
           <w:p w14:paraId="311E11AC" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6998CEF8" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="742" w:type="dxa"/>
+            <w:tcW w:w="727" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2648F7FB" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1098" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="585E23A3" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcW w:w="655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2E89FAAF" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7E62D693" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634FA5" w:rsidRPr="00BD5BD3" w14:paraId="54A65CDB" w14:textId="77777777" w:rsidTr="00B35A0D">
+      <w:tr w:rsidR="00634FA5" w:rsidRPr="00BD5BD3" w14:paraId="54A65CDB" w14:textId="77777777" w:rsidTr="00193639">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcW w:w="1449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="067A08C1" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Ring Bros Wholesale </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="882" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="12AE7E87" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4B38AD2D" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="788" w:type="dxa"/>
+            <w:tcW w:w="716" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="585870A9" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="674" w:type="dxa"/>
+            <w:tcW w:w="635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="53E6F104" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcW w:w="594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5DB8F653" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
@@ -18939,209 +19673,209 @@
           <w:p w14:paraId="58CBD4DA" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1EB18BE2" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="742" w:type="dxa"/>
+            <w:tcW w:w="727" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1C502B08" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1098" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4A8F81C9" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcW w:w="655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7E72D87A" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="16E7C612" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634FA5" w:rsidRPr="00BD5BD3" w14:paraId="00A355D8" w14:textId="77777777" w:rsidTr="00B35A0D">
+      <w:tr w:rsidR="00634FA5" w:rsidRPr="00BD5BD3" w14:paraId="00A355D8" w14:textId="77777777" w:rsidTr="00193639">
         <w:trPr>
           <w:trHeight w:val="495"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcW w:w="1449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0D451FDE" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Thomsen Foodservice </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="882" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2FE4471D" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6388F79A" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="788" w:type="dxa"/>
+            <w:tcW w:w="716" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="188FC782" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="674" w:type="dxa"/>
+            <w:tcW w:w="635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5EE583AB" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcW w:w="594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="25F90EDD" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
@@ -19199,124 +19933,124 @@
           <w:p w14:paraId="46A69334" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7F69FF5D" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="742" w:type="dxa"/>
+            <w:tcW w:w="727" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="20768BF2" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1098" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7EE391CF" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcW w:w="655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7B5DBCAA" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="561BB95F" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634FA5" w:rsidRPr="00064DF8" w14:paraId="1B1D487D" w14:textId="77777777" w:rsidTr="00B35A0D">
+      <w:tr w:rsidR="00634FA5" w:rsidRPr="00064DF8" w14:paraId="1B1D487D" w14:textId="77777777" w:rsidTr="00193639">
         <w:trPr>
           <w:trHeight w:val="495"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcW w:w="1449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1520FB44" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Thurston Foods </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="882" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -19326,87 +20060,87 @@
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0D25EC40" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="788" w:type="dxa"/>
+            <w:tcW w:w="716" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="02E50CFC" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="674" w:type="dxa"/>
+            <w:tcW w:w="635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="282FE472" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcW w:w="594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="505BB0C9" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -19470,87 +20204,87 @@
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5AF555FF" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="742" w:type="dxa"/>
+            <w:tcW w:w="727" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="10F0F560" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1098" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="07022045" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcW w:w="655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="779CB9F9" w14:textId="77777777" w:rsidR="00634FA5" w:rsidRPr="00B35A0D" w:rsidRDefault="00634FA5" w:rsidP="00634FA5">
             <w:r w:rsidRPr="00B35A0D">
               <w:t>Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -19564,73 +20298,73 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="53D59266" w14:textId="77777777" w:rsidR="006B7CEC" w:rsidRPr="00377C85" w:rsidRDefault="006B7CEC" w:rsidP="00215615">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006B7CEC" w:rsidRPr="00377C85" w:rsidSect="008A4943">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="864" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E5982A8" w14:textId="77777777" w:rsidR="001F113B" w:rsidRDefault="001F113B" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="2286F5D1" w14:textId="77777777" w:rsidR="00AC1FB0" w:rsidRDefault="00AC1FB0" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AF65EC5" w14:textId="77777777" w:rsidR="001F113B" w:rsidRDefault="001F113B"/>
+    <w:p w14:paraId="2E911BE8" w14:textId="77777777" w:rsidR="00AC1FB0" w:rsidRDefault="00AC1FB0"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0245F16B" w14:textId="77777777" w:rsidR="001F113B" w:rsidRDefault="001F113B" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="6236555D" w14:textId="77777777" w:rsidR="00AC1FB0" w:rsidRDefault="00AC1FB0" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="504B3EA2" w14:textId="77777777" w:rsidR="001F113B" w:rsidRDefault="001F113B"/>
+    <w:p w14:paraId="5975BDCE" w14:textId="77777777" w:rsidR="00AC1FB0" w:rsidRDefault="00AC1FB0"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5329C964" w14:textId="77777777" w:rsidR="001F113B" w:rsidRDefault="001F113B">
+    <w:p w14:paraId="25F98883" w14:textId="77777777" w:rsidR="00AC1FB0" w:rsidRDefault="00AC1FB0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -20074,51 +20808,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="236FE885" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251658241;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
+            <v:group w14:anchorId="004FD7CF" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251658241;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACLuFgyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dS8Mw&#10;EH8X/B/CCb651MaPrS4bMhQGg4FzjD0ezdkUm0tJ4lr31xtB8PF+3zdfjq4TJwqx9azhdlKAIK69&#10;abnRsH9/vZmCiAnZYOeZNHxThOXi8mKOlfEDv9FplxqRQzhWqMGm1FdSxtqSwzjxPXHmPnxwmPIZ&#10;GmkCDjncdbIsigfpsOXcYLGnlaX6c/flNBwP7eZcpkYdtuplsHfnsJquN1pfX43PTyASjelf/Ode&#10;mzxfqVlZzu4fFfz+lAGQix8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAi7hYMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiIwxayQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNZrMVkW3TIguCoKC2Ih7TzZgsbiZLErurv945CD0Ob973+NbbOQziiCn3kTSoRQUC&#10;qYu2J6fhbX9/dQsiF0PWDJFQww9m2G7Oz9amsXGiVzzuihMModwYDb6UsZEydx6DyYs4InH2GVMw&#10;hc/kpE1mYngYZF1VNzKYnnjBmxFbj93X7jswZd8+H6b334/rR/LzU9+6hO5F68uL+W4FouBcTs//&#10;7QerYamUWtaqZglWYh2Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIiMMWskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="29F8E603" w14:textId="77777777" w:rsidR="0019409E" w:rsidRPr="00E365B8" w:rsidRDefault="0019409E" w:rsidP="00E365B8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
@@ -20568,51 +21302,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="6FFC7394" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251658240;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
+            <v:group w14:anchorId="7019453E" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251658240;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHD+pxxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mnUtVbZGEVEQhEJVpMfH5nWzdPOyJNHd+uubQsHjMDPfMItVbxtxIx9qxwom4wwE&#10;cel0zZWC82n3PAcRIrLGxjEp+KEAq+XgaYGFdh1/0O0YK5EgHApUYGJsCylDachiGLuWOHlfzluM&#10;SfpKao9dgttG5ln2Ki3WnBYMtrQxVH4fr1bB56U+3PNYTS/v021nXu5+M98flBoN+/UbiEh9fIT/&#10;23utIJ/B35f0A+TyFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAcP6nHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpMtFcwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSgMx&#10;EIbvQt8hTMGbzbaIyNq0yEJBUFBbEY/TzTRZ3EyWJHZXn945CB6Hf/5v5ltvp9CrM6XcRTawXFSg&#10;iNtoO3YG3g67q1tQuSBb7COTgW/KsN3MLtZY2zjyK533xSmBcK7RgC9lqLXOraeAeREHYslOMQUs&#10;MianbcJR4KHXq6q60QE7lgseB2o8tZ/7ryCUQ/N8HN9/Pq4f2U9PXeMSuRdjLufT/R2oQlP5X/5r&#10;P1gDK3lWXMQD9OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqTLRXMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="14F7B0CA" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRDefault="00AC1E9E"/>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
@@ -20938,73 +21672,73 @@
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4D920BE9" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="4C2A9F3F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="76DFCE92" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3824669A" w14:textId="77777777" w:rsidR="001F113B" w:rsidRDefault="001F113B" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="511343C4" w14:textId="77777777" w:rsidR="00AC1FB0" w:rsidRDefault="00AC1FB0" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6780F051" w14:textId="77777777" w:rsidR="001F113B" w:rsidRDefault="001F113B"/>
+    <w:p w14:paraId="6B1B9163" w14:textId="77777777" w:rsidR="00AC1FB0" w:rsidRDefault="00AC1FB0"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="33DF596B" w14:textId="77777777" w:rsidR="001F113B" w:rsidRDefault="001F113B" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="37F9368B" w14:textId="77777777" w:rsidR="00AC1FB0" w:rsidRDefault="00AC1FB0" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A763F81" w14:textId="77777777" w:rsidR="001F113B" w:rsidRDefault="001F113B"/>
+    <w:p w14:paraId="6EAE4776" w14:textId="77777777" w:rsidR="00AC1FB0" w:rsidRDefault="00AC1FB0"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4F2CAD67" w14:textId="77777777" w:rsidR="001F113B" w:rsidRDefault="001F113B">
+    <w:p w14:paraId="0D531795" w14:textId="77777777" w:rsidR="00AC1FB0" w:rsidRDefault="00AC1FB0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="479D5FF6" w14:textId="4A39247D" w:rsidR="00183D84" w:rsidRDefault="00183D84">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D43B9A">
         <w:t>Note that COMMBUYS is the official system of record for vendor contact information.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
@@ -21282,51 +22016,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="2C13BDBF" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="36265CB3" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1020B730" w14:textId="1B04F90A" w:rsidR="00886F53" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
       <w:rPr>
         <w:sz w:val="10"/>
@@ -21629,51 +22363,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="52AA96E4" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="3E006145" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C7967846"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22654,50 +23388,162 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29AE35E1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0FF805AA"/>
+    <w:lvl w:ilvl="0" w:tplc="057A8970">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="410" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1130" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1850" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2570" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3290" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4010" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4730" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5450" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6170" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35DE4A4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="62CEF148"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -22766,51 +23612,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37A15BA5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1F682544"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -22879,51 +23725,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AD955D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E7A64708"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -22965,51 +23811,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CC06368"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3F96AEC8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -23078,51 +23924,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41DF511A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E2A8E4F6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -23191,51 +24037,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42586450"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="32DEB7F4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -23304,51 +24150,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43DC1E5D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1520B616"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -23417,51 +24263,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A08BDDB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A1CCAF70"/>
     <w:lvl w:ilvl="0" w:tplc="45FE7DFA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6178A9CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -23530,51 +24376,51 @@
     <w:lvl w:ilvl="7" w:tplc="6E60C2DC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FB9E60F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56F00C37"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="43B02632"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -23643,51 +24489,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BB31A71"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="301C28B4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -23756,51 +24602,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68393087"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B6AEA06A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -23869,51 +24715,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E2D0135"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="12D28548"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -23982,51 +24828,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F3770F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0B83872"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -24095,51 +24941,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72690895"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EDE2BCA2"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -24208,51 +25054,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="731363B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DD0CA1F8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -24322,126 +25168,129 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="542207326">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="222839226">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="103381546">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="984166477">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="896821583">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="883181466">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1108283029">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1586958684">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="517740112">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1872330189">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="599144571">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1513181071">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="55519776">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="9114506">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1840392131">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="271716133">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1369338055">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1251819696">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="600915683">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="889653535">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="882205681">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1136878665">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="2056155353">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="112020473">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="2124760659">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1666204513">
     <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1789543705">
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="24"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:writeProtection w:recommended="1"/>
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackFormatting/>
   <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
@@ -24507,50 +25356,51 @@
     <w:rsid w:val="00020358"/>
     <w:rsid w:val="00020715"/>
     <w:rsid w:val="00020955"/>
     <w:rsid w:val="00020A13"/>
     <w:rsid w:val="000211D7"/>
     <w:rsid w:val="0002144E"/>
     <w:rsid w:val="000216EB"/>
     <w:rsid w:val="0002177C"/>
     <w:rsid w:val="00021FC5"/>
     <w:rsid w:val="00022070"/>
     <w:rsid w:val="000225A8"/>
     <w:rsid w:val="0002260E"/>
     <w:rsid w:val="00023A9B"/>
     <w:rsid w:val="0002451F"/>
     <w:rsid w:val="000245DD"/>
     <w:rsid w:val="00024698"/>
     <w:rsid w:val="00024CE2"/>
     <w:rsid w:val="000258F6"/>
     <w:rsid w:val="000260F2"/>
     <w:rsid w:val="000261D2"/>
     <w:rsid w:val="0002675D"/>
     <w:rsid w:val="000272F0"/>
     <w:rsid w:val="00027C5A"/>
     <w:rsid w:val="00027D5D"/>
     <w:rsid w:val="00027E5F"/>
+    <w:rsid w:val="00027E90"/>
     <w:rsid w:val="0003060D"/>
     <w:rsid w:val="00030EE3"/>
     <w:rsid w:val="00031624"/>
     <w:rsid w:val="000316C5"/>
     <w:rsid w:val="00031F99"/>
     <w:rsid w:val="000321AC"/>
     <w:rsid w:val="000323BE"/>
     <w:rsid w:val="00032449"/>
     <w:rsid w:val="00032494"/>
     <w:rsid w:val="0003335E"/>
     <w:rsid w:val="00033590"/>
     <w:rsid w:val="000339E1"/>
     <w:rsid w:val="00033A05"/>
     <w:rsid w:val="00033D44"/>
     <w:rsid w:val="000340F0"/>
     <w:rsid w:val="00034395"/>
     <w:rsid w:val="0003445F"/>
     <w:rsid w:val="000346B2"/>
     <w:rsid w:val="0003470F"/>
     <w:rsid w:val="000347B4"/>
     <w:rsid w:val="00034843"/>
     <w:rsid w:val="00034DA1"/>
     <w:rsid w:val="000351B6"/>
     <w:rsid w:val="000359B4"/>
     <w:rsid w:val="00036331"/>
@@ -24878,89 +25728,92 @@
     <w:rsid w:val="00102025"/>
     <w:rsid w:val="0010203C"/>
     <w:rsid w:val="00102B24"/>
     <w:rsid w:val="00103706"/>
     <w:rsid w:val="0010402C"/>
     <w:rsid w:val="0010470D"/>
     <w:rsid w:val="00104817"/>
     <w:rsid w:val="00104B58"/>
     <w:rsid w:val="00104D69"/>
     <w:rsid w:val="00105069"/>
     <w:rsid w:val="0010521E"/>
     <w:rsid w:val="00105274"/>
     <w:rsid w:val="00105721"/>
     <w:rsid w:val="001063FA"/>
     <w:rsid w:val="001065F9"/>
     <w:rsid w:val="00106F6D"/>
     <w:rsid w:val="001073B2"/>
     <w:rsid w:val="0011048B"/>
     <w:rsid w:val="0011060A"/>
     <w:rsid w:val="00111113"/>
     <w:rsid w:val="0011136C"/>
     <w:rsid w:val="0011150E"/>
     <w:rsid w:val="00111D01"/>
     <w:rsid w:val="00112067"/>
     <w:rsid w:val="00112124"/>
+    <w:rsid w:val="00112160"/>
     <w:rsid w:val="001123CE"/>
     <w:rsid w:val="0011288D"/>
     <w:rsid w:val="001136A0"/>
     <w:rsid w:val="00113C29"/>
     <w:rsid w:val="00113CF8"/>
     <w:rsid w:val="00113FE7"/>
     <w:rsid w:val="001148FB"/>
+    <w:rsid w:val="00115283"/>
     <w:rsid w:val="00115CE6"/>
     <w:rsid w:val="0011605C"/>
     <w:rsid w:val="00116414"/>
     <w:rsid w:val="00116495"/>
     <w:rsid w:val="001168CC"/>
     <w:rsid w:val="00116C1E"/>
     <w:rsid w:val="00116E9A"/>
     <w:rsid w:val="00117182"/>
     <w:rsid w:val="00117FF3"/>
     <w:rsid w:val="00120458"/>
     <w:rsid w:val="00120504"/>
     <w:rsid w:val="0012078B"/>
     <w:rsid w:val="001209D4"/>
     <w:rsid w:val="00120A10"/>
     <w:rsid w:val="00121D78"/>
     <w:rsid w:val="001228CC"/>
     <w:rsid w:val="00122C58"/>
     <w:rsid w:val="00123283"/>
     <w:rsid w:val="00123385"/>
     <w:rsid w:val="0012351B"/>
     <w:rsid w:val="00123522"/>
     <w:rsid w:val="00123735"/>
     <w:rsid w:val="00123B60"/>
     <w:rsid w:val="00124518"/>
     <w:rsid w:val="00124E63"/>
     <w:rsid w:val="001251D1"/>
     <w:rsid w:val="001254E0"/>
     <w:rsid w:val="00125CC1"/>
     <w:rsid w:val="0012617C"/>
     <w:rsid w:val="0012681F"/>
     <w:rsid w:val="00126ABE"/>
     <w:rsid w:val="00126ACA"/>
+    <w:rsid w:val="00126AFE"/>
     <w:rsid w:val="0012705C"/>
     <w:rsid w:val="00127604"/>
     <w:rsid w:val="0012764F"/>
     <w:rsid w:val="0012768F"/>
     <w:rsid w:val="00127723"/>
     <w:rsid w:val="00127FAE"/>
     <w:rsid w:val="00130051"/>
     <w:rsid w:val="001300B3"/>
     <w:rsid w:val="00130187"/>
     <w:rsid w:val="0013059C"/>
     <w:rsid w:val="00130EC2"/>
     <w:rsid w:val="0013106D"/>
     <w:rsid w:val="00131182"/>
     <w:rsid w:val="001311F6"/>
     <w:rsid w:val="00131381"/>
     <w:rsid w:val="00131479"/>
     <w:rsid w:val="0013165B"/>
     <w:rsid w:val="001318CC"/>
     <w:rsid w:val="00131B3A"/>
     <w:rsid w:val="00132062"/>
     <w:rsid w:val="00132F28"/>
     <w:rsid w:val="00132F2A"/>
     <w:rsid w:val="001339B6"/>
     <w:rsid w:val="00134155"/>
     <w:rsid w:val="00134554"/>
@@ -25083,146 +25936,149 @@
     <w:rsid w:val="00181AF0"/>
     <w:rsid w:val="00181E46"/>
     <w:rsid w:val="0018248C"/>
     <w:rsid w:val="00182926"/>
     <w:rsid w:val="00182EAD"/>
     <w:rsid w:val="00183B65"/>
     <w:rsid w:val="00183BE8"/>
     <w:rsid w:val="00183D84"/>
     <w:rsid w:val="00185037"/>
     <w:rsid w:val="00185D36"/>
     <w:rsid w:val="001864F5"/>
     <w:rsid w:val="00187389"/>
     <w:rsid w:val="00187D56"/>
     <w:rsid w:val="00190188"/>
     <w:rsid w:val="00190192"/>
     <w:rsid w:val="00190434"/>
     <w:rsid w:val="00190554"/>
     <w:rsid w:val="00190DC5"/>
     <w:rsid w:val="00190DCF"/>
     <w:rsid w:val="00191E86"/>
     <w:rsid w:val="00191F46"/>
     <w:rsid w:val="00192216"/>
     <w:rsid w:val="0019234C"/>
     <w:rsid w:val="00192877"/>
     <w:rsid w:val="001933D9"/>
+    <w:rsid w:val="00193639"/>
     <w:rsid w:val="001938B7"/>
     <w:rsid w:val="00193DC7"/>
     <w:rsid w:val="00193DE0"/>
     <w:rsid w:val="00193EB5"/>
     <w:rsid w:val="00193F27"/>
     <w:rsid w:val="00194012"/>
     <w:rsid w:val="0019409E"/>
     <w:rsid w:val="0019468D"/>
     <w:rsid w:val="00195244"/>
     <w:rsid w:val="00195851"/>
     <w:rsid w:val="00195E58"/>
     <w:rsid w:val="00195F1F"/>
     <w:rsid w:val="001960DD"/>
     <w:rsid w:val="00196224"/>
     <w:rsid w:val="00196519"/>
     <w:rsid w:val="00197BB3"/>
     <w:rsid w:val="001A04D3"/>
     <w:rsid w:val="001A0C5F"/>
     <w:rsid w:val="001A1293"/>
     <w:rsid w:val="001A1BA6"/>
     <w:rsid w:val="001A1D5E"/>
     <w:rsid w:val="001A26DB"/>
     <w:rsid w:val="001A2963"/>
     <w:rsid w:val="001A340E"/>
     <w:rsid w:val="001A352E"/>
     <w:rsid w:val="001A3979"/>
     <w:rsid w:val="001A3A6C"/>
     <w:rsid w:val="001A3D5D"/>
     <w:rsid w:val="001A3D90"/>
     <w:rsid w:val="001A41AE"/>
     <w:rsid w:val="001A489C"/>
     <w:rsid w:val="001A49F3"/>
     <w:rsid w:val="001A5433"/>
     <w:rsid w:val="001A559F"/>
     <w:rsid w:val="001A581C"/>
     <w:rsid w:val="001A596F"/>
     <w:rsid w:val="001A5C84"/>
     <w:rsid w:val="001A609F"/>
     <w:rsid w:val="001A66BF"/>
     <w:rsid w:val="001A6F1E"/>
     <w:rsid w:val="001A7224"/>
     <w:rsid w:val="001A72C3"/>
     <w:rsid w:val="001B046D"/>
     <w:rsid w:val="001B1383"/>
     <w:rsid w:val="001B1654"/>
     <w:rsid w:val="001B16A2"/>
     <w:rsid w:val="001B16FD"/>
     <w:rsid w:val="001B1724"/>
     <w:rsid w:val="001B17CC"/>
+    <w:rsid w:val="001B1D84"/>
     <w:rsid w:val="001B1E53"/>
     <w:rsid w:val="001B29E8"/>
     <w:rsid w:val="001B2F8D"/>
     <w:rsid w:val="001B3217"/>
     <w:rsid w:val="001B3B78"/>
     <w:rsid w:val="001B454B"/>
     <w:rsid w:val="001B46C7"/>
     <w:rsid w:val="001B48A8"/>
     <w:rsid w:val="001B5F7B"/>
     <w:rsid w:val="001B730B"/>
     <w:rsid w:val="001B7645"/>
     <w:rsid w:val="001C0572"/>
     <w:rsid w:val="001C0AD1"/>
     <w:rsid w:val="001C0EF8"/>
     <w:rsid w:val="001C2CD6"/>
     <w:rsid w:val="001C2E2B"/>
     <w:rsid w:val="001C2E70"/>
     <w:rsid w:val="001C3179"/>
     <w:rsid w:val="001C33D5"/>
     <w:rsid w:val="001C38B4"/>
     <w:rsid w:val="001C38E0"/>
     <w:rsid w:val="001C3C17"/>
     <w:rsid w:val="001C3D2F"/>
     <w:rsid w:val="001C3D49"/>
     <w:rsid w:val="001C4336"/>
     <w:rsid w:val="001C4438"/>
     <w:rsid w:val="001C44AE"/>
     <w:rsid w:val="001C48B8"/>
     <w:rsid w:val="001C4B29"/>
     <w:rsid w:val="001C4D52"/>
     <w:rsid w:val="001C5226"/>
     <w:rsid w:val="001C537D"/>
     <w:rsid w:val="001C55DB"/>
     <w:rsid w:val="001C5906"/>
     <w:rsid w:val="001C61DE"/>
     <w:rsid w:val="001C6AE5"/>
     <w:rsid w:val="001C6DCC"/>
     <w:rsid w:val="001C77DD"/>
     <w:rsid w:val="001C7D0E"/>
     <w:rsid w:val="001D071B"/>
     <w:rsid w:val="001D0C65"/>
     <w:rsid w:val="001D1BEF"/>
     <w:rsid w:val="001D21D1"/>
     <w:rsid w:val="001D2500"/>
     <w:rsid w:val="001D2EE0"/>
     <w:rsid w:val="001D3025"/>
     <w:rsid w:val="001D3BC9"/>
+    <w:rsid w:val="001D3D05"/>
     <w:rsid w:val="001D4059"/>
     <w:rsid w:val="001D50B0"/>
     <w:rsid w:val="001D55A2"/>
     <w:rsid w:val="001D5B17"/>
     <w:rsid w:val="001D6239"/>
     <w:rsid w:val="001D69EF"/>
     <w:rsid w:val="001D6AE2"/>
     <w:rsid w:val="001D6B59"/>
     <w:rsid w:val="001D7093"/>
     <w:rsid w:val="001D73C6"/>
     <w:rsid w:val="001D7649"/>
     <w:rsid w:val="001D7831"/>
     <w:rsid w:val="001E0098"/>
     <w:rsid w:val="001E12BE"/>
     <w:rsid w:val="001E13AD"/>
     <w:rsid w:val="001E1564"/>
     <w:rsid w:val="001E1D59"/>
     <w:rsid w:val="001E1F2E"/>
     <w:rsid w:val="001E21B4"/>
     <w:rsid w:val="001E25B1"/>
     <w:rsid w:val="001E2976"/>
     <w:rsid w:val="001E2D48"/>
     <w:rsid w:val="001E3090"/>
     <w:rsid w:val="001E3781"/>
     <w:rsid w:val="001E3E19"/>
@@ -25401,76 +26257,78 @@
     <w:rsid w:val="00250C82"/>
     <w:rsid w:val="002513F1"/>
     <w:rsid w:val="00251B5F"/>
     <w:rsid w:val="00251D2B"/>
     <w:rsid w:val="0025288C"/>
     <w:rsid w:val="00252908"/>
     <w:rsid w:val="0025310A"/>
     <w:rsid w:val="0025318D"/>
     <w:rsid w:val="00253749"/>
     <w:rsid w:val="00253A51"/>
     <w:rsid w:val="002542E6"/>
     <w:rsid w:val="00254B3D"/>
     <w:rsid w:val="00255DB6"/>
     <w:rsid w:val="00256475"/>
     <w:rsid w:val="00256AB8"/>
     <w:rsid w:val="00256D3D"/>
     <w:rsid w:val="00256FA6"/>
     <w:rsid w:val="0025735D"/>
     <w:rsid w:val="0026042B"/>
     <w:rsid w:val="0026103A"/>
     <w:rsid w:val="002623E7"/>
     <w:rsid w:val="00262982"/>
     <w:rsid w:val="0026357A"/>
     <w:rsid w:val="0026368F"/>
     <w:rsid w:val="00264128"/>
+    <w:rsid w:val="0026416B"/>
     <w:rsid w:val="002642F9"/>
     <w:rsid w:val="00264A56"/>
     <w:rsid w:val="00265213"/>
     <w:rsid w:val="002655B7"/>
     <w:rsid w:val="002655CF"/>
     <w:rsid w:val="00266086"/>
     <w:rsid w:val="0026625F"/>
     <w:rsid w:val="00266475"/>
     <w:rsid w:val="002665C5"/>
     <w:rsid w:val="0026670F"/>
     <w:rsid w:val="0026740B"/>
     <w:rsid w:val="00267917"/>
     <w:rsid w:val="00267BB6"/>
     <w:rsid w:val="002705CB"/>
     <w:rsid w:val="002710E6"/>
     <w:rsid w:val="0027186F"/>
     <w:rsid w:val="002718D1"/>
     <w:rsid w:val="002722E1"/>
     <w:rsid w:val="002725D9"/>
     <w:rsid w:val="00272A26"/>
     <w:rsid w:val="002733A5"/>
     <w:rsid w:val="002733D1"/>
     <w:rsid w:val="002739BC"/>
     <w:rsid w:val="00273A68"/>
     <w:rsid w:val="00275216"/>
     <w:rsid w:val="00275AAF"/>
+    <w:rsid w:val="00275C68"/>
     <w:rsid w:val="00275DEB"/>
     <w:rsid w:val="00276002"/>
     <w:rsid w:val="00277786"/>
     <w:rsid w:val="00277C51"/>
     <w:rsid w:val="00277CB7"/>
     <w:rsid w:val="00277D1B"/>
     <w:rsid w:val="00277E0D"/>
     <w:rsid w:val="00280B86"/>
     <w:rsid w:val="00280DE4"/>
     <w:rsid w:val="00280EC3"/>
     <w:rsid w:val="002812E6"/>
     <w:rsid w:val="00281536"/>
     <w:rsid w:val="002816F4"/>
     <w:rsid w:val="00281714"/>
     <w:rsid w:val="0028171C"/>
     <w:rsid w:val="002819AB"/>
     <w:rsid w:val="002819F1"/>
     <w:rsid w:val="00281FB4"/>
     <w:rsid w:val="00282767"/>
     <w:rsid w:val="00282C29"/>
     <w:rsid w:val="002832C4"/>
     <w:rsid w:val="0028336E"/>
     <w:rsid w:val="00283DF0"/>
     <w:rsid w:val="00283EDD"/>
     <w:rsid w:val="00284325"/>
@@ -25630,50 +26488,51 @@
     <w:rsid w:val="002E6F20"/>
     <w:rsid w:val="002E6FC9"/>
     <w:rsid w:val="002E6FFA"/>
     <w:rsid w:val="002E7138"/>
     <w:rsid w:val="002E7698"/>
     <w:rsid w:val="002E7816"/>
     <w:rsid w:val="002E79BA"/>
     <w:rsid w:val="002F05C6"/>
     <w:rsid w:val="002F0CEC"/>
     <w:rsid w:val="002F0EED"/>
     <w:rsid w:val="002F0FB7"/>
     <w:rsid w:val="002F1403"/>
     <w:rsid w:val="002F164A"/>
     <w:rsid w:val="002F195E"/>
     <w:rsid w:val="002F215E"/>
     <w:rsid w:val="002F2A20"/>
     <w:rsid w:val="002F3315"/>
     <w:rsid w:val="002F33A4"/>
     <w:rsid w:val="002F3890"/>
     <w:rsid w:val="002F3BAF"/>
     <w:rsid w:val="002F3EF5"/>
     <w:rsid w:val="002F432C"/>
     <w:rsid w:val="002F460B"/>
     <w:rsid w:val="002F4F98"/>
     <w:rsid w:val="002F5141"/>
+    <w:rsid w:val="002F5305"/>
     <w:rsid w:val="002F58E0"/>
     <w:rsid w:val="002F5921"/>
     <w:rsid w:val="002F677F"/>
     <w:rsid w:val="002F67D2"/>
     <w:rsid w:val="002F71E0"/>
     <w:rsid w:val="002F75FB"/>
     <w:rsid w:val="003007DC"/>
     <w:rsid w:val="00300D98"/>
     <w:rsid w:val="00300E7C"/>
     <w:rsid w:val="00300F13"/>
     <w:rsid w:val="0030133C"/>
     <w:rsid w:val="00301501"/>
     <w:rsid w:val="003018A4"/>
     <w:rsid w:val="00301931"/>
     <w:rsid w:val="00301B4D"/>
     <w:rsid w:val="00301C2C"/>
     <w:rsid w:val="00302709"/>
     <w:rsid w:val="00302C4E"/>
     <w:rsid w:val="003030C9"/>
     <w:rsid w:val="0030386D"/>
     <w:rsid w:val="00303C3D"/>
     <w:rsid w:val="00303D78"/>
     <w:rsid w:val="00304398"/>
     <w:rsid w:val="00304890"/>
     <w:rsid w:val="0030497D"/>
@@ -25746,50 +26605,51 @@
     <w:rsid w:val="0033203C"/>
     <w:rsid w:val="0033239D"/>
     <w:rsid w:val="00332768"/>
     <w:rsid w:val="00332B74"/>
     <w:rsid w:val="00332CAE"/>
     <w:rsid w:val="00332F24"/>
     <w:rsid w:val="00333321"/>
     <w:rsid w:val="003336A1"/>
     <w:rsid w:val="00333989"/>
     <w:rsid w:val="00333FC6"/>
     <w:rsid w:val="003343CA"/>
     <w:rsid w:val="00334444"/>
     <w:rsid w:val="00334BD6"/>
     <w:rsid w:val="00334EC6"/>
     <w:rsid w:val="003358B4"/>
     <w:rsid w:val="003359D1"/>
     <w:rsid w:val="00335A8A"/>
     <w:rsid w:val="00335CAB"/>
     <w:rsid w:val="00335CC0"/>
     <w:rsid w:val="00335FCF"/>
     <w:rsid w:val="003371B2"/>
     <w:rsid w:val="003378F7"/>
     <w:rsid w:val="00337A5C"/>
     <w:rsid w:val="00340B95"/>
     <w:rsid w:val="00340BE0"/>
+    <w:rsid w:val="00340D86"/>
     <w:rsid w:val="00340F9A"/>
     <w:rsid w:val="0034149B"/>
     <w:rsid w:val="003417A9"/>
     <w:rsid w:val="00341F85"/>
     <w:rsid w:val="00342446"/>
     <w:rsid w:val="00342578"/>
     <w:rsid w:val="0034374D"/>
     <w:rsid w:val="003437E1"/>
     <w:rsid w:val="003438B2"/>
     <w:rsid w:val="003438F6"/>
     <w:rsid w:val="00343C27"/>
     <w:rsid w:val="00344041"/>
     <w:rsid w:val="0034425A"/>
     <w:rsid w:val="00344435"/>
     <w:rsid w:val="00344787"/>
     <w:rsid w:val="00344DB5"/>
     <w:rsid w:val="00345515"/>
     <w:rsid w:val="00345C56"/>
     <w:rsid w:val="00345DBD"/>
     <w:rsid w:val="003460E7"/>
     <w:rsid w:val="00346136"/>
     <w:rsid w:val="003468FA"/>
     <w:rsid w:val="00346DD0"/>
     <w:rsid w:val="00346EA9"/>
     <w:rsid w:val="00347124"/>
@@ -26111,50 +26971,51 @@
     <w:rsid w:val="00411064"/>
     <w:rsid w:val="0041120C"/>
     <w:rsid w:val="00411B72"/>
     <w:rsid w:val="00411CD0"/>
     <w:rsid w:val="00411FF4"/>
     <w:rsid w:val="00412D06"/>
     <w:rsid w:val="004130E4"/>
     <w:rsid w:val="0041365D"/>
     <w:rsid w:val="004138A2"/>
     <w:rsid w:val="0041397A"/>
     <w:rsid w:val="00413BCC"/>
     <w:rsid w:val="00413BF9"/>
     <w:rsid w:val="00413C82"/>
     <w:rsid w:val="00413EDA"/>
     <w:rsid w:val="00413FF4"/>
     <w:rsid w:val="00414041"/>
     <w:rsid w:val="0041464C"/>
     <w:rsid w:val="00414A45"/>
     <w:rsid w:val="00414E7C"/>
     <w:rsid w:val="00415547"/>
     <w:rsid w:val="00415B50"/>
     <w:rsid w:val="00416986"/>
     <w:rsid w:val="00416DD4"/>
     <w:rsid w:val="004170F2"/>
     <w:rsid w:val="004176F8"/>
+    <w:rsid w:val="00417762"/>
     <w:rsid w:val="00417854"/>
     <w:rsid w:val="00417B67"/>
     <w:rsid w:val="00417EA8"/>
     <w:rsid w:val="0042010C"/>
     <w:rsid w:val="0042039E"/>
     <w:rsid w:val="0042045B"/>
     <w:rsid w:val="0042072C"/>
     <w:rsid w:val="004216B9"/>
     <w:rsid w:val="00421F6D"/>
     <w:rsid w:val="00422244"/>
     <w:rsid w:val="00422B43"/>
     <w:rsid w:val="0042348A"/>
     <w:rsid w:val="00423731"/>
     <w:rsid w:val="00423FB0"/>
     <w:rsid w:val="00424083"/>
     <w:rsid w:val="00424676"/>
     <w:rsid w:val="004251D7"/>
     <w:rsid w:val="00425514"/>
     <w:rsid w:val="00425679"/>
     <w:rsid w:val="00425C7A"/>
     <w:rsid w:val="00425D98"/>
     <w:rsid w:val="00426184"/>
     <w:rsid w:val="00426192"/>
     <w:rsid w:val="004261A9"/>
     <w:rsid w:val="00426815"/>
@@ -26252,101 +27113,104 @@
     <w:rsid w:val="00457E8C"/>
     <w:rsid w:val="004614BC"/>
     <w:rsid w:val="0046167D"/>
     <w:rsid w:val="004619F8"/>
     <w:rsid w:val="00462146"/>
     <w:rsid w:val="0046224A"/>
     <w:rsid w:val="004626EE"/>
     <w:rsid w:val="0046300D"/>
     <w:rsid w:val="0046341C"/>
     <w:rsid w:val="0046359E"/>
     <w:rsid w:val="00463A6E"/>
     <w:rsid w:val="00463B01"/>
     <w:rsid w:val="00464727"/>
     <w:rsid w:val="00464ABE"/>
     <w:rsid w:val="00464D67"/>
     <w:rsid w:val="00464E48"/>
     <w:rsid w:val="00465403"/>
     <w:rsid w:val="0046557B"/>
     <w:rsid w:val="004656E9"/>
     <w:rsid w:val="00465821"/>
     <w:rsid w:val="004663B1"/>
     <w:rsid w:val="00466D67"/>
     <w:rsid w:val="004673F4"/>
     <w:rsid w:val="00467FE5"/>
     <w:rsid w:val="004702DD"/>
+    <w:rsid w:val="004709C0"/>
     <w:rsid w:val="00470E20"/>
     <w:rsid w:val="00471474"/>
     <w:rsid w:val="004715E0"/>
     <w:rsid w:val="00471657"/>
     <w:rsid w:val="00471CBA"/>
     <w:rsid w:val="00471D53"/>
     <w:rsid w:val="00472777"/>
     <w:rsid w:val="0047284F"/>
     <w:rsid w:val="00472B10"/>
     <w:rsid w:val="004731F7"/>
     <w:rsid w:val="00473400"/>
     <w:rsid w:val="0047418C"/>
+    <w:rsid w:val="004744A5"/>
     <w:rsid w:val="00475025"/>
     <w:rsid w:val="004752E6"/>
     <w:rsid w:val="00475982"/>
     <w:rsid w:val="00475DA4"/>
     <w:rsid w:val="00476122"/>
     <w:rsid w:val="0047632F"/>
     <w:rsid w:val="0047659A"/>
     <w:rsid w:val="00476EA7"/>
     <w:rsid w:val="00477992"/>
     <w:rsid w:val="00477DDF"/>
     <w:rsid w:val="00480784"/>
     <w:rsid w:val="0048091F"/>
     <w:rsid w:val="004809C0"/>
     <w:rsid w:val="00480A60"/>
     <w:rsid w:val="00480E10"/>
     <w:rsid w:val="0048135A"/>
     <w:rsid w:val="00481425"/>
     <w:rsid w:val="00481615"/>
     <w:rsid w:val="00482875"/>
     <w:rsid w:val="00482C3E"/>
     <w:rsid w:val="00482F90"/>
     <w:rsid w:val="00483AFF"/>
     <w:rsid w:val="00483D99"/>
     <w:rsid w:val="004845C3"/>
     <w:rsid w:val="004845EC"/>
     <w:rsid w:val="0048460D"/>
     <w:rsid w:val="00484D96"/>
     <w:rsid w:val="00484F96"/>
     <w:rsid w:val="00485996"/>
     <w:rsid w:val="0048642D"/>
     <w:rsid w:val="004867C6"/>
     <w:rsid w:val="00487455"/>
     <w:rsid w:val="00487A54"/>
     <w:rsid w:val="00490EB5"/>
     <w:rsid w:val="0049109E"/>
     <w:rsid w:val="004919E2"/>
     <w:rsid w:val="00491C81"/>
     <w:rsid w:val="00491D32"/>
     <w:rsid w:val="00491E4D"/>
+    <w:rsid w:val="004920AF"/>
     <w:rsid w:val="00492CC3"/>
     <w:rsid w:val="00493044"/>
     <w:rsid w:val="00493238"/>
     <w:rsid w:val="00493421"/>
     <w:rsid w:val="00493515"/>
     <w:rsid w:val="00493B0A"/>
     <w:rsid w:val="00493CCD"/>
     <w:rsid w:val="00493D08"/>
     <w:rsid w:val="00494B2F"/>
     <w:rsid w:val="00495251"/>
     <w:rsid w:val="0049540A"/>
     <w:rsid w:val="004956F6"/>
     <w:rsid w:val="00495A72"/>
     <w:rsid w:val="00495FD4"/>
     <w:rsid w:val="004963C0"/>
     <w:rsid w:val="0049777A"/>
     <w:rsid w:val="00497BD7"/>
     <w:rsid w:val="00497CF1"/>
     <w:rsid w:val="00497F56"/>
     <w:rsid w:val="004A000D"/>
     <w:rsid w:val="004A0123"/>
     <w:rsid w:val="004A019D"/>
     <w:rsid w:val="004A027B"/>
     <w:rsid w:val="004A07FA"/>
     <w:rsid w:val="004A0E01"/>
@@ -26490,50 +27354,51 @@
     <w:rsid w:val="00501E28"/>
     <w:rsid w:val="005023F4"/>
     <w:rsid w:val="0050272B"/>
     <w:rsid w:val="00502B07"/>
     <w:rsid w:val="00502D1B"/>
     <w:rsid w:val="00502F88"/>
     <w:rsid w:val="0050384E"/>
     <w:rsid w:val="00504258"/>
     <w:rsid w:val="0050438D"/>
     <w:rsid w:val="005043CE"/>
     <w:rsid w:val="00504788"/>
     <w:rsid w:val="00504DDC"/>
     <w:rsid w:val="00504FC3"/>
     <w:rsid w:val="00506534"/>
     <w:rsid w:val="00506646"/>
     <w:rsid w:val="0050681A"/>
     <w:rsid w:val="00506B17"/>
     <w:rsid w:val="00506E58"/>
     <w:rsid w:val="00506FF3"/>
     <w:rsid w:val="005074EF"/>
     <w:rsid w:val="00507A5B"/>
     <w:rsid w:val="00507FA3"/>
     <w:rsid w:val="00510161"/>
     <w:rsid w:val="0051083C"/>
     <w:rsid w:val="00511804"/>
+    <w:rsid w:val="005118FD"/>
     <w:rsid w:val="00511B4C"/>
     <w:rsid w:val="00511CB9"/>
     <w:rsid w:val="00511D19"/>
     <w:rsid w:val="00511E32"/>
     <w:rsid w:val="00512308"/>
     <w:rsid w:val="005131F9"/>
     <w:rsid w:val="00513338"/>
     <w:rsid w:val="00513377"/>
     <w:rsid w:val="005133EA"/>
     <w:rsid w:val="005134C2"/>
     <w:rsid w:val="00513833"/>
     <w:rsid w:val="00513BB2"/>
     <w:rsid w:val="00514136"/>
     <w:rsid w:val="00514825"/>
     <w:rsid w:val="00514D92"/>
     <w:rsid w:val="00514E28"/>
     <w:rsid w:val="005150C5"/>
     <w:rsid w:val="005151D4"/>
     <w:rsid w:val="0051584A"/>
     <w:rsid w:val="00515B56"/>
     <w:rsid w:val="00515EC3"/>
     <w:rsid w:val="00515F38"/>
     <w:rsid w:val="00516279"/>
     <w:rsid w:val="00516447"/>
     <w:rsid w:val="0051670E"/>
@@ -26742,50 +27607,51 @@
     <w:rsid w:val="00595108"/>
     <w:rsid w:val="00595134"/>
     <w:rsid w:val="0059525A"/>
     <w:rsid w:val="00595342"/>
     <w:rsid w:val="00595B0F"/>
     <w:rsid w:val="00595CE9"/>
     <w:rsid w:val="00595D09"/>
     <w:rsid w:val="005961BD"/>
     <w:rsid w:val="00596410"/>
     <w:rsid w:val="005966AE"/>
     <w:rsid w:val="00596752"/>
     <w:rsid w:val="00596E24"/>
     <w:rsid w:val="005977B8"/>
     <w:rsid w:val="00597905"/>
     <w:rsid w:val="00597A48"/>
     <w:rsid w:val="005A0258"/>
     <w:rsid w:val="005A03C2"/>
     <w:rsid w:val="005A06FE"/>
     <w:rsid w:val="005A0705"/>
     <w:rsid w:val="005A0937"/>
     <w:rsid w:val="005A0BA9"/>
     <w:rsid w:val="005A1039"/>
     <w:rsid w:val="005A12BC"/>
     <w:rsid w:val="005A1533"/>
     <w:rsid w:val="005A1A75"/>
+    <w:rsid w:val="005A1D85"/>
     <w:rsid w:val="005A1F5C"/>
     <w:rsid w:val="005A202B"/>
     <w:rsid w:val="005A21C6"/>
     <w:rsid w:val="005A2754"/>
     <w:rsid w:val="005A2878"/>
     <w:rsid w:val="005A2C2B"/>
     <w:rsid w:val="005A3226"/>
     <w:rsid w:val="005A3986"/>
     <w:rsid w:val="005A3A2D"/>
     <w:rsid w:val="005A3DC8"/>
     <w:rsid w:val="005A3E65"/>
     <w:rsid w:val="005A455D"/>
     <w:rsid w:val="005A4667"/>
     <w:rsid w:val="005A4AB0"/>
     <w:rsid w:val="005A4E61"/>
     <w:rsid w:val="005A534B"/>
     <w:rsid w:val="005A5356"/>
     <w:rsid w:val="005A595C"/>
     <w:rsid w:val="005A5C4D"/>
     <w:rsid w:val="005A5FA8"/>
     <w:rsid w:val="005A63F5"/>
     <w:rsid w:val="005A640F"/>
     <w:rsid w:val="005A64A3"/>
     <w:rsid w:val="005A7D44"/>
     <w:rsid w:val="005A7F19"/>
@@ -26971,50 +27837,51 @@
     <w:rsid w:val="006201C6"/>
     <w:rsid w:val="00620242"/>
     <w:rsid w:val="00620ECF"/>
     <w:rsid w:val="00621256"/>
     <w:rsid w:val="006219BA"/>
     <w:rsid w:val="00621BA7"/>
     <w:rsid w:val="00621DCA"/>
     <w:rsid w:val="00621EE2"/>
     <w:rsid w:val="006220A4"/>
     <w:rsid w:val="00622307"/>
     <w:rsid w:val="00622D59"/>
     <w:rsid w:val="00622F5C"/>
     <w:rsid w:val="00622F5E"/>
     <w:rsid w:val="00623467"/>
     <w:rsid w:val="0062348E"/>
     <w:rsid w:val="0062359E"/>
     <w:rsid w:val="00624184"/>
     <w:rsid w:val="00624246"/>
     <w:rsid w:val="0062454C"/>
     <w:rsid w:val="0062468D"/>
     <w:rsid w:val="00624750"/>
     <w:rsid w:val="00624765"/>
     <w:rsid w:val="00625157"/>
     <w:rsid w:val="006251E4"/>
     <w:rsid w:val="0062541B"/>
+    <w:rsid w:val="0062586F"/>
     <w:rsid w:val="00625F3D"/>
     <w:rsid w:val="006268EB"/>
     <w:rsid w:val="00626FDA"/>
     <w:rsid w:val="00630650"/>
     <w:rsid w:val="0063093E"/>
     <w:rsid w:val="00630CB1"/>
     <w:rsid w:val="006310F6"/>
     <w:rsid w:val="00631458"/>
     <w:rsid w:val="006314C6"/>
     <w:rsid w:val="006316E0"/>
     <w:rsid w:val="006317D2"/>
     <w:rsid w:val="00631975"/>
     <w:rsid w:val="00632884"/>
     <w:rsid w:val="00632D81"/>
     <w:rsid w:val="00632EC7"/>
     <w:rsid w:val="00632F85"/>
     <w:rsid w:val="00633557"/>
     <w:rsid w:val="00633E0E"/>
     <w:rsid w:val="00633F74"/>
     <w:rsid w:val="006344F5"/>
     <w:rsid w:val="0063450C"/>
     <w:rsid w:val="00634AC3"/>
     <w:rsid w:val="00634FA5"/>
     <w:rsid w:val="006351A2"/>
     <w:rsid w:val="006353BA"/>
@@ -27083,50 +27950,51 @@
     <w:rsid w:val="00657D21"/>
     <w:rsid w:val="0066070F"/>
     <w:rsid w:val="00660A24"/>
     <w:rsid w:val="00660B8E"/>
     <w:rsid w:val="00661A2B"/>
     <w:rsid w:val="00661B9D"/>
     <w:rsid w:val="0066226E"/>
     <w:rsid w:val="006626DD"/>
     <w:rsid w:val="00662C9A"/>
     <w:rsid w:val="00663335"/>
     <w:rsid w:val="006637A8"/>
     <w:rsid w:val="00663844"/>
     <w:rsid w:val="0066392F"/>
     <w:rsid w:val="00663F0B"/>
     <w:rsid w:val="00664554"/>
     <w:rsid w:val="006648D2"/>
     <w:rsid w:val="00664D8F"/>
     <w:rsid w:val="00664F00"/>
     <w:rsid w:val="00665202"/>
     <w:rsid w:val="006659DA"/>
     <w:rsid w:val="00665A92"/>
     <w:rsid w:val="00665CC5"/>
     <w:rsid w:val="006664D8"/>
     <w:rsid w:val="00666503"/>
     <w:rsid w:val="00666649"/>
+    <w:rsid w:val="006667CD"/>
     <w:rsid w:val="00666816"/>
     <w:rsid w:val="00666A4E"/>
     <w:rsid w:val="00666ACC"/>
     <w:rsid w:val="00666B28"/>
     <w:rsid w:val="00666E4C"/>
     <w:rsid w:val="006673BB"/>
     <w:rsid w:val="006673BC"/>
     <w:rsid w:val="006676CF"/>
     <w:rsid w:val="00667C37"/>
     <w:rsid w:val="00667D22"/>
     <w:rsid w:val="00667D7B"/>
     <w:rsid w:val="00667E26"/>
     <w:rsid w:val="006700E9"/>
     <w:rsid w:val="00670955"/>
     <w:rsid w:val="006709BC"/>
     <w:rsid w:val="00671BFA"/>
     <w:rsid w:val="00671DFC"/>
     <w:rsid w:val="006724F3"/>
     <w:rsid w:val="006729BA"/>
     <w:rsid w:val="00672EDB"/>
     <w:rsid w:val="00674652"/>
     <w:rsid w:val="00674E3D"/>
     <w:rsid w:val="00675450"/>
     <w:rsid w:val="006756E0"/>
     <w:rsid w:val="00675C65"/>
@@ -27637,50 +28505,51 @@
     <w:rsid w:val="007B524F"/>
     <w:rsid w:val="007B573A"/>
     <w:rsid w:val="007B5864"/>
     <w:rsid w:val="007B5FBA"/>
     <w:rsid w:val="007B666D"/>
     <w:rsid w:val="007B66AC"/>
     <w:rsid w:val="007B6A7E"/>
     <w:rsid w:val="007B6B29"/>
     <w:rsid w:val="007B7D70"/>
     <w:rsid w:val="007B7F34"/>
     <w:rsid w:val="007C008D"/>
     <w:rsid w:val="007C094D"/>
     <w:rsid w:val="007C0F67"/>
     <w:rsid w:val="007C1DB8"/>
     <w:rsid w:val="007C24FB"/>
     <w:rsid w:val="007C2817"/>
     <w:rsid w:val="007C2B51"/>
     <w:rsid w:val="007C2D29"/>
     <w:rsid w:val="007C2FD9"/>
     <w:rsid w:val="007C3D73"/>
     <w:rsid w:val="007C44CB"/>
     <w:rsid w:val="007C4768"/>
     <w:rsid w:val="007C54DB"/>
     <w:rsid w:val="007C583F"/>
     <w:rsid w:val="007C5900"/>
+    <w:rsid w:val="007C5D0C"/>
     <w:rsid w:val="007C5EC9"/>
     <w:rsid w:val="007C61D2"/>
     <w:rsid w:val="007C6CF1"/>
     <w:rsid w:val="007C70AA"/>
     <w:rsid w:val="007C7A4A"/>
     <w:rsid w:val="007C7AE0"/>
     <w:rsid w:val="007D0521"/>
     <w:rsid w:val="007D0555"/>
     <w:rsid w:val="007D064B"/>
     <w:rsid w:val="007D07D9"/>
     <w:rsid w:val="007D09E6"/>
     <w:rsid w:val="007D0C0F"/>
     <w:rsid w:val="007D1167"/>
     <w:rsid w:val="007D1F71"/>
     <w:rsid w:val="007D1FE3"/>
     <w:rsid w:val="007D20D9"/>
     <w:rsid w:val="007D23B7"/>
     <w:rsid w:val="007D24BB"/>
     <w:rsid w:val="007D2A9B"/>
     <w:rsid w:val="007D3048"/>
     <w:rsid w:val="007D37A5"/>
     <w:rsid w:val="007D41AF"/>
     <w:rsid w:val="007D4A0D"/>
     <w:rsid w:val="007D4D72"/>
     <w:rsid w:val="007D4D94"/>
@@ -27711,50 +28580,51 @@
     <w:rsid w:val="007E6149"/>
     <w:rsid w:val="007E6A8C"/>
     <w:rsid w:val="007E6E51"/>
     <w:rsid w:val="007E6E7F"/>
     <w:rsid w:val="007E6F0E"/>
     <w:rsid w:val="007E762E"/>
     <w:rsid w:val="007E7ABE"/>
     <w:rsid w:val="007E7C61"/>
     <w:rsid w:val="007F0CDE"/>
     <w:rsid w:val="007F0F52"/>
     <w:rsid w:val="007F108B"/>
     <w:rsid w:val="007F1574"/>
     <w:rsid w:val="007F1720"/>
     <w:rsid w:val="007F18CA"/>
     <w:rsid w:val="007F1A03"/>
     <w:rsid w:val="007F20A6"/>
     <w:rsid w:val="007F280B"/>
     <w:rsid w:val="007F2B86"/>
     <w:rsid w:val="007F2C27"/>
     <w:rsid w:val="007F361A"/>
     <w:rsid w:val="007F46A1"/>
     <w:rsid w:val="007F4E97"/>
     <w:rsid w:val="007F5076"/>
     <w:rsid w:val="007F523B"/>
     <w:rsid w:val="007F52FA"/>
+    <w:rsid w:val="007F5CA7"/>
     <w:rsid w:val="007F5E5D"/>
     <w:rsid w:val="007F5F99"/>
     <w:rsid w:val="007F61A4"/>
     <w:rsid w:val="007F7740"/>
     <w:rsid w:val="007F7B12"/>
     <w:rsid w:val="00800171"/>
     <w:rsid w:val="00800380"/>
     <w:rsid w:val="00800AB8"/>
     <w:rsid w:val="00800BAA"/>
     <w:rsid w:val="00800BCE"/>
     <w:rsid w:val="00800E9C"/>
     <w:rsid w:val="0080104A"/>
     <w:rsid w:val="00801381"/>
     <w:rsid w:val="00802319"/>
     <w:rsid w:val="008024EE"/>
     <w:rsid w:val="00802718"/>
     <w:rsid w:val="0080295B"/>
     <w:rsid w:val="00802D06"/>
     <w:rsid w:val="008035B3"/>
     <w:rsid w:val="008036C6"/>
     <w:rsid w:val="00803882"/>
     <w:rsid w:val="00803BBB"/>
     <w:rsid w:val="00803BD8"/>
     <w:rsid w:val="008040ED"/>
     <w:rsid w:val="0080427D"/>
@@ -27787,50 +28657,51 @@
     <w:rsid w:val="0081786A"/>
     <w:rsid w:val="00817B91"/>
     <w:rsid w:val="008200BD"/>
     <w:rsid w:val="00820106"/>
     <w:rsid w:val="0082048B"/>
     <w:rsid w:val="008204F6"/>
     <w:rsid w:val="008209B8"/>
     <w:rsid w:val="00820B51"/>
     <w:rsid w:val="00820F13"/>
     <w:rsid w:val="0082151F"/>
     <w:rsid w:val="00821B56"/>
     <w:rsid w:val="008220DD"/>
     <w:rsid w:val="00822F94"/>
     <w:rsid w:val="008234A6"/>
     <w:rsid w:val="008249A6"/>
     <w:rsid w:val="00824B58"/>
     <w:rsid w:val="008251FA"/>
     <w:rsid w:val="00825271"/>
     <w:rsid w:val="00825387"/>
     <w:rsid w:val="00825AB6"/>
     <w:rsid w:val="00825BF6"/>
     <w:rsid w:val="0082614B"/>
     <w:rsid w:val="008262D7"/>
     <w:rsid w:val="0082682E"/>
     <w:rsid w:val="00826CE0"/>
+    <w:rsid w:val="008270FF"/>
     <w:rsid w:val="0082784B"/>
     <w:rsid w:val="0082785E"/>
     <w:rsid w:val="00827E70"/>
     <w:rsid w:val="008301A2"/>
     <w:rsid w:val="00830454"/>
     <w:rsid w:val="0083077D"/>
     <w:rsid w:val="00830CD0"/>
     <w:rsid w:val="00831876"/>
     <w:rsid w:val="0083198F"/>
     <w:rsid w:val="0083213B"/>
     <w:rsid w:val="008329A9"/>
     <w:rsid w:val="00832C4E"/>
     <w:rsid w:val="00832CE2"/>
     <w:rsid w:val="008332F4"/>
     <w:rsid w:val="00833378"/>
     <w:rsid w:val="00833AFD"/>
     <w:rsid w:val="00833B99"/>
     <w:rsid w:val="00833DAC"/>
     <w:rsid w:val="00834059"/>
     <w:rsid w:val="00834B42"/>
     <w:rsid w:val="00834DF1"/>
     <w:rsid w:val="00835644"/>
     <w:rsid w:val="00835A9A"/>
     <w:rsid w:val="00836BC9"/>
     <w:rsid w:val="00837172"/>
@@ -28077,50 +28948,51 @@
     <w:rsid w:val="008C5E2E"/>
     <w:rsid w:val="008C6212"/>
     <w:rsid w:val="008C68B5"/>
     <w:rsid w:val="008C6A68"/>
     <w:rsid w:val="008C6EE2"/>
     <w:rsid w:val="008C71FE"/>
     <w:rsid w:val="008C73C3"/>
     <w:rsid w:val="008C7622"/>
     <w:rsid w:val="008C7735"/>
     <w:rsid w:val="008C7951"/>
     <w:rsid w:val="008D11A7"/>
     <w:rsid w:val="008D1A6C"/>
     <w:rsid w:val="008D1CCC"/>
     <w:rsid w:val="008D1FD7"/>
     <w:rsid w:val="008D21CA"/>
     <w:rsid w:val="008D28FE"/>
     <w:rsid w:val="008D2D17"/>
     <w:rsid w:val="008D2DDD"/>
     <w:rsid w:val="008D2F70"/>
     <w:rsid w:val="008D318A"/>
     <w:rsid w:val="008D31BA"/>
     <w:rsid w:val="008D37A6"/>
     <w:rsid w:val="008D3892"/>
     <w:rsid w:val="008D3EB3"/>
     <w:rsid w:val="008D3F41"/>
+    <w:rsid w:val="008D428B"/>
     <w:rsid w:val="008D4B97"/>
     <w:rsid w:val="008D4FF5"/>
     <w:rsid w:val="008D5138"/>
     <w:rsid w:val="008D54C5"/>
     <w:rsid w:val="008D630E"/>
     <w:rsid w:val="008D670A"/>
     <w:rsid w:val="008D6837"/>
     <w:rsid w:val="008D6B80"/>
     <w:rsid w:val="008D6C39"/>
     <w:rsid w:val="008D6FB5"/>
     <w:rsid w:val="008D72B2"/>
     <w:rsid w:val="008E0340"/>
     <w:rsid w:val="008E041D"/>
     <w:rsid w:val="008E06F2"/>
     <w:rsid w:val="008E085D"/>
     <w:rsid w:val="008E174F"/>
     <w:rsid w:val="008E179F"/>
     <w:rsid w:val="008E1D0F"/>
     <w:rsid w:val="008E2535"/>
     <w:rsid w:val="008E26A5"/>
     <w:rsid w:val="008E2C9D"/>
     <w:rsid w:val="008E35F9"/>
     <w:rsid w:val="008E3BEE"/>
     <w:rsid w:val="008E3FA6"/>
     <w:rsid w:val="008E4202"/>
@@ -28251,50 +29123,51 @@
     <w:rsid w:val="00936661"/>
     <w:rsid w:val="009369A0"/>
     <w:rsid w:val="00936D40"/>
     <w:rsid w:val="009372BC"/>
     <w:rsid w:val="0093786A"/>
     <w:rsid w:val="0094112B"/>
     <w:rsid w:val="009412AE"/>
     <w:rsid w:val="0094131C"/>
     <w:rsid w:val="009420A2"/>
     <w:rsid w:val="00943337"/>
     <w:rsid w:val="0094354C"/>
     <w:rsid w:val="009436BE"/>
     <w:rsid w:val="00943764"/>
     <w:rsid w:val="00943E7F"/>
     <w:rsid w:val="00943F79"/>
     <w:rsid w:val="00944B4D"/>
     <w:rsid w:val="00944F65"/>
     <w:rsid w:val="0094508D"/>
     <w:rsid w:val="00945599"/>
     <w:rsid w:val="00945CFD"/>
     <w:rsid w:val="009460DE"/>
     <w:rsid w:val="00946422"/>
     <w:rsid w:val="00946851"/>
     <w:rsid w:val="00946FCC"/>
     <w:rsid w:val="00947130"/>
+    <w:rsid w:val="0094719A"/>
     <w:rsid w:val="0094764B"/>
     <w:rsid w:val="0094780B"/>
     <w:rsid w:val="00947BC3"/>
     <w:rsid w:val="00947E07"/>
     <w:rsid w:val="009512F4"/>
     <w:rsid w:val="00951701"/>
     <w:rsid w:val="00951F5B"/>
     <w:rsid w:val="0095243C"/>
     <w:rsid w:val="0095264E"/>
     <w:rsid w:val="00952A39"/>
     <w:rsid w:val="00952CD9"/>
     <w:rsid w:val="009535C7"/>
     <w:rsid w:val="00953DE7"/>
     <w:rsid w:val="00953DF8"/>
     <w:rsid w:val="00953EBB"/>
     <w:rsid w:val="00954043"/>
     <w:rsid w:val="009541EC"/>
     <w:rsid w:val="00954506"/>
     <w:rsid w:val="0095461C"/>
     <w:rsid w:val="009548F0"/>
     <w:rsid w:val="009558B7"/>
     <w:rsid w:val="009559A0"/>
     <w:rsid w:val="00955A80"/>
     <w:rsid w:val="009560A9"/>
     <w:rsid w:val="00956F56"/>
@@ -28414,50 +29287,51 @@
     <w:rsid w:val="009B1861"/>
     <w:rsid w:val="009B2060"/>
     <w:rsid w:val="009B2099"/>
     <w:rsid w:val="009B214B"/>
     <w:rsid w:val="009B274E"/>
     <w:rsid w:val="009B298E"/>
     <w:rsid w:val="009B2DA2"/>
     <w:rsid w:val="009B2E3D"/>
     <w:rsid w:val="009B39C7"/>
     <w:rsid w:val="009B3A20"/>
     <w:rsid w:val="009B3F3F"/>
     <w:rsid w:val="009B4023"/>
     <w:rsid w:val="009B41AC"/>
     <w:rsid w:val="009B485E"/>
     <w:rsid w:val="009B4AB3"/>
     <w:rsid w:val="009B4D40"/>
     <w:rsid w:val="009B4EAA"/>
     <w:rsid w:val="009B5131"/>
     <w:rsid w:val="009B52B7"/>
     <w:rsid w:val="009B54CD"/>
     <w:rsid w:val="009B5CC7"/>
     <w:rsid w:val="009B601C"/>
     <w:rsid w:val="009B62D5"/>
     <w:rsid w:val="009B65A3"/>
     <w:rsid w:val="009C04CB"/>
+    <w:rsid w:val="009C06B2"/>
     <w:rsid w:val="009C08B7"/>
     <w:rsid w:val="009C0D72"/>
     <w:rsid w:val="009C11B8"/>
     <w:rsid w:val="009C15B9"/>
     <w:rsid w:val="009C1ECD"/>
     <w:rsid w:val="009C275B"/>
     <w:rsid w:val="009C3CB9"/>
     <w:rsid w:val="009C4008"/>
     <w:rsid w:val="009C46AC"/>
     <w:rsid w:val="009C49ED"/>
     <w:rsid w:val="009C599A"/>
     <w:rsid w:val="009C5AD8"/>
     <w:rsid w:val="009C5C60"/>
     <w:rsid w:val="009C6A52"/>
     <w:rsid w:val="009C6BB8"/>
     <w:rsid w:val="009C6F94"/>
     <w:rsid w:val="009C769F"/>
     <w:rsid w:val="009D08E2"/>
     <w:rsid w:val="009D0F83"/>
     <w:rsid w:val="009D0FE1"/>
     <w:rsid w:val="009D12D8"/>
     <w:rsid w:val="009D1970"/>
     <w:rsid w:val="009D1CF0"/>
     <w:rsid w:val="009D2DE7"/>
     <w:rsid w:val="009D2EFD"/>
@@ -28723,116 +29597,119 @@
     <w:rsid w:val="00A800CD"/>
     <w:rsid w:val="00A80256"/>
     <w:rsid w:val="00A80360"/>
     <w:rsid w:val="00A8084E"/>
     <w:rsid w:val="00A80E0F"/>
     <w:rsid w:val="00A81426"/>
     <w:rsid w:val="00A81D67"/>
     <w:rsid w:val="00A81E2B"/>
     <w:rsid w:val="00A8273C"/>
     <w:rsid w:val="00A82EE7"/>
     <w:rsid w:val="00A831DA"/>
     <w:rsid w:val="00A83E4F"/>
     <w:rsid w:val="00A84325"/>
     <w:rsid w:val="00A84D37"/>
     <w:rsid w:val="00A866DC"/>
     <w:rsid w:val="00A87130"/>
     <w:rsid w:val="00A876A9"/>
     <w:rsid w:val="00A87A58"/>
     <w:rsid w:val="00A9060E"/>
     <w:rsid w:val="00A907CD"/>
     <w:rsid w:val="00A91001"/>
     <w:rsid w:val="00A916B8"/>
     <w:rsid w:val="00A91F47"/>
     <w:rsid w:val="00A921B4"/>
     <w:rsid w:val="00A923EE"/>
+    <w:rsid w:val="00A92873"/>
     <w:rsid w:val="00A929B1"/>
     <w:rsid w:val="00A92CEC"/>
     <w:rsid w:val="00A92F99"/>
     <w:rsid w:val="00A9321E"/>
     <w:rsid w:val="00A9325F"/>
     <w:rsid w:val="00A93C5B"/>
     <w:rsid w:val="00A9430F"/>
     <w:rsid w:val="00A94A75"/>
     <w:rsid w:val="00A94C72"/>
     <w:rsid w:val="00A94CCE"/>
     <w:rsid w:val="00A9519E"/>
     <w:rsid w:val="00A95A65"/>
     <w:rsid w:val="00A95D09"/>
     <w:rsid w:val="00A95F45"/>
     <w:rsid w:val="00A96457"/>
     <w:rsid w:val="00A96592"/>
     <w:rsid w:val="00A968F7"/>
     <w:rsid w:val="00A97043"/>
     <w:rsid w:val="00A970EC"/>
     <w:rsid w:val="00A979B2"/>
     <w:rsid w:val="00AA0475"/>
     <w:rsid w:val="00AA04BD"/>
     <w:rsid w:val="00AA04D2"/>
     <w:rsid w:val="00AA0559"/>
     <w:rsid w:val="00AA09F5"/>
     <w:rsid w:val="00AA0BBF"/>
     <w:rsid w:val="00AA0BC6"/>
     <w:rsid w:val="00AA0CEE"/>
+    <w:rsid w:val="00AA112D"/>
     <w:rsid w:val="00AA179A"/>
     <w:rsid w:val="00AA17DC"/>
     <w:rsid w:val="00AA2117"/>
     <w:rsid w:val="00AA24F5"/>
     <w:rsid w:val="00AA327F"/>
     <w:rsid w:val="00AA35D6"/>
     <w:rsid w:val="00AA3642"/>
     <w:rsid w:val="00AA4D44"/>
     <w:rsid w:val="00AA5BF7"/>
     <w:rsid w:val="00AA6138"/>
     <w:rsid w:val="00AA6402"/>
     <w:rsid w:val="00AA7DE3"/>
     <w:rsid w:val="00AB0878"/>
     <w:rsid w:val="00AB0CF1"/>
     <w:rsid w:val="00AB0EE8"/>
     <w:rsid w:val="00AB0F7F"/>
     <w:rsid w:val="00AB211E"/>
     <w:rsid w:val="00AB2611"/>
     <w:rsid w:val="00AB2644"/>
     <w:rsid w:val="00AB29DA"/>
     <w:rsid w:val="00AB315D"/>
     <w:rsid w:val="00AB34E4"/>
     <w:rsid w:val="00AB39FB"/>
     <w:rsid w:val="00AB3FFD"/>
     <w:rsid w:val="00AB405A"/>
     <w:rsid w:val="00AB425A"/>
     <w:rsid w:val="00AB498D"/>
     <w:rsid w:val="00AB4E43"/>
     <w:rsid w:val="00AB4E5F"/>
     <w:rsid w:val="00AB58CE"/>
     <w:rsid w:val="00AB5EB5"/>
     <w:rsid w:val="00AB5ED1"/>
     <w:rsid w:val="00AB72CB"/>
     <w:rsid w:val="00AB7D22"/>
     <w:rsid w:val="00AC07E7"/>
     <w:rsid w:val="00AC0B6A"/>
     <w:rsid w:val="00AC1860"/>
     <w:rsid w:val="00AC1E9E"/>
+    <w:rsid w:val="00AC1FB0"/>
     <w:rsid w:val="00AC214E"/>
     <w:rsid w:val="00AC2465"/>
     <w:rsid w:val="00AC2BD8"/>
     <w:rsid w:val="00AC32AA"/>
     <w:rsid w:val="00AC3858"/>
     <w:rsid w:val="00AC3F4D"/>
     <w:rsid w:val="00AC400C"/>
     <w:rsid w:val="00AC4043"/>
     <w:rsid w:val="00AC417E"/>
     <w:rsid w:val="00AC4318"/>
     <w:rsid w:val="00AC4379"/>
     <w:rsid w:val="00AC5356"/>
     <w:rsid w:val="00AC5CCF"/>
     <w:rsid w:val="00AC6539"/>
     <w:rsid w:val="00AC6815"/>
     <w:rsid w:val="00AC6DC9"/>
     <w:rsid w:val="00AC7116"/>
     <w:rsid w:val="00AC75CF"/>
     <w:rsid w:val="00AC7695"/>
     <w:rsid w:val="00AC7F57"/>
     <w:rsid w:val="00AD02A0"/>
     <w:rsid w:val="00AD03B1"/>
     <w:rsid w:val="00AD06A5"/>
     <w:rsid w:val="00AD0A7A"/>
     <w:rsid w:val="00AD0EA3"/>
@@ -28929,50 +29806,51 @@
     <w:rsid w:val="00B11350"/>
     <w:rsid w:val="00B11489"/>
     <w:rsid w:val="00B1168A"/>
     <w:rsid w:val="00B11FB8"/>
     <w:rsid w:val="00B12A55"/>
     <w:rsid w:val="00B12D67"/>
     <w:rsid w:val="00B1327D"/>
     <w:rsid w:val="00B14286"/>
     <w:rsid w:val="00B142B5"/>
     <w:rsid w:val="00B142C7"/>
     <w:rsid w:val="00B1436C"/>
     <w:rsid w:val="00B14C59"/>
     <w:rsid w:val="00B151E2"/>
     <w:rsid w:val="00B15265"/>
     <w:rsid w:val="00B152BF"/>
     <w:rsid w:val="00B154E5"/>
     <w:rsid w:val="00B15794"/>
     <w:rsid w:val="00B15B3F"/>
     <w:rsid w:val="00B15B48"/>
     <w:rsid w:val="00B16931"/>
     <w:rsid w:val="00B16A2E"/>
     <w:rsid w:val="00B16A8E"/>
     <w:rsid w:val="00B16D23"/>
     <w:rsid w:val="00B17154"/>
     <w:rsid w:val="00B171F7"/>
+    <w:rsid w:val="00B1746E"/>
     <w:rsid w:val="00B17711"/>
     <w:rsid w:val="00B1797E"/>
     <w:rsid w:val="00B17B22"/>
     <w:rsid w:val="00B203B5"/>
     <w:rsid w:val="00B2049E"/>
     <w:rsid w:val="00B20511"/>
     <w:rsid w:val="00B20F7B"/>
     <w:rsid w:val="00B2154F"/>
     <w:rsid w:val="00B21A5B"/>
     <w:rsid w:val="00B21B46"/>
     <w:rsid w:val="00B22304"/>
     <w:rsid w:val="00B22C90"/>
     <w:rsid w:val="00B22CBA"/>
     <w:rsid w:val="00B22DEF"/>
     <w:rsid w:val="00B240ED"/>
     <w:rsid w:val="00B24470"/>
     <w:rsid w:val="00B24699"/>
     <w:rsid w:val="00B24883"/>
     <w:rsid w:val="00B257BB"/>
     <w:rsid w:val="00B258E1"/>
     <w:rsid w:val="00B25BD5"/>
     <w:rsid w:val="00B26056"/>
     <w:rsid w:val="00B26332"/>
     <w:rsid w:val="00B264A7"/>
     <w:rsid w:val="00B2661C"/>
@@ -29297,110 +30175,113 @@
     <w:rsid w:val="00BE190A"/>
     <w:rsid w:val="00BE27CC"/>
     <w:rsid w:val="00BE2C5A"/>
     <w:rsid w:val="00BE2CA3"/>
     <w:rsid w:val="00BE32B1"/>
     <w:rsid w:val="00BE369A"/>
     <w:rsid w:val="00BE44A4"/>
     <w:rsid w:val="00BE48AA"/>
     <w:rsid w:val="00BE4A40"/>
     <w:rsid w:val="00BE5195"/>
     <w:rsid w:val="00BE54AF"/>
     <w:rsid w:val="00BE5560"/>
     <w:rsid w:val="00BE61AC"/>
     <w:rsid w:val="00BE6775"/>
     <w:rsid w:val="00BE70F4"/>
     <w:rsid w:val="00BE7560"/>
     <w:rsid w:val="00BE757C"/>
     <w:rsid w:val="00BE76D0"/>
     <w:rsid w:val="00BE79BC"/>
     <w:rsid w:val="00BE7EC5"/>
     <w:rsid w:val="00BF00EC"/>
     <w:rsid w:val="00BF02B3"/>
     <w:rsid w:val="00BF0FFF"/>
     <w:rsid w:val="00BF1738"/>
     <w:rsid w:val="00BF2595"/>
+    <w:rsid w:val="00BF28ED"/>
     <w:rsid w:val="00BF33F5"/>
     <w:rsid w:val="00BF3A01"/>
     <w:rsid w:val="00BF3BAC"/>
     <w:rsid w:val="00BF54B9"/>
     <w:rsid w:val="00BF5B25"/>
     <w:rsid w:val="00BF7187"/>
     <w:rsid w:val="00BF761E"/>
     <w:rsid w:val="00BF77A9"/>
     <w:rsid w:val="00BF788F"/>
     <w:rsid w:val="00C00270"/>
     <w:rsid w:val="00C0028C"/>
     <w:rsid w:val="00C0068D"/>
     <w:rsid w:val="00C00EC0"/>
     <w:rsid w:val="00C00FB1"/>
     <w:rsid w:val="00C0123E"/>
     <w:rsid w:val="00C02022"/>
     <w:rsid w:val="00C02183"/>
     <w:rsid w:val="00C02C63"/>
     <w:rsid w:val="00C03325"/>
     <w:rsid w:val="00C04568"/>
     <w:rsid w:val="00C045FB"/>
     <w:rsid w:val="00C046CC"/>
     <w:rsid w:val="00C0483A"/>
     <w:rsid w:val="00C04963"/>
     <w:rsid w:val="00C0549D"/>
     <w:rsid w:val="00C05E08"/>
     <w:rsid w:val="00C06209"/>
     <w:rsid w:val="00C0641C"/>
     <w:rsid w:val="00C06B02"/>
     <w:rsid w:val="00C07250"/>
     <w:rsid w:val="00C0747A"/>
     <w:rsid w:val="00C07CB5"/>
     <w:rsid w:val="00C1031D"/>
     <w:rsid w:val="00C103B9"/>
     <w:rsid w:val="00C10433"/>
     <w:rsid w:val="00C109DA"/>
     <w:rsid w:val="00C10E2C"/>
     <w:rsid w:val="00C11382"/>
     <w:rsid w:val="00C117A7"/>
     <w:rsid w:val="00C11B7F"/>
     <w:rsid w:val="00C11D3B"/>
     <w:rsid w:val="00C11F35"/>
     <w:rsid w:val="00C1221F"/>
     <w:rsid w:val="00C12842"/>
     <w:rsid w:val="00C12A0F"/>
+    <w:rsid w:val="00C12B9B"/>
     <w:rsid w:val="00C12C41"/>
     <w:rsid w:val="00C12FCD"/>
     <w:rsid w:val="00C131BD"/>
     <w:rsid w:val="00C13755"/>
     <w:rsid w:val="00C13BF3"/>
     <w:rsid w:val="00C13EC9"/>
     <w:rsid w:val="00C14865"/>
     <w:rsid w:val="00C14A06"/>
     <w:rsid w:val="00C156FD"/>
     <w:rsid w:val="00C15816"/>
     <w:rsid w:val="00C16309"/>
     <w:rsid w:val="00C16601"/>
     <w:rsid w:val="00C1698D"/>
     <w:rsid w:val="00C16AC7"/>
     <w:rsid w:val="00C173B7"/>
+    <w:rsid w:val="00C1760C"/>
     <w:rsid w:val="00C17798"/>
     <w:rsid w:val="00C17836"/>
     <w:rsid w:val="00C17972"/>
     <w:rsid w:val="00C20018"/>
     <w:rsid w:val="00C2051C"/>
     <w:rsid w:val="00C20DED"/>
     <w:rsid w:val="00C21640"/>
     <w:rsid w:val="00C21F59"/>
     <w:rsid w:val="00C2214D"/>
     <w:rsid w:val="00C22199"/>
     <w:rsid w:val="00C221EB"/>
     <w:rsid w:val="00C22710"/>
     <w:rsid w:val="00C22985"/>
     <w:rsid w:val="00C232E0"/>
     <w:rsid w:val="00C236A1"/>
     <w:rsid w:val="00C240F1"/>
     <w:rsid w:val="00C24527"/>
     <w:rsid w:val="00C248DB"/>
     <w:rsid w:val="00C24BD5"/>
     <w:rsid w:val="00C24CC5"/>
     <w:rsid w:val="00C25422"/>
     <w:rsid w:val="00C25AC5"/>
     <w:rsid w:val="00C25C9B"/>
     <w:rsid w:val="00C25C9C"/>
     <w:rsid w:val="00C264FA"/>
@@ -29507,50 +30388,51 @@
     <w:rsid w:val="00C7367F"/>
     <w:rsid w:val="00C73B42"/>
     <w:rsid w:val="00C73C16"/>
     <w:rsid w:val="00C74A6A"/>
     <w:rsid w:val="00C74DB0"/>
     <w:rsid w:val="00C755ED"/>
     <w:rsid w:val="00C75914"/>
     <w:rsid w:val="00C759B2"/>
     <w:rsid w:val="00C75D6D"/>
     <w:rsid w:val="00C764DD"/>
     <w:rsid w:val="00C769C8"/>
     <w:rsid w:val="00C76B10"/>
     <w:rsid w:val="00C76C87"/>
     <w:rsid w:val="00C77C15"/>
     <w:rsid w:val="00C77FDB"/>
     <w:rsid w:val="00C80003"/>
     <w:rsid w:val="00C80375"/>
     <w:rsid w:val="00C8057F"/>
     <w:rsid w:val="00C80750"/>
     <w:rsid w:val="00C80D9B"/>
     <w:rsid w:val="00C8141C"/>
     <w:rsid w:val="00C818D3"/>
     <w:rsid w:val="00C81A37"/>
     <w:rsid w:val="00C81BC3"/>
     <w:rsid w:val="00C81C28"/>
+    <w:rsid w:val="00C81F72"/>
     <w:rsid w:val="00C821FD"/>
     <w:rsid w:val="00C8263B"/>
     <w:rsid w:val="00C8294A"/>
     <w:rsid w:val="00C82A99"/>
     <w:rsid w:val="00C8334E"/>
     <w:rsid w:val="00C833FC"/>
     <w:rsid w:val="00C837D4"/>
     <w:rsid w:val="00C83858"/>
     <w:rsid w:val="00C83E44"/>
     <w:rsid w:val="00C84240"/>
     <w:rsid w:val="00C85213"/>
     <w:rsid w:val="00C8598E"/>
     <w:rsid w:val="00C85C2D"/>
     <w:rsid w:val="00C85EA4"/>
     <w:rsid w:val="00C86429"/>
     <w:rsid w:val="00C86C88"/>
     <w:rsid w:val="00C86E35"/>
     <w:rsid w:val="00C870C5"/>
     <w:rsid w:val="00C87295"/>
     <w:rsid w:val="00C87F12"/>
     <w:rsid w:val="00C87FC9"/>
     <w:rsid w:val="00C902FB"/>
     <w:rsid w:val="00C9106D"/>
     <w:rsid w:val="00C91368"/>
     <w:rsid w:val="00C9213E"/>
@@ -29612,50 +30494,51 @@
     <w:rsid w:val="00CA74C6"/>
     <w:rsid w:val="00CA7992"/>
     <w:rsid w:val="00CA7AB6"/>
     <w:rsid w:val="00CA7F6E"/>
     <w:rsid w:val="00CB00F2"/>
     <w:rsid w:val="00CB0191"/>
     <w:rsid w:val="00CB0684"/>
     <w:rsid w:val="00CB1034"/>
     <w:rsid w:val="00CB10A5"/>
     <w:rsid w:val="00CB12EB"/>
     <w:rsid w:val="00CB27FF"/>
     <w:rsid w:val="00CB2CDD"/>
     <w:rsid w:val="00CB2E2F"/>
     <w:rsid w:val="00CB30C6"/>
     <w:rsid w:val="00CB33D7"/>
     <w:rsid w:val="00CB33FC"/>
     <w:rsid w:val="00CB360A"/>
     <w:rsid w:val="00CB3696"/>
     <w:rsid w:val="00CB3F07"/>
     <w:rsid w:val="00CB4FF1"/>
     <w:rsid w:val="00CB5640"/>
     <w:rsid w:val="00CB5AFC"/>
     <w:rsid w:val="00CB5B5C"/>
     <w:rsid w:val="00CB61C4"/>
     <w:rsid w:val="00CB6BA8"/>
+    <w:rsid w:val="00CB6BB5"/>
     <w:rsid w:val="00CB7E21"/>
     <w:rsid w:val="00CB7F39"/>
     <w:rsid w:val="00CC0BE2"/>
     <w:rsid w:val="00CC1B02"/>
     <w:rsid w:val="00CC2001"/>
     <w:rsid w:val="00CC258E"/>
     <w:rsid w:val="00CC2B3B"/>
     <w:rsid w:val="00CC2BB3"/>
     <w:rsid w:val="00CC2D61"/>
     <w:rsid w:val="00CC3014"/>
     <w:rsid w:val="00CC30F2"/>
     <w:rsid w:val="00CC3380"/>
     <w:rsid w:val="00CC3513"/>
     <w:rsid w:val="00CC367A"/>
     <w:rsid w:val="00CC38BA"/>
     <w:rsid w:val="00CC4601"/>
     <w:rsid w:val="00CC4BF2"/>
     <w:rsid w:val="00CC514F"/>
     <w:rsid w:val="00CC5EC6"/>
     <w:rsid w:val="00CC6282"/>
     <w:rsid w:val="00CC69E7"/>
     <w:rsid w:val="00CC6BEF"/>
     <w:rsid w:val="00CD00FD"/>
     <w:rsid w:val="00CD023C"/>
     <w:rsid w:val="00CD0547"/>
@@ -29673,50 +30556,51 @@
     <w:rsid w:val="00CD594C"/>
     <w:rsid w:val="00CD5979"/>
     <w:rsid w:val="00CD629E"/>
     <w:rsid w:val="00CD6AC7"/>
     <w:rsid w:val="00CD70F4"/>
     <w:rsid w:val="00CD74E6"/>
     <w:rsid w:val="00CD7705"/>
     <w:rsid w:val="00CE04A0"/>
     <w:rsid w:val="00CE0613"/>
     <w:rsid w:val="00CE0810"/>
     <w:rsid w:val="00CE096F"/>
     <w:rsid w:val="00CE0BD2"/>
     <w:rsid w:val="00CE0D61"/>
     <w:rsid w:val="00CE16B5"/>
     <w:rsid w:val="00CE19AA"/>
     <w:rsid w:val="00CE1D99"/>
     <w:rsid w:val="00CE1FAB"/>
     <w:rsid w:val="00CE203A"/>
     <w:rsid w:val="00CE2175"/>
     <w:rsid w:val="00CE221B"/>
     <w:rsid w:val="00CE2941"/>
     <w:rsid w:val="00CE295E"/>
     <w:rsid w:val="00CE296A"/>
     <w:rsid w:val="00CE2C68"/>
     <w:rsid w:val="00CE3171"/>
+    <w:rsid w:val="00CE321D"/>
     <w:rsid w:val="00CE363C"/>
     <w:rsid w:val="00CE3882"/>
     <w:rsid w:val="00CE429F"/>
     <w:rsid w:val="00CE47E3"/>
     <w:rsid w:val="00CE4D93"/>
     <w:rsid w:val="00CE4F99"/>
     <w:rsid w:val="00CE5C94"/>
     <w:rsid w:val="00CE634E"/>
     <w:rsid w:val="00CE6515"/>
     <w:rsid w:val="00CE6FF4"/>
     <w:rsid w:val="00CE7248"/>
     <w:rsid w:val="00CE75BB"/>
     <w:rsid w:val="00CF03A2"/>
     <w:rsid w:val="00CF04CB"/>
     <w:rsid w:val="00CF05C1"/>
     <w:rsid w:val="00CF17EB"/>
     <w:rsid w:val="00CF17F5"/>
     <w:rsid w:val="00CF25E4"/>
     <w:rsid w:val="00CF28C8"/>
     <w:rsid w:val="00CF2EBB"/>
     <w:rsid w:val="00CF3BFE"/>
     <w:rsid w:val="00CF4261"/>
     <w:rsid w:val="00CF47F7"/>
     <w:rsid w:val="00CF4E6F"/>
     <w:rsid w:val="00CF4F58"/>
@@ -30012,137 +30896,140 @@
     <w:rsid w:val="00DA7A54"/>
     <w:rsid w:val="00DA7B49"/>
     <w:rsid w:val="00DA7EAA"/>
     <w:rsid w:val="00DB009B"/>
     <w:rsid w:val="00DB0221"/>
     <w:rsid w:val="00DB048F"/>
     <w:rsid w:val="00DB04D0"/>
     <w:rsid w:val="00DB077A"/>
     <w:rsid w:val="00DB090C"/>
     <w:rsid w:val="00DB1EC2"/>
     <w:rsid w:val="00DB254B"/>
     <w:rsid w:val="00DB2DC7"/>
     <w:rsid w:val="00DB321B"/>
     <w:rsid w:val="00DB33F1"/>
     <w:rsid w:val="00DB3964"/>
     <w:rsid w:val="00DB3A14"/>
     <w:rsid w:val="00DB4178"/>
     <w:rsid w:val="00DB5D77"/>
     <w:rsid w:val="00DB6094"/>
     <w:rsid w:val="00DB65CC"/>
     <w:rsid w:val="00DB7558"/>
     <w:rsid w:val="00DB7BE1"/>
     <w:rsid w:val="00DB7FFE"/>
     <w:rsid w:val="00DC0042"/>
     <w:rsid w:val="00DC029D"/>
+    <w:rsid w:val="00DC0A79"/>
     <w:rsid w:val="00DC0DCF"/>
     <w:rsid w:val="00DC0E3B"/>
     <w:rsid w:val="00DC1A07"/>
     <w:rsid w:val="00DC1D0E"/>
     <w:rsid w:val="00DC1D67"/>
     <w:rsid w:val="00DC2105"/>
     <w:rsid w:val="00DC2900"/>
     <w:rsid w:val="00DC2B56"/>
     <w:rsid w:val="00DC300A"/>
     <w:rsid w:val="00DC36F0"/>
     <w:rsid w:val="00DC3D3F"/>
     <w:rsid w:val="00DC3DF1"/>
     <w:rsid w:val="00DC4074"/>
     <w:rsid w:val="00DC4292"/>
     <w:rsid w:val="00DC4424"/>
     <w:rsid w:val="00DC450E"/>
     <w:rsid w:val="00DC47E6"/>
     <w:rsid w:val="00DC48F0"/>
     <w:rsid w:val="00DC5113"/>
     <w:rsid w:val="00DC5230"/>
     <w:rsid w:val="00DC56C0"/>
     <w:rsid w:val="00DC5830"/>
     <w:rsid w:val="00DC5CC1"/>
     <w:rsid w:val="00DC6031"/>
     <w:rsid w:val="00DC6078"/>
     <w:rsid w:val="00DC62D3"/>
     <w:rsid w:val="00DC647A"/>
     <w:rsid w:val="00DC6930"/>
     <w:rsid w:val="00DC71BD"/>
     <w:rsid w:val="00DC74D4"/>
     <w:rsid w:val="00DC7B5F"/>
     <w:rsid w:val="00DD0065"/>
     <w:rsid w:val="00DD0432"/>
     <w:rsid w:val="00DD232F"/>
     <w:rsid w:val="00DD23A3"/>
     <w:rsid w:val="00DD24A4"/>
     <w:rsid w:val="00DD28DB"/>
     <w:rsid w:val="00DD2D97"/>
     <w:rsid w:val="00DD2DF9"/>
     <w:rsid w:val="00DD2FD3"/>
     <w:rsid w:val="00DD2FE9"/>
     <w:rsid w:val="00DD30E3"/>
     <w:rsid w:val="00DD3107"/>
     <w:rsid w:val="00DD3534"/>
     <w:rsid w:val="00DD35D3"/>
     <w:rsid w:val="00DD384C"/>
     <w:rsid w:val="00DD390F"/>
     <w:rsid w:val="00DD4350"/>
     <w:rsid w:val="00DD43DE"/>
     <w:rsid w:val="00DD4AD1"/>
+    <w:rsid w:val="00DD4BDA"/>
     <w:rsid w:val="00DD4ED1"/>
     <w:rsid w:val="00DD5236"/>
     <w:rsid w:val="00DD5C73"/>
     <w:rsid w:val="00DD5E3C"/>
     <w:rsid w:val="00DD5E80"/>
     <w:rsid w:val="00DD5F30"/>
     <w:rsid w:val="00DD6009"/>
     <w:rsid w:val="00DD64DA"/>
     <w:rsid w:val="00DD6EB2"/>
     <w:rsid w:val="00DD6F59"/>
     <w:rsid w:val="00DD74FD"/>
     <w:rsid w:val="00DD7657"/>
     <w:rsid w:val="00DD7FC6"/>
     <w:rsid w:val="00DE0537"/>
     <w:rsid w:val="00DE0F6A"/>
     <w:rsid w:val="00DE19E5"/>
     <w:rsid w:val="00DE1E47"/>
     <w:rsid w:val="00DE24F3"/>
     <w:rsid w:val="00DE2664"/>
     <w:rsid w:val="00DE2A0C"/>
     <w:rsid w:val="00DE34C4"/>
     <w:rsid w:val="00DE36C9"/>
     <w:rsid w:val="00DE447F"/>
     <w:rsid w:val="00DE4515"/>
     <w:rsid w:val="00DE4DCC"/>
     <w:rsid w:val="00DE584D"/>
     <w:rsid w:val="00DE5CEA"/>
     <w:rsid w:val="00DE5EA6"/>
     <w:rsid w:val="00DE6899"/>
     <w:rsid w:val="00DE7F26"/>
     <w:rsid w:val="00DF0062"/>
     <w:rsid w:val="00DF05D5"/>
     <w:rsid w:val="00DF0674"/>
     <w:rsid w:val="00DF0B69"/>
     <w:rsid w:val="00DF0E96"/>
     <w:rsid w:val="00DF10E4"/>
     <w:rsid w:val="00DF166B"/>
+    <w:rsid w:val="00DF177B"/>
     <w:rsid w:val="00DF2189"/>
     <w:rsid w:val="00DF23A0"/>
     <w:rsid w:val="00DF2D65"/>
     <w:rsid w:val="00DF30A8"/>
     <w:rsid w:val="00DF3644"/>
     <w:rsid w:val="00DF39A6"/>
     <w:rsid w:val="00DF3E00"/>
     <w:rsid w:val="00DF5F40"/>
     <w:rsid w:val="00DF662D"/>
     <w:rsid w:val="00DF6A43"/>
     <w:rsid w:val="00DF780E"/>
     <w:rsid w:val="00DF7992"/>
     <w:rsid w:val="00E00000"/>
     <w:rsid w:val="00E006A5"/>
     <w:rsid w:val="00E009A3"/>
     <w:rsid w:val="00E01644"/>
     <w:rsid w:val="00E01DD0"/>
     <w:rsid w:val="00E01E86"/>
     <w:rsid w:val="00E02790"/>
     <w:rsid w:val="00E02A9D"/>
     <w:rsid w:val="00E02DCD"/>
     <w:rsid w:val="00E03C59"/>
     <w:rsid w:val="00E04B37"/>
     <w:rsid w:val="00E04F88"/>
     <w:rsid w:val="00E050B1"/>
@@ -30264,50 +31151,51 @@
     <w:rsid w:val="00E55A13"/>
     <w:rsid w:val="00E55AAB"/>
     <w:rsid w:val="00E55DBC"/>
     <w:rsid w:val="00E56042"/>
     <w:rsid w:val="00E56BE6"/>
     <w:rsid w:val="00E56F05"/>
     <w:rsid w:val="00E56F86"/>
     <w:rsid w:val="00E5713C"/>
     <w:rsid w:val="00E571FB"/>
     <w:rsid w:val="00E57289"/>
     <w:rsid w:val="00E5746E"/>
     <w:rsid w:val="00E57C91"/>
     <w:rsid w:val="00E57EEF"/>
     <w:rsid w:val="00E57F9A"/>
     <w:rsid w:val="00E60440"/>
     <w:rsid w:val="00E6055C"/>
     <w:rsid w:val="00E606F6"/>
     <w:rsid w:val="00E607AD"/>
     <w:rsid w:val="00E609CC"/>
     <w:rsid w:val="00E60F88"/>
     <w:rsid w:val="00E61AFA"/>
     <w:rsid w:val="00E6227D"/>
     <w:rsid w:val="00E62420"/>
     <w:rsid w:val="00E624E8"/>
     <w:rsid w:val="00E62939"/>
+    <w:rsid w:val="00E62A3C"/>
     <w:rsid w:val="00E62AB6"/>
     <w:rsid w:val="00E62B70"/>
     <w:rsid w:val="00E62F63"/>
     <w:rsid w:val="00E63032"/>
     <w:rsid w:val="00E63474"/>
     <w:rsid w:val="00E6355A"/>
     <w:rsid w:val="00E63562"/>
     <w:rsid w:val="00E6393A"/>
     <w:rsid w:val="00E63C93"/>
     <w:rsid w:val="00E63DD0"/>
     <w:rsid w:val="00E643BF"/>
     <w:rsid w:val="00E65272"/>
     <w:rsid w:val="00E669BA"/>
     <w:rsid w:val="00E66EAC"/>
     <w:rsid w:val="00E701E0"/>
     <w:rsid w:val="00E706D4"/>
     <w:rsid w:val="00E708D5"/>
     <w:rsid w:val="00E70D5A"/>
     <w:rsid w:val="00E71F5E"/>
     <w:rsid w:val="00E7249E"/>
     <w:rsid w:val="00E7265E"/>
     <w:rsid w:val="00E72943"/>
     <w:rsid w:val="00E73574"/>
     <w:rsid w:val="00E7373F"/>
     <w:rsid w:val="00E73921"/>
@@ -30585,50 +31473,51 @@
     <w:rsid w:val="00F251D2"/>
     <w:rsid w:val="00F25599"/>
     <w:rsid w:val="00F25D65"/>
     <w:rsid w:val="00F25D7E"/>
     <w:rsid w:val="00F26181"/>
     <w:rsid w:val="00F261AF"/>
     <w:rsid w:val="00F26222"/>
     <w:rsid w:val="00F2631B"/>
     <w:rsid w:val="00F2639E"/>
     <w:rsid w:val="00F267D7"/>
     <w:rsid w:val="00F26B2D"/>
     <w:rsid w:val="00F26DFB"/>
     <w:rsid w:val="00F2712F"/>
     <w:rsid w:val="00F27392"/>
     <w:rsid w:val="00F27499"/>
     <w:rsid w:val="00F27A82"/>
     <w:rsid w:val="00F27A97"/>
     <w:rsid w:val="00F27C81"/>
     <w:rsid w:val="00F27CCF"/>
     <w:rsid w:val="00F27D29"/>
     <w:rsid w:val="00F30778"/>
     <w:rsid w:val="00F3086D"/>
     <w:rsid w:val="00F309D8"/>
     <w:rsid w:val="00F30FFA"/>
     <w:rsid w:val="00F31269"/>
+    <w:rsid w:val="00F312E3"/>
     <w:rsid w:val="00F31504"/>
     <w:rsid w:val="00F32129"/>
     <w:rsid w:val="00F321C0"/>
     <w:rsid w:val="00F325B1"/>
     <w:rsid w:val="00F3264B"/>
     <w:rsid w:val="00F329EE"/>
     <w:rsid w:val="00F329F3"/>
     <w:rsid w:val="00F32B15"/>
     <w:rsid w:val="00F32DA2"/>
     <w:rsid w:val="00F330D2"/>
     <w:rsid w:val="00F33440"/>
     <w:rsid w:val="00F33C73"/>
     <w:rsid w:val="00F340E0"/>
     <w:rsid w:val="00F345E1"/>
     <w:rsid w:val="00F34B90"/>
     <w:rsid w:val="00F34E2E"/>
     <w:rsid w:val="00F35003"/>
     <w:rsid w:val="00F353B2"/>
     <w:rsid w:val="00F355B6"/>
     <w:rsid w:val="00F355D9"/>
     <w:rsid w:val="00F35874"/>
     <w:rsid w:val="00F35A63"/>
     <w:rsid w:val="00F35C88"/>
     <w:rsid w:val="00F35D70"/>
     <w:rsid w:val="00F35EDD"/>
@@ -30802,50 +31691,51 @@
     <w:rsid w:val="00FA244F"/>
     <w:rsid w:val="00FA2EDB"/>
     <w:rsid w:val="00FA2FA4"/>
     <w:rsid w:val="00FA34E8"/>
     <w:rsid w:val="00FA36E9"/>
     <w:rsid w:val="00FA38C8"/>
     <w:rsid w:val="00FA3ABD"/>
     <w:rsid w:val="00FA3EFF"/>
     <w:rsid w:val="00FA406B"/>
     <w:rsid w:val="00FA4281"/>
     <w:rsid w:val="00FA4A75"/>
     <w:rsid w:val="00FA5188"/>
     <w:rsid w:val="00FA5FC5"/>
     <w:rsid w:val="00FA63EF"/>
     <w:rsid w:val="00FA6956"/>
     <w:rsid w:val="00FA6E91"/>
     <w:rsid w:val="00FA7195"/>
     <w:rsid w:val="00FA73D7"/>
     <w:rsid w:val="00FA7B1E"/>
     <w:rsid w:val="00FA7FB1"/>
     <w:rsid w:val="00FB04D6"/>
     <w:rsid w:val="00FB0DE8"/>
     <w:rsid w:val="00FB1695"/>
     <w:rsid w:val="00FB1EF9"/>
     <w:rsid w:val="00FB227E"/>
+    <w:rsid w:val="00FB322D"/>
     <w:rsid w:val="00FB5AA9"/>
     <w:rsid w:val="00FB5E45"/>
     <w:rsid w:val="00FB624A"/>
     <w:rsid w:val="00FB68FA"/>
     <w:rsid w:val="00FB6C18"/>
     <w:rsid w:val="00FB71FB"/>
     <w:rsid w:val="00FB7251"/>
     <w:rsid w:val="00FB7413"/>
     <w:rsid w:val="00FB7630"/>
     <w:rsid w:val="00FC0476"/>
     <w:rsid w:val="00FC0EE8"/>
     <w:rsid w:val="00FC1367"/>
     <w:rsid w:val="00FC1ACB"/>
     <w:rsid w:val="00FC1C77"/>
     <w:rsid w:val="00FC20C3"/>
     <w:rsid w:val="00FC288C"/>
     <w:rsid w:val="00FC29BB"/>
     <w:rsid w:val="00FC2B4E"/>
     <w:rsid w:val="00FC2C97"/>
     <w:rsid w:val="00FC3479"/>
     <w:rsid w:val="00FC3605"/>
     <w:rsid w:val="00FC389F"/>
     <w:rsid w:val="00FC3C7B"/>
     <w:rsid w:val="00FC59CF"/>
     <w:rsid w:val="00FC5D4F"/>
@@ -30940,50 +31830,51 @@
     <w:rsid w:val="00FF4E73"/>
     <w:rsid w:val="00FF4FAF"/>
     <w:rsid w:val="00FF5775"/>
     <w:rsid w:val="00FF667F"/>
     <w:rsid w:val="00FF6C2F"/>
     <w:rsid w:val="00FF76FE"/>
     <w:rsid w:val="00FF7BBA"/>
     <w:rsid w:val="00FF7F54"/>
     <w:rsid w:val="00FF7FBF"/>
     <w:rsid w:val="010885C3"/>
     <w:rsid w:val="019FA6FE"/>
     <w:rsid w:val="01CB89EA"/>
     <w:rsid w:val="01CD8CD1"/>
     <w:rsid w:val="01CEA699"/>
     <w:rsid w:val="01E9F111"/>
     <w:rsid w:val="03551CE2"/>
     <w:rsid w:val="035B2436"/>
     <w:rsid w:val="036DD822"/>
     <w:rsid w:val="03BC793B"/>
     <w:rsid w:val="0437704C"/>
     <w:rsid w:val="0485E228"/>
     <w:rsid w:val="049D1B31"/>
     <w:rsid w:val="0509E76F"/>
     <w:rsid w:val="054706EA"/>
     <w:rsid w:val="05AE4FF4"/>
+    <w:rsid w:val="05B51BD3"/>
     <w:rsid w:val="05DB7DAE"/>
     <w:rsid w:val="06789607"/>
     <w:rsid w:val="0689D6A7"/>
     <w:rsid w:val="06B94735"/>
     <w:rsid w:val="0740F279"/>
     <w:rsid w:val="074CA3AC"/>
     <w:rsid w:val="07641289"/>
     <w:rsid w:val="07FDB4D4"/>
     <w:rsid w:val="085B772B"/>
     <w:rsid w:val="0863539B"/>
     <w:rsid w:val="0908CC44"/>
     <w:rsid w:val="092AFCCD"/>
     <w:rsid w:val="09754A5C"/>
     <w:rsid w:val="09856568"/>
     <w:rsid w:val="09E05120"/>
     <w:rsid w:val="09E14DA8"/>
     <w:rsid w:val="0A0CB692"/>
     <w:rsid w:val="0A82C5CE"/>
     <w:rsid w:val="0A96D6BE"/>
     <w:rsid w:val="0AC85023"/>
     <w:rsid w:val="0AE1AA14"/>
     <w:rsid w:val="0BCAC867"/>
     <w:rsid w:val="0C7EA2BC"/>
     <w:rsid w:val="0C97E241"/>
     <w:rsid w:val="0C9B6FBB"/>
@@ -36465,51 +37356,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2136943964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/food-and-food-service-supplies-contract-user-guides?_gl=1*hikuvu*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTg1Njc0ODQkbzQxMyRnMCR0MTc1ODU2NzQ4NCRqNjAkbDAkaDA." TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fns.usda.gov/cn/buy-american-provisions" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Trevor.simos@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.barry3@mass.gov" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-35317&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Allison.erickson@thurstonfoods.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fns.usda.gov/sbp/school-breakfast-program" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-35272&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/food-and-food-service-supplies-contract-user-guides?_gl=1*hikuvu*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTg1Njc0ODQkbzQxMyRnMCR0MTc1ODU2NzQ4NCRqNjAkbDAkaDA." TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-35272&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://organic.ams.usda.gov/integrity" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-35272&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-35284&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lgramitt@thomsenfoodservice.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.barry3@mass.gov" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-35435&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sec.state.ma.us/divisions/cis/maps.htm" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.barry3@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/food-and-food-service-supplies-contract-user-guides?_gl=1*hikuvu*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTg1Njc0ODQkbzQxMyRnMCR0MTc1ODU2NzQ4NCRqNjAkbDAkaDA." TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-35316&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.minichello@mass.gov" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doe.mass.edu/cnp/nprograms/nslp.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jim@produceconnection.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rich@ringbroswholesale.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/09/ts/eo509-fact-sheet.pdf?_ga=2.30173687.954528988.1623544920-693503258.1621261801" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.barry3@mass.gov" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-35272&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qrg-how-to-record-a-contract-purchase-previously-made-rpa-release/download" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.minichello@mass.gov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.barry3@mass.gov" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jordan@nasiffproduce.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-35442&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.minichello@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-35272&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.minichello@mass.gov" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/farming-and-ranching/organic-farming/organic-certification" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-35299&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeff@jwlopes.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://malegislature.gov/Laws/GeneralLaws/PartI/TitleII/Chapter7/Section23B" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="bookmark://_Vendor_List_and" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto::kelly.minichello@mass.gov" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/food-and-food-service-supplies-contract-user-guides?_gl=1*hikuvu*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTg1Njc0ODQkbzQxMyRnMCR0MTc1ODU2NzQ4NCRqNjAkbDAkaDA." TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fns.usda.gov/cn/buy-american-provisions" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Trevor.simos@gmail.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.barry3@mass.gov" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37628&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-35299&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-35272&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/food-and-food-service-supplies-contract-user-guides?_gl=1*hikuvu*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTg1Njc0ODQkbzQxMyRnMCR0MTc1ODU2NzQ4NCRqNjAkbDAkaDA." TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-35272&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://organic.ams.usda.gov/integrity" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-35272&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-35284&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-35317&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.barry3@mass.gov" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37627&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lgramitt@thomsenfoodservice.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.barry3@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/food-and-food-service-supplies-contract-user-guides?_gl=1*hikuvu*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTg1Njc0ODQkbzQxMyRnMCR0MTc1ODU2NzQ4NCRqNjAkbDAkaDA." TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-35316&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.minichello@mass.gov" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doe.mass.edu/cnp/nprograms/nslp.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jim@produceconnection.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-35435&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sec.state.ma.us/divisions/cis/maps.htm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/09/ts/eo509-fact-sheet.pdf?_ga=2.30173687.954528988.1623544920-693503258.1621261801" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.barry3@mass.gov" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-35272&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qrg-how-to-record-a-contract-purchase-previously-made-rpa-release/download" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.minichello@mass.gov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.barry3@mass.gov" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeff@jwlopes.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rich@ringbroswholesale.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-35442&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.minichello@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-35272&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.minichello@mass.gov" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/farming-and-ranching/organic-farming/organic-certification" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jordan@nasiffproduce.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37701&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://malegislature.gov/Laws/GeneralLaws/PartI/TitleII/Chapter7/Section23B" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="bookmark://_Vendor_List_and" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto::kelly.minichello@mass.gov" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fns.usda.gov/sbp/school-breakfast-program" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Allison.erickson@thurstonfoods.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -36790,72 +37681,56 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e82b6fa405d795c2c1fd60b002b1325c" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a935db215594a9448d4f792fa77a5eb7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ce164f3e4dc664cfddf0b6a5cebcddc6" ns2:_="" ns3:_="">
     <xsd:import namespace="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -37044,112 +37919,129 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="07049b86-902b-4773-b7aa-1fd847dfddb9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D2C28A49-405E-4608-968D-F3E53A26E7AD}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>22</Pages>
-[...1 lines deleted...]
-  <Characters>35414</Characters>
+  <Pages>20</Pages>
+  <Words>6307</Words>
+  <Characters>35951</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
-  <Lines>295</Lines>
-  <Paragraphs>83</Paragraphs>
+  <Lines>299</Lines>
+  <Paragraphs>84</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>41543</CharactersWithSpaces>
+  <CharactersWithSpaces>42174</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Products and Services Contract User Guide Template</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Frizzi</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D</vt:lpwstr>
   </property>