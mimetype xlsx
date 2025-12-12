--- v0 (2025-10-28)
+++ v1 (2025-12-12)
@@ -31,152 +31,154 @@
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet29.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet30.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet31.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet32.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet33.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet34.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet35.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet36.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet37.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet38.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet39.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet40.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet41.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet42.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet43.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet44.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet45.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet46.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet47.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet48.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet49.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov.sharepoint.com/sites/OSD-GFS-SHARED/Climate and Sustainability/EPP Purchasing/VRM/Guidance for EPP Reporting in the VRM/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="20" documentId="8_{3975F128-CF37-4B15-828F-1B0EF56FCF4C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{6C20404E-876A-4FC8-AA97-E53338128278}"/>
+  <xr:revisionPtr revIDLastSave="20" documentId="8_{9D978FEF-F799-430F-8065-014B438221B1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A33976E5-AEC5-447B-A518-05B5A85B31F5}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-3285" windowWidth="29040" windowHeight="17520" tabRatio="919" xr2:uid="{41716588-F935-4E1D-A169-7E4A8B813109}"/>
+    <workbookView xWindow="-28920" yWindow="-1860" windowWidth="29040" windowHeight="17520" tabRatio="836" xr2:uid="{41716588-F935-4E1D-A169-7E4A8B813109}"/>
   </bookViews>
   <sheets>
     <sheet name="Overview" sheetId="1" r:id="rId1"/>
     <sheet name="Units of Measure" sheetId="2" r:id="rId2"/>
     <sheet name="CLT08" sheetId="13" r:id="rId3"/>
     <sheet name="ENE52" sheetId="38" r:id="rId4"/>
     <sheet name="ENE53" sheetId="7" r:id="rId5"/>
     <sheet name="FAC86" sheetId="40" r:id="rId6"/>
     <sheet name="FAC107" sheetId="39" r:id="rId7"/>
     <sheet name="FAC110" sheetId="22" r:id="rId8"/>
     <sheet name="FAC111" sheetId="48" r:id="rId9"/>
     <sheet name="FAC113" sheetId="28" r:id="rId10"/>
     <sheet name="FAC116" sheetId="23" r:id="rId11"/>
     <sheet name="FAC118" sheetId="24" r:id="rId12"/>
     <sheet name="FAC119" sheetId="26" r:id="rId13"/>
     <sheet name="FAC120" sheetId="42" r:id="rId14"/>
     <sheet name="FAC121" sheetId="6" r:id="rId15"/>
     <sheet name="FAC122" sheetId="20" r:id="rId16"/>
     <sheet name="FAC123" sheetId="3" r:id="rId17"/>
     <sheet name="FAC124" sheetId="29" r:id="rId18"/>
     <sheet name="FAC126" sheetId="45" r:id="rId19"/>
     <sheet name="FAC127" sheetId="25" r:id="rId20"/>
     <sheet name="FAC131" sheetId="46" r:id="rId21"/>
     <sheet name="GRO38" sheetId="30" r:id="rId22"/>
     <sheet name="GRO39" sheetId="31" r:id="rId23"/>
     <sheet name="GRO40" sheetId="4" r:id="rId24"/>
     <sheet name="GRO41" sheetId="43" r:id="rId25"/>
     <sheet name="GRO42" sheetId="49" r:id="rId26"/>
     <sheet name="HLS06" sheetId="32" r:id="rId27"/>
     <sheet name="HSP44" sheetId="11" r:id="rId28"/>
     <sheet name="HSP45" sheetId="33" r:id="rId29"/>
     <sheet name="ITC73" sheetId="15" r:id="rId30"/>
     <sheet name="ITC80" sheetId="8" r:id="rId31"/>
     <sheet name="ITE001" sheetId="47" r:id="rId32"/>
     <sheet name=" ITT72 Cat 1" sheetId="16" r:id="rId33"/>
     <sheet name="ITT72 Cat 2-7" sheetId="41" r:id="rId34"/>
     <sheet name="MRO001" sheetId="27" r:id="rId35"/>
     <sheet name="OFF48" sheetId="5" r:id="rId36"/>
     <sheet name="OFF50" sheetId="21" r:id="rId37"/>
     <sheet name="OFF51" sheetId="19" r:id="rId38"/>
     <sheet name="OFF52" sheetId="18" r:id="rId39"/>
     <sheet name="OFF53" sheetId="14" r:id="rId40"/>
     <sheet name="PRF76" sheetId="9" r:id="rId41"/>
     <sheet name="PSE01" sheetId="10" r:id="rId42"/>
     <sheet name="VEH110" sheetId="34" r:id="rId43"/>
     <sheet name="VEH111" sheetId="35" r:id="rId44"/>
     <sheet name="VEH112" sheetId="36" r:id="rId45"/>
     <sheet name="VEH114" sheetId="37" r:id="rId46"/>
-    <sheet name="VEH119" sheetId="44" r:id="rId47"/>
-    <sheet name="WMR001" sheetId="54" r:id="rId48"/>
+    <sheet name="VEH115" sheetId="56" r:id="rId47"/>
+    <sheet name="VEH119" sheetId="44" r:id="rId48"/>
+    <sheet name="WMR001" sheetId="54" r:id="rId49"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1598" uniqueCount="562">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1613" uniqueCount="565">
   <si>
     <t>Find the Vendor Report Management System here: https://massosd.gob2g.com/</t>
   </si>
   <si>
     <t xml:space="preserve">Below are the standard units of measure allowable in COMMBUYS and vendor may choose to use any of these in their vendor reporting.  </t>
   </si>
   <si>
     <t>Actual Tonnes</t>
   </si>
   <si>
     <t>Project</t>
   </si>
   <si>
     <t>Dollars per Hour</t>
   </si>
   <si>
     <t>Ampule</t>
   </si>
   <si>
     <t>Bag</t>
   </si>
   <si>
     <t>Bale</t>
   </si>
   <si>
@@ -630,53 +632,50 @@
     <t>Formaldehyde free</t>
   </si>
   <si>
     <t xml:space="preserve">Cradle to Cradle </t>
   </si>
   <si>
     <t>NSF/ANSI 332 Sustainability Assessment for Resilient Floor Coverings</t>
   </si>
   <si>
     <t>Lead free</t>
   </si>
   <si>
     <t xml:space="preserve">Design Lights Consortium (DLC) </t>
   </si>
   <si>
     <t>NSF/ANSI 336: Sustainability Assessment for Commercial Furnishings Fabric</t>
   </si>
   <si>
     <t>Low VOC</t>
   </si>
   <si>
     <t>Electronic Product Environmental Assessment Tool (EPEAT)</t>
   </si>
   <si>
     <t xml:space="preserve">RoHS </t>
-  </si>
-[...1 lines deleted...]
-    <t>Methylene chloride free</t>
   </si>
   <si>
     <t>South Coast Air Quality Management District (SCAQMD) limits on volatile organic compounds (VOCs, which apply to adhesives, sealants, coatings, etc.)</t>
   </si>
   <si>
     <t>Microfiber</t>
   </si>
   <si>
     <t xml:space="preserve">Environmental Choice New Zeland </t>
   </si>
   <si>
     <t>Mulch</t>
   </si>
   <si>
     <t xml:space="preserve">European Union DIN </t>
   </si>
   <si>
     <t>Native</t>
   </si>
   <si>
     <t xml:space="preserve">Forest Stewardship Council (FSC) </t>
   </si>
   <si>
     <t>Nitrile gloves</t>
   </si>
@@ -1816,54 +1815,66 @@
   <si>
     <t>Declare LBC Red List Free</t>
   </si>
   <si>
     <t>ANSI/NSF 140 Gold or Higher (most recent standard)</t>
   </si>
   <si>
     <t>Carpet and Rug Institute (CRI) Green Label Plus</t>
   </si>
   <si>
     <t>SCS Indoor Advantage Gold</t>
   </si>
   <si>
     <t>UL Greenguard Gold</t>
   </si>
   <si>
     <t>WMR001</t>
   </si>
   <si>
     <t>Hazardous/Universal, Medical, and Electronic Waste Disposal and Emergency Response</t>
   </si>
   <si>
     <t>MA Nutritional Standard Healthy Choice</t>
   </si>
   <si>
-    <t>Updated 5/27/25</t>
-[...1 lines deleted...]
-  <si>
     <t>Navigate to your contract tab using the links below:</t>
+  </si>
+  <si>
+    <t>VEH115</t>
+  </si>
+  <si>
+    <t>Vehicle Parts Inventory Management</t>
+  </si>
+  <si>
+    <t>synthetic oil</t>
+  </si>
+  <si>
+    <t>high efficiency</t>
+  </si>
+  <si>
+    <t>Updated 11/3/25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
@@ -1963,117 +1974,121 @@
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor theme="0" tint="-0.14999847407452621"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="26">
+  <cellXfs count="28">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet39.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet34.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet42.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet47.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet32.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet37.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet40.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet45.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet31.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet44.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet35.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet43.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet48.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet33.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet38.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet46.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet41.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet36.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet39.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet34.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet42.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet47.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet32.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet37.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet40.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet45.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet31.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet44.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet35.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet43.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet48.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet33.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet38.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet46.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet41.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet36.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet49.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>57150</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>50167</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>457200</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="TextBox 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8AFF5071-04E6-40AF-F3B5-9C33D4BB8A2C}"/>
             </a:ext>
           </a:extLst>
@@ -2471,585 +2486,595 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://massosd.gob2g.com/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/59CNOjDvYng" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3D801E49-E64E-4D79-ABE2-4DDAE8CDE009}">
   <sheetPr>
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
-  <dimension ref="A1:I56"/>
+  <dimension ref="A1:I57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="V20" sqref="V20"/>
+      <selection activeCell="U9" sqref="U9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="20.54296875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="21" x14ac:dyDescent="0.5">
       <c r="A1" s="8" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="G1" s="19"/>
       <c r="H1" s="19"/>
       <c r="I1" s="19"/>
     </row>
     <row r="2" spans="1:9" ht="69.650000000000006" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="21"/>
     </row>
     <row r="3" spans="1:9" ht="31.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="22"/>
     </row>
     <row r="4" spans="1:9" ht="47.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="22" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="22"/>
     </row>
     <row r="6" spans="1:9" ht="16.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="22"/>
     </row>
     <row r="7" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="8" spans="1:9" ht="29" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A8" s="23" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A9" s="23" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="21" x14ac:dyDescent="0.5">
       <c r="A11" s="20" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="B11" s="19"/>
       <c r="C11" s="19"/>
       <c r="D11" s="19"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A12" s="12" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="B12" s="13" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A13" s="9" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="B13" s="13" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A14" s="9" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B14" s="13" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A15" s="9" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A16" s="9" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="B16" s="13" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A17" s="24" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="B17" s="13" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A18" s="9" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A19" s="9" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="B19" s="13" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A20" s="9" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A21" s="9" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="B21" s="13" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A22" s="9" t="s">
+        <v>483</v>
+      </c>
+      <c r="B22" s="13" t="s">
         <v>484</v>
-      </c>
-[...1 lines deleted...]
-        <v>485</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A23" s="9" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A24" s="9" t="s">
+        <v>497</v>
+      </c>
+      <c r="B24" s="4" t="s">
         <v>498</v>
-      </c>
-[...1 lines deleted...]
-        <v>499</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A25" s="9" t="s">
+        <v>518</v>
+      </c>
+      <c r="B25" s="4" t="s">
         <v>519</v>
-      </c>
-[...1 lines deleted...]
-        <v>520</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A26" s="9" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="B26" s="4" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A27" s="9" t="s">
+        <v>513</v>
+      </c>
+      <c r="B27" s="4" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A28" s="9" t="s">
+        <v>509</v>
+      </c>
+      <c r="B28" s="4" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A29" s="9" t="s">
-        <v>522</v>
+        <v>521</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A30" s="9" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="B30" s="13" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A31" s="9" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="B31" s="13" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A32" s="9" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A33" s="9" t="s">
+        <v>499</v>
+      </c>
+      <c r="B33" s="4" t="s">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>501</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A34" s="24" t="s">
+        <v>523</v>
+      </c>
+      <c r="B34" s="4" t="s">
         <v>524</v>
-      </c>
-[...1 lines deleted...]
-        <v>525</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A35" s="9" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A36" s="9" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A37" s="9" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="B37" s="13" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A38" s="9" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="B38" s="4" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A39" s="9" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="B39" s="13" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A40" s="24" t="s">
+        <v>525</v>
+      </c>
+      <c r="B40" s="13" t="s">
         <v>526</v>
-      </c>
-[...1 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A41" s="9" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A42" s="9" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="B42" s="13" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A43" s="9" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="B43" s="13" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A44" s="9" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="B44" s="13" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A45" s="9" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A46" s="9" t="s">
+        <v>501</v>
+      </c>
+      <c r="B46" s="4" t="s">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>503</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A47" s="9" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A48" s="9" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="B48" s="4" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A49" s="9" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="B49" s="13" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A50" s="9" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="B50" s="4" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A51" s="9" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="B51" s="13" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A52" s="9" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="B52" s="4" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A53" s="9" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="B53" s="13" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A54" s="9" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="B54" s="13" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A55" s="9" t="s">
-        <v>504</v>
+        <v>560</v>
       </c>
       <c r="B55" s="13" t="s">
-        <v>505</v>
+        <v>561</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A56" s="9" t="s">
+        <v>503</v>
+      </c>
+      <c r="B56" s="13" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="57" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A57" s="9" t="s">
+        <v>556</v>
+      </c>
+      <c r="B57" t="s">
         <v>557</v>
-      </c>
-[...1 lines deleted...]
-        <v>558</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B13:B54">
     <sortCondition ref="B12:B54"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="A9" r:id="rId1" xr:uid="{1F13BCFD-745F-400C-9FD3-CC4426D90380}"/>
     <hyperlink ref="A32" location="'GRO40'!A1" display="GRO40" xr:uid="{4274B537-457B-4E3D-B7B5-0CB1249C00E0}"/>
     <hyperlink ref="A8" r:id="rId2" xr:uid="{67AFB842-0016-42EC-808D-ABE6C59421F5}"/>
     <hyperlink ref="A44" location="'OFF48'!A1" display="OFF48" xr:uid="{2B37BD1A-A879-48B3-B200-3093667CB6A2}"/>
     <hyperlink ref="A23" location="'FAC121'!A1" display="FAC121" xr:uid="{0954F273-D85B-4640-97B2-7065E2F4D110}"/>
     <hyperlink ref="A50" location="'PSE01'!A1" display="PSE01" xr:uid="{953869F6-BC56-49E5-B48A-E1BE0829D4C4}"/>
     <hyperlink ref="A39" location="'ITC80'!A1" display="ITC80" xr:uid="{364E96D3-384F-4032-A84E-7A52B56EA2DE}"/>
     <hyperlink ref="A41" location="'ITT72'!A1" display="ITT72 Category 1" xr:uid="{76DBCDD1-C524-493D-BCA8-1B5E80AA0708}"/>
     <hyperlink ref="A49" location="'PRF76'!A1" display="PRF76" xr:uid="{FB13A9D8-D822-4922-847C-4CB77011764E}"/>
     <hyperlink ref="A51" location="'VEH110'!A1" display="VEH110" xr:uid="{DF1E7AD2-9C9C-48B7-ADAD-5A6F6096935F}"/>
     <hyperlink ref="A52" location="'VEH111'!A1" display="VEH111" xr:uid="{630B8504-12BD-4891-8D35-59DBAA51362E}"/>
     <hyperlink ref="A53" location="'VEH112'!A1" display="VEH112" xr:uid="{DE30EB85-0D6F-40D8-BA4D-00D7DFE22065}"/>
     <hyperlink ref="A54" location="'VEH114'!A1" display="VEH114" xr:uid="{631AABBF-F5AF-4A4B-BBFA-2C9B1880A5F3}"/>
     <hyperlink ref="A38" location="'ITC73'!A1" display="ITC73" xr:uid="{A51405CD-450C-46B9-833E-3D2029BAC71C}"/>
     <hyperlink ref="A16" location="'FAC110'!A1" display="FAC110" xr:uid="{0016270A-A000-444B-A7FC-F83F45E53980}"/>
     <hyperlink ref="A19" location="'FAC116'!A1" display="FAC116" xr:uid="{87F9CF2E-A8FD-4EC6-8119-BAD70DB0FF6B}"/>
     <hyperlink ref="A20" location="'FAC118'!A1" display="FAC118" xr:uid="{E39D3369-7FD0-4144-973F-7DA0FDBC0EED}"/>
     <hyperlink ref="A35" location="'HLS06'!A1" display="HLS06" xr:uid="{CFB612A1-1E6B-456C-999C-668E10E0FF3F}"/>
     <hyperlink ref="A28" location="'FAC127'!A1" display="FAC127" xr:uid="{BEEBB7DE-5F29-44A9-A377-132F7DE0D900}"/>
     <hyperlink ref="A21" location="'FAC119'!A1" display="FAC119" xr:uid="{C97BC0B7-2E74-4FE8-A31C-95F37B05F1D2}"/>
     <hyperlink ref="A30" location="'GRO38'!A1" display="GRO38" xr:uid="{D4764DB4-8926-4152-85B6-317C1956B827}"/>
     <hyperlink ref="A31" location="'GRO39'!A1" display="GRO39" xr:uid="{20273E08-E6CE-4238-806E-B12B41FC2DA4}"/>
     <hyperlink ref="A37" location="'HSP45'!A1" display="HSP45" xr:uid="{A3066010-D8E4-440A-82EE-47CC8F1770AB}"/>
     <hyperlink ref="A18" location="'FAC113'!A1" display="FAC113" xr:uid="{90965341-A316-4790-A329-6A64AC5B15CE}"/>
     <hyperlink ref="A13" location="'ENE52'!A1" display="ENE52" xr:uid="{667C0E64-C1E1-4DBD-86DB-306D4EF70349}"/>
     <hyperlink ref="A15" location="'FAC86'!A1" display="FAC86" xr:uid="{EE3B2ABC-DB32-4FB7-BD61-4D3A5B1120DC}"/>
     <hyperlink ref="A36" location="'HSP44'!A1" display="HSP44" xr:uid="{1A9962BF-F5E3-4F6F-B2C4-4BA428A22EB5}"/>
     <hyperlink ref="A12" location="'CLT08'!A1" display="CLT08" xr:uid="{5B0ED1B2-B8FA-4DD7-872D-3FD50C0DBB1C}"/>
     <hyperlink ref="A26" location="'FAC124'!A1" display="FAC124" xr:uid="{A888968E-B231-45A8-9870-F131DFF6878E}"/>
     <hyperlink ref="A24" location="'FAC122'!A1" display="FAC122" xr:uid="{D4D12B4A-0332-4F43-8D4F-FEFC964A9F27}"/>
     <hyperlink ref="A33" location="'GRO41'!A1" display="GRO41" xr:uid="{EDE51B7D-5DB2-4AB0-8A84-FAFA9F281D0C}"/>
-    <hyperlink ref="A55" location="'VEH119'!A1" display="VEH119" xr:uid="{253CBE60-4C1C-431C-B642-5E60676C4F8B}"/>
+    <hyperlink ref="A56" location="'VEH119'!A1" display="VEH119" xr:uid="{253CBE60-4C1C-431C-B642-5E60676C4F8B}"/>
     <hyperlink ref="A46" location="'OFF51'!A1" display="OFF51" xr:uid="{11808690-D315-478B-8615-EC1C2C660793}"/>
     <hyperlink ref="A45" location="'OFF50'!A1" display="OFF50" xr:uid="{0E2BE5B6-039A-485D-A8CC-DC82F16DDC08}"/>
     <hyperlink ref="A47" location="'OFF52'!A1" display="OFF52" xr:uid="{0EDAC3D3-1858-473B-BF24-228D3DB1BF50}"/>
     <hyperlink ref="A48" location="'OFF53'!A1" display="OFF53" xr:uid="{41C6B8DF-70F1-4908-A707-6388D86B88AF}"/>
     <hyperlink ref="A27" location="'FAC126'!A1" display="FAC126" xr:uid="{382060AF-FE0F-47C7-B0C3-7ECAECA2C674}"/>
     <hyperlink ref="A14" location="'ENE53'!A1" display="ENE53" xr:uid="{141A2059-B054-4DF3-BF54-26212B84BBC3}"/>
     <hyperlink ref="A29" location="'FAC131'!A1" display="FAC131" xr:uid="{3548061A-28B9-4699-A448-85F0D24AD711}"/>
     <hyperlink ref="A40" location="'ITE001'!A1" display="ITE001" xr:uid="{8B85AADD-DD9E-4675-BEC7-7856B2AA075E}"/>
     <hyperlink ref="A17" location="'FAC111'!A1" display="FAC111" xr:uid="{C6538913-6C8F-41C2-B8C9-674A8EDFDC2E}"/>
     <hyperlink ref="A34" location="'GRO42'!A1" display="GRO42" xr:uid="{50AF49B7-C7FF-4AF0-B9FE-6B2E4453CAC4}"/>
-    <hyperlink ref="A56" location="'WMR001'!A1" display="WMR001" xr:uid="{7532D088-6D20-47D8-84C0-5B3625CB447D}"/>
+    <hyperlink ref="A57" location="'WMR001'!A1" display="WMR001" xr:uid="{7532D088-6D20-47D8-84C0-5B3625CB447D}"/>
+    <hyperlink ref="A43" location="'MRO001'!A1" display="MRO001" xr:uid="{F5888320-78BD-4D53-A08E-38D7CAC7AC30}"/>
+    <hyperlink ref="A55" location="'VEH115'!A1" display="VEH115" xr:uid="{FFA5855C-436F-41D5-A7F0-A2CFCFD8AFF7}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId3"/>
   <drawing r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DCC2F6C5-9C99-4DD9-B5C3-0E644D4EBA91}">
   <dimension ref="A1:C36"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C25" sqref="C25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="63.36328125" customWidth="1"/>
     <col min="2" max="2" width="54.36328125" customWidth="1"/>
     <col min="3" max="3" width="50.08984375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="18" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="6"/>
       <c r="B3" t="s">
         <v>147</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="6"/>
       <c r="B4" s="7"/>
       <c r="C4" s="7" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" s="6"/>
       <c r="B5" s="7"/>
       <c r="C5" s="7" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" s="6"/>
       <c r="B6" s="7"/>
       <c r="C6" s="7" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6"/>
       <c r="C7" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="6"/>
       <c r="C8" s="7"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" s="6"/>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" s="6"/>
       <c r="B10" s="7"/>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A11" s="6"/>
       <c r="B11" s="6"/>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A12" s="6"/>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A13" s="6"/>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A14" s="6"/>
@@ -3120,414 +3145,411 @@
     <row r="36" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A36" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9110ECBD-AC71-407B-B4E8-43014AAFBAA7}">
   <dimension ref="A1:C20"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C33" sqref="C33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="56.6328125" customWidth="1"/>
     <col min="2" max="2" width="90.453125" customWidth="1"/>
     <col min="3" max="3" width="65.36328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="14" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="B3" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="C3" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="6"/>
       <c r="B4" s="7" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="C4" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" s="10"/>
       <c r="B5" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="C5" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" s="6"/>
       <c r="B6" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6"/>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="6"/>
     </row>
     <row r="18" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C18" s="10"/>
     </row>
     <row r="20" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C20" s="7"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE127CDC-23E4-4195-9890-DE78BB55F561}">
   <dimension ref="A1:E99"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="B15" sqref="B15"/>
+      <selection activeCell="C10" sqref="C10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="85.90625" customWidth="1"/>
     <col min="2" max="2" width="73.36328125" customWidth="1"/>
     <col min="3" max="3" width="40.90625" customWidth="1"/>
     <col min="5" max="5" width="71" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="16" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
         <v>143</v>
       </c>
       <c r="B3" t="s">
         <v>144</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>145</v>
       </c>
       <c r="E3" s="1"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A4" s="6" t="s">
         <v>146</v>
       </c>
       <c r="B4" s="7" t="s">
         <v>147</v>
       </c>
       <c r="C4" s="7" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A5" s="6" t="s">
         <v>149</v>
       </c>
       <c r="B5" s="7" t="s">
         <v>150</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A6" s="6" t="s">
         <v>152</v>
       </c>
       <c r="B6" s="7" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="C6" s="7" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A7" s="6" t="s">
         <v>155</v>
       </c>
       <c r="B7" s="7" t="s">
         <v>153</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A8" s="6" t="s">
         <v>158</v>
       </c>
       <c r="B8" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="C8" s="7" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A9" s="1" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="B9" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="C9" s="7" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A10" s="6" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="B10" t="s">
         <v>156</v>
       </c>
       <c r="C10" s="7" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A11" s="6" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="B11" t="s">
         <v>159</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A12" s="6" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B12" t="s">
         <v>162</v>
       </c>
       <c r="C12" s="7" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A13" s="6" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>165</v>
       </c>
       <c r="C13" s="7" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="29" x14ac:dyDescent="0.35">
       <c r="A14" s="6" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A15" s="6" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B15" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A16" s="6" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C16" s="7" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A17" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="C17" s="7" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A18" s="6" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C18" s="7" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A19" s="6" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A20" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="C20" s="7" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A21" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="C21" s="7" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A22" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="C22" s="7" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A23" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="C23" s="7" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A24" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="C24" s="7" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A25" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="C25" s="7" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A26" s="6" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="C26" s="7" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A27" s="6" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A28" s="6" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A29" s="6" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A30" s="6" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A31" s="6" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A32" s="6" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
     </row>
     <row r="33" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A33" s="6" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
     <row r="34" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A34" s="1"/>
     </row>
     <row r="35" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A35" s="1"/>
     </row>
     <row r="36" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A36" s="1"/>
     </row>
     <row r="37" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A37" s="1"/>
     </row>
     <row r="38" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A38" s="1"/>
     </row>
     <row r="39" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A39" s="1"/>
     </row>
     <row r="40" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A40" s="1"/>
     </row>
     <row r="41" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A41" s="1"/>
@@ -3698,460 +3720,457 @@
       <c r="A96" s="1"/>
     </row>
     <row r="97" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A97" s="1"/>
     </row>
     <row r="98" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A98" s="1"/>
     </row>
     <row r="99" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A99" s="1"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B3:B14">
     <sortCondition ref="B3:B14"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C909E3BB-FBE4-499F-81DE-BF8E96116D90}">
   <dimension ref="A1:E103"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A3" sqref="A3:C44"/>
+      <selection activeCell="C18" sqref="C18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="78.54296875" customWidth="1"/>
     <col min="2" max="2" width="79.90625" customWidth="1"/>
     <col min="3" max="3" width="40.90625" customWidth="1"/>
     <col min="5" max="5" width="71" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="14" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="E2" s="7"/>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A3" s="1" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="B3" t="s">
         <v>144</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>145</v>
       </c>
       <c r="E3" s="7"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A4" s="6" t="s">
         <v>143</v>
       </c>
       <c r="B4" s="7" t="s">
         <v>147</v>
       </c>
       <c r="C4" s="7" t="s">
         <v>148</v>
       </c>
       <c r="E4" s="7"/>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A5" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="B5" s="7" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>151</v>
       </c>
       <c r="E5" s="7"/>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A6" s="6" t="s">
         <v>146</v>
       </c>
       <c r="B6" s="7" t="s">
         <v>153</v>
       </c>
       <c r="C6" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="E6" s="7"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A7" s="6" t="s">
         <v>149</v>
       </c>
       <c r="B7" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>154</v>
       </c>
       <c r="E7" s="7"/>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A8" s="6" t="s">
         <v>152</v>
       </c>
       <c r="B8" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="E8" s="7"/>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A9" s="6" t="s">
         <v>155</v>
       </c>
       <c r="B9" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="C9" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="E9" s="7"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A10" s="6" t="s">
         <v>158</v>
       </c>
       <c r="B10" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="C10" s="7" t="s">
         <v>157</v>
       </c>
       <c r="E10" s="7"/>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A11" s="1" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="B11" t="s">
         <v>156</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="E11" s="7"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A12" s="6" t="s">
         <v>161</v>
       </c>
       <c r="B12" t="s">
         <v>159</v>
       </c>
       <c r="C12" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="E12" s="7"/>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A13" s="6" t="s">
         <v>164</v>
       </c>
       <c r="B13" t="s">
         <v>162</v>
       </c>
       <c r="C13" s="7" t="s">
         <v>160</v>
       </c>
       <c r="E13" s="7"/>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A14" s="6" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="B14" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="C14" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="E14" s="7"/>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A15" s="6" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>165</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="E15" s="7"/>
     </row>
     <row r="16" spans="1:5" ht="29" x14ac:dyDescent="0.35">
       <c r="A16" s="6" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C16" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="E16" s="7"/>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A17" s="6" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C17" s="7" t="s">
         <v>163</v>
       </c>
       <c r="E17" s="7"/>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A18" s="1" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="C18" s="7" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E18" s="7"/>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A19" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E19" s="7"/>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A20" s="6" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C20" s="7" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E20" s="7"/>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A21" s="1" t="s">
-        <v>450</v>
-[...2 lines deleted...]
-        <v>172</v>
+        <v>449</v>
+      </c>
+      <c r="C21" t="s">
+        <v>328</v>
       </c>
       <c r="E21" s="7"/>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A22" s="6" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-        <v>329</v>
+        <v>174</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>323</v>
       </c>
       <c r="E22" s="7"/>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A23" s="6" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>324</v>
+        <v>173</v>
       </c>
       <c r="E23" s="7"/>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A24" s="6" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C24" s="7" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="E24" s="7"/>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A25" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="C25" s="7" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="E25" s="7"/>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A26" s="6" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>182</v>
+      </c>
+      <c r="C26" t="s">
+        <v>455</v>
       </c>
       <c r="E26" s="7"/>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A27" s="1" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-        <v>456</v>
+        <v>464</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>181</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A28" s="6" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="C28" s="7" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A29" s="6" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C29" s="7" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A30" s="6" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="C30" s="7" t="s">
-        <v>186</v>
+        <v>258</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="29" x14ac:dyDescent="0.35">
       <c r="A31" s="6" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>259</v>
+        <v>187</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A32" s="6" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="C32" s="7" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="33" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A33" s="6" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>194</v>
+      </c>
+      <c r="C33" t="s">
+        <v>345</v>
       </c>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A34" s="1" t="s">
-        <v>334</v>
-[...2 lines deleted...]
-        <v>346</v>
+        <v>333</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>191</v>
       </c>
     </row>
     <row r="35" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A35" s="6" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A36" s="6" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="C36" s="7" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="37" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A37" s="6" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="38" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A38" s="6" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A39" s="6" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A40" s="6" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
     </row>
     <row r="41" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A41" s="6" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
     </row>
     <row r="42" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A42" s="6" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
     </row>
     <row r="43" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A43" s="6" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
     </row>
     <row r="44" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A44" s="6" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
     <row r="45" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A45" s="1"/>
     </row>
     <row r="46" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A46" s="1"/>
     </row>
     <row r="47" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A47" s="1"/>
     </row>
     <row r="48" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A48" s="1"/>
     </row>
     <row r="49" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A49" s="1"/>
     </row>
     <row r="50" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A50" s="1"/>
     </row>
     <row r="51" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A51" s="1"/>
     </row>
     <row r="52" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A52" s="1"/>
@@ -4308,930 +4327,927 @@
     </row>
     <row r="103" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A103" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EFD33C53-F641-420D-92F0-7D6BEE2C4BEA}">
   <dimension ref="A1:C25"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C12" sqref="C12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="43.36328125" customWidth="1"/>
     <col min="2" max="2" width="50.36328125" customWidth="1"/>
     <col min="3" max="3" width="65.36328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="20.399999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="25" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="25"/>
+      <c r="A1" s="26" t="s">
+        <v>485</v>
+      </c>
+      <c r="B1" s="26"/>
+      <c r="C1" s="26"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B3" t="s">
         <v>147</v>
       </c>
       <c r="C3" s="10" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="6" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B4" s="7" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="C4" s="10" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" s="6" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B5" s="7"/>
       <c r="C5" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" s="6" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B6" s="7"/>
       <c r="C6" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C7" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="6" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C8" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" s="6" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C9" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" s="6" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C10" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A11" s="6" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="C11" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A12" s="6" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="C12" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A13" s="6" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C13" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A14" s="6" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A15" s="10" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A16" s="6" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C16" s="7" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A17" s="6" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C17" s="7" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A18" s="6" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="C18" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="29" x14ac:dyDescent="0.35">
       <c r="A19" s="6" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C20" s="7" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C21" s="7" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C22" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C23" s="10" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C24" s="7" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C25" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{09E498EA-1304-46CD-9300-7282C22D2FD0}">
   <dimension ref="A1:C14"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C15" sqref="C15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="52.36328125" customWidth="1"/>
     <col min="2" max="2" width="41.36328125" customWidth="1"/>
     <col min="3" max="3" width="42" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="15" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="B3" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="C3" s="10" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C4" s="10" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C5" s="10" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C6" s="10" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C7" s="10" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C8" s="10" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C9" s="10" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C10" s="10" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="29" x14ac:dyDescent="0.35">
       <c r="C11" s="10" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C12" s="10" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C13" s="10" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C14" s="10" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:C14">
     <sortCondition ref="C3:C14"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FABDA56C-F7CC-4339-B982-3817B221C753}">
   <dimension ref="A1:C21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="43.36328125" customWidth="1"/>
     <col min="2" max="2" width="50.36328125" customWidth="1"/>
     <col min="3" max="3" width="65.36328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="16" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B3" t="s">
         <v>147</v>
       </c>
       <c r="C3" s="10" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="6" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="10" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" s="6" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B5" s="7"/>
       <c r="C5" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" s="6" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B6" s="7"/>
       <c r="C6" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C7" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="6" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C8" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="C9" s="7" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" s="6" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C10" s="7" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A11" s="6" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A12" s="6" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C12" s="7" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A13" s="6" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C13" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A14" s="10" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A15" s="6" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A16" s="6" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C16" s="7" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A17" s="6" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="C17" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="29" x14ac:dyDescent="0.35">
       <c r="A18" s="6" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C18" s="10" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C19" s="7" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C20" s="7" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C21" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="C3:C21">
     <sortCondition ref="C3:C21"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C703C992-BBC6-4AB5-A430-D2907280C7BC}">
   <dimension ref="A1:E102"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A3" sqref="A3:C44"/>
+      <selection activeCell="C18" sqref="C18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="91" customWidth="1"/>
     <col min="2" max="2" width="73.36328125" customWidth="1"/>
     <col min="3" max="3" width="40.90625" customWidth="1"/>
     <col min="5" max="5" width="71" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="16" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A3" s="1" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="B3" t="s">
         <v>144</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>145</v>
       </c>
       <c r="E3" s="1"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A4" s="6" t="s">
         <v>143</v>
       </c>
       <c r="B4" s="7" t="s">
         <v>147</v>
       </c>
       <c r="C4" s="7" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A5" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="B5" s="7" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A6" s="6" t="s">
         <v>146</v>
       </c>
       <c r="B6" s="7" t="s">
         <v>153</v>
       </c>
       <c r="C6" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A7" s="6" t="s">
         <v>149</v>
       </c>
       <c r="B7" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A8" s="6" t="s">
         <v>152</v>
       </c>
       <c r="B8" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A9" s="6" t="s">
         <v>155</v>
       </c>
       <c r="B9" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="C9" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A10" s="6" t="s">
         <v>158</v>
       </c>
       <c r="B10" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="C10" s="7" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A11" s="1" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="B11" t="s">
         <v>156</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A12" s="6" t="s">
         <v>161</v>
       </c>
       <c r="B12" t="s">
         <v>159</v>
       </c>
       <c r="C12" s="7" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A13" s="6" t="s">
         <v>164</v>
       </c>
       <c r="B13" t="s">
         <v>162</v>
       </c>
       <c r="C13" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A14" s="6" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="B14" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A15" s="6" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>165</v>
       </c>
       <c r="C15" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="29" x14ac:dyDescent="0.35">
       <c r="A16" s="6" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C16" s="7" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A17" s="6" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C17" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A18" s="1" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="C18" s="7" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A19" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A20" s="6" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C20" s="7" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A21" s="1" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="C21" s="7" t="s">
-        <v>172</v>
+        <v>328</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A22" s="6" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-        <v>329</v>
+        <v>174</v>
+      </c>
+      <c r="C22" t="s">
+        <v>323</v>
       </c>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A23" s="6" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-        <v>324</v>
+        <v>176</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>173</v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A24" s="6" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C24" s="7" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A25" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="C25" s="7" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A26" s="6" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C26" s="7" t="s">
-        <v>180</v>
+        <v>455</v>
       </c>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A27" s="1" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>456</v>
+        <v>181</v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A28" s="6" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>182</v>
+        <v>184</v>
+      </c>
+      <c r="C28" t="s">
+        <v>183</v>
       </c>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A29" s="6" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>184</v>
+        <v>186</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>185</v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A30" s="6" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="C30" s="7" t="s">
-        <v>186</v>
+        <v>258</v>
       </c>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A31" s="6" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>259</v>
+        <v>187</v>
       </c>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A32" s="6" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="C32" s="7" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="33" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A33" s="6" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C33" s="7" t="s">
-        <v>190</v>
+        <v>345</v>
       </c>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A34" s="1" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="C34" s="7" t="s">
-        <v>346</v>
+        <v>191</v>
       </c>
     </row>
     <row r="35" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A35" s="6" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>196</v>
+      </c>
+      <c r="C35" t="s">
+        <v>193</v>
       </c>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A36" s="6" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>198</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>195</v>
       </c>
     </row>
     <row r="37" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A37" s="6" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="38" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A38" s="6" t="s">
-        <v>201</v>
-[...3 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="C38" s="7"/>
     </row>
     <row r="39" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A39" s="6" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C39" s="7"/>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A40" s="6" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="C40" s="7"/>
+        <v>202</v>
+      </c>
     </row>
     <row r="41" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A41" s="6" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
     </row>
     <row r="42" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A42" s="6" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
     </row>
     <row r="43" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A43" s="6" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
     </row>
     <row r="44" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A44" s="6" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
     <row r="45" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A45" s="1"/>
     </row>
     <row r="46" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A46" s="1"/>
     </row>
     <row r="47" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A47" s="1"/>
     </row>
     <row r="48" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A48" s="1"/>
     </row>
     <row r="49" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A49" s="1"/>
     </row>
     <row r="50" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A50" s="1"/>
     </row>
     <row r="51" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A51" s="1"/>
     </row>
     <row r="52" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A52" s="1"/>
@@ -5374,462 +5390,459 @@
     <row r="98" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A98" s="1"/>
     </row>
     <row r="99" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A99" s="1"/>
     </row>
     <row r="100" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A100" s="1"/>
     </row>
     <row r="101" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A101" s="1"/>
     </row>
     <row r="102" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A102" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{316ED966-BAC0-4595-9290-CCF0B6A36E3D}">
   <dimension ref="A1:E103"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A3" sqref="A3:C44"/>
+      <selection activeCell="C18" sqref="C18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="78.54296875" customWidth="1"/>
     <col min="2" max="2" width="79.90625" customWidth="1"/>
     <col min="3" max="3" width="40.90625" customWidth="1"/>
     <col min="5" max="5" width="71" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="15" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="E2" s="7"/>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A3" s="1" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="B3" t="s">
         <v>144</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>145</v>
       </c>
       <c r="E3" s="7"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A4" s="6" t="s">
         <v>143</v>
       </c>
       <c r="B4" s="7" t="s">
         <v>147</v>
       </c>
       <c r="C4" s="7" t="s">
         <v>148</v>
       </c>
       <c r="E4" s="7"/>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A5" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="B5" s="7" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>151</v>
       </c>
       <c r="E5" s="7"/>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A6" s="6" t="s">
         <v>146</v>
       </c>
       <c r="B6" s="7" t="s">
         <v>153</v>
       </c>
       <c r="C6" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="E6" s="7"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A7" s="6" t="s">
         <v>149</v>
       </c>
       <c r="B7" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>154</v>
       </c>
       <c r="E7" s="7"/>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A8" s="6" t="s">
         <v>152</v>
       </c>
       <c r="B8" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="E8" s="7"/>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A9" s="6" t="s">
         <v>155</v>
       </c>
       <c r="B9" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="C9" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="E9" s="7"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A10" s="6" t="s">
         <v>158</v>
       </c>
       <c r="B10" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="C10" s="7" t="s">
         <v>157</v>
       </c>
       <c r="E10" s="7"/>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A11" s="1" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="B11" t="s">
         <v>156</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="E11" s="7"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A12" s="6" t="s">
         <v>161</v>
       </c>
       <c r="B12" t="s">
         <v>159</v>
       </c>
       <c r="C12" s="7" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="E12" s="7"/>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A13" s="6" t="s">
         <v>164</v>
       </c>
       <c r="B13" t="s">
         <v>162</v>
       </c>
       <c r="C13" t="s">
         <v>160</v>
       </c>
       <c r="E13" s="7"/>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A14" s="6" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="B14" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="E14" s="7"/>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A15" s="6" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>165</v>
       </c>
       <c r="C15" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="E15" s="7"/>
     </row>
     <row r="16" spans="1:5" ht="29" x14ac:dyDescent="0.35">
       <c r="A16" s="6" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C16" s="7" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="E16" s="7"/>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A17" s="6" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C17" t="s">
         <v>163</v>
       </c>
       <c r="E17" s="7"/>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A18" s="1" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="C18" s="7" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E18" s="7"/>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A19" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E19" s="7"/>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A20" s="6" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C20" s="7" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E20" s="7"/>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A21" s="1" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="C21" s="7" t="s">
-        <v>172</v>
+        <v>328</v>
       </c>
       <c r="E21" s="7"/>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A22" s="6" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-        <v>329</v>
+        <v>174</v>
+      </c>
+      <c r="C22" t="s">
+        <v>323</v>
       </c>
       <c r="E22" s="7"/>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A23" s="6" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-        <v>324</v>
+        <v>176</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>173</v>
       </c>
       <c r="E23" s="7"/>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A24" s="6" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C24" s="7" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="E24" s="7"/>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A25" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="C25" s="7" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="E25" s="7"/>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A26" s="6" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C26" s="7" t="s">
-        <v>180</v>
+        <v>455</v>
       </c>
       <c r="E26" s="7"/>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A27" s="1" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>456</v>
+        <v>181</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A28" s="6" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>182</v>
+        <v>184</v>
+      </c>
+      <c r="C28" t="s">
+        <v>183</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A29" s="6" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>184</v>
+        <v>186</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>185</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A30" s="6" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="C30" s="7" t="s">
-        <v>186</v>
+        <v>258</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="29" x14ac:dyDescent="0.35">
       <c r="A31" s="6" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>259</v>
+        <v>187</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A32" s="6" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="C32" s="7" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="33" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A33" s="6" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C33" s="7" t="s">
-        <v>190</v>
+        <v>345</v>
       </c>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A34" s="1" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="C34" s="7" t="s">
-        <v>346</v>
+        <v>191</v>
       </c>
     </row>
     <row r="35" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A35" s="6" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>196</v>
+      </c>
+      <c r="C35" t="s">
+        <v>193</v>
       </c>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A36" s="6" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>198</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>195</v>
       </c>
     </row>
     <row r="37" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A37" s="6" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="38" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A38" s="6" t="s">
-        <v>201</v>
-[...3 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="C38" s="7"/>
     </row>
     <row r="39" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A39" s="6" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C39" s="7"/>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A40" s="6" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="C40" s="7"/>
+        <v>202</v>
+      </c>
     </row>
     <row r="41" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A41" s="6" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
     </row>
     <row r="42" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A42" s="6" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
     </row>
     <row r="43" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A43" s="6" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
     </row>
     <row r="44" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A44" s="6" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
     <row r="45" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A45" s="1"/>
     </row>
     <row r="46" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A46" s="1"/>
     </row>
     <row r="47" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A47" s="1"/>
     </row>
     <row r="48" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A48" s="1"/>
     </row>
     <row r="49" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A49" s="1"/>
     </row>
     <row r="50" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A50" s="1"/>
     </row>
     <row r="51" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A51" s="1"/>
     </row>
     <row r="52" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A52" s="1"/>
@@ -5978,102 +5991,102 @@
     <row r="100" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A100" s="1"/>
     </row>
     <row r="101" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A101" s="1"/>
     </row>
     <row r="102" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A102" s="1"/>
     </row>
     <row r="103" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A103" s="1"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B3:B16">
     <sortCondition ref="B3:B16"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{55625EB3-4D29-494E-A2F4-B0CBBBF44F2E}">
   <dimension ref="A1:E71"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C35" sqref="C35"/>
+      <selection activeCell="D35" sqref="D35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="119.36328125" customWidth="1"/>
     <col min="2" max="2" width="37.36328125" customWidth="1"/>
     <col min="3" max="3" width="40.90625" customWidth="1"/>
     <col min="5" max="5" width="71" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="14" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A3" s="6"/>
       <c r="C3" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="E3" s="1"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A4" s="6"/>
       <c r="B4" s="7"/>
       <c r="C4" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A5" s="6"/>
       <c r="B5" s="7"/>
       <c r="C5" s="7" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A6" s="6"/>
       <c r="C6" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A7" s="1"/>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A8" s="1"/>
       <c r="B8" s="7"/>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A9" s="1"/>
       <c r="B9" s="6"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A10" s="1"/>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A11" s="1"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A12" s="1"/>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A13" s="1"/>
     </row>
@@ -7006,102 +7019,102 @@
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4FAF0E1E-566B-4993-82EB-836044804172}">
   <dimension ref="A1:E73"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A25" sqref="A25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="119.36328125" customWidth="1"/>
     <col min="2" max="2" width="37.36328125" customWidth="1"/>
     <col min="3" max="3" width="40.90625" customWidth="1"/>
     <col min="5" max="5" width="71" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="14" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A3" s="6"/>
       <c r="C3" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="E3" s="1"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A4" s="6"/>
       <c r="B4" s="7"/>
       <c r="C4" s="7" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A5" s="6"/>
       <c r="B5" s="7"/>
       <c r="C5" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A6" s="6"/>
       <c r="B6" s="7"/>
       <c r="C6" s="7" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A7" s="6"/>
       <c r="C7" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A8" s="6"/>
       <c r="C8" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A9" s="1"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A10" s="1"/>
       <c r="B10" s="7"/>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A11" s="1"/>
       <c r="B11" s="6"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A12" s="1"/>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A13" s="1"/>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A14" s="1"/>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A15" s="1"/>
     </row>
@@ -7282,95 +7295,95 @@
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="C3:C6">
     <sortCondition ref="C3:C6"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DEDA6221-581B-44DB-BA57-B68CFF6DB0F0}">
   <dimension ref="A1:C36"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="63.36328125" customWidth="1"/>
     <col min="2" max="2" width="54.36328125" customWidth="1"/>
     <col min="3" max="3" width="50.08984375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="18" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="6"/>
       <c r="C3" s="7" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="6"/>
       <c r="B4" s="7"/>
       <c r="C4" s="7" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" s="6"/>
       <c r="B5" s="7"/>
       <c r="C5" s="7" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" s="6"/>
       <c r="B6" s="7"/>
       <c r="C6" s="7" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6"/>
       <c r="C7" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="6"/>
       <c r="C8" s="7"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" s="6"/>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" s="6"/>
       <c r="B10" s="7"/>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A11" s="6"/>
       <c r="B11" s="6"/>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A12" s="6"/>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A13" s="6"/>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A14" s="6"/>
@@ -7429,183 +7442,183 @@
     <row r="32" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A32" s="6"/>
     </row>
     <row r="33" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A33" s="6"/>
     </row>
     <row r="34" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A34" s="6"/>
     </row>
     <row r="35" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A35" s="6"/>
     </row>
     <row r="36" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A36" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5DDDE33C-CFA2-4B83-B989-EB4F03209942}">
   <dimension ref="A1:C36"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C24" sqref="C24"/>
+      <selection activeCell="D24" sqref="D24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="63.36328125" customWidth="1"/>
     <col min="2" max="2" width="54.36328125" customWidth="1"/>
     <col min="3" max="3" width="50.08984375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="15" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="B3" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="C3" s="7" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="B4" s="7" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="B5" s="7"/>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" t="s">
-        <v>535</v>
+        <v>534</v>
       </c>
       <c r="C6" s="7"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="6" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="B8" s="7"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="B9" s="6"/>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A11" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A12" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A13" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A14" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A15" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A16" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A17" s="6" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
     </row>
     <row r="18" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A18" s="6" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
     </row>
     <row r="19" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A19" s="6" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
     </row>
     <row r="20" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A20" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
     </row>
     <row r="21" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A21" s="6" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
     </row>
     <row r="22" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A22" s="6"/>
     </row>
     <row r="23" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A23" s="6"/>
     </row>
     <row r="24" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A24" s="6"/>
     </row>
     <row r="25" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A25" s="6"/>
     </row>
     <row r="26" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A26" s="6"/>
     </row>
     <row r="27" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A27" s="6"/>
     </row>
     <row r="28" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A28" s="6"/>
     </row>
     <row r="29" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A29" s="6"/>
@@ -7631,113 +7644,113 @@
     <row r="36" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A36" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5009F63D-909D-4C67-ACAE-7EEE80571342}">
   <dimension ref="A1:C36"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A17" sqref="A17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="63.36328125" customWidth="1"/>
     <col min="2" max="2" width="54.36328125" customWidth="1"/>
     <col min="3" max="3" width="50.08984375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="15" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="C3" s="7" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="6" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" s="6" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="B5" s="7"/>
       <c r="C5" s="7"/>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" s="6" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="C7" s="7"/>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="6" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" s="6" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="B9" s="7"/>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" s="6" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="B10" s="6"/>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A11" s="6"/>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A12" s="6"/>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A13" s="6"/>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A14" s="6"/>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A15" s="6"/>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A16" s="6"/>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A17" s="6"/>
@@ -7802,282 +7815,282 @@
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:C11">
     <sortCondition ref="A3:A11"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2575C38E-6B98-4F08-A4C7-36753458657D}">
   <dimension ref="A1:G11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B28" sqref="B28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="52.36328125" customWidth="1"/>
     <col min="2" max="2" width="88.90625" customWidth="1"/>
     <col min="3" max="3" width="42" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A1" s="17" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="G2" s="3"/>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A3" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B3" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="C3" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="G3" s="3"/>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="C4" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="G4" s="3"/>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A5" t="s">
+        <v>210</v>
+      </c>
+      <c r="C5" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="G5" s="3"/>
     </row>
     <row r="6" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C6" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="G6" s="3"/>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A7" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C7" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="G7" s="3"/>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A8" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="C8" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="G8" s="3"/>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A9" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C9" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="G9" s="3"/>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A10" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="C10" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="G10" s="3"/>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.35">
       <c r="C11" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="G11" s="3"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:A10">
     <sortCondition ref="A3:A10"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D5816F95-F829-4FF9-A795-CEF65F7EB1FA}">
   <dimension ref="A1:C34"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="63.36328125" customWidth="1"/>
     <col min="2" max="2" width="54.36328125" customWidth="1"/>
     <col min="3" max="3" width="50.08984375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="15" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="B3" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="C3" s="7" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="B4" s="7" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="B5" s="7"/>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" t="s">
-        <v>535</v>
+        <v>534</v>
       </c>
       <c r="C6" s="7"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="6" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="B8" s="7"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="B9" s="6"/>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A11" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A12" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A13" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A14" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A15" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A16" s="6" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A17" s="6" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
     </row>
     <row r="18" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A18" s="6" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
     </row>
     <row r="19" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A19" s="6" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
     </row>
     <row r="20" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A20" s="6"/>
     </row>
     <row r="21" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A21" s="6"/>
     </row>
     <row r="22" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A22" s="6"/>
     </row>
     <row r="23" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A23" s="6"/>
     </row>
     <row r="24" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A24" s="6"/>
     </row>
     <row r="25" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A25" s="6"/>
     </row>
     <row r="26" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A26" s="6"/>
     </row>
     <row r="27" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A27" s="6"/>
@@ -8103,477 +8116,474 @@
     <row r="34" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A34" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3AECE0CB-7877-4EBA-B037-553BAD3BCA36}">
   <dimension ref="A1:C22"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="E24" sqref="E24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="68.36328125" customWidth="1"/>
     <col min="2" max="2" width="41.26953125" customWidth="1"/>
     <col min="3" max="3" width="40.6328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A1" s="2" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="B3" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="C3" s="7" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="B4" s="7" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="B5" s="7"/>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" t="s">
-        <v>535</v>
+        <v>534</v>
       </c>
       <c r="C6" s="7"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="6" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="B8" s="7"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="B9" s="6"/>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A11" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A12" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A13" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A14" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A15" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A16" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A17" s="6" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
     </row>
     <row r="18" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A18" s="6" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
     </row>
     <row r="19" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A19" s="6" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
     </row>
     <row r="20" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A20" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
     </row>
     <row r="21" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A21" s="6" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
     </row>
     <row r="22" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A22" s="6"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:A22">
     <sortCondition ref="A3:A22"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F772E561-09CE-4CFC-84E9-BFA0DF67051C}">
   <dimension ref="A1:E94"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C13" sqref="C13"/>
+      <selection activeCell="C12" sqref="C12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="78.54296875" customWidth="1"/>
     <col min="2" max="2" width="79.90625" customWidth="1"/>
     <col min="3" max="3" width="40.90625" customWidth="1"/>
     <col min="5" max="5" width="71" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="15" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
         <v>143</v>
       </c>
       <c r="B3" t="s">
         <v>144</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A4" s="6" t="s">
         <v>155</v>
       </c>
       <c r="B4" s="7" t="s">
         <v>147</v>
       </c>
       <c r="C4" s="7" t="s">
         <v>148</v>
       </c>
       <c r="E4" s="7"/>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A5" s="6" t="s">
         <v>158</v>
       </c>
       <c r="B5" s="7" t="s">
         <v>153</v>
       </c>
       <c r="C5" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="E5" s="7"/>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A6" s="6" t="s">
         <v>161</v>
       </c>
       <c r="B6" s="7" t="s">
         <v>165</v>
       </c>
       <c r="C6" s="7" t="s">
         <v>157</v>
       </c>
       <c r="E6" s="10"/>
     </row>
     <row r="7" spans="1:5" ht="29" x14ac:dyDescent="0.35">
       <c r="A7" s="6" t="s">
         <v>164</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>160</v>
       </c>
       <c r="E7" s="10"/>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A8" s="6" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="C8" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="E8" s="10"/>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A9" s="6" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="B9" s="7" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="C9" s="7" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="E9" s="10"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A10" s="6" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B10" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="C10" s="7" t="s">
         <v>163</v>
       </c>
       <c r="E10" s="10"/>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A11" s="6" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B11" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="C11" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="E11" s="10"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A12" s="6" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C12" s="7" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E12" s="10"/>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A13" s="6" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C13" s="7" t="s">
-        <v>168</v>
+        <v>323</v>
       </c>
       <c r="E13" s="10"/>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A14" s="6" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>324</v>
+        <v>173</v>
       </c>
       <c r="E14" s="10"/>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A15" s="6" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>174</v>
+        <v>228</v>
       </c>
       <c r="E15" s="10"/>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A16" s="6" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C16" s="7" t="s">
-        <v>229</v>
+        <v>181</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A17" s="6" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="C17" s="7" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E17" s="10"/>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A18" s="6" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C18" s="7" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E18" s="10"/>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A19" s="6" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>186</v>
+        <v>321</v>
       </c>
       <c r="E19" s="10"/>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A20" s="1" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>348</v>
+      </c>
+      <c r="C20" t="s">
+        <v>211</v>
       </c>
       <c r="E20" s="7"/>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A21" s="6" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>212</v>
+        <v>199</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>187</v>
       </c>
       <c r="E21" s="7"/>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A22" s="6" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>188</v>
+        <v>200</v>
+      </c>
+      <c r="C22" s="10" t="s">
+        <v>349</v>
       </c>
       <c r="E22" s="7"/>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A23" s="6" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>350</v>
+        <v>201</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>189</v>
       </c>
       <c r="E23" s="7"/>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A24" s="6" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>202</v>
+      </c>
+      <c r="C24" t="s">
+        <v>259</v>
       </c>
       <c r="E24" s="7"/>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A25" s="6" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-        <v>260</v>
+        <v>203</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>191</v>
       </c>
       <c r="E25" s="7"/>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A26" s="6" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="C26" s="7" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="E26" s="7"/>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A27" s="6" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E27" s="7"/>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A28" s="6" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>267</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A29" s="6" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A30" s="1"/>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A31" s="1"/>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A32" s="1"/>
     </row>
     <row r="33" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A33" s="1"/>
     </row>
     <row r="34" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A34" s="1"/>
     </row>
     <row r="35" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A35" s="1"/>
     </row>
     <row r="36" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A36" s="1"/>
     </row>
     <row r="37" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A37" s="1"/>
@@ -8752,654 +8762,651 @@
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:A29">
     <sortCondition ref="A3:A29"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8AA84438-5F34-48E4-B06B-E35B0EC4818E}">
   <dimension ref="A1:C37"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C32" sqref="C32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="52.36328125" customWidth="1"/>
     <col min="2" max="2" width="71.36328125" customWidth="1"/>
     <col min="3" max="3" width="42" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="16" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="1" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="B3" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="C3" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="6" t="s">
         <v>143</v>
       </c>
       <c r="B4" t="s">
         <v>144</v>
       </c>
       <c r="C4" s="7" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" s="6" t="s">
         <v>152</v>
       </c>
       <c r="B5" s="7" t="s">
         <v>147</v>
       </c>
       <c r="C5" s="7" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" s="6" t="s">
         <v>155</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="C6" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6" t="s">
         <v>158</v>
       </c>
       <c r="B7" s="7" t="s">
         <v>153</v>
       </c>
       <c r="C7" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="6" t="s">
         <v>161</v>
       </c>
       <c r="B8" s="7" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="C8" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" s="6" t="s">
         <v>164</v>
       </c>
       <c r="B9" s="7" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C9" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" s="6" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>165</v>
       </c>
       <c r="C10" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="29" x14ac:dyDescent="0.35">
       <c r="A11" s="6" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C11" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A12" s="6" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="B12" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="C12" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A13" s="6" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B13" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="C13" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A14" s="6" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C14" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A15" s="6" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A16" s="6" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A17" s="6" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C17" s="7"/>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A18" s="6" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C18" s="7"/>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A19" s="6" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C19" s="7"/>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A20" s="6" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="C20" s="7"/>
     </row>
     <row r="21" spans="1:3" ht="29" x14ac:dyDescent="0.35">
       <c r="A21" s="1" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="C21" s="7"/>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A22" s="6" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="C22" s="7"/>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A23" s="6" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C23" s="7"/>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A24" s="6" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A25" s="1" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A26" s="6" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A27" s="6" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A28" s="6" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A29" s="6" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A30" s="6" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A31" s="6" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A32" s="6" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
     </row>
     <row r="33" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A33" s="6" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
     </row>
     <row r="34" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A34" s="6" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
     <row r="35" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A35" s="6"/>
     </row>
     <row r="36" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A36" s="6"/>
     </row>
     <row r="37" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A37" s="6"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:A34">
     <sortCondition ref="A3:A34"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9777E613-BCEB-4564-A547-956B01A7334D}">
   <dimension ref="A1:E95"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="B12" sqref="B12:B13"/>
+      <selection activeCell="C14" sqref="C14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="78.54296875" customWidth="1"/>
     <col min="2" max="2" width="79.90625" customWidth="1"/>
     <col min="3" max="3" width="40.90625" customWidth="1"/>
     <col min="5" max="5" width="71" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="15" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A3" s="1" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="B3" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>145</v>
       </c>
       <c r="E3" s="7"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A4" s="6" t="s">
         <v>143</v>
       </c>
       <c r="B4" t="s">
         <v>144</v>
       </c>
       <c r="C4" s="7" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A5" s="6" t="s">
         <v>152</v>
       </c>
       <c r="B5" s="7" t="s">
         <v>147</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>151</v>
       </c>
       <c r="E5" s="7"/>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A6" s="6" t="s">
         <v>155</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="C6" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="E6" s="10"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A7" s="6" t="s">
         <v>158</v>
       </c>
       <c r="B7" s="7" t="s">
         <v>153</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>154</v>
       </c>
       <c r="E7" s="10"/>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A8" s="6" t="s">
         <v>161</v>
       </c>
       <c r="B8" s="7" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="C8" s="7" t="s">
         <v>157</v>
       </c>
       <c r="E8" s="10"/>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A9" s="6" t="s">
         <v>164</v>
       </c>
       <c r="B9" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="C9" s="7" t="s">
         <v>160</v>
       </c>
       <c r="E9" s="10"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A10" s="6" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>165</v>
       </c>
       <c r="C10" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="E10" s="10"/>
     </row>
     <row r="11" spans="1:5" ht="29" x14ac:dyDescent="0.35">
       <c r="A11" s="6" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="E11" s="10"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A12" s="6" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="B12" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="C12" s="7" t="s">
         <v>163</v>
       </c>
       <c r="E12" s="10"/>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A13" s="6" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B13" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="C13" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="E13" s="10"/>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A14" s="6" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E14" s="10"/>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A15" s="6" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>168</v>
+        <v>323</v>
       </c>
       <c r="E15" s="10"/>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A16" s="6" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C16" s="7" t="s">
-        <v>324</v>
+        <v>173</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A17" s="6" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C17" s="7" t="s">
-        <v>174</v>
+        <v>228</v>
       </c>
       <c r="E17" s="10"/>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A18" s="6" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C18" s="7" t="s">
-        <v>229</v>
+        <v>181</v>
       </c>
       <c r="E18" s="10"/>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A19" s="6" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E19" s="10"/>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A20" s="1" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="C20" s="7" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E20" s="7"/>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A21" s="6" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="C21" s="7" t="s">
-        <v>186</v>
+        <v>321</v>
       </c>
       <c r="E21" s="7"/>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A22" s="6" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>186</v>
+      </c>
+      <c r="C22" t="s">
+        <v>211</v>
       </c>
       <c r="E22" s="7"/>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A23" s="6" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>212</v>
+        <v>192</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>187</v>
       </c>
       <c r="E23" s="7"/>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A24" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="C24" s="10" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="E24" s="7"/>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A25" s="6" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-        <v>350</v>
+        <v>194</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>189</v>
       </c>
       <c r="E25" s="7"/>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A26" s="6" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>199</v>
+      </c>
+      <c r="C26" t="s">
+        <v>259</v>
       </c>
       <c r="E26" s="7"/>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A27" s="6" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>260</v>
+        <v>200</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>191</v>
       </c>
       <c r="E27" s="7"/>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A28" s="6" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C28" s="7" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A29" s="6" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C29" s="7" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A30" s="6" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>203</v>
+      </c>
+      <c r="C30" t="s">
+        <v>353</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A31" s="6" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="C31" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A32" s="6" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>355</v>
+        <v>204</v>
       </c>
     </row>
     <row r="33" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A33" s="6" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
     <row r="34" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A34" s="6" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
     </row>
     <row r="35" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A35" s="1"/>
     </row>
     <row r="36" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A36" s="1"/>
     </row>
     <row r="37" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A37" s="1"/>
     </row>
     <row r="38" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A38" s="1"/>
     </row>
     <row r="39" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A39" s="1"/>
     </row>
     <row r="40" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A40" s="1"/>
     </row>
     <row r="41" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A41" s="1"/>
     </row>
     <row r="42" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A42" s="1"/>
@@ -9567,116 +9574,116 @@
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B3:B11">
     <sortCondition ref="B11"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C270713F-14D8-4AF8-85D7-F761501D902A}">
   <dimension ref="A1:E102"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C27" sqref="C27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="67" customWidth="1"/>
     <col min="2" max="2" width="37.36328125" customWidth="1"/>
     <col min="3" max="3" width="40.90625" customWidth="1"/>
     <col min="5" max="5" width="71" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="14" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="B3" s="7" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="C3" s="7" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="E3" s="1"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A4" s="6" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="B4" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="C4" s="7" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A5" s="6" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="B5" s="7"/>
       <c r="C5" s="7"/>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A6" s="6" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="B6" s="7"/>
       <c r="C6" s="7"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A7" s="6" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="C7" s="7"/>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A8" s="6" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="C8" s="7"/>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A9" s="6" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="C9" s="7"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A10" s="6"/>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A11" s="6"/>
       <c r="B11" s="6"/>
       <c r="C11" s="7"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A12" s="6"/>
       <c r="C12" s="7"/>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A13" s="6"/>
       <c r="C13" s="7"/>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A14" s="6"/>
       <c r="C14" s="7"/>
     </row>
@@ -9958,89 +9965,89 @@
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:A9">
     <sortCondition ref="A3:A9"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet30.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6E728135-8CB3-43F4-94E2-4D73E1EB41B8}">
   <dimension ref="A1:C23"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D17" sqref="D17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="52.36328125" customWidth="1"/>
     <col min="2" max="2" width="41.36328125" customWidth="1"/>
     <col min="3" max="3" width="42" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="15" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="B3" s="7"/>
       <c r="C3" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="6" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" s="6" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="B5" s="7"/>
       <c r="C5" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" s="6"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6"/>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="6"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" s="6"/>
       <c r="B9" s="7"/>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" s="6"/>
       <c r="B10" s="6"/>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A11" s="6"/>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A12" s="6"/>
     </row>
@@ -10083,91 +10090,91 @@
     <row r="23" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C23" s="7"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DABD51EB-414E-4C03-88C8-E9CF44F36451}">
   <dimension ref="A1:C22"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="K36" sqref="K36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="52.36328125" customWidth="1"/>
     <col min="2" max="2" width="41.36328125" customWidth="1"/>
     <col min="3" max="3" width="42" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="15" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="7" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="6" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="C4" s="7" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" s="6" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="B5" s="7"/>
       <c r="C5" s="7"/>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" s="6" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="C6" s="7"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6"/>
       <c r="C7" s="7"/>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="6"/>
       <c r="C8" s="7"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" s="6"/>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" s="6"/>
       <c r="B10" s="6"/>
       <c r="C10" s="7"/>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A11" s="6"/>
       <c r="C11" s="7"/>
     </row>
@@ -10215,91 +10222,91 @@
       <c r="A22" s="6"/>
       <c r="C22" s="7"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet32.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{08E1957A-76ED-4F3D-9196-FCBB0D50CA6A}">
   <dimension ref="A1:C22"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C4" sqref="C4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="52.36328125" customWidth="1"/>
     <col min="2" max="2" width="41.36328125" customWidth="1"/>
     <col min="3" max="3" width="42" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="15" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="7" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="6" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="C4" s="7" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" s="6" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="B5" s="7"/>
       <c r="C5" s="7"/>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" s="6" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="C6" s="7"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6"/>
       <c r="C7" s="7"/>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="6"/>
       <c r="C8" s="7"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" s="6"/>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" s="6"/>
       <c r="B10" s="6"/>
       <c r="C10" s="7"/>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A11" s="6"/>
       <c r="C11" s="7"/>
     </row>
@@ -10347,87 +10354,87 @@
       <c r="A22" s="6"/>
       <c r="C22" s="7"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet33.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CD862408-3132-454B-A4DE-3E2882BABE5B}">
   <dimension ref="A1:C23"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="52.36328125" customWidth="1"/>
     <col min="2" max="2" width="41.36328125" customWidth="1"/>
     <col min="3" max="3" width="42" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="15" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="B3" s="7"/>
       <c r="C3" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="6" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" s="6"/>
       <c r="B5" s="7"/>
       <c r="C5" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" s="6"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6"/>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="6"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" s="6"/>
       <c r="B9" s="7"/>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" s="6"/>
       <c r="B10" s="6"/>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A11" s="6"/>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A12" s="6"/>
     </row>
@@ -10470,87 +10477,87 @@
     <row r="23" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C23" s="7"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet34.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D5CCA89E-0D2C-4AEA-812B-15DB4940F11D}">
   <dimension ref="A1:C23"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C13" sqref="C13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="52.36328125" customWidth="1"/>
     <col min="2" max="2" width="41.36328125" customWidth="1"/>
     <col min="3" max="3" width="42" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="15" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="B3" s="7"/>
       <c r="C3" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="6" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" s="6"/>
       <c r="B5" s="7"/>
       <c r="C5" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" s="6"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6"/>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="6"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" s="6"/>
       <c r="B9" s="7"/>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" s="6"/>
       <c r="B10" s="6"/>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A11" s="6"/>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A12" s="6"/>
     </row>
@@ -10580,471 +10587,471 @@
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A20" s="6"/>
       <c r="C20" s="7"/>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A21" s="6"/>
       <c r="C21" s="7"/>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A22" s="6"/>
       <c r="C22" s="7"/>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C23" s="7"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet35.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7C730E01-6F90-4FF1-9BCC-685203180147}">
   <dimension ref="A1:C22"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A43" sqref="A43"/>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="C23" sqref="C23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="80.453125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="47.36328125" customWidth="1"/>
+    <col min="1" max="1" width="63" customWidth="1"/>
+    <col min="2" max="2" width="65.81640625" customWidth="1"/>
+    <col min="3" max="3" width="47.36328125" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="16" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
-      <c r="C2" s="5" t="s">
-        <v>207</v>
+      <c r="C2" s="25" t="s">
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="B3" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-        <v>259</v>
+        <v>283</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>258</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
+        <v>318</v>
+      </c>
+      <c r="B4" t="s">
+        <v>544</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" ht="29" x14ac:dyDescent="0.35">
+      <c r="A5" t="s">
+        <v>447</v>
+      </c>
+      <c r="B5" t="s">
+        <v>314</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="B4" t="s">
-[...17 lines deleted...]
-    <row r="6" spans="1:3" x14ac:dyDescent="0.35">
+    </row>
+    <row r="6" spans="1:3" ht="29" x14ac:dyDescent="0.35">
       <c r="A6" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="B6" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>443</v>
+        <v>280</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>442</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="B7" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>283</v>
+        <v>320</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>282</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="B8" t="s">
-        <v>446</v>
-[...2 lines deleted...]
-        <v>442</v>
+        <v>445</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>441</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="B9" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-        <v>316</v>
+        <v>473</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>315</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="B10" t="s">
-        <v>475</v>
-[...2 lines deleted...]
-        <v>444</v>
+        <v>474</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>443</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A11" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="B11" t="s">
-        <v>476</v>
-[...2 lines deleted...]
-        <v>445</v>
+        <v>475</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>444</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A12" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="B12" t="s">
-        <v>550</v>
-[...2 lines deleted...]
-        <v>546</v>
+        <v>549</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>545</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A13" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="B13" t="s">
-        <v>553</v>
-[...2 lines deleted...]
-        <v>547</v>
+        <v>552</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>546</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A14" t="s">
-        <v>473</v>
-[...2 lines deleted...]
-        <v>548</v>
+        <v>472</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>547</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A15" t="s">
-        <v>478</v>
-[...2 lines deleted...]
-        <v>549</v>
+        <v>477</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>548</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A16" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A17" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
     </row>
     <row r="18" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A18" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
     </row>
     <row r="19" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A19" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
     </row>
     <row r="20" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A20" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
     </row>
     <row r="21" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A21" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
     </row>
     <row r="22" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A22" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:A20">
     <sortCondition ref="A3:A20"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet36.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F3F1FEEB-C30B-416B-A4D2-709E9FC74101}">
   <dimension ref="A1:C16"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B4" sqref="B4:B5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="52.36328125" customWidth="1"/>
     <col min="2" max="2" width="76.90625" customWidth="1"/>
     <col min="3" max="3" width="42" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="15" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="B3" s="7" t="s">
         <v>147</v>
       </c>
       <c r="C3" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="B4" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="C4" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="B5" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="C5" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="C6" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="C7" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="C8" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="C9" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C10" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A11" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="C11" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A12" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="C12" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A13" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C13" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A14" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="C14" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A15" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="C15" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A16" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet37.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{041D6A68-5197-40AC-8667-DBD97061836D}">
   <dimension ref="A1:C23"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B4" sqref="B4:B5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="52.36328125" customWidth="1"/>
     <col min="2" max="2" width="41.36328125" customWidth="1"/>
     <col min="3" max="3" width="42" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="15" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="B3" s="7" t="s">
         <v>147</v>
       </c>
       <c r="C3" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="6" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="B4" s="7" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="C4" s="7" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" s="6"/>
       <c r="B5" s="7" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="C5" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" s="6"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6"/>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="6"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" s="6"/>
       <c r="B9" s="7"/>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" s="6"/>
       <c r="B10" s="6"/>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A11" s="6"/>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A12" s="6"/>
     </row>
@@ -11087,568 +11094,568 @@
     <row r="23" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C23" s="7"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet38.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2DAD7F58-F35F-45D2-8C23-C9EC84CF6620}">
   <dimension ref="A1:C29"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B4" sqref="B4:B5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="68.90625" customWidth="1"/>
     <col min="2" max="2" width="61" customWidth="1"/>
     <col min="3" max="3" width="65.36328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="14" t="s">
-        <v>503</v>
+        <v>502</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="10" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="B3" t="s">
         <v>147</v>
       </c>
       <c r="C3" s="10" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="6" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B4" s="7" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="C4" s="10" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" s="6" t="s">
         <v>155</v>
       </c>
       <c r="B5" s="7" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="C5" s="10" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" s="6" t="s">
         <v>158</v>
       </c>
       <c r="B6" s="7"/>
       <c r="C6" s="10" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6" t="s">
         <v>161</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="6" t="s">
         <v>164</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" s="6" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C9" s="7" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" s="6" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="C10" s="7" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A11" s="6" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A12" s="6" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C12" s="7" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A13" s="6" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C13" s="7" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A14" s="6" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A15" s="6" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A16" s="6" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A17" s="6" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
     </row>
     <row r="18" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A18" s="6" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
     </row>
     <row r="19" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A19" s="6" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
     </row>
     <row r="20" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A20" s="6" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
     </row>
     <row r="21" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A21" s="6" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
     </row>
     <row r="22" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A22" s="6" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
     </row>
     <row r="23" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A23" s="10" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
     </row>
     <row r="24" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A24" s="6" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A25" s="6" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
     </row>
     <row r="26" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A26" s="6" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
     </row>
     <row r="27" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A27" s="6" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
     </row>
     <row r="28" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A28" s="6" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
     </row>
     <row r="29" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A29" s="6" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:A29">
     <sortCondition ref="A3:A29"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet39.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BD83A479-83D1-44D2-AD65-C71363A95ABA}">
   <dimension ref="A1:C22"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B3" sqref="B3:B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="72.36328125" customWidth="1"/>
     <col min="2" max="2" width="59.6328125" customWidth="1"/>
     <col min="3" max="3" width="42" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="15" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="B3" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="C3" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="B4" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="C4" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="B5" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="C5" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="B6" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="C6" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="B7" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="C7" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="B8" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="C8" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="B9" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="C9" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="B10" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="C10" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A11" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="B11" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="C11" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A12" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="B12" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="C12" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A13" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="B13" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="C13" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A14" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="C14" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A15" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="C15" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A16" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A17" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
     </row>
     <row r="18" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A18" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
     </row>
     <row r="19" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A19" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
     </row>
     <row r="20" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A20" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
     </row>
     <row r="21" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A21" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
     </row>
     <row r="22" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A22" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:A13">
     <sortCondition ref="A3:A13"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2A6E6971-2BB3-43F4-B983-A8EC88D2A99F}">
   <dimension ref="A1:E102"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="119.36328125" customWidth="1"/>
     <col min="2" max="2" width="37.36328125" customWidth="1"/>
     <col min="3" max="3" width="40.90625" customWidth="1"/>
     <col min="5" max="5" width="71" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="14" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="B3" s="11" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="C3" s="7"/>
       <c r="E3" s="1"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A4" s="6"/>
       <c r="B4" s="11" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A5" s="6"/>
       <c r="B5" s="11" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="C5" s="7"/>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A6" s="6"/>
       <c r="B6" s="11" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="C6" s="7"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A7" s="6"/>
       <c r="B7" s="11" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="C7" s="7"/>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A8" s="6"/>
       <c r="B8" s="11" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="C8" s="7"/>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A9" s="6"/>
       <c r="B9" s="11" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="C9" s="7"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A10" s="6"/>
       <c r="B10" s="11" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="C10" s="7"/>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A11" s="6"/>
       <c r="B11" s="11" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="C11" s="7"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A12" s="6"/>
       <c r="B12" s="11" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="C12" s="7"/>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A13" s="6"/>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A14" s="6"/>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A15" s="6"/>
       <c r="C15" s="7"/>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A16" s="6"/>
       <c r="C16" s="7"/>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A17" s="6"/>
       <c r="C17" s="7"/>
     </row>
@@ -11916,634 +11923,629 @@
     <row r="102" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A102" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet40.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A5673401-5A81-456C-9B6E-0FE8FE145A86}">
   <dimension ref="A1:C31"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B5" sqref="B5:B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="63.36328125" customWidth="1"/>
     <col min="2" max="2" width="88.6328125" customWidth="1"/>
     <col min="3" max="3" width="65.36328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="16" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="10" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="B3" s="7" t="s">
         <v>147</v>
       </c>
       <c r="C3" s="10" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="6" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B4" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="C4" s="10" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" s="6" t="s">
         <v>155</v>
       </c>
       <c r="B5" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="C5" s="10" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" s="6" t="s">
         <v>158</v>
       </c>
       <c r="B6" s="7" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="C6" s="7" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6" t="s">
         <v>161</v>
       </c>
       <c r="B7" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="6" t="s">
         <v>164</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" s="6" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C9" s="7" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" s="6" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="C10" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A11" s="6" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A12" s="6" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C12" s="7" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A13" s="6" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C13" s="7" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A14" s="6" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C14" s="10" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A15" s="6" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A16" s="6" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C16" s="7" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A17" s="6" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
     </row>
     <row r="18" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A18" s="6" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
     </row>
     <row r="19" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A19" s="6" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
     </row>
     <row r="20" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A20" s="6" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
     </row>
     <row r="21" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A21" s="6" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
     </row>
     <row r="22" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A22" s="6" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
     </row>
     <row r="23" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A23" s="10" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
     </row>
     <row r="24" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A24" s="6" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A25" s="6" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
     </row>
     <row r="26" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A26" s="6" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
     </row>
     <row r="27" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A27" s="6" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
     </row>
     <row r="28" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A28" s="6" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
     </row>
     <row r="29" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A29" s="6" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
     </row>
     <row r="30" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A30" s="6" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
     </row>
     <row r="31" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A31" s="6" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="C3:C16">
     <sortCondition ref="C3:C16"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet41.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{35247D14-E795-479D-A411-96F9BB3A1AA4}">
   <dimension ref="A1:C17"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="52.36328125" customWidth="1"/>
     <col min="2" max="2" width="41.36328125" customWidth="1"/>
     <col min="3" max="3" width="42" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="15" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="6"/>
       <c r="B3" s="7"/>
       <c r="C3" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="6"/>
       <c r="B4" s="6"/>
       <c r="C4" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" s="6"/>
       <c r="C5" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" s="6"/>
       <c r="C6" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6"/>
       <c r="C7" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="6"/>
       <c r="C8" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" s="6"/>
       <c r="C9" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" s="6"/>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A11" s="6"/>
       <c r="C11" s="7"/>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A12" s="6"/>
       <c r="C12" s="7"/>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A13" s="6"/>
       <c r="C13" s="7"/>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A14" s="6"/>
       <c r="C14" s="7"/>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A15" s="6"/>
       <c r="C15" s="7"/>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A16" s="6"/>
       <c r="C16" s="7"/>
     </row>
     <row r="17" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C17" s="7"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet42.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{86307063-B9F8-46C9-A3E9-19F4E2A03F6E}">
-  <dimension ref="A1:C20"/>
+  <dimension ref="A1:C19"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="K29" sqref="K29"/>
+      <selection activeCell="C39" sqref="C39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="59.7265625" customWidth="1"/>
     <col min="2" max="2" width="52.81640625" customWidth="1"/>
     <col min="3" max="3" width="42" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="15" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B3" s="7" t="s">
         <v>147</v>
       </c>
       <c r="C3" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="B4" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="C4" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" t="s">
         <v>158</v>
       </c>
       <c r="B5" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C6" s="7" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>166</v>
+        <v>214</v>
+      </c>
+      <c r="C8" t="s">
+        <v>173</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" t="s">
+        <v>180</v>
+      </c>
+      <c r="C9" s="7" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>182</v>
+        <v>178</v>
+      </c>
+      <c r="C10" t="s">
+        <v>183</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A11" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-        <v>184</v>
+        <v>467</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>185</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A12" s="6" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>186</v>
+        <v>201</v>
+      </c>
+      <c r="C12" t="s">
+        <v>211</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A13" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C13" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A14" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-        <v>212</v>
+        <v>203</v>
+      </c>
+      <c r="C14" s="7" t="s">
+        <v>187</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A15" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C16" s="7" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="17" spans="3:3" x14ac:dyDescent="0.35">
-      <c r="C17" s="7" t="s">
-        <v>192</v>
+      <c r="C17" t="s">
+        <v>208</v>
       </c>
     </row>
     <row r="18" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C18" t="s">
-        <v>209</v>
+        <v>195</v>
       </c>
     </row>
     <row r="19" spans="3:3" x14ac:dyDescent="0.35">
-      <c r="C19" t="s">
-[...5 lines deleted...]
-        <v>198</v>
+      <c r="C19" s="7" t="s">
+        <v>197</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:A15">
     <sortCondition ref="A3:A15"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet43.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C834398C-C6ED-4F01-83B0-F1C4099CD6DB}">
   <dimension ref="A1:C23"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="F23" sqref="F23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="52.36328125" customWidth="1"/>
     <col min="2" max="2" width="41.36328125" customWidth="1"/>
     <col min="3" max="3" width="42" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="15" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="6"/>
       <c r="B3" s="7"/>
       <c r="C3" s="10" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="6"/>
       <c r="B4" s="7"/>
       <c r="C4" s="10" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" s="6"/>
       <c r="B5" s="7"/>
       <c r="C5" s="10" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" s="6"/>
       <c r="C6" s="10" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6"/>
       <c r="C7" s="10" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="6"/>
       <c r="C8" s="7" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" s="6"/>
       <c r="B9" s="7"/>
       <c r="C9" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" s="6"/>
       <c r="B10" s="6"/>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A11" s="6"/>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A12" s="6"/>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A13" s="6"/>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A14" s="6"/>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A15" s="6"/>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A16" s="6"/>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.35">
@@ -12576,115 +12578,115 @@
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="C3:C9">
     <sortCondition ref="C3:C9"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet44.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1E2FEE82-D35B-4092-8490-A636DEAEC842}">
   <dimension ref="A1:C23"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C3" sqref="C3:C10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="52.36328125" customWidth="1"/>
     <col min="2" max="2" width="41.36328125" customWidth="1"/>
     <col min="3" max="3" width="42" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="15" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="6"/>
       <c r="B3" s="7"/>
       <c r="C3" s="10" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="6"/>
       <c r="B4" s="7"/>
       <c r="C4" s="10" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" s="6"/>
       <c r="B5" s="7"/>
       <c r="C5" s="10" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" s="6"/>
       <c r="C6" s="10" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6"/>
       <c r="C7" s="10" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="6"/>
       <c r="C8" s="7" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" s="6"/>
       <c r="B9" s="7"/>
       <c r="C9" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" s="6"/>
       <c r="B10" s="6"/>
       <c r="C10" s="10" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A11" s="6"/>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A12" s="6"/>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A13" s="6"/>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A14" s="6"/>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A15" s="6"/>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A16" s="6"/>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A17" s="6"/>
       <c r="C17" s="7"/>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.35">
@@ -12701,107 +12703,107 @@
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A21" s="6"/>
       <c r="C21" s="7"/>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A22" s="6"/>
       <c r="C22" s="7"/>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C23" s="7"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="C3:C10">
     <sortCondition ref="C3:C10"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet45.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{42A0CCF9-0BEB-4E4F-BA3C-7193FADEE882}">
   <dimension ref="A1:C23"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C3" sqref="C3:C7"/>
+      <selection activeCell="I37" sqref="I37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="52.36328125" customWidth="1"/>
     <col min="2" max="2" width="41.36328125" customWidth="1"/>
     <col min="3" max="3" width="42" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="15" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="6"/>
       <c r="B3" s="7"/>
       <c r="C3" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="6"/>
       <c r="B4" s="7"/>
       <c r="C4" s="10" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" s="6"/>
       <c r="B5" s="7"/>
       <c r="C5" s="7" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" s="6"/>
       <c r="C6" s="10" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6"/>
       <c r="C7" s="10" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="6"/>
       <c r="C8" s="10"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" s="6"/>
       <c r="B9" s="7"/>
       <c r="C9" s="10"/>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" s="6"/>
       <c r="B10" s="6"/>
       <c r="C10" s="10"/>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A11" s="6"/>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A12" s="6"/>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A13" s="6"/>
     </row>
@@ -12844,229 +12846,385 @@
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="C3:C7">
     <sortCondition ref="C3:C7"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet46.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2D49730B-2D2A-41DC-BB9F-7BF2AE74402A}">
   <dimension ref="A1:C23"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C25" sqref="C25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="52.36328125" customWidth="1"/>
     <col min="2" max="2" width="41.36328125" customWidth="1"/>
     <col min="3" max="3" width="42" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="15" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="B3" s="7" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-        <v>327</v>
+        <v>283</v>
+      </c>
+      <c r="C3" s="27" t="s">
+        <v>563</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="6" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="B4" s="7" t="s">
-        <v>545</v>
-[...2 lines deleted...]
-        <v>362</v>
+        <v>544</v>
+      </c>
+      <c r="C4" s="10" t="s">
+        <v>326</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" s="6"/>
       <c r="B5" s="7"/>
-      <c r="C5" s="10" t="s">
-        <v>365</v>
+      <c r="C5" t="s">
+        <v>361</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" s="6"/>
       <c r="C6" s="10" t="s">
-        <v>322</v>
+        <v>364</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6"/>
-      <c r="C7" s="7" t="s">
-        <v>264</v>
+      <c r="C7" s="10" t="s">
+        <v>321</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="6"/>
-      <c r="C8" s="10" t="s">
-        <v>266</v>
+      <c r="C8" s="7" t="s">
+        <v>263</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" s="6"/>
       <c r="B9" s="7"/>
       <c r="C9" s="10" t="s">
-        <v>363</v>
+        <v>265</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" s="6"/>
       <c r="B10" s="6"/>
       <c r="C10" s="10" t="s">
-        <v>263</v>
+        <v>362</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A11" s="6"/>
+      <c r="C11" s="10" t="s">
+        <v>262</v>
+      </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A12" s="6"/>
+      <c r="C12" s="10" t="s">
+        <v>562</v>
+      </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A13" s="6"/>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A14" s="6"/>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A15" s="6"/>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A16" s="6"/>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A17" s="6"/>
       <c r="C17" s="7"/>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A18" s="6"/>
       <c r="C18" s="7"/>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A19" s="6"/>
       <c r="C19" s="7"/>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A20" s="6"/>
       <c r="C20" s="7"/>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A21" s="6"/>
       <c r="C21" s="7"/>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A22" s="6"/>
       <c r="C22" s="7"/>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C23" s="7"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="C3:C10">
     <sortCondition ref="C3:C10"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet47.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F1695CB4-A509-4124-8438-86490E4A37D6}">
+  <dimension ref="A1:C24"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C3" sqref="C3:C12"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="52.36328125" customWidth="1"/>
+    <col min="2" max="2" width="41.36328125" customWidth="1"/>
+    <col min="3" max="3" width="42" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A1" s="15" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="2" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A2" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="B2" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="C2" s="5" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A3" s="6" t="s">
+        <v>363</v>
+      </c>
+      <c r="B3" s="7" t="s">
+        <v>283</v>
+      </c>
+      <c r="C3" s="27" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A4" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="B4" s="7" t="s">
+        <v>544</v>
+      </c>
+      <c r="C4" s="10" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A5" s="6"/>
+      <c r="B5" s="7"/>
+      <c r="C5" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A6" s="6"/>
+      <c r="C6" s="10" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A7" s="6"/>
+      <c r="C7" s="10" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A8" s="6"/>
+      <c r="C8" s="7" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A9" s="6"/>
+      <c r="B9" s="7"/>
+      <c r="C9" s="10" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A10" s="6"/>
+      <c r="B10" s="6"/>
+      <c r="C10" s="10" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A11" s="6"/>
+      <c r="C11" s="10" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A12" s="6"/>
+      <c r="C12" s="10" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A13" s="6"/>
+    </row>
+    <row r="14" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A14" s="6"/>
+    </row>
+    <row r="15" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A15" s="6"/>
+    </row>
+    <row r="16" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A16" s="6"/>
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A17" s="6"/>
+    </row>
+    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A18" s="6"/>
+      <c r="C18" s="7"/>
+    </row>
+    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A19" s="6"/>
+      <c r="C19" s="7"/>
+    </row>
+    <row r="20" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A20" s="6"/>
+      <c r="C20" s="7"/>
+    </row>
+    <row r="21" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A21" s="6"/>
+      <c r="C21" s="7"/>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A22" s="6"/>
+      <c r="C22" s="7"/>
+    </row>
+    <row r="23" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="C23" s="7"/>
+    </row>
+    <row r="24" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="C24" s="7"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet48.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1DBEDE9A-8E10-4C37-9E91-14D17A0D1571}">
   <dimension ref="A1:C23"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="K29" sqref="K29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="52.36328125" customWidth="1"/>
     <col min="2" max="2" width="41.36328125" customWidth="1"/>
     <col min="3" max="3" width="42" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="15" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="B3" s="7" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="6" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="B4" s="7" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" s="6" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="B5" s="7"/>
       <c r="C5" s="10"/>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" s="6"/>
       <c r="C6" s="10"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6"/>
       <c r="C7" s="10"/>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="6"/>
       <c r="C8" s="10"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" s="6"/>
       <c r="B9" s="7"/>
       <c r="C9" s="10"/>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" s="6"/>
       <c r="B10" s="6"/>
       <c r="C10" s="10"/>
@@ -13099,244 +13257,244 @@
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A19" s="6"/>
       <c r="C19" s="7"/>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A20" s="6"/>
       <c r="C20" s="7"/>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A21" s="6"/>
       <c r="C21" s="7"/>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A22" s="6"/>
       <c r="C22" s="7"/>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C23" s="7"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet48.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet49.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{84280059-1951-4CC0-BFB3-D5B68D4AA3AF}">
   <dimension ref="A1:C20"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection sqref="A1:XFD1048576"/>
+      <selection activeCell="F34" sqref="F34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="43.36328125" customWidth="1"/>
     <col min="2" max="2" width="59.6328125" customWidth="1"/>
     <col min="3" max="3" width="65.36328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="14" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B3" t="s">
         <v>147</v>
       </c>
       <c r="C3" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="6" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" s="10" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="B5" s="7"/>
       <c r="C5" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" s="6" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="B6" s="7"/>
       <c r="C6" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C7" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="29" x14ac:dyDescent="0.35">
       <c r="A8" s="6" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C8" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C9" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C10" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C11" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C12" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C13" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C14" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C15" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C16" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
     </row>
     <row r="17" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C17" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C18" s="10" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
     </row>
     <row r="19" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C19" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
     </row>
     <row r="20" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C20" s="7"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3679EE4F-3ACA-4106-B6C2-36EA92BA2ED0}">
   <dimension ref="A1:C22"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B27" sqref="B27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="52.36328125" customWidth="1"/>
     <col min="2" max="2" width="41.36328125" customWidth="1"/>
     <col min="3" max="3" width="42" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="14" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
+        <v>237</v>
+      </c>
+      <c r="B3" s="7" t="s">
         <v>238</v>
       </c>
-      <c r="B3" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" s="7" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="6"/>
       <c r="B4" s="7" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" s="6"/>
       <c r="B5" s="7"/>
       <c r="C5" s="7"/>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" s="6"/>
       <c r="C6" s="7"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6"/>
       <c r="C7" s="7"/>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="6"/>
       <c r="C8" s="7"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" s="6"/>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
     </row>
@@ -13394,123 +13552,123 @@
       <c r="C22" s="7"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B4B94777-B3FB-479B-AC99-DF3476DB4299}">
   <dimension ref="A1:E77"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C15" sqref="C15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="59" customWidth="1"/>
     <col min="2" max="2" width="62.90625" customWidth="1"/>
     <col min="3" max="3" width="40.90625" customWidth="1"/>
     <col min="5" max="5" width="71" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="15" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="B3" s="7" t="s">
         <v>147</v>
       </c>
       <c r="C3" s="7" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="E3" s="1"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A4" s="6" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="C4" s="7" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A5" s="6" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C5" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A6" s="6" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C6" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A7" s="6" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="C7" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A8" s="6" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C8" s="7"/>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A9" s="6" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="C9" s="7"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A10" s="6" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="C10" s="7"/>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A11" s="1"/>
       <c r="C11" s="7"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A12" s="1"/>
       <c r="C12" s="7"/>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A13" s="1"/>
       <c r="C13" s="7"/>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A14" s="1"/>
       <c r="C14" s="7"/>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A15" s="1"/>
       <c r="C15" s="7"/>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A16" s="1"/>
@@ -13709,85 +13867,85 @@
     <row r="77" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A77" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5D0466E0-7745-450D-B880-B7BF7C603658}">
   <dimension ref="A1:C22"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B18" sqref="B17:B18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="52.36328125" customWidth="1"/>
     <col min="2" max="2" width="41.36328125" customWidth="1"/>
     <col min="3" max="3" width="42" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="16" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="B3" s="7"/>
       <c r="C3" s="7" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="6"/>
       <c r="B4" s="7"/>
       <c r="C4" s="7" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" s="6"/>
       <c r="B5" s="7"/>
       <c r="C5" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" s="6"/>
       <c r="C6" s="7"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6"/>
       <c r="C7" s="7"/>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="6"/>
       <c r="C8" s="7"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" s="6"/>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" s="6"/>
       <c r="B10" s="6"/>
       <c r="C10" s="7"/>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
@@ -13838,282 +13996,293 @@
       <c r="A22" s="6"/>
       <c r="C22" s="7"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2804C162-695D-4901-97EA-4B6C90215BCB}">
   <dimension ref="A1:C20"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="43.36328125" customWidth="1"/>
     <col min="2" max="2" width="59.6328125" customWidth="1"/>
     <col min="3" max="3" width="65.36328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="14" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B3" t="s">
         <v>147</v>
       </c>
       <c r="C3" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="6" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" s="10" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="B5" s="7"/>
       <c r="C5" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" s="6" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="B6" s="7"/>
       <c r="C6" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C7" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="29" x14ac:dyDescent="0.35">
       <c r="A8" s="6" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C8" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C9" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C10" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C11" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C12" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C13" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C14" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C15" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.35">
       <c r="C16" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
     </row>
     <row r="17" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C17" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C18" s="10" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
     </row>
     <row r="19" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C19" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
     </row>
     <row r="20" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C20" s="7"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{11ED86F6-FFA9-4FCE-BFA9-E448002AE430}">
   <dimension ref="A1:C9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C11" sqref="C11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="50.36328125" customWidth="1"/>
     <col min="2" max="2" width="47.90625" customWidth="1"/>
     <col min="3" max="3" width="57.81640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A1" s="2" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="B3" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="C3" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="B4" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="C4" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="C5" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A528DB4F3B680049A1B6302570DB6599" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b0fcbea6c2d8efd49e9a1eb953fb02e0">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="55a87ade-ca37-4be4-b5e7-89e6a0eeda8e" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="10a9cbfc9872bfee9d0d169a87f1b7c4" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="55a87ade-ca37-4be4-b5e7-89e6a0eeda8e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A528DB4F3B680049A1B6302570DB6599" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d90c234fed0c8770953e7a1b2d611513">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="55a87ade-ca37-4be4-b5e7-89e6a0eeda8e" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="446c7753b09ae5439db644e596fa4019" ns2:_="" ns3:_="">
     <xsd:import namespace="55a87ade-ca37-4be4-b5e7-89e6a0eeda8e"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -14262,177 +14431,152 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58EAEB43-B473-4425-BA58-1F75D756DBC2}">
-[...17 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A8473DA-8EF8-4995-8E76-A4E6FE1A5668}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <ds:schemaRef ds:uri="55a87ade-ca37-4be4-b5e7-89e6a0eeda8e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BADEF25F-3277-4C3F-BD62-8AEF1085DEF8}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0DC3FA47-29AF-4EF5-BF7F-25FCCB2B887E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>48</vt:i4>
+        <vt:i4>49</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="48" baseType="lpstr">
+    <vt:vector size="49" baseType="lpstr">
       <vt:lpstr>Overview</vt:lpstr>
       <vt:lpstr>Units of Measure</vt:lpstr>
       <vt:lpstr>CLT08</vt:lpstr>
       <vt:lpstr>ENE52</vt:lpstr>
       <vt:lpstr>ENE53</vt:lpstr>
       <vt:lpstr>FAC86</vt:lpstr>
       <vt:lpstr>FAC107</vt:lpstr>
       <vt:lpstr>FAC110</vt:lpstr>
       <vt:lpstr>FAC111</vt:lpstr>
       <vt:lpstr>FAC113</vt:lpstr>
       <vt:lpstr>FAC116</vt:lpstr>
       <vt:lpstr>FAC118</vt:lpstr>
       <vt:lpstr>FAC119</vt:lpstr>
       <vt:lpstr>FAC120</vt:lpstr>
       <vt:lpstr>FAC121</vt:lpstr>
       <vt:lpstr>FAC122</vt:lpstr>
       <vt:lpstr>FAC123</vt:lpstr>
       <vt:lpstr>FAC124</vt:lpstr>
       <vt:lpstr>FAC126</vt:lpstr>
       <vt:lpstr>FAC127</vt:lpstr>
       <vt:lpstr>FAC131</vt:lpstr>
       <vt:lpstr>GRO38</vt:lpstr>
       <vt:lpstr>GRO39</vt:lpstr>
       <vt:lpstr>GRO40</vt:lpstr>
       <vt:lpstr>GRO41</vt:lpstr>
       <vt:lpstr>GRO42</vt:lpstr>
       <vt:lpstr>HLS06</vt:lpstr>
       <vt:lpstr>HSP44</vt:lpstr>
       <vt:lpstr>HSP45</vt:lpstr>
       <vt:lpstr>ITC73</vt:lpstr>
       <vt:lpstr>ITC80</vt:lpstr>
       <vt:lpstr>ITE001</vt:lpstr>
       <vt:lpstr> ITT72 Cat 1</vt:lpstr>
       <vt:lpstr>ITT72 Cat 2-7</vt:lpstr>
       <vt:lpstr>MRO001</vt:lpstr>
       <vt:lpstr>OFF48</vt:lpstr>
       <vt:lpstr>OFF50</vt:lpstr>
       <vt:lpstr>OFF51</vt:lpstr>
       <vt:lpstr>OFF52</vt:lpstr>
       <vt:lpstr>OFF53</vt:lpstr>
       <vt:lpstr>PRF76</vt:lpstr>
       <vt:lpstr>PSE01</vt:lpstr>
       <vt:lpstr>VEH110</vt:lpstr>
       <vt:lpstr>VEH111</vt:lpstr>
       <vt:lpstr>VEH112</vt:lpstr>
       <vt:lpstr>VEH114</vt:lpstr>
+      <vt:lpstr>VEH115</vt:lpstr>
       <vt:lpstr>VEH119</vt:lpstr>
       <vt:lpstr>WMR001</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Wolfe, Julia (OSD)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>