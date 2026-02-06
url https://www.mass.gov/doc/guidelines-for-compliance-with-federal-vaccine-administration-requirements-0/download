--- v0 (2025-10-27)
+++ v1 (2026-02-06)
@@ -1,63 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webextensions/taskpanes.xml" ContentType="application/vnd.ms-office.webextensiontaskpanes+xml"/>
   <Override PartName="/word/webextensions/webextension1.xml" ContentType="application/vnd.ms-office.webextension+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/webextensiontaskpanes" Target="word/webextensions/taskpanes.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="330634F7" w14:textId="21DF0A4D" w:rsidR="00C303B1" w:rsidRPr="00CA4ECD" w:rsidRDefault="00C303B1" w:rsidP="0023584A">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA4ECD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Massachusetts Department of Public Health</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="102AC7A4" w14:textId="0D43FD37" w:rsidR="00C303B1" w:rsidRPr="00CA4ECD" w:rsidRDefault="002C3D91" w:rsidP="0023584A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-792"/>
           <w:tab w:val="left" w:pos="-360"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="2520"/>
@@ -116,132 +115,122 @@
           <w:tab w:val="left" w:pos="8280"/>
           <w:tab w:val="left" w:pos="9000"/>
           <w:tab w:val="left" w:pos="9720"/>
           <w:tab w:val="left" w:pos="10440"/>
           <w:tab w:val="left" w:pos="11160"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="75FC1E23">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>State Vaccine Program</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4284D3A7" w14:textId="3B4BDA20" w:rsidR="005D7C09" w:rsidRPr="00CA4ECD" w:rsidRDefault="00496ABB" w:rsidP="486D896B">
+    <w:p w14:paraId="4284D3A7" w14:textId="22FC744A" w:rsidR="005D7C09" w:rsidRPr="00CA4ECD" w:rsidRDefault="1740C72E" w:rsidP="5A69D9B5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7560"/>
           <w:tab w:val="left" w:pos="8280"/>
           <w:tab w:val="left" w:pos="9000"/>
           <w:tab w:val="left" w:pos="9720"/>
           <w:tab w:val="left" w:pos="10440"/>
           <w:tab w:val="left" w:pos="11160"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="486D896B">
+      <w:r w:rsidRPr="41BA7792">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="7ED7659A" w:rsidRPr="486D896B">
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidR="0F9EAC9E" w:rsidRPr="41BA7792">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="486D896B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="41BA7792">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C303B1" w:rsidRPr="486D896B">
+        <w:t>Guidelines for Compliance</w:t>
+      </w:r>
+      <w:r w:rsidR="005D7C09" w:rsidRPr="41BA7792">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Guidelines for Compliance</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="486D896B">
+      <w:r w:rsidR="00C303B1" w:rsidRPr="41BA7792">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CB873DF" w14:textId="5E5E8F64" w:rsidR="00C303B1" w:rsidRPr="00CA4ECD" w:rsidRDefault="005807CD" w:rsidP="72454F01">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7560"/>
           <w:tab w:val="left" w:pos="8280"/>
           <w:tab w:val="left" w:pos="9000"/>
@@ -321,24565 +310,25836 @@
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7560"/>
           <w:tab w:val="left" w:pos="8280"/>
           <w:tab w:val="left" w:pos="9000"/>
           <w:tab w:val="left" w:pos="9720"/>
           <w:tab w:val="left" w:pos="10440"/>
           <w:tab w:val="left" w:pos="11160"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46AF8C97" w14:textId="77777777" w:rsidR="00BA4BCC" w:rsidRPr="00CA4ECD" w:rsidRDefault="00BA4BCC" w:rsidP="00BA4BCC">
+    <w:p w14:paraId="46AF8C97" w14:textId="77777777" w:rsidR="00BA4BCC" w:rsidRPr="00745B63" w:rsidRDefault="00BA4BCC" w:rsidP="00BA4BCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00CA4ECD">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Table of Contents</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9648" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4282"/>
         <w:gridCol w:w="776"/>
         <w:gridCol w:w="3780"/>
         <w:gridCol w:w="810"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BA4BCC" w:rsidRPr="00CA4ECD" w14:paraId="47D96F37" w14:textId="77777777" w:rsidTr="0DE27EB1">
+      <w:tr w:rsidR="00BA4BCC" w:rsidRPr="00745B63" w14:paraId="47D96F37" w14:textId="77777777" w:rsidTr="0DE27EB1">
         <w:trPr>
           <w:trHeight w:val="341"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="57B15C03" w14:textId="77777777" w:rsidR="00BA4BCC" w:rsidRPr="00CA4ECD" w:rsidRDefault="00BA4BCC" w:rsidP="00AF3EFF">
+          <w:p w14:paraId="57B15C03" w14:textId="77777777" w:rsidR="00BA4BCC" w:rsidRPr="00745B63" w:rsidRDefault="00BA4BCC" w:rsidP="00AF3EFF">
             <w:pPr>
               <w:spacing w:before="100" w:after="100"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA4ECD">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Section</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="776" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4A23D327" w14:textId="77777777" w:rsidR="00BA4BCC" w:rsidRPr="00CA4ECD" w:rsidRDefault="00BA4BCC" w:rsidP="00AF3EFF">
+          <w:p w14:paraId="4A23D327" w14:textId="77777777" w:rsidR="00BA4BCC" w:rsidRPr="00745B63" w:rsidRDefault="00BA4BCC" w:rsidP="00AF3EFF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="432"/>
               </w:tabs>
               <w:spacing w:before="100" w:after="100"/>
               <w:ind w:left="346" w:hanging="346"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA4ECD">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Page</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5B6866DE" w14:textId="77777777" w:rsidR="00BA4BCC" w:rsidRPr="00CA4ECD" w:rsidRDefault="00BA4BCC" w:rsidP="00AF3EFF">
+          <w:p w14:paraId="5B6866DE" w14:textId="77777777" w:rsidR="00BA4BCC" w:rsidRPr="00745B63" w:rsidRDefault="00BA4BCC" w:rsidP="00AF3EFF">
             <w:pPr>
               <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA4ECD">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Section</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4F3F3B79" w14:textId="77777777" w:rsidR="00BA4BCC" w:rsidRPr="00CA4ECD" w:rsidRDefault="00BA4BCC" w:rsidP="00AF3EFF">
+          <w:p w14:paraId="4F3F3B79" w14:textId="77777777" w:rsidR="00BA4BCC" w:rsidRPr="00745B63" w:rsidRDefault="00BA4BCC" w:rsidP="00AF3EFF">
             <w:pPr>
               <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA4ECD">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Page</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00493713" w:rsidRPr="00CA4ECD" w14:paraId="1E4B0F7F" w14:textId="77777777" w:rsidTr="0DE27EB1">
+      <w:tr w:rsidR="00493713" w:rsidRPr="00745B63" w14:paraId="1E4B0F7F" w14:textId="77777777" w:rsidTr="0DE27EB1">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7B8C7E26" w14:textId="77777777" w:rsidR="00493713" w:rsidRPr="00CA4ECD" w:rsidRDefault="00493713" w:rsidP="00493713">
+          <w:p w14:paraId="7B8C7E26" w14:textId="77777777" w:rsidR="00493713" w:rsidRPr="00745B63" w:rsidRDefault="00493713" w:rsidP="00493713">
             <w:pPr>
               <w:spacing w:before="100" w:after="100"/>
               <w:ind w:left="270" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA4ECD">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>A. Appropriate Use of State-Supplied Vaccine (Including Restitution Policy)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="776" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="57D06A98" w14:textId="558B8280" w:rsidR="00493713" w:rsidRPr="00CA4ECD" w:rsidRDefault="00EA050D" w:rsidP="00493713">
+          <w:p w14:paraId="57D06A98" w14:textId="766A9092" w:rsidR="00493713" w:rsidRPr="00745B63" w:rsidRDefault="0001576F" w:rsidP="00493713">
             <w:pPr>
               <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="71962D8C" w14:textId="6FA03230" w:rsidR="00493713" w:rsidRPr="00CA4ECD" w:rsidRDefault="00493713" w:rsidP="00493713">
+          <w:p w14:paraId="71962D8C" w14:textId="6FA03230" w:rsidR="00493713" w:rsidRPr="00745B63" w:rsidRDefault="00493713" w:rsidP="00493713">
             <w:pPr>
               <w:spacing w:before="100" w:after="100" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="255" w:hanging="255"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0DE27EB1">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">E. Vaccine Information Statements (VIS) and Consent       </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="295E3604" w14:textId="14FCA239" w:rsidR="00493713" w:rsidRPr="00CA4ECD" w:rsidRDefault="00493713" w:rsidP="00493713">
+          <w:p w14:paraId="295E3604" w14:textId="62EBAB02" w:rsidR="00493713" w:rsidRPr="00745B63" w:rsidRDefault="00493713" w:rsidP="00493713">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="432"/>
               </w:tabs>
               <w:spacing w:before="100" w:after="100"/>
               <w:ind w:left="346" w:hanging="346"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0DE27EB1">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00E766D2">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00493713" w:rsidRPr="00CA4ECD" w14:paraId="0BF1C5B0" w14:textId="77777777" w:rsidTr="0DE27EB1">
+      <w:tr w:rsidR="00493713" w:rsidRPr="00745B63" w14:paraId="0BF1C5B0" w14:textId="77777777" w:rsidTr="0DE27EB1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="409E3F06" w14:textId="77777777" w:rsidR="00493713" w:rsidRPr="00CA4ECD" w:rsidRDefault="00493713" w:rsidP="00493713">
+          <w:p w14:paraId="409E3F06" w14:textId="77777777" w:rsidR="00493713" w:rsidRPr="00745B63" w:rsidRDefault="00493713" w:rsidP="00493713">
             <w:pPr>
               <w:spacing w:before="100" w:after="100"/>
               <w:ind w:left="270" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA4ECD">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">B. Vaccine Management  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="776" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="11E49263" w14:textId="7C190DAC" w:rsidR="00493713" w:rsidRPr="00CA4ECD" w:rsidRDefault="00493713" w:rsidP="00493713">
+          <w:p w14:paraId="11E49263" w14:textId="7C190DAC" w:rsidR="00493713" w:rsidRPr="00745B63" w:rsidRDefault="00493713" w:rsidP="00493713">
             <w:pPr>
               <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="08D0A534" w14:textId="7656A808" w:rsidR="00493713" w:rsidRPr="00CA4ECD" w:rsidRDefault="00493713" w:rsidP="00493713">
+          <w:p w14:paraId="08D0A534" w14:textId="7656A808" w:rsidR="00493713" w:rsidRPr="00745B63" w:rsidRDefault="00493713" w:rsidP="00493713">
             <w:pPr>
               <w:spacing w:before="100" w:after="100"/>
               <w:ind w:left="259" w:hanging="259"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0DE27EB1">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>F. Documentation of Vaccine Administration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="475E6913" w14:textId="78A92A11" w:rsidR="00493713" w:rsidRPr="00CA4ECD" w:rsidRDefault="00493713" w:rsidP="00493713">
+          <w:p w14:paraId="475E6913" w14:textId="3F825249" w:rsidR="00493713" w:rsidRPr="00745B63" w:rsidRDefault="00493713" w:rsidP="00493713">
             <w:pPr>
               <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0DE27EB1">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C0191E">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00493713" w:rsidRPr="00CA4ECD" w14:paraId="3F8F3B74" w14:textId="77777777" w:rsidTr="0DE27EB1">
+      <w:tr w:rsidR="00493713" w:rsidRPr="00745B63" w14:paraId="3F8F3B74" w14:textId="77777777" w:rsidTr="0DE27EB1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5539A4DD" w14:textId="66CCFABA" w:rsidR="00493713" w:rsidRPr="00CA4ECD" w:rsidRDefault="00493713" w:rsidP="00493713">
+          <w:p w14:paraId="5539A4DD" w14:textId="66CCFABA" w:rsidR="00493713" w:rsidRPr="00745B63" w:rsidRDefault="00493713" w:rsidP="00493713">
             <w:pPr>
               <w:spacing w:before="100" w:after="100" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="270" w:hanging="270"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0DE27EB1">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">C. Responsibilities of the Medical Director        </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="776" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1F768768" w14:textId="79197E78" w:rsidR="00493713" w:rsidRPr="00CA4ECD" w:rsidRDefault="00493713" w:rsidP="00493713">
+          <w:p w14:paraId="1F768768" w14:textId="6AD860ED" w:rsidR="00493713" w:rsidRPr="00745B63" w:rsidRDefault="00493713" w:rsidP="00493713">
             <w:pPr>
               <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0DE27EB1">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A877C0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="21356172" w14:textId="58B05A52" w:rsidR="00493713" w:rsidRPr="00CA4ECD" w:rsidRDefault="00493713" w:rsidP="00493713">
+          <w:p w14:paraId="21356172" w14:textId="58B05A52" w:rsidR="00493713" w:rsidRPr="00745B63" w:rsidRDefault="00493713" w:rsidP="00493713">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="255"/>
               </w:tabs>
               <w:spacing w:before="100" w:after="100" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="255" w:hanging="255"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0DE27EB1">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>G. Vaccine Safety</w:t>
             </w:r>
-            <w:r w:rsidRPr="0DE27EB1">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="17E822E4" w14:textId="32B6CF82" w:rsidR="00493713" w:rsidRPr="00CA4ECD" w:rsidRDefault="00493713" w:rsidP="00493713">
+          <w:p w14:paraId="17E822E4" w14:textId="39B4A055" w:rsidR="00493713" w:rsidRPr="00745B63" w:rsidRDefault="00493713" w:rsidP="00493713">
             <w:pPr>
               <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0DE27EB1">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C0191E">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA4BCC" w:rsidRPr="00CA4ECD" w14:paraId="445DC12D" w14:textId="77777777" w:rsidTr="0DE27EB1">
+      <w:tr w:rsidR="00BA4BCC" w:rsidRPr="00745B63" w14:paraId="445DC12D" w14:textId="77777777" w:rsidTr="0DE27EB1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="74E89493" w14:textId="1B39BEEA" w:rsidR="00BA4BCC" w:rsidRPr="00CA4ECD" w:rsidRDefault="00BA4BCC" w:rsidP="0DE27EB1">
+          <w:p w14:paraId="74E89493" w14:textId="1B39BEEA" w:rsidR="00BA4BCC" w:rsidRPr="00745B63" w:rsidRDefault="00BA4BCC" w:rsidP="0DE27EB1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="270"/>
               </w:tabs>
               <w:spacing w:before="100" w:after="100" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="270" w:hanging="270"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0DE27EB1">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">D. </w:t>
             </w:r>
-            <w:r w:rsidR="086D9DA2" w:rsidRPr="0DE27EB1">
+            <w:r w:rsidR="086D9DA2" w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Billing and Charging for State-Supplied</w:t>
             </w:r>
-            <w:r w:rsidR="00882DC5" w:rsidRPr="0DE27EB1">
+            <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="05591C78" w:rsidRPr="0DE27EB1">
+            <w:r w:rsidR="05591C78" w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vaccine</w:t>
             </w:r>
-            <w:r w:rsidR="00882DC5" w:rsidRPr="0DE27EB1">
+            <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
-            <w:r w:rsidR="05591C78" w:rsidRPr="0DE27EB1">
+            <w:r w:rsidR="05591C78" w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="776" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1998B787" w14:textId="22C1DD97" w:rsidR="00BA4BCC" w:rsidRPr="00CA4ECD" w:rsidRDefault="78D7B8C4" w:rsidP="0DE27EB1">
+          <w:p w14:paraId="1998B787" w14:textId="6EA86BB1" w:rsidR="00BA4BCC" w:rsidRPr="00745B63" w:rsidRDefault="78D7B8C4" w:rsidP="0DE27EB1">
             <w:pPr>
               <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0DE27EB1">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00EA050D">
+            <w:r w:rsidR="00E766D2">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="12C56DB8" w14:textId="1EA1FE13" w:rsidR="00AD1537" w:rsidRPr="00CA4ECD" w:rsidRDefault="00AD1537" w:rsidP="00567E3A">
+          <w:p w14:paraId="12C56DB8" w14:textId="1EA1FE13" w:rsidR="00AD1537" w:rsidRPr="00745B63" w:rsidRDefault="00AD1537" w:rsidP="00567E3A">
             <w:pPr>
               <w:spacing w:before="100" w:after="100"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3B0EDDBF" w14:textId="31A2B6CA" w:rsidR="00BA4BCC" w:rsidRPr="00CA4ECD" w:rsidRDefault="00BA4BCC" w:rsidP="0DE27EB1">
+          <w:p w14:paraId="3B0EDDBF" w14:textId="31A2B6CA" w:rsidR="00BA4BCC" w:rsidRPr="00745B63" w:rsidRDefault="00BA4BCC" w:rsidP="0DE27EB1">
             <w:pPr>
               <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6BC99DBF" w14:textId="77777777" w:rsidR="00C303B1" w:rsidRPr="00CA4ECD" w:rsidRDefault="00C303B1" w:rsidP="00541ED0">
+    <w:p w14:paraId="6BC99DBF" w14:textId="77777777" w:rsidR="00C303B1" w:rsidRPr="00745B63" w:rsidRDefault="00C303B1" w:rsidP="00541ED0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-792"/>
           <w:tab w:val="left" w:pos="-360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EAB157E" w14:textId="44718B87" w:rsidR="011A7571" w:rsidRPr="000063A2" w:rsidRDefault="00C303B1" w:rsidP="000063A2">
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="0EAB157E" w14:textId="44718B87" w:rsidR="011A7571" w:rsidRPr="00745B63" w:rsidRDefault="00C303B1" w:rsidP="000063A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The following requirements regarding</w:t>
       </w:r>
-      <w:r w:rsidR="007B0E04" w:rsidRPr="2C41DE4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="007B0E04" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> state-supplied</w:t>
       </w:r>
-      <w:r w:rsidRPr="2C41DE4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> vaccine </w:t>
       </w:r>
-      <w:r w:rsidR="00205C94" w:rsidRPr="2C41DE4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00205C94" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>storage</w:t>
       </w:r>
-      <w:r w:rsidR="00B20B1C" w:rsidRPr="2C41DE4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B20B1C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:r w:rsidR="00205C94" w:rsidRPr="2C41DE4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00205C94" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="2C41DE4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>handling, administration, documentation, reporting</w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="2C41DE4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="2C41DE4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and information are in accordance with Section 317 of the Public Health Service Act, federal vaccine contract terms, the specification</w:t>
       </w:r>
-      <w:r w:rsidR="000909B0" w:rsidRPr="2C41DE4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000909B0" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="2C41DE4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the National Childhood Vaccine Injury Act (NCVIA) of 1986 (Section 2125, of the Public Health Service Act)</w:t>
       </w:r>
-      <w:r w:rsidR="00B20B1C" w:rsidRPr="2C41DE4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B20B1C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="2C41DE4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Vaccines for Children Program (</w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="2C41DE4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>VFC</w:t>
       </w:r>
-      <w:r w:rsidRPr="2C41DE4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>) (Section 1928 of the S</w:t>
       </w:r>
-      <w:r w:rsidR="007C379F" w:rsidRPr="2C41DE4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="007C379F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ocial Security Act)</w:t>
       </w:r>
-      <w:r w:rsidR="41DBB708" w:rsidRPr="2C41DE4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="41DBB708" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="007C379F" w:rsidRPr="2C41DE4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="007C379F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the</w:t>
       </w:r>
-      <w:r w:rsidR="00373C57" w:rsidRPr="2C41DE4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00373C57" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mass</w:t>
       </w:r>
-      <w:r w:rsidR="00B20B1C" w:rsidRPr="2C41DE4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B20B1C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>achusetts Department of Public H</w:t>
       </w:r>
-      <w:r w:rsidR="00373C57" w:rsidRPr="2C41DE4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00373C57" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ealth (</w:t>
       </w:r>
-      <w:r w:rsidR="00C210B8" w:rsidRPr="2C41DE4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C210B8" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidR="007C379F" w:rsidRPr="2C41DE4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="007C379F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DPH</w:t>
       </w:r>
-      <w:r w:rsidR="00373C57" w:rsidRPr="2C41DE4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00373C57" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="007C379F" w:rsidRPr="2C41DE4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="007C379F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00496ABB" w:rsidRPr="2C41DE4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00496ABB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Immunization Division</w:t>
       </w:r>
-      <w:r w:rsidR="00737813" w:rsidRPr="2C41DE4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00737813" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="011A7571">
+      <w:r w:rsidR="011A7571" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="606C720C" w14:textId="36C49326" w:rsidR="68D8A3C8" w:rsidRDefault="7A825FFB" w:rsidP="770AAFAA">
+    <w:p w14:paraId="0043D413" w14:textId="32D48CD7" w:rsidR="770AAFAA" w:rsidRPr="00745B63" w:rsidRDefault="3DC157E2" w:rsidP="770AAFAA">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...80 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Vaccine Program, as mentioned throughout the agreement, is comprised of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>two</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF67C1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="5F25E448" w:rsidRPr="770AAFAA">
-[...27 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sub</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-programs: universal state pediatric vaccine </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>program (including</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF67C1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="03109482" w:rsidRPr="770AAFAA">
-[...51 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF67C1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>federal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E40E4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">accines </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF67C1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidR="5E25E241" w:rsidRPr="770AAFAA">
-[...27 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="007E40E4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>hildren (VFC) program</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF67C1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="5E25E241" w:rsidRPr="770AAFAA">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>limited adult vaccine program. All sites enrolled in the Vaccine Program (including Specialty providers, Respiratory Vaccine-Only providers, or Adult-Only providers) must consider all doses received via the Vaccine Program as state-supplied vaccines and</w:t>
+      </w:r>
+      <w:r w:rsidR="0C14BF7B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="2F02E3B4" w:rsidRPr="770AAFAA">
-[...179 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="24DDE1ED" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>utilized according to the guidelines described below.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E4DE5AF" w14:textId="77777777" w:rsidR="000063A2" w:rsidRDefault="000063A2" w:rsidP="770AAFAA">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="5B64653D" w14:textId="77777777" w:rsidR="00C527E3" w:rsidRPr="00745B63" w:rsidRDefault="00C527E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26EFBFC1" w14:textId="569C23DB" w:rsidR="000063A2" w:rsidRDefault="000063A2" w:rsidP="000063A2">
-[...87 lines deleted...]
-    <w:p w14:paraId="66A2F852" w14:textId="125337A3" w:rsidR="00AD0605" w:rsidRPr="00CA4ECD" w:rsidRDefault="00AD0605" w:rsidP="2E4C63D0">
+    <w:p w14:paraId="66A2F852" w14:textId="125337A3" w:rsidR="00AD0605" w:rsidRPr="00745B63" w:rsidRDefault="00AD0605" w:rsidP="2E4C63D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7560"/>
           <w:tab w:val="left" w:pos="8280"/>
           <w:tab w:val="left" w:pos="9000"/>
           <w:tab w:val="left" w:pos="9720"/>
           <w:tab w:val="left" w:pos="10440"/>
           <w:tab w:val="left" w:pos="11160"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>A.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000B2F58" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="000B2F58" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Appropriate Use of </w:t>
       </w:r>
-      <w:r w:rsidR="000357FA" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="000357FA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>State-supplied</w:t>
       </w:r>
-      <w:r w:rsidR="000B2F58" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="000B2F58" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vaccine</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="151D41B3" w14:textId="5D3B3B29" w:rsidR="00052CDD" w:rsidRPr="00CA4ECD" w:rsidRDefault="0023584A" w:rsidP="0023798E">
+    <w:p w14:paraId="151D41B3" w14:textId="3589DD41" w:rsidR="00052CDD" w:rsidRPr="00745B63" w:rsidRDefault="0023584A" w:rsidP="291246AE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="000C5540" w:rsidRPr="4D31163E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000C5540" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-1.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="4D31163E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002400D3">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002400D3" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="0089709A" w:rsidRPr="4D31163E">
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="2D0C2247" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All DPH recommended vaccines provided by </w:t>
+      </w:r>
+      <w:r w:rsidR="5B1571A5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="56CC8BC7" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he Universal Pediatric Vaccine Program </w:t>
+      </w:r>
+      <w:r w:rsidR="007E40E4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidR="56CC8BC7" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> available to all children </w:t>
+      </w:r>
+      <w:r w:rsidR="200264D3" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>18 years and younger</w:t>
+      </w:r>
+      <w:r w:rsidR="56CC8BC7" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, regardless of insurance status</w:t>
+      </w:r>
+      <w:r w:rsidR="5DAF0C02" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="65FD7DB1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VFC </w:t>
+      </w:r>
+      <w:r w:rsidR="007E40E4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eligibility</w:t>
+      </w:r>
+      <w:r w:rsidR="39B738EF" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, with the</w:t>
+      </w:r>
+      <w:r w:rsidR="1D7DD97D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ex</w:t>
+      </w:r>
+      <w:r w:rsidR="14F1E03C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cept</w:t>
+      </w:r>
+      <w:r w:rsidR="3C84A502" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ion of</w:t>
+      </w:r>
+      <w:r w:rsidR="14F1E03C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Men-</w:t>
+      </w:r>
+      <w:r w:rsidR="6E00095B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B. P</w:t>
+      </w:r>
+      <w:r w:rsidR="0089709A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">roviders </w:t>
+      </w:r>
+      <w:r w:rsidR="00980EA5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">must administer state-supplied vaccines in accordance with the eligibility criteria defined in the most recent versions of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00980EA5" w:rsidRPr="00E56D0F">
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidR="00980EA5" w:rsidRPr="00745B63">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Childhood Vaccine Availability Table</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00980EA5" w:rsidRPr="00E56D0F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00980EA5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="00980EA5" w:rsidRPr="00E56D0F">
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidR="00980EA5" w:rsidRPr="00745B63">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Adult Vaccine Availability Table</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00980EA5" w:rsidRPr="00E56D0F">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> (available on the MDPH Immunization Division Vaccine Management webpage).</w:t>
+      <w:r w:rsidR="00980EA5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="511947D9" w14:textId="3A8EE6F3" w:rsidR="0089709A" w:rsidRDefault="0023584A" w:rsidP="00980EA5">
+    <w:p w14:paraId="511947D9" w14:textId="25053746" w:rsidR="0089709A" w:rsidRDefault="0023584A" w:rsidP="291246AE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547" w:hanging="547"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="000C5540" w:rsidRPr="72454F01">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000C5540" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-2.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="72454F01">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002400D3">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002400D3" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="75FC1E23" w:rsidRPr="72454F01">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="75FC1E23" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Providers must screen all children</w:t>
       </w:r>
-      <w:r w:rsidR="75FC1E23" w:rsidRPr="72454F01">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="75FC1E23" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="75FC1E23" w:rsidRPr="72454F01">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="75FC1E23" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="4FA88DE4" w:rsidRPr="72454F01">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="075CC057" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BF67C1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>years</w:t>
+      </w:r>
+      <w:r w:rsidR="075CC057" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF67C1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BF67C1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="075CC057" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>younger</w:t>
+      </w:r>
+      <w:r w:rsidR="75FC1E23" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) at </w:t>
+      </w:r>
+      <w:r w:rsidR="75FC1E23" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>every immunization visit</w:t>
       </w:r>
-      <w:r w:rsidR="75FC1E23" w:rsidRPr="72454F01">
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="75FC1E23" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, as outlined in the Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="56043370" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to Comply d</w:t>
+      </w:r>
+      <w:r w:rsidR="3AC91D22" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ocu</w:t>
+      </w:r>
+      <w:r w:rsidR="56043370" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ment</w:t>
+      </w:r>
+      <w:r w:rsidR="75FC1E23" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, to determine </w:t>
+      </w:r>
+      <w:r w:rsidR="39DBCA8F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">their VFC </w:t>
       </w:r>
-      <w:r w:rsidR="75FC1E23" w:rsidRPr="72454F01">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="75FC1E23" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>eligibility</w:t>
       </w:r>
-      <w:r w:rsidR="61D1CCDE" w:rsidRPr="72454F01">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="61D1CCDE" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="75FC1E23" w:rsidRPr="72454F01">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="75FC1E23" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Patient eligibility screening </w:t>
       </w:r>
-      <w:r w:rsidR="4E3CC751" w:rsidRPr="72454F01">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="4E3CC751" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">results must be </w:t>
       </w:r>
-      <w:r w:rsidR="005502D2" w:rsidRPr="72454F01">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005502D2" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>documented and</w:t>
       </w:r>
-      <w:r w:rsidR="4E3CC751" w:rsidRPr="72454F01">
-[...17 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="4E3CC751" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="75FC1E23" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>recorded electronically</w:t>
+      </w:r>
+      <w:r w:rsidR="12E51F36" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="275CDA57" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="51A8E8F5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidR="1C204C1E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="51A8E8F5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...16 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VFC Patient Eligibility form</w:t>
+      </w:r>
+      <w:r w:rsidR="51A8E8F5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF67C1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:r w:rsidR="7771D15E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, the form must be</w:t>
+      </w:r>
+      <w:r w:rsidR="75FC1E23" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> retrievable in the event of a </w:t>
+      </w:r>
+      <w:r w:rsidR="0C23CD50" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Compliance </w:t>
       </w:r>
-      <w:r w:rsidR="75FC1E23" w:rsidRPr="72454F01">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="75FC1E23" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>site visit. VFC screening information must be retained in the electronic medical record or on file in the office for a minimum of 3 years after service to the patient has been completed.</w:t>
       </w:r>
-      <w:r w:rsidR="6836930F" w:rsidRPr="72454F01">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="6836930F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E8B4A9C" w14:textId="16981BE3" w:rsidR="0089709A" w:rsidRDefault="00980EA5" w:rsidP="00980EA5">
+    <w:p w14:paraId="7D79B4A0" w14:textId="77777777" w:rsidR="003C757A" w:rsidRPr="00745B63" w:rsidRDefault="003C757A" w:rsidP="291246AE">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="547" w:hanging="547"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6676DE23" w14:textId="729F0058" w:rsidR="005502D2" w:rsidRPr="00745B63" w:rsidRDefault="00980EA5" w:rsidP="00BF67C1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="547" w:hanging="547"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00106DEB" w:rsidRPr="53C9E82F">
-[...41 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="6836930F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Children </w:t>
+      </w:r>
+      <w:r w:rsidR="643587C9" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>18 years and younger</w:t>
+      </w:r>
+      <w:r w:rsidR="6836930F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the following categories are eligible for VFC vaccine:</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3361"/>
         <w:gridCol w:w="4909"/>
       </w:tblGrid>
-      <w:tr w:rsidR="75FC1E23" w14:paraId="3ECCDDDB" w14:textId="77777777" w:rsidTr="005502D2">
+      <w:tr w:rsidR="75FC1E23" w:rsidRPr="00745B63" w14:paraId="3ECCDDDB" w14:textId="77777777" w:rsidTr="005502D2">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3361" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AECA9AC" w14:textId="31F65854" w:rsidR="75FC1E23" w:rsidRDefault="75FC1E23" w:rsidP="75FC1E23">
+          <w:p w14:paraId="2AECA9AC" w14:textId="31F65854" w:rsidR="75FC1E23" w:rsidRPr="00745B63" w:rsidRDefault="75FC1E23" w:rsidP="75FC1E23">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="75FC1E23">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Eligibility Categories</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4909" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5408DCAE" w14:textId="6C87A247" w:rsidR="75FC1E23" w:rsidRDefault="75FC1E23" w:rsidP="75FC1E23">
+          <w:p w14:paraId="5408DCAE" w14:textId="6C87A247" w:rsidR="75FC1E23" w:rsidRPr="00745B63" w:rsidRDefault="75FC1E23" w:rsidP="75FC1E23">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="75FC1E23">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Electronic Health Record Drop-Down Selections</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="75FC1E23" w14:paraId="3F1162C7" w14:textId="77777777" w:rsidTr="005502D2">
+      <w:tr w:rsidR="75FC1E23" w:rsidRPr="00745B63" w14:paraId="3F1162C7" w14:textId="77777777" w:rsidTr="005502D2">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3361" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C673C8B" w14:textId="786439A1" w:rsidR="75FC1E23" w:rsidRDefault="75FC1E23" w:rsidP="75FC1E23">
+          <w:p w14:paraId="5C673C8B" w14:textId="786439A1" w:rsidR="75FC1E23" w:rsidRPr="00745B63" w:rsidRDefault="75FC1E23" w:rsidP="75FC1E23">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="75FC1E23">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Medicaid/Mass Health</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4909" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CC04F5B" w14:textId="3BB1666B" w:rsidR="75FC1E23" w:rsidRDefault="75FC1E23" w:rsidP="75FC1E23">
+          <w:p w14:paraId="7CC04F5B" w14:textId="3BB1666B" w:rsidR="75FC1E23" w:rsidRPr="00745B63" w:rsidRDefault="75FC1E23" w:rsidP="75FC1E23">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="75FC1E23">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>VFC Eligible - Medicaid</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="75FC1E23" w14:paraId="37519C18" w14:textId="77777777" w:rsidTr="005502D2">
+      <w:tr w:rsidR="75FC1E23" w:rsidRPr="00745B63" w14:paraId="37519C18" w14:textId="77777777" w:rsidTr="005502D2">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3361" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EF5E80F" w14:textId="1DA1304B" w:rsidR="75FC1E23" w:rsidRDefault="75FC1E23" w:rsidP="75FC1E23">
+          <w:p w14:paraId="3EF5E80F" w14:textId="1DA1304B" w:rsidR="75FC1E23" w:rsidRPr="00745B63" w:rsidRDefault="75FC1E23" w:rsidP="75FC1E23">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="75FC1E23">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Uninsured</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4909" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04779143" w14:textId="2BAA2BBE" w:rsidR="75FC1E23" w:rsidRDefault="75FC1E23" w:rsidP="75FC1E23">
+          <w:p w14:paraId="04779143" w14:textId="2BAA2BBE" w:rsidR="75FC1E23" w:rsidRPr="00745B63" w:rsidRDefault="75FC1E23" w:rsidP="75FC1E23">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="75FC1E23">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>VFC Eligible – Uninsured</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="75FC1E23" w14:paraId="725E073E" w14:textId="77777777" w:rsidTr="005502D2">
+      <w:tr w:rsidR="75FC1E23" w:rsidRPr="00745B63" w14:paraId="725E073E" w14:textId="77777777" w:rsidTr="005502D2">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3361" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12A457CB" w14:textId="2ACB8A3D" w:rsidR="75FC1E23" w:rsidRDefault="75FC1E23" w:rsidP="75FC1E23">
+          <w:p w14:paraId="12A457CB" w14:textId="2ACB8A3D" w:rsidR="75FC1E23" w:rsidRPr="00745B63" w:rsidRDefault="75FC1E23" w:rsidP="75FC1E23">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="75FC1E23">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>American Indian</w:t>
             </w:r>
-            <w:r w:rsidR="2A82D6FD" w:rsidRPr="75FC1E23">
+            <w:r w:rsidR="2A82D6FD" w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Native American) or </w:t>
             </w:r>
-            <w:r w:rsidRPr="75FC1E23">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Alaskan Native</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4909" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DF87088" w14:textId="19DD06CA" w:rsidR="75FC1E23" w:rsidRDefault="75FC1E23" w:rsidP="75FC1E23">
+          <w:p w14:paraId="1DF87088" w14:textId="19DD06CA" w:rsidR="75FC1E23" w:rsidRPr="00745B63" w:rsidRDefault="75FC1E23" w:rsidP="75FC1E23">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="75FC1E23">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>VFC Eligible – American Indian/Alaskan Native</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="75FC1E23" w14:paraId="31B6F721" w14:textId="77777777" w:rsidTr="005502D2">
+      <w:tr w:rsidR="75FC1E23" w:rsidRPr="00745B63" w14:paraId="31B6F721" w14:textId="77777777" w:rsidTr="005502D2">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3361" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="494F12FB" w14:textId="7313077E" w:rsidR="75FC1E23" w:rsidRDefault="75FC1E23" w:rsidP="75FC1E23">
+          <w:p w14:paraId="494F12FB" w14:textId="7313077E" w:rsidR="75FC1E23" w:rsidRPr="00745B63" w:rsidRDefault="75FC1E23" w:rsidP="75FC1E23">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="75FC1E23">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Underinsured</w:t>
             </w:r>
-            <w:r w:rsidR="7E6DCDF1" w:rsidRPr="75FC1E23">
+            <w:r w:rsidR="7E6DCDF1" w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4909" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34B3EC83" w14:textId="5171CD81" w:rsidR="75FC1E23" w:rsidRDefault="75FC1E23" w:rsidP="75FC1E23">
+          <w:p w14:paraId="34B3EC83" w14:textId="5171CD81" w:rsidR="75FC1E23" w:rsidRPr="00745B63" w:rsidRDefault="75FC1E23" w:rsidP="75FC1E23">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="75FC1E23">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>VFC Eligible – Underinsured</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="699A91B3" w14:textId="261D9539" w:rsidR="005502D2" w:rsidRDefault="005502D2" w:rsidP="005502D2">
+    <w:p w14:paraId="699A91B3" w14:textId="38CC6E07" w:rsidR="005502D2" w:rsidRPr="00745B63" w:rsidRDefault="005502D2" w:rsidP="736660E4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...9 lines deleted...]
-        <w:t>* Underinsured children (insurance coverage does not include vaccines or covers only selected vaccines) seen at federally qualified health centers (FQHC) and rural health centers (RHC).</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>* Underinsured children (insurance coverage does not include vaccines</w:t>
+      </w:r>
+      <w:r w:rsidR="2FD773D6" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>covers only selected vaccines</w:t>
+      </w:r>
+      <w:r w:rsidR="44BFE9DD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, or does not provider first-dollar coverage</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>) seen at federally qualified health centers (FQHC) and rural health centers (RHC).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4205"/>
         <w:gridCol w:w="4205"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005502D2" w14:paraId="37029377" w14:textId="77777777" w:rsidTr="005502D2">
+      <w:tr w:rsidR="005502D2" w:rsidRPr="00745B63" w14:paraId="37029377" w14:textId="77777777" w:rsidTr="38F5FB58">
         <w:trPr>
           <w:trHeight w:val="452"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="619CA463" w14:textId="3E002710" w:rsidR="005502D2" w:rsidRDefault="005502D2" w:rsidP="005502D2">
+          <w:p w14:paraId="619CA463" w14:textId="3E002710" w:rsidR="005502D2" w:rsidRPr="00745B63" w:rsidRDefault="005502D2" w:rsidP="005502D2">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="75FC1E23">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Non-VFC Eligibility Categories</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="515B4F6B" w14:textId="1050CE93" w:rsidR="005502D2" w:rsidRDefault="005502D2" w:rsidP="005502D2">
+          <w:p w14:paraId="515B4F6B" w14:textId="1050CE93" w:rsidR="005502D2" w:rsidRPr="00745B63" w:rsidRDefault="005502D2" w:rsidP="005502D2">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="75FC1E23">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Electronic Health Record Drop-Down Selections</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005502D2" w14:paraId="7840F225" w14:textId="77777777" w:rsidTr="005502D2">
+      <w:tr w:rsidR="005502D2" w:rsidRPr="00745B63" w14:paraId="7840F225" w14:textId="77777777" w:rsidTr="38F5FB58">
         <w:trPr>
           <w:trHeight w:val="260"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78DFFCAA" w14:textId="584CB1E0" w:rsidR="005502D2" w:rsidRDefault="005502D2" w:rsidP="005502D2">
+          <w:p w14:paraId="78DFFCAA" w14:textId="15A5E647" w:rsidR="005502D2" w:rsidRPr="00745B63" w:rsidRDefault="0C1084BF" w:rsidP="38F5FB58">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="75FC1E23">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Private Insurance</w:t>
+              <w:t>Any category not listed above</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43ED0E0D" w14:textId="1150B1B3" w:rsidR="005502D2" w:rsidRDefault="005502D2" w:rsidP="005502D2">
+          <w:p w14:paraId="43ED0E0D" w14:textId="1150B1B3" w:rsidR="005502D2" w:rsidRPr="00745B63" w:rsidRDefault="005502D2" w:rsidP="005502D2">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="75FC1E23">
+            <w:r w:rsidRPr="00745B63">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NOT VFC ELIGIBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="750F3BE5" w14:textId="6472988C" w:rsidR="0089709A" w:rsidRPr="00CA4ECD" w:rsidRDefault="00980EA5" w:rsidP="00980EA5">
+    <w:p w14:paraId="6B4FC957" w14:textId="77777777" w:rsidR="00BF67C1" w:rsidRPr="00745B63" w:rsidRDefault="00980EA5" w:rsidP="00980EA5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="547" w:hanging="547"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="0437A0B0" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+    </w:p>
+    <w:p w14:paraId="750F3BE5" w14:textId="647B8B61" w:rsidR="0089709A" w:rsidRPr="00745B63" w:rsidRDefault="00BF67C1" w:rsidP="003C757A">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="547" w:hanging="547"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0437A0B0" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Th</w:t>
       </w:r>
-      <w:r w:rsidR="05C0EDA3" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="05C0EDA3" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="0437A0B0" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0437A0B0" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> table</w:t>
       </w:r>
-      <w:r w:rsidR="23784840" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="23784840" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="0437A0B0" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0437A0B0" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> above show</w:t>
       </w:r>
-      <w:r w:rsidR="5304EBB3" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="5304EBB3" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0437A0B0" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0437A0B0" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>the only</w:t>
       </w:r>
-      <w:r w:rsidR="22879681" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="22879681" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E56D0F" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E56D0F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>options</w:t>
       </w:r>
-      <w:r w:rsidR="00E56D0F" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E56D0F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to</w:t>
       </w:r>
-      <w:r w:rsidR="0437A0B0" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0437A0B0" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> be selected when documenting VFC eligibility in an </w:t>
       </w:r>
-      <w:r w:rsidR="006726DD" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006726DD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Electronic Health Record (</w:t>
       </w:r>
-      <w:r w:rsidR="0437A0B0" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0437A0B0" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>EHR</w:t>
       </w:r>
-      <w:r w:rsidR="006726DD" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006726DD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="0437A0B0" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0437A0B0" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Massachusetts. </w:t>
       </w:r>
-      <w:r w:rsidR="75FC1E23" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="75FC1E23" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The use of </w:t>
       </w:r>
-      <w:r w:rsidR="75FC1E23" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="75FC1E23" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>any other options</w:t>
       </w:r>
-      <w:r w:rsidR="75FC1E23" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="75FC1E23" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, including but not limited to </w:t>
       </w:r>
-      <w:r w:rsidR="75FC1E23" w:rsidRPr="1F210430">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="75FC1E23" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>state-specific eligible, local</w:t>
       </w:r>
-      <w:r w:rsidR="731E6BA9" w:rsidRPr="1F210430">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="731E6BA9" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="75FC1E23" w:rsidRPr="1F210430">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="75FC1E23" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">specific eligible, unknown, or </w:t>
       </w:r>
-      <w:r w:rsidR="75FC1E23" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="75FC1E23" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">names of other specific programs, is </w:t>
       </w:r>
-      <w:r w:rsidR="75FC1E23" w:rsidRPr="1F210430">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="75FC1E23" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>not acceptable</w:t>
       </w:r>
-      <w:r w:rsidR="6527E59B" w:rsidRPr="1F210430">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="6527E59B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C8BD1E1" w14:textId="1B531ED5" w:rsidR="00E00631" w:rsidRDefault="00980EA5" w:rsidP="00980EA5">
+    <w:p w14:paraId="0C8BD1E1" w14:textId="692D1150" w:rsidR="00E00631" w:rsidRPr="00745B63" w:rsidRDefault="00980EA5" w:rsidP="736660E4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="547" w:hanging="547"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="7165F1E6" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="7165F1E6" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Children enrolled in </w:t>
       </w:r>
-      <w:r w:rsidR="006726DD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="006726DD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the Children’s Health Insurance Plan (</w:t>
       </w:r>
-      <w:r w:rsidR="7165F1E6" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="7165F1E6" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHIP</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="006726DD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...2 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="7165F1E6" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the Children’s Medical Security Plan (CMSP) may receive all vaccines on the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="00BF67C1" w:rsidRPr="00745B63">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Childhood Vaccine Availability Table</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="7165F1E6" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but are </w:t>
+      </w:r>
+      <w:r w:rsidR="00E56D0F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NOT</w:t>
+      </w:r>
+      <w:r w:rsidR="7165F1E6" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> considered VFC eligible when screening or assessing for VFC eligibility.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F500473" w14:textId="3629D317" w:rsidR="486D896B" w:rsidRDefault="0023584A" w:rsidP="005502D2">
+    <w:p w14:paraId="0F500473" w14:textId="560528C3" w:rsidR="486D896B" w:rsidRPr="00745B63" w:rsidRDefault="0023584A" w:rsidP="33D33676">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="000C5540" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000C5540" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk186105220"/>
-      <w:r w:rsidR="002400D3">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002400D3" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="5DE9241B" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="5DE9241B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Adult patients</w:t>
       </w:r>
-      <w:r w:rsidR="7FDDB45C" w:rsidRPr="0DE27EB1">
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="7FDDB45C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (19 years </w:t>
+      </w:r>
+      <w:r w:rsidR="35477856" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and older</w:t>
+      </w:r>
+      <w:r w:rsidR="7FDDB45C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) that are uninsured or </w:t>
+      </w:r>
+      <w:r w:rsidR="4C6A7D6B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">underinsured and seen at public provider sites, </w:t>
       </w:r>
-      <w:r w:rsidR="006726DD" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006726DD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>can</w:t>
       </w:r>
-      <w:r w:rsidR="4C6A7D6B" w:rsidRPr="0DE27EB1">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="4C6A7D6B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> receive state-supplied vaccines, as defined by the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="4C6A7D6B" w:rsidRPr="00745B63">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Adult Vaccine Availability Table</w:t>
+        </w:r>
+        <w:bookmarkEnd w:id="0"/>
+      </w:hyperlink>
+      <w:r w:rsidR="4C6A7D6B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Private provider sites are NEVER able </w:t>
       </w:r>
-      <w:r w:rsidR="4D2F1FA4" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="4D2F1FA4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to administer state-supplied vaccines to adult patients, regardless of the </w:t>
       </w:r>
-      <w:r w:rsidR="20404B6E" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="20404B6E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">patient’s </w:t>
       </w:r>
-      <w:r w:rsidR="4D2F1FA4" w:rsidRPr="0DE27EB1">
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="4D2F1FA4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>insurance status</w:t>
+      </w:r>
+      <w:r w:rsidR="4160D4EE" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, unless they are enrolled </w:t>
+      </w:r>
+      <w:r w:rsidR="1323F9C4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in the Vaccine Program </w:t>
+      </w:r>
+      <w:r w:rsidR="4160D4EE" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>as a Civil Surgeon</w:t>
+      </w:r>
+      <w:r w:rsidR="4D2F1FA4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Private provider sites with billing capacity should privately purchase vaccines for their adult patients and seek reimbursement from health </w:t>
+      </w:r>
+      <w:r w:rsidR="1CA75D21" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>insurers.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F1AD24D" w14:textId="64D6C666" w:rsidR="00D1238F" w:rsidRPr="00CA4ECD" w:rsidRDefault="0023584A" w:rsidP="00C527E3">
+    <w:p w14:paraId="4F1AD24D" w14:textId="6C15A676" w:rsidR="00D1238F" w:rsidRPr="00745B63" w:rsidRDefault="0023584A" w:rsidP="291246AE">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="000C5540" w:rsidRPr="00CA4ECD">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="000C5540" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-4.</w:t>
       </w:r>
-      <w:r w:rsidR="002400D3">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="002400D3" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="00CA4ECD">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D1238F" w:rsidRPr="00CA4ECD">
-[...43 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="116D915E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The practice of borrowing</w:t>
+      </w:r>
+      <w:r w:rsidR="66836744" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> state-supplied </w:t>
+      </w:r>
+      <w:r w:rsidR="5B32F200" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Men-B </w:t>
+      </w:r>
+      <w:r w:rsidR="116D915E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vaccine has been transitioned to a replacement model. </w:t>
+      </w:r>
+      <w:r w:rsidR="247DBD85" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The replacement model</w:t>
+      </w:r>
+      <w:r w:rsidR="0BF98875" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E83F10" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>defined as the u</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1238F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">se of a dose of state-supplied </w:t>
+      </w:r>
+      <w:r w:rsidR="18C9DC41" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Men-B </w:t>
+      </w:r>
+      <w:r w:rsidR="00D1238F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vaccine for a child not</w:t>
+      </w:r>
+      <w:r w:rsidR="1CB2905E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> VFC</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1238F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eligible for state-supplied </w:t>
+      </w:r>
+      <w:r w:rsidR="57326E81" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Men-B </w:t>
+      </w:r>
+      <w:r w:rsidR="00D1238F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vaccine when </w:t>
+      </w:r>
+      <w:r w:rsidR="00085854" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00D1238F" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00D1238F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">privately purchased vaccine is not </w:t>
       </w:r>
-      <w:r w:rsidR="00E83F10" w:rsidRPr="00CA4ECD">
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E83F10" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>readily available or vice versa</w:t>
+      </w:r>
+      <w:r w:rsidR="7C2FD975" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, will require provider sites to complete a </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="7C2FD975" w:rsidRPr="00745B63">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>vaccine replacement form</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="7C2FD975" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="5E5B9C0F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E83F10" w:rsidRPr="00CA4ECD">
-[...117 lines deleted...]
-      <w:r w:rsidR="00D1238F" w:rsidRPr="00CA4ECD">
+      <w:r w:rsidR="1BA01BAE" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00E83F10" w:rsidRPr="00CA4ECD">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="2BEA3120" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00766443" w:rsidRPr="00CA4ECD">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">his </w:t>
+      </w:r>
+      <w:r w:rsidR="1BA01BAE" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00E83F10" w:rsidRPr="00CA4ECD">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">situation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00D1238F" w:rsidRPr="00CA4ECD">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>should be extremely rare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and only occur to avoid a missed opportunity to provide a needed vaccine for a child who might otherwise not receive the vaccine. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D1238F" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="0022533A" w:rsidRPr="00CA4ECD">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sta</w:t>
+      </w:r>
+      <w:r w:rsidR="00E83F10" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00D1238F" w:rsidRPr="00CA4ECD">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">te-supplied </w:t>
+      </w:r>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="0022533A" w:rsidRPr="00CA4ECD">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vaccines</w:t>
+      </w:r>
+      <w:r w:rsidR="00E83F10" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00D1238F" w:rsidRPr="00CA4ECD">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may never be</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1238F" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00806D2D" w:rsidRPr="00CA4ECD">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> use</w:t>
+      </w:r>
+      <w:r w:rsidR="0022533A" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00CA6BA1" w:rsidRPr="00CA4ECD">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1238F" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00806D2D" w:rsidRPr="00CA4ECD">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0022533A" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00CA6BA1" w:rsidRPr="00CA4ECD">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1238F" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00806D2D" w:rsidRPr="00CA4ECD">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> someone 19 years </w:t>
+      </w:r>
+      <w:r w:rsidR="6B17B4A3" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00D1238F" w:rsidRPr="00CA4ECD">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and older </w:t>
+      </w:r>
+      <w:r w:rsidR="00806D2D" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">unless eligible per the Adult </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6BA1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="00806D2D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">accine Availability </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6BA1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00806D2D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>able</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1238F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D1238F" w:rsidRPr="00CA4ECD">
-[...5 lines deleted...]
-        <w:t>If borrowing does occur, the provider must:</w:t>
+      <w:r w:rsidR="00D1238F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidR="4DA86E0E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>replacement is necessary</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1238F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, the provider must:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5302BCCC" w14:textId="1C03664F" w:rsidR="008D3669" w:rsidRPr="00CA4ECD" w:rsidRDefault="01296DFC" w:rsidP="398B021C">
+    <w:p w14:paraId="5302BCCC" w14:textId="159FE5EB" w:rsidR="008D3669" w:rsidRPr="00745B63" w:rsidRDefault="01296DFC" w:rsidP="35486E36">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:spacing w:before="60" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="31135E1F" w:rsidRPr="398B021C">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="31135E1F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ns</w:t>
       </w:r>
-      <w:r w:rsidRPr="398B021C">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ure </w:t>
       </w:r>
-      <w:r w:rsidR="007415AF" w:rsidRPr="398B021C">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="007415AF" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">that </w:t>
       </w:r>
-      <w:r w:rsidR="001C6123" w:rsidRPr="398B021C">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001C6123" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="000357FA" w:rsidRPr="398B021C">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000357FA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>tate-supplied</w:t>
       </w:r>
-      <w:r w:rsidR="00496072" w:rsidRPr="398B021C">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00496072" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007415AF" w:rsidRPr="398B021C">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="12B98ADB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="66CB1AD2" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>privately</w:t>
+      </w:r>
+      <w:r w:rsidR="0F908D71" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="66CB1AD2" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>purch</w:t>
+      </w:r>
+      <w:r w:rsidR="3C512453" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="66CB1AD2" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sed </w:t>
+      </w:r>
+      <w:r w:rsidR="47FBF992" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Men-B </w:t>
+      </w:r>
+      <w:r w:rsidR="007415AF" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vaccine </w:t>
       </w:r>
-      <w:r w:rsidR="00DB6E4C" w:rsidRPr="398B021C">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DB6E4C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">inventory </w:t>
       </w:r>
-      <w:r w:rsidR="007415AF" w:rsidRPr="398B021C">
-[...19 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="007415AF" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is adequate to meet the </w:t>
+      </w:r>
+      <w:r w:rsidR="0E5C2D6B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anticipated </w:t>
+      </w:r>
+      <w:r w:rsidR="007415AF" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">needs </w:t>
+      </w:r>
+      <w:r w:rsidR="2A823B95" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>reflected in the</w:t>
+      </w:r>
+      <w:r w:rsidR="007415AF" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001C6123" w:rsidRPr="398B021C">
-[...19 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>provider</w:t>
+      </w:r>
+      <w:r w:rsidR="1F17C6E3" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> profile</w:t>
+      </w:r>
+      <w:r w:rsidR="5E60BBBA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> table</w:t>
+      </w:r>
+      <w:r w:rsidR="61BAF5E2" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007E40E4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="2887DE69" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="147FA9D3" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>replacement of</w:t>
+      </w:r>
+      <w:r w:rsidR="007415AF" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007415AF" w:rsidRPr="398B021C">
-[...51 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="5E44528E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Men-B </w:t>
+      </w:r>
+      <w:r w:rsidR="007415AF" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vaccine will not prevent a</w:t>
+      </w:r>
+      <w:r w:rsidR="00A307FC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="007415AF" w:rsidRPr="398B021C">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="007415AF" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> eligible child from receiving a needed vaccination</w:t>
       </w:r>
-      <w:r w:rsidR="008D3669" w:rsidRPr="398B021C">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008D3669" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="398B021C">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B11BC5F" w14:textId="1EF0E001" w:rsidR="004A0A43" w:rsidRPr="00CA4ECD" w:rsidRDefault="370F14CE" w:rsidP="00567E3A">
+    <w:p w14:paraId="2B11BC5F" w14:textId="32FD27B9" w:rsidR="004A0A43" w:rsidRPr="00745B63" w:rsidRDefault="370F14CE" w:rsidP="736660E4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:spacing w:before="60" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ensure </w:t>
       </w:r>
-      <w:r w:rsidR="00701D5B" w:rsidRPr="53C9E82F">
-[...19 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00701D5B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:r w:rsidR="1B0565D8" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Men-B </w:t>
+      </w:r>
+      <w:r w:rsidR="3AC5FE24" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">replacement </w:t>
+      </w:r>
+      <w:r w:rsidR="007415AF" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>occur</w:t>
       </w:r>
-      <w:r w:rsidR="008D3669" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008D3669" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="007415AF" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="007415AF" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> only when there is </w:t>
       </w:r>
-      <w:r w:rsidR="00085854" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00085854" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="007415AF" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="007415AF" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>lack of private</w:t>
       </w:r>
-      <w:r w:rsidR="5219B430" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="5219B430" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/state</w:t>
       </w:r>
-      <w:r w:rsidR="22778A3D" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="22778A3D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> vaccine s</w:t>
       </w:r>
-      <w:r w:rsidR="007415AF" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="007415AF" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>tock due to unexpected circumstances such as a delayed vaccine shipment, vaccine spoiled in-transit to provide</w:t>
       </w:r>
-      <w:r w:rsidR="007B0D8A">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="007B0D8A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="44220D5B" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="44220D5B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> office </w:t>
       </w:r>
-      <w:r w:rsidR="007415AF" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="007415AF" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidR="320E369B" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="320E369B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>mechanical failure of storage units leading to loss of vaccine</w:t>
       </w:r>
-      <w:r w:rsidR="007415AF" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="007415AF" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62744F51" w14:textId="0840DF4C" w:rsidR="00142375" w:rsidRPr="00CA4ECD" w:rsidRDefault="00AA20D4" w:rsidP="00567E3A">
-[...434 lines deleted...]
-    <w:p w14:paraId="750DD20A" w14:textId="1D5ED806" w:rsidR="066BFD84" w:rsidRDefault="066BFD84">
+    <w:p w14:paraId="750DD20A" w14:textId="1D5ED806" w:rsidR="066BFD84" w:rsidRPr="00745B63" w:rsidRDefault="066BFD84">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A-5. </w:t>
       </w:r>
-      <w:r w:rsidR="002400D3">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002400D3" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Providers must agree to use state-supplied vaccines only within their own office/clinic setting. They must further agree not to sell or distribute vaccines provided by the Vaccine Program to any other person, clinic, or organization</w:t>
       </w:r>
-      <w:r w:rsidR="00C26611">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C26611" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> outside of transfers to other enrolled sites</w:t>
       </w:r>
-      <w:r w:rsidRPr="0DE27EB1">
-[...5 lines deleted...]
-        <w:t>. Transferring of state-supplied vaccines may take place between enrolled Vaccine Program providers, with all vaccine transfer transactions being entered into the MIIS Vaccine Management Module. The receiving site must accept the transfer transaction in the MIIS for the doses to appear in their inventory.</w:t>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Transferring of state-supplied vaccines may take place between enrolled Vaccine Program providers, with all vaccine </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>transfer transactions being entered into the MIIS Vaccine Management Module. The receiving site must accept the transfer transaction in the MIIS for the doses to appear in their inventory.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="491B274F" w14:textId="31600455" w:rsidR="00B91E9D" w:rsidRPr="00CA4ECD" w:rsidRDefault="007415AF" w:rsidP="00567E3A">
+    <w:p w14:paraId="491B274F" w14:textId="31600455" w:rsidR="00B91E9D" w:rsidRPr="00745B63" w:rsidRDefault="007415AF" w:rsidP="00567E3A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="001F1F33" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001F1F33" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="7349FF8F" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="7349FF8F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="001F1F33" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001F1F33" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002400D3">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="002400D3" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="0026020E" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0026020E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Fraud and Abuse</w:t>
       </w:r>
-      <w:r w:rsidR="006360B5" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006360B5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00AD2AD1" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00AD2AD1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E7796B" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00E7796B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Improper use of </w:t>
       </w:r>
-      <w:r w:rsidR="63F7328C" w:rsidRPr="00567E3A">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="63F7328C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>state-supplied</w:t>
       </w:r>
-      <w:r w:rsidR="63F7328C" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="63F7328C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0089709A" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="0089709A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vaccine </w:t>
       </w:r>
-      <w:r w:rsidR="00E7796B" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00E7796B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
-      <w:r w:rsidR="003F47DB" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="003F47DB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> constitute</w:t>
       </w:r>
-      <w:r w:rsidR="0089709A" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="0089709A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> fraud and abuse</w:t>
       </w:r>
-      <w:r w:rsidR="0089709A" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0089709A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and is punishable by law (Medicaid regula</w:t>
       </w:r>
-      <w:r w:rsidR="008D3669" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008D3669" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">tion: 42 </w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CFR</w:t>
       </w:r>
-      <w:r w:rsidR="008D3669" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008D3669" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> §455.</w:t>
       </w:r>
-      <w:r w:rsidR="005564C9" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005564C9" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="005807CD" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005807CD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and applicable state law</w:t>
       </w:r>
-      <w:r w:rsidR="00B23945" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B23945" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="005807CD" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005807CD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31BFE3DB" w14:textId="74CD4DAD" w:rsidR="00B91E9D" w:rsidRPr="00CA4ECD" w:rsidRDefault="00B91E9D" w:rsidP="00F92D7D">
+    <w:p w14:paraId="31BFE3DB" w14:textId="74CD4DAD" w:rsidR="00B91E9D" w:rsidRPr="00745B63" w:rsidRDefault="00B91E9D" w:rsidP="00F92D7D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="533" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk186105518"/>
-      <w:r w:rsidR="004023FA" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="004023FA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Fraud</w:t>
       </w:r>
-      <w:r w:rsidR="004023FA" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="004023FA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is defined </w:t>
       </w:r>
-      <w:r w:rsidR="0026020E" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0026020E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">by </w:t>
       </w:r>
-      <w:r w:rsidR="00B23945" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B23945" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the Centers for Disease Control and Prevention (</w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CDC</w:t>
       </w:r>
-      <w:r w:rsidR="00B23945" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B23945" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="0026020E" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0026020E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004023FA" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="004023FA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">as an intentional deception or misrepresentation made by a person with the knowledge that the deception could result in some unauthorized benefit to </w:t>
       </w:r>
-      <w:r w:rsidR="00071B16" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00071B16" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>him</w:t>
       </w:r>
-      <w:r w:rsidR="009F41F0" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009F41F0" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">self, </w:t>
       </w:r>
-      <w:r w:rsidR="004023FA" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="004023FA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>herself</w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="004023FA" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="004023FA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or some other person.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004023FA" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="004023FA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>It includes any act that constitutes fraud under applicable federal or state law.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="29952074" w14:textId="2DEE3DFB" w:rsidR="00B91E9D" w:rsidRPr="00CA4ECD" w:rsidRDefault="00B91E9D" w:rsidP="00CE53B9">
+    <w:p w14:paraId="29952074" w14:textId="2DEE3DFB" w:rsidR="00B91E9D" w:rsidRPr="00745B63" w:rsidRDefault="00B91E9D" w:rsidP="00CE53B9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004023FA" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="004023FA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Abuse</w:t>
       </w:r>
-      <w:r w:rsidR="004023FA" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="004023FA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is defined </w:t>
       </w:r>
-      <w:r w:rsidR="0026020E" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0026020E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">by </w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CDC</w:t>
       </w:r>
-      <w:r w:rsidR="0026020E" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0026020E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004023FA" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="004023FA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>as provider practices that are inconsistent with sound fiscal, business, or medical practices</w:t>
       </w:r>
-      <w:r w:rsidR="0061022A" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0061022A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and result in unnecessary cost to the Medicaid program </w:t>
       </w:r>
-      <w:r w:rsidR="00DB4DF8" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DB4DF8" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(and</w:t>
       </w:r>
-      <w:r w:rsidR="0061022A" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0061022A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">/or including actions that result in an unnecessary cost to the </w:t>
       </w:r>
-      <w:r w:rsidR="00496ABB" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00496ABB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Immunization Division</w:t>
       </w:r>
-      <w:r w:rsidR="0061022A" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0061022A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, a health insurance company, or a patient); or in reimbursement for services that are not medically necessary or that fail to meet professionally recognized standards for health care.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0061022A" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0061022A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>It also includes recipient practices that result in unnecessary cost to the Medicaid program.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="590AB816" w14:textId="77777777" w:rsidR="008D3F1B" w:rsidRPr="00CA4ECD" w:rsidRDefault="008D3F1B" w:rsidP="00CE53B9">
+    <w:p w14:paraId="590AB816" w14:textId="77777777" w:rsidR="008D3F1B" w:rsidRPr="00745B63" w:rsidRDefault="008D3F1B" w:rsidP="00CE53B9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009F5116" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009F5116" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>These</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009F5116" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009F5116" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">fraud and abuse parameters </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">apply to </w:t>
       </w:r>
-      <w:r w:rsidR="009F5116" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009F5116" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>all</w:t>
       </w:r>
-      <w:r w:rsidR="009F5116" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009F5116" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000357FA" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000357FA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>state-supplied</w:t>
       </w:r>
-      <w:r w:rsidR="00EE45B9" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00EE45B9" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>vaccines.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B451BCE" w14:textId="77777777" w:rsidR="0089709A" w:rsidRPr="00CA4ECD" w:rsidRDefault="0026020E" w:rsidP="0054013C">
+    <w:p w14:paraId="0B451BCE" w14:textId="77777777" w:rsidR="0089709A" w:rsidRPr="00745B63" w:rsidRDefault="0026020E" w:rsidP="0054013C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008D3669" w:rsidRPr="00CA4ECD">
+      <w:r w:rsidR="008D3669" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidR="003F47DB" w:rsidRPr="00CA4ECD">
+      <w:r w:rsidR="003F47DB" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>raud</w:t>
       </w:r>
-      <w:r w:rsidR="007415AF" w:rsidRPr="00CA4ECD">
+      <w:r w:rsidR="007415AF" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and abuse </w:t>
       </w:r>
-      <w:r w:rsidR="008D3669" w:rsidRPr="00CA4ECD">
+      <w:r w:rsidR="008D3669" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">can </w:t>
       </w:r>
-      <w:r w:rsidR="0089709A" w:rsidRPr="00CA4ECD">
+      <w:r w:rsidR="0089709A" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>include</w:t>
       </w:r>
-      <w:r w:rsidR="00AC6F1C" w:rsidRPr="00CA4ECD">
+      <w:r w:rsidR="00AC6F1C" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (but </w:t>
       </w:r>
-      <w:r w:rsidR="001A5CFE" w:rsidRPr="00CA4ECD">
+      <w:r w:rsidR="001A5CFE" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
-      <w:r w:rsidR="00AC6F1C" w:rsidRPr="00CA4ECD">
+      <w:r w:rsidR="00AC6F1C" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>not limited to)</w:t>
       </w:r>
-      <w:r w:rsidR="0089709A" w:rsidRPr="00CA4ECD">
+      <w:r w:rsidR="0089709A" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75487251" w14:textId="0176DB73" w:rsidR="0089709A" w:rsidRPr="00CA4ECD" w:rsidRDefault="0089709A" w:rsidP="53C9E82F">
+    <w:p w14:paraId="75487251" w14:textId="0176DB73" w:rsidR="0089709A" w:rsidRPr="00745B63" w:rsidRDefault="0089709A" w:rsidP="53C9E82F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:before="40"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Selling or othe</w:t>
       </w:r>
-      <w:r w:rsidR="006A353C" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006A353C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rwise misdirecting</w:t>
       </w:r>
-      <w:r w:rsidR="00085854" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00085854" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> state-supplied vaccines</w:t>
       </w:r>
-      <w:r w:rsidR="006A353C" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006A353C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77568E60" w14:textId="25E18C40" w:rsidR="0089709A" w:rsidRPr="00CA4ECD" w:rsidRDefault="0089709A" w:rsidP="53C9E82F">
+    <w:p w14:paraId="77568E60" w14:textId="25E18C40" w:rsidR="0089709A" w:rsidRPr="00745B63" w:rsidRDefault="0089709A" w:rsidP="53C9E82F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:before="40"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Billing a patient or third part</w:t>
       </w:r>
-      <w:r w:rsidR="006A353C" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006A353C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>y for</w:t>
       </w:r>
-      <w:r w:rsidR="00085854" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00085854" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> state-supplied vaccines</w:t>
       </w:r>
-      <w:r w:rsidR="006A353C" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006A353C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EA0E9F1" w14:textId="0615EB80" w:rsidR="0089709A" w:rsidRPr="00CA4ECD" w:rsidRDefault="0089709A" w:rsidP="00567E3A">
+    <w:p w14:paraId="4EA0E9F1" w14:textId="0615EB80" w:rsidR="0089709A" w:rsidRPr="00745B63" w:rsidRDefault="0089709A" w:rsidP="00567E3A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Charging more than the established maximum regional charge</w:t>
       </w:r>
-      <w:r w:rsidR="752DFF13" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="752DFF13" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ($23.29)</w:t>
       </w:r>
-      <w:r w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for administration of a </w:t>
       </w:r>
-      <w:r w:rsidR="78D21C41" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="78D21C41" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">state-supplied </w:t>
       </w:r>
-      <w:r w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vaccine to a </w:t>
       </w:r>
-      <w:r w:rsidR="00EA2474">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00EA2474" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">non-Medicaid </w:t>
       </w:r>
-      <w:r w:rsidR="004D7A84" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="004D7A84" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>VFC</w:t>
       </w:r>
-      <w:r w:rsidR="006A353C" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006A353C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-eligible child.</w:t>
       </w:r>
-      <w:r w:rsidR="00FE10DD" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00FE10DD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (See secti</w:t>
       </w:r>
-      <w:r w:rsidR="009F5116" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009F5116" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>on C-2</w:t>
       </w:r>
-      <w:r w:rsidR="00FE10DD" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00FE10DD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E3BA024" w14:textId="4C2EF5BB" w:rsidR="0089709A" w:rsidRPr="00CA4ECD" w:rsidRDefault="0089709A" w:rsidP="1F210430">
+    <w:p w14:paraId="0E3BA024" w14:textId="4C2EF5BB" w:rsidR="0089709A" w:rsidRPr="00745B63" w:rsidRDefault="0089709A" w:rsidP="1F210430">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Not providing </w:t>
       </w:r>
-      <w:r w:rsidR="71901F60" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="71901F60" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>state-supplied</w:t>
       </w:r>
-      <w:r w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="750D8AE1" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="750D8AE1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>vaccine</w:t>
       </w:r>
-      <w:r w:rsidR="300762D6" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="300762D6" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="41C2D155" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="41C2D155" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> due to a</w:t>
       </w:r>
-      <w:r w:rsidR="5483E03F" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="5483E03F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>parents’</w:t>
       </w:r>
-      <w:r w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> inability to pay for the administ</w:t>
       </w:r>
-      <w:r w:rsidR="006A353C" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006A353C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ration fee.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="207B3389" w14:textId="63C2A9E6" w:rsidR="0089709A" w:rsidRPr="00CA4ECD" w:rsidRDefault="0089709A" w:rsidP="00567E3A">
+    <w:p w14:paraId="207B3389" w14:textId="63C2A9E6" w:rsidR="0089709A" w:rsidRPr="00745B63" w:rsidRDefault="0089709A" w:rsidP="00567E3A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Not implementing provider enrollment r</w:t>
       </w:r>
-      <w:r w:rsidR="006A353C" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006A353C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">equirements of the </w:t>
       </w:r>
-      <w:r w:rsidR="5090C44E" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="5090C44E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vaccine Pr</w:t>
       </w:r>
-      <w:r w:rsidR="006A353C" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006A353C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ogram.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3174D9EC" w14:textId="4B936F5E" w:rsidR="0089709A" w:rsidRPr="00CA4ECD" w:rsidRDefault="0089709A" w:rsidP="53C9E82F">
+    <w:p w14:paraId="3174D9EC" w14:textId="4B936F5E" w:rsidR="0089709A" w:rsidRPr="00745B63" w:rsidRDefault="0089709A" w:rsidP="53C9E82F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:before="40"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Failing to scree</w:t>
       </w:r>
-      <w:r w:rsidR="006A353C" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006A353C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">n patients for </w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>VFC</w:t>
       </w:r>
-      <w:r w:rsidR="006A353C" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006A353C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> eligibility</w:t>
       </w:r>
-      <w:r w:rsidR="36AFB3A5" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="36AFB3A5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> at every immunization visit</w:t>
       </w:r>
-      <w:r w:rsidR="006A353C" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006A353C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AD913B0" w14:textId="3B5468BC" w:rsidR="0089709A" w:rsidRPr="00CA4ECD" w:rsidRDefault="0089709A" w:rsidP="00567E3A">
+    <w:p w14:paraId="6AD913B0" w14:textId="3B5468BC" w:rsidR="0089709A" w:rsidRPr="00745B63" w:rsidRDefault="0089709A" w:rsidP="00567E3A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Failing to maintain </w:t>
       </w:r>
-      <w:r w:rsidR="4C63F6ED" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="4C63F6ED" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vaccine Program </w:t>
       </w:r>
-      <w:r w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>records and comply with other r</w:t>
       </w:r>
-      <w:r w:rsidR="006A353C" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006A353C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">equirements of the </w:t>
       </w:r>
-      <w:r w:rsidR="3E99F85F" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="3E99F85F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vaccine P</w:t>
       </w:r>
-      <w:r w:rsidR="006A353C" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006A353C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rogram.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24D548CA" w14:textId="0C8C362B" w:rsidR="0089709A" w:rsidRPr="00CA4ECD" w:rsidRDefault="0089709A" w:rsidP="00567E3A">
+    <w:p w14:paraId="24D548CA" w14:textId="0C8C362B" w:rsidR="0089709A" w:rsidRPr="00745B63" w:rsidRDefault="0089709A" w:rsidP="00567E3A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Failing </w:t>
       </w:r>
-      <w:r w:rsidR="002F6132" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to account for </w:t>
       </w:r>
-      <w:r w:rsidR="3B0992F4" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="3B0992F4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>all</w:t>
       </w:r>
-      <w:r w:rsidR="002F6132" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> state-supplied vaccines </w:t>
       </w:r>
-      <w:r w:rsidR="6A5054DE" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="6A5054DE" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>received</w:t>
       </w:r>
-      <w:r w:rsidR="006A353C" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006A353C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25563EFB" w14:textId="287224E6" w:rsidR="0089709A" w:rsidRPr="00CA4ECD" w:rsidRDefault="0089709A" w:rsidP="00567E3A">
+    <w:p w14:paraId="25563EFB" w14:textId="1B97D611" w:rsidR="0089709A" w:rsidRPr="00745B63" w:rsidRDefault="0089709A" w:rsidP="736660E4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Failing to</w:t>
       </w:r>
-      <w:r w:rsidR="002F6132" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005C2CEC" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005C2CEC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>receive, store</w:t>
       </w:r>
-      <w:r w:rsidR="00085854" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00085854" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="005C2CEC" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005C2CEC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or use </w:t>
       </w:r>
-      <w:r w:rsidR="000357FA" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000357FA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>state-supplied</w:t>
       </w:r>
-      <w:r w:rsidR="005C2CEC" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005C2CEC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="56BEC226" w:rsidRPr="44FFDF8B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="56BEC226" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>vaccine</w:t>
       </w:r>
-      <w:r w:rsidR="00A4D1ED" w:rsidRPr="44FFDF8B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00A4D1ED" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="002F6132" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> properly</w:t>
       </w:r>
-      <w:r w:rsidR="006A353C" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006A353C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00BA4BCC" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00BA4BCC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C210B8" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C210B8" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MDPH</w:t>
       </w:r>
-      <w:r w:rsidR="008E3E17" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008E3E17" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> may</w:t>
       </w:r>
-      <w:r w:rsidR="00F00549" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F00549" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> require providers to make</w:t>
       </w:r>
-      <w:r w:rsidR="006B7652" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006B7652" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> restitution for any doses of </w:t>
       </w:r>
-      <w:r w:rsidR="1C0183E5" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="1C0183E5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">state-supplied </w:t>
       </w:r>
-      <w:r w:rsidR="006B7652" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006B7652" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>vaccines that have been wasted due to provider</w:t>
       </w:r>
-      <w:r w:rsidR="005C2CEC" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005C2CEC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> negligence/mismanagement</w:t>
       </w:r>
-      <w:r w:rsidR="006B7652" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006B7652" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C6241D" w:rsidRPr="53C9E82F">
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C6241D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>See section A-</w:t>
+      </w:r>
+      <w:r w:rsidR="680B50D7" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00C6241D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for additional information about the restitution policy.</w:t>
+      </w:r>
+      <w:r w:rsidR="006B7652" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BA4BCC" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00BA4BCC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Examples </w:t>
       </w:r>
-      <w:r w:rsidR="005C2CEC" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005C2CEC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>of provider n</w:t>
       </w:r>
-      <w:r w:rsidR="00C6241D" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C6241D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>egligence</w:t>
       </w:r>
-      <w:r w:rsidR="005009D1" w:rsidRPr="53C9E82F">
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00BF67C1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and/or </w:t>
+      </w:r>
+      <w:r w:rsidR="000A14E1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>mismanagement</w:t>
       </w:r>
-      <w:r w:rsidR="00C6241D" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C6241D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BA4BCC" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00BA4BCC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>include</w:t>
       </w:r>
-      <w:r w:rsidR="00C759EF" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C759EF" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B34F4A" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B34F4A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00C759EF" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C759EF" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>but are not limited to</w:t>
       </w:r>
-      <w:r w:rsidR="00B34F4A" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B34F4A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00BA4BCC" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00BA4BCC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78BAF59A" w14:textId="48EE84F4" w:rsidR="00BA4BCC" w:rsidRPr="00CA4ECD" w:rsidRDefault="00BA4BCC" w:rsidP="53C9E82F">
+    <w:p w14:paraId="78BAF59A" w14:textId="0EBD1512" w:rsidR="00BA4BCC" w:rsidRPr="00745B63" w:rsidRDefault="00BA4BCC" w:rsidP="53C9E82F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="66"/>
+          <w:numId w:val="68"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="40"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...74 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Failure to open vaccine shipments </w:t>
+      </w:r>
+      <w:r w:rsidR="0067281C" w:rsidRPr="00396967">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from McKesson or </w:t>
+      </w:r>
+      <w:r w:rsidR="0067281C" w:rsidRPr="00B2410F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>any vaccine manufacturer that directly ships vaccines</w:t>
+      </w:r>
+      <w:r w:rsidR="0067281C" w:rsidRPr="00396967">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, resulting in damage to the vaccines</w:t>
+      </w:r>
+      <w:r w:rsidR="001A5CFE" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="376D0DA8" w14:textId="65EC9832" w:rsidR="00BA4BCC" w:rsidRPr="00CA4ECD" w:rsidRDefault="00BA4BCC" w:rsidP="00CA4ECD">
+    <w:p w14:paraId="376D0DA8" w14:textId="34E0AE61" w:rsidR="00BA4BCC" w:rsidRPr="00745B63" w:rsidRDefault="00BA4BCC" w:rsidP="736660E4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="66"/>
+          <w:numId w:val="68"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="40"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Failure to rotate vaccine stock</w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA4ECD">
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which results in expired</w:t>
+      </w:r>
+      <w:r w:rsidR="2C5BFB3E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="3642BCCF" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">state-supplied </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vaccine</w:t>
+      </w:r>
+      <w:r w:rsidR="001A5CFE" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DB1B17B" w14:textId="577FEC34" w:rsidR="003D75F3" w:rsidRPr="00CA4ECD" w:rsidRDefault="003D75F3" w:rsidP="00567E3A">
+    <w:p w14:paraId="6DB1B17B" w14:textId="69446AE9" w:rsidR="003D75F3" w:rsidRPr="00745B63" w:rsidRDefault="003D75F3" w:rsidP="291246AE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="66"/>
+          <w:numId w:val="68"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...14 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Allowing </w:t>
+      </w:r>
+      <w:r w:rsidR="589126A9" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">state-supplied </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vaccine</w:t>
+      </w:r>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to expire. You must </w:t>
       </w:r>
-      <w:r w:rsidR="000A14E1" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000A14E1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">transfer </w:t>
       </w:r>
-      <w:r w:rsidR="00085854" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00085854" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="000A14E1" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000A14E1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>soon to</w:t>
       </w:r>
-      <w:r w:rsidR="00236F5C" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00236F5C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000A14E1" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000A14E1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">expire vaccine to another practice </w:t>
       </w:r>
-      <w:r w:rsidR="00D5315B" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00D5315B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="000A14E1" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000A14E1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> months </w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>before</w:t>
       </w:r>
-      <w:r w:rsidR="000A14E1" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000A14E1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> expiration.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000A14E1" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000A14E1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>If unable t</w:t>
       </w:r>
-      <w:r w:rsidR="005C2CEC" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005C2CEC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>o locate a practice</w:t>
       </w:r>
-      <w:r w:rsidR="00531B6A" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00531B6A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> within the first two weeks of attempting to </w:t>
       </w:r>
-      <w:r w:rsidR="0024202A" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0024202A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">transfer </w:t>
       </w:r>
-      <w:r w:rsidR="00531B6A" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00531B6A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>vaccines</w:t>
       </w:r>
-      <w:r w:rsidR="00336E3B" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00336E3B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="005C2CEC" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005C2CEC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> contact </w:t>
       </w:r>
-      <w:r w:rsidR="000A14E1" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000A14E1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the Vaccine </w:t>
       </w:r>
-      <w:r w:rsidR="13704017" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="13704017" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Program</w:t>
       </w:r>
-      <w:r w:rsidR="000A14E1" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000A14E1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for assistance</w:t>
       </w:r>
-      <w:r w:rsidR="00374D3E" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00374D3E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B16344" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B16344" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>at</w:t>
       </w:r>
-      <w:r w:rsidR="00374D3E" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00374D3E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 617-983-6828</w:t>
       </w:r>
-      <w:r w:rsidR="001A5CFE" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001A5CFE" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54F2B883" w14:textId="33AAC3BE" w:rsidR="008223AA" w:rsidRPr="00CA4ECD" w:rsidRDefault="00CC0DE7" w:rsidP="1F210430">
+    <w:p w14:paraId="54F2B883" w14:textId="2185D697" w:rsidR="008223AA" w:rsidRPr="00745B63" w:rsidRDefault="00CC0DE7" w:rsidP="736660E4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="66"/>
+          <w:numId w:val="68"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="40"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Using </w:t>
       </w:r>
-      <w:r w:rsidR="000357FA" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000357FA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>state-supplied</w:t>
       </w:r>
-      <w:r w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> vaccines </w:t>
       </w:r>
-      <w:r w:rsidR="00D2406D" w:rsidRPr="00D2406D">
-[...91 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00D2406D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">out of ordinance with the site’s established practice profile and </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="00D2406D" w:rsidRPr="00745B63">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Adult</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D2406D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="00D2406D" w:rsidRPr="00745B63">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Childhood Availability Tables</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E9D6B1A" w14:textId="392F67F1" w:rsidR="00BA4BCC" w:rsidRPr="00CA4ECD" w:rsidRDefault="4DE488C2" w:rsidP="1F210430">
+    <w:p w14:paraId="7E9D6B1A" w14:textId="7D56399F" w:rsidR="00BA4BCC" w:rsidRPr="00745B63" w:rsidRDefault="4DE488C2" w:rsidP="1F210430">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="66"/>
+          <w:numId w:val="68"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="40"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Inapprop</w:t>
       </w:r>
-      <w:r w:rsidR="70CD71AA" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="70CD71AA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ri</w:t>
       </w:r>
-      <w:r w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ately storing fridge vaccines in a freezer uni</w:t>
       </w:r>
-      <w:r w:rsidR="65275B4A" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="65275B4A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="009F5116" w:rsidRPr="1F210430">
-[...5 lines deleted...]
-        <w:t>. (See section B-2 for more details)</w:t>
+      <w:r w:rsidR="009F5116" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. (See section B-</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC30D7" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="009F5116" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for more details)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7822CBC3" w14:textId="19706555" w:rsidR="00BA4BCC" w:rsidRPr="00CA4ECD" w:rsidRDefault="5A22182B" w:rsidP="1F210430">
+    <w:p w14:paraId="7822CBC3" w14:textId="03D7DE12" w:rsidR="00BA4BCC" w:rsidRPr="00745B63" w:rsidRDefault="5A22182B" w:rsidP="1F210430">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="66"/>
+          <w:numId w:val="68"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="40"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Inappropriately storing frozen vaccines in a fridge</w:t>
       </w:r>
-      <w:r w:rsidR="001A5CFE" w:rsidRPr="1F210430">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001A5CFE" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="009F5116" w:rsidRPr="1F210430">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> (See section B-2 for more details)</w:t>
+      <w:r w:rsidR="009F5116" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (See section B-</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC30D7" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="009F5116" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for more details)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69EFF9D7" w14:textId="3A02E5A6" w:rsidR="00BA4BCC" w:rsidRPr="00CA4ECD" w:rsidRDefault="00D2406D" w:rsidP="6E6AB553">
+    <w:p w14:paraId="69EFF9D7" w14:textId="40FB3A75" w:rsidR="00BA4BCC" w:rsidRPr="00745B63" w:rsidRDefault="00D2406D" w:rsidP="35486E36">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="66"/>
+          <w:numId w:val="68"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="40"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...40 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>State-supplied vaccines spoil due to a power interruption by either unplugging the fridge or freezer units,</w:t>
+      </w:r>
+      <w:r w:rsidR="4638ABAB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="72402E28" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>storage units plugged into a GFCI,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by switching off the sites circuit/electrical </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>breaker by any party (i.e., provider staff, contractors, etc.)</w:t>
+      </w:r>
+      <w:r w:rsidR="28CB5084" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r w:rsidR="77938C23" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC30D7" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="77938C23" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>failed generator/battery package</w:t>
+      </w:r>
+      <w:r w:rsidR="73606C7E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36508CA4" w14:textId="7CCB4AC3" w:rsidR="00BA4BCC" w:rsidRPr="00CA4ECD" w:rsidRDefault="00BA4BCC" w:rsidP="53C9E82F">
+    <w:p w14:paraId="36508CA4" w14:textId="7CCB4AC3" w:rsidR="00BA4BCC" w:rsidRPr="00745B63" w:rsidRDefault="00BA4BCC" w:rsidP="53C9E82F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="66"/>
+          <w:numId w:val="68"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="40"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Refrigerator or freezer </w:t>
       </w:r>
-      <w:r w:rsidR="3FAE1F2D" w:rsidRPr="44FFDF8B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="3FAE1F2D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">unit </w:t>
       </w:r>
-      <w:r w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>door left open or ajar by provider staff, contractor, or</w:t>
       </w:r>
-      <w:r w:rsidR="00C210B8" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C210B8" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> any other individual</w:t>
       </w:r>
-      <w:r w:rsidR="006B4B77" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006B4B77" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="61BC2009" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="61BC2009" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">at your site, </w:t>
       </w:r>
-      <w:r w:rsidR="006B4B77" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006B4B77" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>resulting in damaged vaccines</w:t>
       </w:r>
-      <w:r w:rsidR="0054024B" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0054024B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B3039C2" w14:textId="24589299" w:rsidR="00BA4BCC" w:rsidRPr="00CA4ECD" w:rsidRDefault="00BA4BCC" w:rsidP="6E6AB553">
+    <w:p w14:paraId="14249A93" w14:textId="6E83FF6A" w:rsidR="00BA4BCC" w:rsidRPr="00745B63" w:rsidRDefault="7A8DCB4D" w:rsidP="00133AA8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="66"/>
+          <w:numId w:val="68"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...15 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">State-supplied </w:t>
+      </w:r>
+      <w:r w:rsidR="7C76453B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA4BCC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>accine</w:t>
+      </w:r>
+      <w:r w:rsidR="5A76F6AD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="6E6AB553">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00BA4BCC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> that </w:t>
       </w:r>
-      <w:r w:rsidR="5A76F6AD" w:rsidRPr="6E6AB553">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="5A76F6AD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>are</w:t>
       </w:r>
-      <w:r w:rsidRPr="6E6AB553">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00BA4BCC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> left out of the </w:t>
       </w:r>
-      <w:r w:rsidR="5AF01538" w:rsidRPr="6E6AB553">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="5AF01538" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">storage units </w:t>
       </w:r>
-      <w:r w:rsidRPr="6E6AB553">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00BA4BCC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="002F72A6">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002F72A6" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>spoil</w:t>
       </w:r>
-      <w:r w:rsidR="30FD62A6" w:rsidRPr="6E6AB553">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="30FD62A6" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="2D3AF950" w:rsidRPr="6E6AB553">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="2D3AF950" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="2288B9C5" w:rsidRPr="6E6AB553">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="2288B9C5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>lways</w:t>
       </w:r>
-      <w:r w:rsidR="1416ADDB" w:rsidRPr="6E6AB553">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="1416ADDB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="35F31FDF" w:rsidRPr="6E6AB553">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="35F31FDF" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>contact</w:t>
       </w:r>
-      <w:r w:rsidR="2288B9C5" w:rsidRPr="6E6AB553">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="2288B9C5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="59FC6B80" w:rsidRPr="6E6AB553">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="59FC6B80" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the vaccine manufacturer </w:t>
       </w:r>
-      <w:r w:rsidR="2288B9C5" w:rsidRPr="6E6AB553">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="2288B9C5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>to determine if vacci</w:t>
       </w:r>
-      <w:r w:rsidR="0E4A3DC2" w:rsidRPr="6E6AB553">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0E4A3DC2" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nes can be identified as viable</w:t>
       </w:r>
-      <w:r w:rsidR="5296623D" w:rsidRPr="6E6AB553">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="5296623D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="05B2C56B" w:rsidRPr="6E6AB553">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="05B2C56B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14249A93" w14:textId="60998547" w:rsidR="00BA4BCC" w:rsidRPr="00CA4ECD" w:rsidRDefault="00331447" w:rsidP="00CA4ECD">
+    <w:p w14:paraId="45A38C31" w14:textId="77777777" w:rsidR="00BF67C1" w:rsidRPr="00745B63" w:rsidRDefault="4F9639B3" w:rsidP="53C9E82F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="66"/>
+          <w:numId w:val="68"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="clear" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="40"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...81 lines deleted...]
-        <w:t xml:space="preserve"> (See section B-1)</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Moving </w:t>
+      </w:r>
+      <w:r w:rsidR="6A066C2A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">state-supplied </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vaccines during a power outage that results in spoiled doses.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B4ABDBC" w14:textId="28A73A30" w:rsidR="0089709A" w:rsidRPr="00CA4ECD" w:rsidRDefault="004D4C37" w:rsidP="53C9E82F">
+    <w:p w14:paraId="5B4ABDBC" w14:textId="313E7F39" w:rsidR="0089709A" w:rsidRPr="00745B63" w:rsidRDefault="004D4C37" w:rsidP="53C9E82F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="66"/>
+          <w:numId w:val="68"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="clear" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="40"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...10 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidR="0089709A" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0089709A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rdering</w:t>
       </w:r>
-      <w:r w:rsidR="00806D2D" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00806D2D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> state-supplied</w:t>
       </w:r>
-      <w:r w:rsidR="0089709A" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0089709A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> vaccine in quantities or patterns that do not match provider profile or otherwise invo</w:t>
       </w:r>
-      <w:r w:rsidR="006A353C" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006A353C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>lve over-ordering of</w:t>
       </w:r>
-      <w:r w:rsidR="003D75F3" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="003D75F3" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000357FA" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000357FA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>state-supplied</w:t>
       </w:r>
-      <w:r w:rsidR="003D75F3" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="003D75F3" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> vaccine</w:t>
       </w:r>
-      <w:r w:rsidR="37BE7B7B" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="37BE7B7B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="006A353C" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006A353C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D5DC84F" w14:textId="3B6C057E" w:rsidR="00C5794B" w:rsidRPr="00CA4ECD" w:rsidRDefault="7A1A36CF" w:rsidP="081377AA">
+    <w:p w14:paraId="5D5DC84F" w14:textId="3B6C057E" w:rsidR="00C5794B" w:rsidRPr="00745B63" w:rsidRDefault="7A1A36CF" w:rsidP="081377AA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="66"/>
+          <w:numId w:val="68"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="clear" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="40"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wastage of </w:t>
       </w:r>
-      <w:r w:rsidR="6C7C35AC" w:rsidRPr="081377AA">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="6C7C35AC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>state-supplied</w:t>
       </w:r>
-      <w:r w:rsidR="6C2E5B4A" w:rsidRPr="081377AA">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="6C2E5B4A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="081377AA">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>vaccine</w:t>
       </w:r>
-      <w:r w:rsidR="53715A35" w:rsidRPr="081377AA">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="53715A35" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, including a pattern of pre</w:t>
       </w:r>
-      <w:r w:rsidR="6A1A6AB0" w:rsidRPr="081377AA">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="6A1A6AB0" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="53715A35" w:rsidRPr="081377AA">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="53715A35" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>drawing vaccines resulting in the loss of unused doses</w:t>
       </w:r>
-      <w:r w:rsidRPr="081377AA">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71DA77EE" w14:textId="4F20392C" w:rsidR="002A3F2D" w:rsidRPr="00CA4ECD" w:rsidRDefault="00331447" w:rsidP="00CA4ECD">
+    <w:p w14:paraId="71DA77EE" w14:textId="45530CF3" w:rsidR="002A3F2D" w:rsidRPr="00745B63" w:rsidRDefault="00331447" w:rsidP="736660E4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="66"/>
+          <w:numId w:val="68"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="clear" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="40"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidR="002A3F2D" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002A3F2D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">efrigerator malfunction in a non-pharmaceutical </w:t>
       </w:r>
-      <w:r w:rsidR="00955B29" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00955B29" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">grade unit that is being used to store </w:t>
       </w:r>
-      <w:r w:rsidR="002A3F2D" w:rsidRPr="00CA4ECD">
-[...21 lines deleted...]
-        <w:t>. (See B-2)</w:t>
+      <w:r w:rsidR="5C84C544" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">state-supplied </w:t>
+      </w:r>
+      <w:r w:rsidR="00955B29" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vaccines resulting in </w:t>
+      </w:r>
+      <w:r w:rsidR="368AAF95" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>spoilage</w:t>
+      </w:r>
+      <w:r w:rsidR="002A3F2D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. (</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF67C1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>See section B-</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC30D7" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF67C1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for more details</w:t>
+      </w:r>
+      <w:r w:rsidR="002A3F2D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B30969F" w14:textId="2B4EA465" w:rsidR="00496ABB" w:rsidRPr="00CA4ECD" w:rsidRDefault="00496ABB" w:rsidP="53C9E82F">
+    <w:p w14:paraId="5B30969F" w14:textId="2B4EA465" w:rsidR="00496ABB" w:rsidRPr="00745B63" w:rsidRDefault="00496ABB" w:rsidP="53C9E82F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="66"/>
+          <w:numId w:val="68"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="clear" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="40"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Storing state-supplied vaccines in a household combination</w:t>
       </w:r>
-      <w:r w:rsidR="3FBCAE85" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="3FBCAE85" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or dormitory style</w:t>
       </w:r>
-      <w:r w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> unit.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C01BCE1" w14:textId="6C292739" w:rsidR="00D85A97" w:rsidRDefault="00B80209" w:rsidP="0F8975E8">
+    <w:p w14:paraId="3C01BCE1" w14:textId="4F41A6BD" w:rsidR="00D85A97" w:rsidRPr="00745B63" w:rsidRDefault="00B80209" w:rsidP="736660E4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="66"/>
+          <w:numId w:val="68"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="clear" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="40"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Failure to notify the </w:t>
       </w:r>
-      <w:r w:rsidR="00C14F14" w:rsidRPr="0F8975E8">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C14F14" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidRPr="0F8975E8">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>accine</w:t>
       </w:r>
-      <w:r w:rsidR="00C14F14" w:rsidRPr="0F8975E8">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C14F14" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="38CDD886" w:rsidRPr="0F8975E8">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="38CDD886" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Program</w:t>
       </w:r>
-      <w:r w:rsidRPr="0F8975E8">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of any temperature excursion</w:t>
       </w:r>
-      <w:r w:rsidR="39B04867" w:rsidRPr="0F8975E8">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="39B04867" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in storage units containing state-supplied vaccine</w:t>
       </w:r>
-      <w:r w:rsidR="7D3117E5" w:rsidRPr="0F8975E8">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="172F71FC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, via the completion and submission of a Temperature Excursion Issue in the MIIS</w:t>
+      </w:r>
+      <w:r w:rsidR="7D3117E5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AD5A856" w14:textId="77777777" w:rsidR="002F72A6" w:rsidRPr="002F72A6" w:rsidRDefault="00D85A97" w:rsidP="00567E3A">
+    <w:p w14:paraId="2BD7437D" w14:textId="011ADEA1" w:rsidR="00FE3CA8" w:rsidRPr="00745B63" w:rsidRDefault="0EE98A9D" w:rsidP="736660E4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:before="40"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...88 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="0054024B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ny other </w:t>
+      </w:r>
+      <w:r w:rsidR="3CF9D47C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vaccine storage and </w:t>
+      </w:r>
+      <w:r w:rsidR="0054024B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>handling mistake</w:t>
+      </w:r>
+      <w:r w:rsidR="008C1534" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> made </w:t>
+      </w:r>
+      <w:r w:rsidR="0054024B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>by provider staff</w:t>
+      </w:r>
+      <w:r w:rsidR="3EA03CEC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with state-supplied vaccine</w:t>
+      </w:r>
+      <w:r w:rsidR="0054024B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BD7437D" w14:textId="32C56C39" w:rsidR="00FE3CA8" w:rsidRPr="00CA4ECD" w:rsidRDefault="0EE98A9D" w:rsidP="00567E3A">
-[...50 lines deleted...]
-    <w:p w14:paraId="7C44EB1F" w14:textId="197F44E4" w:rsidR="001049E6" w:rsidRPr="00CA4ECD" w:rsidRDefault="00C6241D" w:rsidP="00F92D7D">
+    <w:p w14:paraId="7C44EB1F" w14:textId="197F44E4" w:rsidR="001049E6" w:rsidRPr="00745B63" w:rsidRDefault="00C6241D" w:rsidP="00F92D7D">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547" w:hanging="547"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A-</w:t>
       </w:r>
-      <w:r w:rsidR="2CF3AEC4" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="2CF3AEC4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="005C2CEC" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005C2CEC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="0038292E" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0038292E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002400D3">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002400D3" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="62189366" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="62189366" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Vaccine Program </w:t>
       </w:r>
-      <w:r w:rsidR="00F00549" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F00549" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>require</w:t>
       </w:r>
-      <w:r w:rsidR="00F20CF7" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F20CF7" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00F00549" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F00549" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> providers to make</w:t>
       </w:r>
-      <w:r w:rsidR="001049E6" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001049E6" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001049E6" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="001049E6" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>restitution</w:t>
       </w:r>
-      <w:r w:rsidR="00806D2D" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00806D2D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> by replac</w:t>
       </w:r>
-      <w:r w:rsidR="00D56F2F" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00D56F2F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
-      <w:r w:rsidR="001049E6" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001049E6" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> any doses of </w:t>
       </w:r>
-      <w:r w:rsidR="00806D2D" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00806D2D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">state-supplied </w:t>
       </w:r>
-      <w:r w:rsidR="001049E6" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001049E6" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vaccines that have been lost due to the provider’s failure to properly receive, store, or </w:t>
       </w:r>
-      <w:r w:rsidR="00AB19FA" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00AB19FA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>use</w:t>
       </w:r>
-      <w:r w:rsidR="001049E6" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001049E6" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> vaccine</w:t>
       </w:r>
-      <w:r w:rsidR="0054024B" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0054024B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="001049E6" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001049E6" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="000A14E1" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000A14E1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>as outlined in section A-</w:t>
       </w:r>
-      <w:r w:rsidR="610D46E8" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="610D46E8" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="001049E6" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001049E6" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) if: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AFD06DC" w14:textId="3E88D65B" w:rsidR="00305D13" w:rsidRPr="00CA4ECD" w:rsidRDefault="00305D13" w:rsidP="00305D13">
+    <w:p w14:paraId="7AFD06DC" w14:textId="3E88D65B" w:rsidR="00305D13" w:rsidRPr="00745B63" w:rsidRDefault="00305D13" w:rsidP="00305D13">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="50"/>
+          <w:numId w:val="52"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...15 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>it</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is the 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> inciden</w:t>
       </w:r>
-      <w:r w:rsidR="00367C4D" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00367C4D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="00085854" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00085854" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00367C4D" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00367C4D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the total loss is over $</w:t>
       </w:r>
-      <w:r w:rsidR="00AD7869">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00AD7869" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="0024202A">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0024202A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00367C4D" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00367C4D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,000</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, or </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57FD16D6" w14:textId="43C32462" w:rsidR="008D5643" w:rsidRDefault="008D5643" w:rsidP="4D31163E">
+    <w:p w14:paraId="57FD16D6" w14:textId="00FE70D3" w:rsidR="008D5643" w:rsidRPr="00745B63" w:rsidRDefault="008D5643" w:rsidP="4D31163E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="50"/>
+          <w:numId w:val="52"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...16 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>it</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is the 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>nd</w:t>
       </w:r>
-      <w:r w:rsidRPr="4D31163E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> incident </w:t>
       </w:r>
-      <w:r w:rsidR="00C763B4" w:rsidRPr="4D31163E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C763B4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>in less than 12</w:t>
       </w:r>
-      <w:r w:rsidR="00B003BD" w:rsidRPr="4D31163E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B003BD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00C763B4" w:rsidRPr="4D31163E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C763B4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>month period</w:t>
       </w:r>
-      <w:r w:rsidRPr="4D31163E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0024202A" w:rsidRPr="4D31163E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0024202A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and the total loss is over $5,000</w:t>
       </w:r>
-      <w:r w:rsidR="0054024B" w:rsidRPr="4D31163E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00EC30D7" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0054024B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C8CBC0D" w14:textId="7B217453" w:rsidR="0024202A" w:rsidRPr="0024202A" w:rsidRDefault="0024202A" w:rsidP="0024202A">
+    <w:p w14:paraId="6C8CBC0D" w14:textId="7B217453" w:rsidR="0024202A" w:rsidRPr="00745B63" w:rsidRDefault="0024202A" w:rsidP="0024202A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="50"/>
+          <w:numId w:val="52"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">it is the </w:t>
       </w:r>
-      <w:r w:rsidR="00183D4D">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00183D4D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00183D4D" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00183D4D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>rd</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA4ECD">
-[...19 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> incident (or greater) in less than 12</w:t>
+      </w:r>
+      <w:r w:rsidR="00B003BD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> regardless of the total value, or</w:t>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>month period regardless of the total value, or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="236205C2" w14:textId="1E3F56FE" w:rsidR="00305D13" w:rsidRPr="00CA4ECD" w:rsidRDefault="00305D13" w:rsidP="00305D13">
+    <w:p w14:paraId="236205C2" w14:textId="66250C9D" w:rsidR="00305D13" w:rsidRPr="00745B63" w:rsidRDefault="00305D13" w:rsidP="00305D13">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="50"/>
+          <w:numId w:val="52"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...65 lines deleted...]
-        <w:t>, or</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">it is due to a failure to immediately open a vaccine shipment from </w:t>
+      </w:r>
+      <w:r w:rsidR="0067281C" w:rsidRPr="00396967">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">McKesson or </w:t>
+      </w:r>
+      <w:r w:rsidR="0067281C" w:rsidRPr="00B2410F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>any vaccine manufacturer that directly ships vaccines</w:t>
+      </w:r>
+      <w:r w:rsidR="0067281C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0067281C" w:rsidRPr="00396967">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>resulting in damaged vaccine, regardless of total value, or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02839A2E" w14:textId="133337EA" w:rsidR="00DB2AAD" w:rsidRPr="00CA4ECD" w:rsidRDefault="00AB1540" w:rsidP="00305D13">
+    <w:p w14:paraId="02839A2E" w14:textId="133337EA" w:rsidR="00DB2AAD" w:rsidRPr="00745B63" w:rsidRDefault="00AB1540" w:rsidP="00305D13">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="50"/>
+          <w:numId w:val="52"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="00DB2AAD" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DB2AAD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">t is due to a failure to store </w:t>
       </w:r>
-      <w:r w:rsidR="00B173D7" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B173D7" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">refrigerated </w:t>
       </w:r>
-      <w:r w:rsidR="00085854" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00085854" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>vaccines</w:t>
       </w:r>
-      <w:r w:rsidR="00DB2AAD" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DB2AAD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
-      <w:r w:rsidR="00B173D7" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B173D7" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="00DB2AAD" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DB2AAD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>refrigerat</w:t>
       </w:r>
-      <w:r w:rsidR="00B173D7" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B173D7" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00DB2AAD" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DB2AAD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B173D7" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B173D7" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="006A5E25" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006A5E25" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> store</w:t>
       </w:r>
-      <w:r w:rsidR="00B173D7" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B173D7" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> frozen </w:t>
       </w:r>
-      <w:r w:rsidR="00085854" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00085854" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>vaccines</w:t>
       </w:r>
-      <w:r w:rsidR="00B173D7" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B173D7" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in a freezer</w:t>
       </w:r>
-      <w:r w:rsidR="00C763B4">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C763B4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> regardless of total value</w:t>
       </w:r>
-      <w:r w:rsidR="00B173D7" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B173D7" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DBE7AC1" w14:textId="77777777" w:rsidR="001049E6" w:rsidRPr="00CA4ECD" w:rsidRDefault="001049E6" w:rsidP="001049E6">
+    <w:p w14:paraId="0DBE7AC1" w14:textId="77777777" w:rsidR="001049E6" w:rsidRPr="00745B63" w:rsidRDefault="001049E6" w:rsidP="001049E6">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50DE9FAB" w14:textId="5F03E265" w:rsidR="1B302FB9" w:rsidRDefault="1B302FB9" w:rsidP="00F92D7D">
+    <w:p w14:paraId="50DE9FAB" w14:textId="5F03E265" w:rsidR="1B302FB9" w:rsidRPr="00745B63" w:rsidRDefault="1B302FB9" w:rsidP="00F92D7D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="533"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Vaccine Program will notify the provider </w:t>
       </w:r>
-      <w:r w:rsidR="002F72A6">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002F72A6" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>regarding</w:t>
       </w:r>
-      <w:r w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the number of doses of each vaccine that must be replaced; vaccine must be replaced on a dose per dose basis with privately purchased vaccine. Subsequent vaccine orders from the provider will not be processed by the Vaccine Program until a copy of the vaccine replacement form is received and processed. The Vaccine Program may request copies of the invoice for the privately purchased replacement vaccines if lot numbers match state-supplied vaccine doses in inventory</w:t>
       </w:r>
-      <w:r w:rsidR="006919CF">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006919CF" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CC6359F" w14:textId="6DE1727A" w:rsidR="1B302FB9" w:rsidRDefault="1B302FB9" w:rsidP="53C9E82F">
+    <w:p w14:paraId="7CC6359F" w14:textId="6DE1727A" w:rsidR="1B302FB9" w:rsidRPr="00745B63" w:rsidRDefault="1B302FB9" w:rsidP="53C9E82F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="720"/>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D0C3659" w14:textId="264B08CE" w:rsidR="53C9E82F" w:rsidRDefault="1B302FB9" w:rsidP="00F92D7D">
+    <w:p w14:paraId="5D0C3659" w14:textId="264B08CE" w:rsidR="53C9E82F" w:rsidRPr="00745B63" w:rsidRDefault="1B302FB9" w:rsidP="00F92D7D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="533"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Vaccine Program will only hold providers accountable in situations of provider negligence as outlined above (see section A-</w:t>
       </w:r>
-      <w:r w:rsidR="18CA03E2" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="18CA03E2" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="0DE27EB1">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> act of nature). Providers will be given due process to dispute cases of avoidable loss. However, the Vaccine Program retains the right to make final determinations regarding vaccine restitution.</w:t>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) and will not seek restitution for a vaccine loss that occurred due to a circumstance not in the provider’s control (i.e. act of nature). Providers will be given due process to dispute cases of avoidable loss. However, the Vaccine Program retains the right to make final determinations regarding vaccine restitution.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54FD7625" w14:textId="77777777" w:rsidR="005502D2" w:rsidRDefault="005502D2" w:rsidP="001049E6">
+    <w:p w14:paraId="54FD7625" w14:textId="77777777" w:rsidR="005502D2" w:rsidRPr="00745B63" w:rsidRDefault="005502D2" w:rsidP="001049E6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:keepNext/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46D52D65" w14:textId="18497440" w:rsidR="00B35DB1" w:rsidRPr="00CA4ECD" w:rsidRDefault="0089709A" w:rsidP="001049E6">
+    <w:p w14:paraId="46D52D65" w14:textId="18497440" w:rsidR="00B35DB1" w:rsidRPr="00745B63" w:rsidRDefault="0089709A" w:rsidP="001049E6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:keepNext/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00CA4ECD">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidR="00E7796B" w:rsidRPr="00CA4ECD">
+      <w:r w:rsidR="00E7796B" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B35DB1" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B35DB1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B35DB1" w:rsidRPr="00CA4ECD">
+      <w:r w:rsidR="00B35DB1" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Vaccine Management</w:t>
       </w:r>
-      <w:r w:rsidR="0034006B" w:rsidRPr="00CA4ECD">
+      <w:r w:rsidR="0034006B" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29230BE2" w14:textId="26560A75" w:rsidR="00B91764" w:rsidRPr="00CA4ECD" w:rsidRDefault="00E7796B" w:rsidP="0DE27EB1">
+    <w:p w14:paraId="65487815" w14:textId="7EDB85CD" w:rsidR="00B91764" w:rsidRPr="00745B63" w:rsidRDefault="00E7796B" w:rsidP="291246AE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="547" w:hanging="547"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidR="001F1F33" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001F1F33" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-1.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002400D3">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002400D3" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Providers </w:t>
       </w:r>
-      <w:r w:rsidR="008559C4" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="008559C4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have written </w:t>
       </w:r>
-      <w:r w:rsidR="008559C4" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="008559C4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">standard operating </w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">procedures </w:t>
       </w:r>
-      <w:r w:rsidR="008559C4" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="008559C4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SOP</w:t>
       </w:r>
-      <w:r w:rsidR="008559C4" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="008559C4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>) in place</w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
-      <w:r w:rsidR="008559C4" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="008559C4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">proper </w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>vaccine management</w:t>
       </w:r>
-      <w:r w:rsidR="61280FD1" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="61280FD1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and vaccine transport</w:t>
       </w:r>
-      <w:r w:rsidR="008559C4" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="008559C4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="008559C4" w:rsidRPr="0DE27EB1">
-[...19 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008559C4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="59F95669" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="1A2DED70" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Both the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C00BD0" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vaccine Management</w:t>
+      </w:r>
+      <w:r w:rsidR="00294C16" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="59F95669" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and Vacc</w:t>
       </w:r>
-      <w:r w:rsidR="341CDA89" w:rsidRPr="0DE27EB1">
-[...20 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="341CDA89" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ine Transport S</w:t>
+      </w:r>
+      <w:r w:rsidR="0047717A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">OP </w:t>
       </w:r>
-      <w:r w:rsidR="008559C4" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008559C4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>must be</w:t>
       </w:r>
-      <w:r w:rsidR="00294C16" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00294C16" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> reviewed</w:t>
       </w:r>
-      <w:r w:rsidR="3039FF77" w:rsidRPr="44FFDF8B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="3039FF77" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00294C16" w:rsidRPr="0DE27EB1">
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00294C16" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>updated</w:t>
+      </w:r>
+      <w:r w:rsidR="5305FA28" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and signed in the following situations:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="601AEB44" w14:textId="3C3B0BB8" w:rsidR="00B91764" w:rsidRPr="00745B63" w:rsidRDefault="4C887829" w:rsidP="00EC30D7">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:keepNext/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>annually</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00294C16" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>nnually</w:t>
+      </w:r>
+      <w:r w:rsidR="5A831AED" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as part of re-enrollment</w:t>
       </w:r>
-      <w:r w:rsidR="00C73BF9" w:rsidRPr="0DE27EB1">
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+    </w:p>
+    <w:p w14:paraId="1064D26E" w14:textId="5AF11112" w:rsidR="00B91764" w:rsidRPr="00745B63" w:rsidRDefault="06198DCB" w:rsidP="00EC30D7">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:keepNext/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="00C73BF9" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>hen</w:t>
+      </w:r>
+      <w:r w:rsidR="00113DD5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ever</w:t>
+      </w:r>
+      <w:r w:rsidR="00294C16" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> there</w:t>
+      </w:r>
+      <w:r w:rsidR="008559C4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is</w:t>
+      </w:r>
+      <w:r w:rsidR="00294C16" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a change in responsible staff</w:t>
+      </w:r>
+      <w:r w:rsidR="3FE87601" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (i.e. Vaccine Coordinator or Medical Director)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29230BE2" w14:textId="4404CD31" w:rsidR="00B91764" w:rsidRPr="00745B63" w:rsidRDefault="0728981E" w:rsidP="00EC30D7">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:keepNext/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Your site intends to</w:t>
+      </w:r>
+      <w:r w:rsidR="53FB74C6" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> start</w:t>
+      </w:r>
+      <w:r w:rsidR="6970BEBD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> conducting</w:t>
+      </w:r>
+      <w:r w:rsidR="53FB74C6" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mobile</w:t>
+      </w:r>
+      <w:r w:rsidR="6C972025" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/off-site</w:t>
+      </w:r>
+      <w:r w:rsidR="53FB74C6" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> clinics</w:t>
+      </w:r>
+      <w:r w:rsidR="00113DD5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0D5AB3D3" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C73BF9" w:rsidRPr="0DE27EB1">
-[...62 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7B3B6975" w14:textId="5AAEEA05" w:rsidR="00B91764" w:rsidRPr="00CA4ECD" w:rsidRDefault="64133035" w:rsidP="00C07510">
+    <w:p w14:paraId="7B3B6975" w14:textId="5AAEEA05" w:rsidR="00B91764" w:rsidRPr="00745B63" w:rsidRDefault="64133035" w:rsidP="00C07510">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="216"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B-1a. </w:t>
       </w:r>
-      <w:r w:rsidR="00113DD5" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00113DD5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidR="2DD1A91E" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="2DD1A91E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vaccine Management</w:t>
       </w:r>
-      <w:r w:rsidR="00113DD5" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00113DD5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SOP</w:t>
       </w:r>
-      <w:r w:rsidR="008559C4" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008559C4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> must </w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>include</w:t>
       </w:r>
-      <w:r w:rsidR="00C93E03" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C93E03" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39CF6665" w14:textId="1AA8E1A9" w:rsidR="0DE27EB1" w:rsidRDefault="04237BEE" w:rsidP="03933E53">
+    <w:p w14:paraId="39CF6665" w14:textId="38368F8E" w:rsidR="0DE27EB1" w:rsidRPr="00745B63" w:rsidRDefault="04237BEE" w:rsidP="00EC30D7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
-        <w:spacing w:before="120"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Designation of a Primary Vaccine Coordinator</w:t>
       </w:r>
-      <w:r w:rsidR="001C17D8">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001C17D8" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="03933E53">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Back-up Vaccine Coordinator</w:t>
       </w:r>
-      <w:r w:rsidR="001C17D8">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001C17D8" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, and Medical Director</w:t>
       </w:r>
-      <w:r w:rsidRPr="001C17D8">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="03933E53">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Providers must notify the Vaccine Program either by phone 617-983-6828 or email dph-vaccine-management@mass.gov within 10 days when a new Vaccine Coordinator</w:t>
       </w:r>
-      <w:r w:rsidR="001C17D8">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="001C17D8" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or Medical Director</w:t>
       </w:r>
-      <w:r w:rsidRPr="03933E53">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is designated</w:t>
       </w:r>
-      <w:r w:rsidRPr="03933E53">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="60825A5E" w:rsidRPr="03933E53">
-[...19 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="60825A5E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006651DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vaccine ordering will be suspended until c</w:t>
+      </w:r>
+      <w:r w:rsidR="60825A5E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ompliance training</w:t>
+      </w:r>
+      <w:r w:rsidR="006651DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s are complete, agreement to comply is checked</w:t>
+      </w:r>
+      <w:r w:rsidR="60825A5E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="05ED94CB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and SOP</w:t>
+      </w:r>
+      <w:r w:rsidR="5D22CA18" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="05ED94CB" w:rsidRPr="03933E53">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="05ED94CB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="60825A5E" w:rsidRPr="03933E53">
-[...35 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006651DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>are updated</w:t>
+      </w:r>
+      <w:r w:rsidR="60825A5E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73322392" w14:textId="77777777" w:rsidR="00B91764" w:rsidRPr="00CA4ECD" w:rsidRDefault="00B91764" w:rsidP="00B91764">
+    <w:p w14:paraId="73322392" w14:textId="77777777" w:rsidR="00B91764" w:rsidRPr="00745B63" w:rsidRDefault="00B91764" w:rsidP="00EC30D7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
-        <w:spacing w:before="120"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Proper storage and handling</w:t>
       </w:r>
-      <w:r w:rsidR="00F64C42" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F64C42" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> procedures</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="658B7D31" w14:textId="77777777" w:rsidR="00AC6F1C" w:rsidRPr="00CA4ECD" w:rsidRDefault="00502A8C" w:rsidP="00B91764">
+    <w:p w14:paraId="658B7D31" w14:textId="77777777" w:rsidR="00AC6F1C" w:rsidRPr="00745B63" w:rsidRDefault="00502A8C" w:rsidP="00EC30D7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
-        <w:spacing w:before="120"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vaccine </w:t>
       </w:r>
-      <w:r w:rsidR="00FE27E2" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00FE27E2" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>receiving</w:t>
       </w:r>
-      <w:r w:rsidR="00F64C42" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F64C42" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> procedures</w:t>
       </w:r>
-      <w:r w:rsidR="00AC6F1C" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00AC6F1C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="334EA308" w14:textId="77777777" w:rsidR="00B91764" w:rsidRPr="00CA4ECD" w:rsidRDefault="00C854DD" w:rsidP="00B91764">
+    <w:p w14:paraId="334EA308" w14:textId="77777777" w:rsidR="00B91764" w:rsidRPr="00745B63" w:rsidRDefault="00C854DD" w:rsidP="00EC30D7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
-        <w:spacing w:before="120"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="00B91764" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B91764" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">accine relocation </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">procedures </w:t>
       </w:r>
-      <w:r w:rsidR="00B91764" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B91764" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>in the event of a power or equipment failure.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AD148C3" w14:textId="77777777" w:rsidR="00B91764" w:rsidRPr="00CA4ECD" w:rsidRDefault="00AD2AD1" w:rsidP="00B91764">
+    <w:p w14:paraId="6AD148C3" w14:textId="77777777" w:rsidR="00B91764" w:rsidRPr="00745B63" w:rsidRDefault="00AD2AD1" w:rsidP="00EC30D7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
-        <w:spacing w:before="120"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vaccine ordering and</w:t>
       </w:r>
-      <w:r w:rsidR="00B91764" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B91764" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> inventory control</w:t>
       </w:r>
-      <w:r w:rsidR="00F64C42" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F64C42" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> procedures</w:t>
       </w:r>
-      <w:r w:rsidR="00AC6F1C" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00AC6F1C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79E15F64" w14:textId="77777777" w:rsidR="00AC6F1C" w:rsidRPr="00CA4ECD" w:rsidRDefault="00C854DD" w:rsidP="00B91764">
+    <w:p w14:paraId="79E15F64" w14:textId="77777777" w:rsidR="00AC6F1C" w:rsidRPr="00745B63" w:rsidRDefault="00C854DD" w:rsidP="00EC30D7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
-        <w:spacing w:before="120"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidR="00071B16" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00071B16" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>andling</w:t>
       </w:r>
-      <w:r w:rsidR="00502A8C" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00502A8C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> lost </w:t>
       </w:r>
-      <w:r w:rsidR="00071B16" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00071B16" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00502A8C" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00502A8C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> expired</w:t>
       </w:r>
-      <w:r w:rsidR="00AD2AD1" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00AD2AD1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> vaccine</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> procedures</w:t>
       </w:r>
-      <w:r w:rsidR="00AC6F1C" w:rsidRPr="00CA4ECD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00AC6F1C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56157796" w14:textId="1725F8AB" w:rsidR="00502A8C" w:rsidRPr="00CA4ECD" w:rsidRDefault="00C854DD" w:rsidP="00567E3A">
+    <w:p w14:paraId="56157796" w14:textId="16634872" w:rsidR="00502A8C" w:rsidRPr="00745B63" w:rsidRDefault="00C854DD" w:rsidP="00EC30D7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
-        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Response procedures for</w:t>
       </w:r>
-      <w:r w:rsidR="00CF6317" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00CF6317" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> when </w:t>
       </w:r>
-      <w:r w:rsidR="00085854" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00085854" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vaccines are </w:t>
       </w:r>
-      <w:r w:rsidR="00CF6317" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00CF6317" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">stored out of </w:t>
       </w:r>
-      <w:r w:rsidR="00AD2AD1" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00AD2AD1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">temperature </w:t>
       </w:r>
-      <w:r w:rsidR="00CF6317" w:rsidRPr="0DE27EB1">
-[...19 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00CF6317" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>range</w:t>
+      </w:r>
+      <w:r w:rsidR="68A883C3" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and determination of what </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="68A883C3" w:rsidRPr="00745B63">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>qualifies as a temperature excursion</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00CF6317" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="1F29E12F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>In the even</w:t>
+      </w:r>
+      <w:r w:rsidR="75674C9B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="1F29E12F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of a temperature excursion </w:t>
+      </w:r>
+      <w:r w:rsidR="697C4568" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00E0358B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rovider</w:t>
+      </w:r>
+      <w:r w:rsidR="1ABB28FF" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00E0358B" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E0358B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> must</w:t>
       </w:r>
-      <w:r w:rsidR="00015CA5" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00015CA5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> complete and </w:t>
       </w:r>
-      <w:r w:rsidR="554F205B" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="554F205B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">submit </w:t>
       </w:r>
-      <w:r w:rsidR="2E535223" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="2E535223" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="00015CA5" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00015CA5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Temperature Excursion </w:t>
       </w:r>
-      <w:r w:rsidR="749C7251" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="749C7251" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Is</w:t>
       </w:r>
-      <w:r w:rsidR="72D8B9D8" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="72D8B9D8" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">sue </w:t>
       </w:r>
-      <w:r w:rsidR="72AE7565" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="72AE7565" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>in t</w:t>
       </w:r>
-      <w:r w:rsidR="00ECFA4F" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00ECFA4F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>he MIIS</w:t>
       </w:r>
-      <w:r w:rsidR="00E0358B" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E0358B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00CF6317" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00CF6317" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F6F7A16" w14:textId="60551473" w:rsidR="0DE27EB1" w:rsidRDefault="00C07510" w:rsidP="00C07510">
+    <w:p w14:paraId="0F6F7A16" w14:textId="60551473" w:rsidR="0DE27EB1" w:rsidRPr="00745B63" w:rsidRDefault="00C07510" w:rsidP="00C07510">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547" w:hanging="547"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="5994B74F" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="5994B74F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Both Vaccine Coordinators and the Medical Director must sign </w:t>
       </w:r>
-      <w:r w:rsidR="44636D35" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="44636D35" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and date </w:t>
       </w:r>
-      <w:r w:rsidR="5994B74F" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="5994B74F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="0F05CC4F" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0F05CC4F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vaccine Management </w:t>
       </w:r>
-      <w:r w:rsidR="5994B74F" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="5994B74F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">SOP. </w:t>
       </w:r>
-      <w:r w:rsidR="4AD57AB7" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="4AD57AB7" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Additionally</w:t>
       </w:r>
-      <w:r w:rsidR="5994B74F" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="5994B74F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="419B4615" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="419B4615" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00FB9846" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00FB9846" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ny</w:t>
       </w:r>
-      <w:r w:rsidR="00536CF4" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00536CF4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> staff </w:t>
       </w:r>
-      <w:r w:rsidR="722B52D4" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="722B52D4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">member </w:t>
       </w:r>
-      <w:r w:rsidR="00536CF4" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00536CF4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">responsible for </w:t>
       </w:r>
-      <w:r w:rsidR="00C158FB" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C158FB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">state-supplied </w:t>
       </w:r>
-      <w:r w:rsidR="008A070C" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008A070C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vaccines in any way, including monitoring temperatures in vaccine storage units, </w:t>
       </w:r>
-      <w:r w:rsidR="00536CF4" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00536CF4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>administering vaccines</w:t>
       </w:r>
-      <w:r w:rsidR="008A070C" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008A070C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00536CF4" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00536CF4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C158FB" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C158FB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidR="00536CF4" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00536CF4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>transport</w:t>
       </w:r>
-      <w:r w:rsidR="008A070C" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008A070C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
-      <w:r w:rsidR="00536CF4" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00536CF4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> vaccines in </w:t>
       </w:r>
-      <w:r w:rsidR="006723C0" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006723C0" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>an emergency</w:t>
       </w:r>
-      <w:r w:rsidR="008A070C" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008A070C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="008C1534" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008C1534" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> must</w:t>
       </w:r>
-      <w:r w:rsidR="00536CF4" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00536CF4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> acknowledge reading their </w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>practice’s</w:t>
       </w:r>
-      <w:r w:rsidR="00536CF4" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00536CF4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0047717A" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0047717A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vaccine Management </w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SOP</w:t>
       </w:r>
-      <w:r w:rsidR="00536CF4" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00536CF4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> by signing and dating the document</w:t>
       </w:r>
-      <w:r w:rsidR="1C30A570" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="1C30A570" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E419A40" w14:textId="279D7C1D" w:rsidR="00870329" w:rsidRPr="000107C0" w:rsidRDefault="1CEBFD70" w:rsidP="00C07510">
+    <w:p w14:paraId="4E419A40" w14:textId="279D7C1D" w:rsidR="00870329" w:rsidRPr="00745B63" w:rsidRDefault="1CEBFD70" w:rsidP="00C07510">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="216"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidR="783DBB81" w:rsidRPr="00567E3A">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="783DBB81" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="54A4E739" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="54A4E739" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1b</w:t>
       </w:r>
-      <w:r w:rsidR="783DBB81" w:rsidRPr="00567E3A">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="783DBB81" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="783DBB81" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="783DBB81" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="50DA6D39" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="50DA6D39" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Vaccine Transport SOP must include</w:t>
       </w:r>
-      <w:r w:rsidR="005454CC" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005454CC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53894391" w14:textId="5C01FFCE" w:rsidR="00870329" w:rsidRPr="005454CC" w:rsidRDefault="005454CC" w:rsidP="00567E3A">
+    <w:p w14:paraId="53894391" w14:textId="5C01FFCE" w:rsidR="00870329" w:rsidRPr="00745B63" w:rsidRDefault="005454CC" w:rsidP="00EC30D7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
-        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Details on transport methods and </w:t>
       </w:r>
-      <w:r w:rsidR="6F81C8FF" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="6F81C8FF" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">transport </w:t>
       </w:r>
-      <w:r w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>supplies on</w:t>
       </w:r>
-      <w:r w:rsidR="3AAB0BC2" w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="3AAB0BC2" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="53C9E82F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>site.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53F1F3C2" w14:textId="403DE275" w:rsidR="00870329" w:rsidRDefault="005454CC" w:rsidP="00870329">
+    <w:p w14:paraId="53F1F3C2" w14:textId="403DE275" w:rsidR="00870329" w:rsidRPr="00745B63" w:rsidRDefault="005454CC" w:rsidP="00EC30D7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
-        <w:spacing w:before="120"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Steps on how to move vaccines to another location or clinic.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15E52569" w14:textId="29DE4F26" w:rsidR="005454CC" w:rsidRDefault="005454CC" w:rsidP="00870329">
+    <w:p w14:paraId="15E52569" w14:textId="29DE4F26" w:rsidR="005454CC" w:rsidRPr="00745B63" w:rsidRDefault="005454CC" w:rsidP="00EC30D7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
-        <w:spacing w:before="120"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Steps on how to ensure vaccines are viable upon arrival.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="508F3EB8" w14:textId="2C799C54" w:rsidR="005454CC" w:rsidRDefault="005454CC" w:rsidP="00870329">
+    <w:p w14:paraId="508F3EB8" w14:textId="2C799C54" w:rsidR="005454CC" w:rsidRPr="00745B63" w:rsidRDefault="005454CC" w:rsidP="00EC30D7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
-        <w:spacing w:before="120"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Overall plan for mobile clinics, including staff assignment, frequency, purpose</w:t>
       </w:r>
-      <w:r w:rsidR="001937D9">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001937D9" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and methods.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50EC8CAE" w14:textId="0BCF10F6" w:rsidR="005454CC" w:rsidRPr="005454CC" w:rsidRDefault="005454CC" w:rsidP="486D896B">
+    <w:p w14:paraId="52B9B630" w14:textId="422BD5A6" w:rsidR="00C07510" w:rsidRPr="00F754A4" w:rsidRDefault="005454CC" w:rsidP="008B193B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Overall plan for vaccines at mobile clinics, including administration, wastage</w:t>
+      </w:r>
+      <w:r w:rsidR="001937D9" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and storage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C109310" w14:textId="2B47C5CE" w:rsidR="005502D2" w:rsidRPr="00745B63" w:rsidRDefault="76932D26" w:rsidP="00F754A4">
+      <w:pPr>
         <w:spacing w:before="120"/>
-        <w:jc w:val="left"/>
-[...41 lines deleted...]
-      <w:pPr>
         <w:ind w:left="547" w:hanging="7"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Both Vaccine Coordinators and the Medical Director must sign and date the Transport SOP. Also, all staff responsible for state-supplied vaccines in any way, related to th</w:t>
       </w:r>
-      <w:r w:rsidR="71092177" w:rsidRPr="486D896B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="71092177" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="486D896B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Transport of the Vaccines, must acknowledge reading their practice’s Vaccine Transport SOP by signing and dating the document.</w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlt403725416"/>
       <w:bookmarkStart w:id="3" w:name="_Hlt403725417"/>
       <w:bookmarkStart w:id="4" w:name="_Hlt403638438"/>
       <w:bookmarkStart w:id="5" w:name="_Hlt403638439"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidR="008B193B" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="008B193B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BD56D89" w14:textId="74A78275" w:rsidR="5A3F7D8E" w:rsidRDefault="5A3F7D8E" w:rsidP="00567E3A">
+    <w:p w14:paraId="6BD56D89" w14:textId="74A78275" w:rsidR="5A3F7D8E" w:rsidRPr="00745B63" w:rsidRDefault="5A3F7D8E" w:rsidP="00567E3A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B-2. </w:t>
       </w:r>
-      <w:r w:rsidR="00DA36DE">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DA36DE" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="0DE27EB1" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0DE27EB1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">All vaccines, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="0DE27EB1" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0DE27EB1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>with the exception of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="0DE27EB1" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0DE27EB1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Varicella, MMRV and Pfizer COVID-19 vaccines will be shipped to you by McKesson Specialty Distribution. Varicella and MMRV vaccine will be shipped to you by Merck &amp; Co., Inc. Varicella and MMRV doses are always shipped separately and may not arrive on the same day as their associated diluent. Pfizer COVID-19 vaccines will be shipped to you by Pfizer. Diluent for the Pfizer 6m-4y product may not arrive on the same day as the vaccine.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="659C3E11" w14:textId="670757D7" w:rsidR="0DE27EB1" w:rsidRDefault="0DE27EB1" w:rsidP="00F77EC6">
+    <w:p w14:paraId="659C3E11" w14:textId="670757D7" w:rsidR="0DE27EB1" w:rsidRPr="00745B63" w:rsidRDefault="0DE27EB1" w:rsidP="00F77EC6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Providers must provide the Vaccine Program with all packing slips for direct ship vaccines from Merck &amp; Co., Inc. (MMRV &amp; Varicella</w:t>
+      </w:r>
+      <w:r w:rsidR="00D73971" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Failure to provide packing slips may result in a temporary suspension from vaccine ordering. Ensure the shipped doses quantity is equal to the ordered </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Providers must provide the Vaccine Program with all packing slips for direct ship vaccines from Merck &amp; Co., Inc. (MMRV &amp; Varicella</w:t>
-[...19 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:t xml:space="preserve">doses quantity for both the vaccine product and the associated diluent. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All sites must </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>initial</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and date every packing slip received</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05DDCAA0" w14:textId="77777777" w:rsidR="0DE27EB1" w:rsidRDefault="0DE27EB1" w:rsidP="0DE27EB1">
+    <w:p w14:paraId="05DDCAA0" w14:textId="77777777" w:rsidR="0DE27EB1" w:rsidRPr="00745B63" w:rsidRDefault="0DE27EB1" w:rsidP="0DE27EB1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18DFC890" w14:textId="494BD341" w:rsidR="0DE27EB1" w:rsidRDefault="0DE27EB1" w:rsidP="0DE27EB1">
+    <w:p w14:paraId="18DFC890" w14:textId="494BD341" w:rsidR="0DE27EB1" w:rsidRPr="00745B63" w:rsidRDefault="0DE27EB1" w:rsidP="0DE27EB1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="23"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>In order for</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> shippers to be able to deliver vaccines, providers must be on site with appropriate staff available to receive vaccines at least one day per week other than Monday and for at least four consecutive hours during that day.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10F0E1CE" w14:textId="62E66124" w:rsidR="0DE27EB1" w:rsidRDefault="0DE27EB1" w:rsidP="0DE27EB1">
+    <w:p w14:paraId="10F0E1CE" w14:textId="62E66124" w:rsidR="0DE27EB1" w:rsidRPr="00745B63" w:rsidRDefault="0DE27EB1" w:rsidP="0DE27EB1">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:spacing w:before="60"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Upon arrival, open the box of vaccine immediately. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7186B1A5" w14:textId="7096A840" w:rsidR="0DE27EB1" w:rsidRDefault="0DE27EB1" w:rsidP="0DE27EB1">
+    <w:p w14:paraId="7186B1A5" w14:textId="7096A840" w:rsidR="0DE27EB1" w:rsidRPr="00745B63" w:rsidRDefault="0DE27EB1" w:rsidP="0DE27EB1">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="67"/>
+          <w:numId w:val="69"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:spacing w:before="60" w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For shipments from McKesson, check the two transit temperature monitors. The Vaccine Program must be contacted on the day of receipt if temperature monitors indicate a possible temperature excursion during transit. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FED0CF5" w14:textId="1CA039F0" w:rsidR="0DE27EB1" w:rsidRDefault="0DE27EB1" w:rsidP="0DE27EB1">
+    <w:p w14:paraId="4FED0CF5" w14:textId="6EC4A430" w:rsidR="0DE27EB1" w:rsidRPr="00745B63" w:rsidRDefault="0DE27EB1" w:rsidP="0DE27EB1">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="67"/>
+          <w:numId w:val="69"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:spacing w:before="60" w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">For direct ship vaccines from Merck, check the shipment date located on the packing slip and check the shipper insert supplied in the box. Shipments of MMRV are always delivered within 24 hours. Varicella can be shipped in a 2 day or 4-day box. Contact the Vaccine Program if the date received is later than the indicated date on the shipper </w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For direct ship vaccines from Merck, check the shipment date located on the packing slip and check the shipper insert supplied in the box. Shipments </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MMRV are always delivered within 24 hours. Varicella can be shipped in a </w:t>
+      </w:r>
+      <w:r w:rsidR="00F754A4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2-day</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or 4-day box. Contact the Vaccine Program if the date received is later than the indicated date on the shipper </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>insert</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, on the day of receipt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="612F95D9" w14:textId="7BE0CD08" w:rsidR="0DE27EB1" w:rsidRDefault="0DE27EB1" w:rsidP="0DE27EB1">
+    <w:p w14:paraId="612F95D9" w14:textId="7BE0CD08" w:rsidR="0DE27EB1" w:rsidRPr="00745B63" w:rsidRDefault="0DE27EB1" w:rsidP="0DE27EB1">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:spacing w:before="60" w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Check to see if the packing slip matches your vaccine order. If there are any problems or inconsistencies between your order and the vaccine received, contact the Vaccine Program. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CD44A39" w14:textId="2987D3AE" w:rsidR="0DE27EB1" w:rsidRDefault="0DE27EB1" w:rsidP="00C3010A">
+    <w:p w14:paraId="5CD44A39" w14:textId="35A611FD" w:rsidR="0DE27EB1" w:rsidRPr="00745B63" w:rsidRDefault="0DE27EB1" w:rsidP="00C3010A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:spacing w:before="60" w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Providers may find that some packing slips are being divided between VFC</w:t>
       </w:r>
-      <w:r w:rsidR="46A6F4A4" w:rsidRPr="72454F01">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="46A6F4A4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="72454F01">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>State</w:t>
       </w:r>
-      <w:r w:rsidR="2B7AAF2F" w:rsidRPr="72454F01">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="2B7AAF2F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="1FB3F331" w:rsidRPr="72454F01">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="1FB3F331" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHIP</w:t>
       </w:r>
-      <w:r w:rsidRPr="72454F01">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="722059E1" w:rsidRPr="72454F01">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="722059E1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and 317</w:t>
       </w:r>
-      <w:r w:rsidRPr="72454F01">
-[...5 lines deleted...]
-        <w:t>- this is solely for funding purposes and this distinction should be ignored. Treat all vaccines received from the Vaccine Program as state-supplied vaccine.</w:t>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- this is solely for funding </w:t>
+      </w:r>
+      <w:r w:rsidR="00F754A4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>purposes,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and this distinction should be ignored. Treat all vaccines received from the Vaccine Program as state-supplied vaccine.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01634CBF" w14:textId="25687D56" w:rsidR="0DE27EB1" w:rsidRDefault="0DE27EB1" w:rsidP="0DE27EB1">
+    <w:p w14:paraId="0DEAAE37" w14:textId="30313F40" w:rsidR="0DE27EB1" w:rsidRPr="00F754A4" w:rsidRDefault="0DE27EB1" w:rsidP="0DE27EB1">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:spacing w:before="60" w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Contact the Vaccine Program immediately if vaccines are delivered outside of your listing shipping hours. Please note you will also be asked to provide a picture of both the shipment box and the shipping label in these instances.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DEAAE37" w14:textId="03952F3B" w:rsidR="0DE27EB1" w:rsidRDefault="0DE27EB1" w:rsidP="0DE27EB1">
-      <w:pPr>
+    <w:p w14:paraId="47E447E5" w14:textId="4FA5AEE2" w:rsidR="00E6044C" w:rsidRPr="00745B63" w:rsidRDefault="00E7796B" w:rsidP="00C07510">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
-        <w:rPr>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1F33" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="54A11562" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1F33" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00564983" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6044C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rovider</w:t>
+      </w:r>
+      <w:r w:rsidR="00564983" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s must</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6044C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> agree to follow the </w:t>
+      </w:r>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>manufacturer’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6044C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> specifications and the guidelines established by the </w:t>
+      </w:r>
+      <w:r w:rsidR="44FEBB93" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vaccine Program</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6044C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the storage and handling of vaccines. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="47E447E5" w14:textId="4FA5AEE2" w:rsidR="00E6044C" w:rsidRPr="00CA4ECD" w:rsidRDefault="00E7796B" w:rsidP="00C07510">
+    <w:p w14:paraId="06157EBD" w14:textId="5588AE71" w:rsidR="1E5BD9BF" w:rsidRPr="00745B63" w:rsidRDefault="7C1B9E30" w:rsidP="00C07510">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="216"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B-3a. Vaccine Storage Best Practices</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21E2A423" w14:textId="54350BFC" w:rsidR="1E5BD9BF" w:rsidRPr="00745B63" w:rsidRDefault="7C1B9E30" w:rsidP="53C9E82F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:before="40"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Store all vaccines in the original manufacturer’s packaging.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5572087D" w14:textId="4D0BE777" w:rsidR="1E5BD9BF" w:rsidRPr="00745B63" w:rsidRDefault="5BFF22A7" w:rsidP="53C9E82F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:before="40"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>All vaccine stock must be rotated, so the vaccine with the shortest shelf life is used first.</w:t>
+      </w:r>
+      <w:r w:rsidR="7C1B9E30" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01A2EF5B" w14:textId="12A1FA6E" w:rsidR="1E5BD9BF" w:rsidRPr="00745B63" w:rsidRDefault="7C1B9E30" w:rsidP="53C9E82F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:before="40"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Inventory must be clearly marked or identified so that state-supplied and privately purchased vaccine can be differentiated. Vaccine that has been short-dated or is subject to a beyond use date due to being stored in secondary storage conditions, must be labeled with the updated date of spoilage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="580BD60D" w14:textId="0FC39B27" w:rsidR="1E5BD9BF" w:rsidRPr="00745B63" w:rsidRDefault="519F2506" w:rsidP="53C9E82F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:before="40"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Any state-supplied vaccines that are due to expire before being administered should be transferred to another enrolled practice at least three months prior to expiration. If unsuccessful in the first two weeks of attempting to transfer vaccines, contact the Vaccine Prog</w:t>
+      </w:r>
+      <w:r w:rsidR="126B3711" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ram for assistance with locating potential sites.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3112E96C" w14:textId="78507A91" w:rsidR="004D7484" w:rsidRPr="00745B63" w:rsidRDefault="7BA8F509" w:rsidP="4026BB67">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Storing frozen water bottles in the freezer </w:t>
+      </w:r>
+      <w:r w:rsidR="51290F5D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">unit </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is also a component of your emergency preparedness. Ideally, sites should </w:t>
+      </w:r>
+      <w:r w:rsidR="4151CB64" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>always keep at least eight 12-16oz frozen water bottles in their freezer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D7484" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Frozen water bottles for vaccine transport can also be stored in an additional freezer not used for vaccine storage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D0448D0" w14:textId="65F1CD5F" w:rsidR="00EC30D7" w:rsidRPr="00745B63" w:rsidRDefault="004D7484" w:rsidP="00EC30D7">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r w:rsidR="548ECF2B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the temperature of the vaccine storage unit need adjusting, it should be done only after vaccines have been removed and stored in a temporary storage unit. </w:t>
+      </w:r>
+      <w:r w:rsidR="5DE64C46" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Contact</w:t>
+      </w:r>
+      <w:r w:rsidR="548ECF2B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Vaccine </w:t>
+      </w:r>
+      <w:r w:rsidR="3314871D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Program</w:t>
+      </w:r>
+      <w:r w:rsidR="548ECF2B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for consultation before attempting to do this.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78985A21" w14:textId="77777777" w:rsidR="00F754A4" w:rsidRDefault="00F754A4" w:rsidP="00C07510">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="216"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="340BFFD1" w14:textId="6C544999" w:rsidR="00374D3E" w:rsidRPr="00745B63" w:rsidRDefault="1A0DBE23" w:rsidP="00C07510">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="216"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>B-</w:t>
+      </w:r>
+      <w:r w:rsidR="5D4B65E8" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="325E9F57" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="3E708890" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Temperature</w:t>
+      </w:r>
+      <w:r w:rsidR="71294FBA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Requirements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D4818F3" w14:textId="215BFFB9" w:rsidR="00374D3E" w:rsidRPr="00745B63" w:rsidRDefault="00C303B1" w:rsidP="53C9E82F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:before="40"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>All vaccines</w:t>
+      </w:r>
+      <w:r w:rsidR="00737813" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>with the exception of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="2D64D84C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="146088B4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aricella</w:t>
+      </w:r>
+      <w:r w:rsidR="008A070C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="524A5DF6" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007F5683" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>MMRV</w:t>
+      </w:r>
+      <w:r w:rsidR="00173D91" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="202C3EB4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Merck’s MMR vaccine,</w:t>
+      </w:r>
+      <w:r w:rsidR="00173D91" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Moderna</w:t>
+      </w:r>
+      <w:r w:rsidR="00C87064" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00173D91" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> COVID-19 vaccine</w:t>
+      </w:r>
+      <w:r w:rsidR="32C4887F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Mpox</w:t>
+      </w:r>
+      <w:r w:rsidR="006A5E25" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007135EC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must </w:t>
+      </w:r>
+      <w:r w:rsidR="008E503F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>be stored refrigerated between</w:t>
+      </w:r>
+      <w:r w:rsidR="007135EC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A070C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>°</w:t>
+      </w:r>
+      <w:r w:rsidR="008E503F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8</w:t>
+      </w:r>
+      <w:r w:rsidR="008A070C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>°</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C (3</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF01C2" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="008A070C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>°</w:t>
+      </w:r>
+      <w:r w:rsidR="008E503F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>F and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 46</w:t>
+      </w:r>
+      <w:r w:rsidR="008A070C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>°</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>F).</w:t>
+      </w:r>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01F21213" w14:textId="77777777" w:rsidR="005118B8" w:rsidRPr="00745B63" w:rsidRDefault="00756EA5" w:rsidP="001279D2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Varicella</w:t>
+      </w:r>
+      <w:r w:rsidR="006A5E25" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20B1C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MMRV vaccine must be stored frozen </w:t>
+      </w:r>
+      <w:r w:rsidR="005118B8" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>between -50</w:t>
+      </w:r>
+      <w:r w:rsidR="008A070C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>°</w:t>
+      </w:r>
+      <w:r w:rsidR="005118B8" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71372299" w14:textId="6B373E7E" w:rsidR="00496ABB" w:rsidRPr="00745B63" w:rsidRDefault="004C15C2" w:rsidP="00496ABB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:before="40"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20B1C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="008A070C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>°</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20B1C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C (</w:t>
+      </w:r>
+      <w:r w:rsidR="005118B8" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-58</w:t>
+      </w:r>
+      <w:r w:rsidR="008A070C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>°</w:t>
+      </w:r>
+      <w:r w:rsidR="005118B8" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">F and </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20B1C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="008A070C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>°</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20B1C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>F).</w:t>
+      </w:r>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00871FD9" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DO NOT store the diluent in the freezer</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2F89" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he diluent for these vaccines may be </w:t>
+      </w:r>
+      <w:r w:rsidR="00871FD9" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>stored</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2F89" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> either</w:t>
+      </w:r>
+      <w:r w:rsidR="00871FD9" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the refrigerator or at room temperature.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AEED865" w14:textId="282A6B81" w:rsidR="00B20B1C" w:rsidRPr="00745B63" w:rsidRDefault="70D19F63" w:rsidP="53C9E82F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Merck</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56F2F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>MMR</w:t>
+      </w:r>
+      <w:r w:rsidR="00113DD5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vaccine can be stored between -50°C and 8°C (-58°F and 46°</w:t>
+      </w:r>
+      <w:r w:rsidR="0038292E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>F) according</w:t>
+      </w:r>
+      <w:r w:rsidR="64069A11" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to</w:t>
+      </w:r>
+      <w:r w:rsidR="71623351" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> package insert instructions</w:t>
+      </w:r>
+      <w:r w:rsidR="3F62D812" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> per manufacturer</w:t>
+      </w:r>
+      <w:r w:rsidR="192F11E4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00445B83" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DO NOT store the diluent in the freezer</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2F89" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; t</w:t>
+      </w:r>
+      <w:r w:rsidR="00871FD9" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he diluent may be stored </w:t>
+      </w:r>
+      <w:r w:rsidR="005B2F89" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>either</w:t>
+      </w:r>
+      <w:r w:rsidR="00871FD9" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the refrigerator or at room temperature. </w:t>
+      </w:r>
+      <w:r w:rsidR="098D5492" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>GSK</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56F2F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidR="098D5492" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MMR </w:t>
+      </w:r>
+      <w:r w:rsidR="00D56F2F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vaccine </w:t>
+      </w:r>
+      <w:r w:rsidR="098D5492" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>must be stored in a refrigerator unit between 2°C and 8°C (35°F and 46°F)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56F2F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00D56F2F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cannot be frozen</w:t>
+      </w:r>
+      <w:r w:rsidR="098D5492" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63CD4565" w14:textId="6C663FA8" w:rsidR="00293603" w:rsidRPr="00745B63" w:rsidRDefault="00293603" w:rsidP="736660E4">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Pfizer</w:t>
+      </w:r>
+      <w:r w:rsidR="00C87064" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0C8D236A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comirnaty 5y-11y</w:t>
+      </w:r>
+      <w:r w:rsidR="7870E3D1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">COVID-19 </w:t>
+      </w:r>
+      <w:r w:rsidR="00C87064" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vaccine</w:t>
+      </w:r>
+      <w:r w:rsidR="10E159D4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> formulation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can either be stored in an ultra-cold freezer storage unit (colder than -60°C) until its labeled expiration date or in a vaccine refrigerator between 2°C and 8°C for a maximum of 10 weeks. Pfizer </w:t>
+      </w:r>
+      <w:r w:rsidR="2151BC87" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comirnaty 5y-11y</w:t>
+      </w:r>
+      <w:r w:rsidR="0C650770" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">COVID-19 product stored in a refrigerator should be labeled with their 10-week Beyond Use Date. </w:t>
+      </w:r>
+      <w:r w:rsidR="43C7D84A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Pfizer C</w:t>
+      </w:r>
+      <w:r w:rsidR="32D56BDC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>omirnaty</w:t>
+      </w:r>
+      <w:r w:rsidR="43C7D84A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12+ </w:t>
+      </w:r>
+      <w:r w:rsidR="00588ADD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="43C7D84A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be stored in </w:t>
+      </w:r>
+      <w:r w:rsidR="416382DD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a vaccine refrigerator between 2°C and 8°C </w:t>
+      </w:r>
+      <w:r w:rsidR="43C7D84A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="38F23F2B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may </w:t>
+      </w:r>
+      <w:r w:rsidR="43C7D84A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be </w:t>
+      </w:r>
+      <w:r w:rsidR="75FE1858" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>stored in refrigeration until</w:t>
+      </w:r>
+      <w:r w:rsidR="43C7D84A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> its </w:t>
+      </w:r>
+      <w:r w:rsidR="48CB64D8" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">labeled </w:t>
+      </w:r>
+      <w:r w:rsidR="43C7D84A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">expiration date. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Pfizer COVID-19 products can never be stored in a regular vaccine freezer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02075F66" w14:textId="544F6399" w:rsidR="00B27544" w:rsidRPr="00745B63" w:rsidRDefault="00293603" w:rsidP="736660E4">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Moderna</w:t>
+      </w:r>
+      <w:r w:rsidR="00C87064" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="1C133F05" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spikevax </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">COVID-19 </w:t>
+      </w:r>
+      <w:r w:rsidR="00C87064" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vaccines</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can either be stored in a freezer storage unit (colder than -15°C) until its labeled expiration date or in a vaccine refrigerator between 2°C and 8°C for a maximum of </w:t>
+      </w:r>
+      <w:r w:rsidR="2FA56BBD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 days. Moderna </w:t>
+      </w:r>
+      <w:r w:rsidR="061F2A92" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spikevax </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">COVID-19 products stored in a refrigerator should be labeled with their </w:t>
+      </w:r>
+      <w:r w:rsidR="37749A7A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>0-day Beyond Use Date.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E6FBC7A" w14:textId="6E30873C" w:rsidR="43C47F53" w:rsidRPr="00745B63" w:rsidRDefault="43C47F53" w:rsidP="736660E4">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sanofi’s Nuvaxovid COVID-19 vaccine must be stored </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in a vaccine refrigerator between 2°C and 8°C and may be stored in refrigeration until its labeled expiration date. Nuvaxovid COVID-19 products can never be stored in a regular vaccine freezer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D85F416" w14:textId="527165E7" w:rsidR="00C3010A" w:rsidRPr="00745B63" w:rsidRDefault="23F54D7A" w:rsidP="00EC30D7">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Mpox vaccines can either be stored in a freezer storage unit (colder than -15°C) until its labeled expiration date or in a vaccine refrigerator between 2°C and 8°C for a maximum of 4 weeks. Mpox products stored in a refrigerator should be labeled with their 4-week Beyond Use Date.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C010FD1" w14:textId="77777777" w:rsidR="00D73971" w:rsidRPr="00745B63" w:rsidRDefault="0EB4FE5E" w:rsidP="00C07510">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="216"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B-</w:t>
+      </w:r>
+      <w:r w:rsidR="0E07BB13" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="7B3A2568" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. Storage Units</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59A6A21A" w14:textId="49267C39" w:rsidR="00113DD5" w:rsidRPr="00745B63" w:rsidRDefault="47A973B4" w:rsidP="00D73971">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="72"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>All</w:t>
+      </w:r>
+      <w:r w:rsidR="00626CB1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> practices</w:t>
+      </w:r>
+      <w:r w:rsidR="00206429" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2474" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">enrolled </w:t>
+      </w:r>
+      <w:r w:rsidR="1C91A3FF" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in the Vaccine Program are required</w:t>
+      </w:r>
+      <w:r w:rsidR="00626CB1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007C7D13" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">store </w:t>
+      </w:r>
+      <w:r w:rsidR="00113DD5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidR="007C7D13" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> refrigerated vaccines in</w:t>
+      </w:r>
+      <w:r w:rsidR="00626CB1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00085854" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pharmaceutical-grade</w:t>
+      </w:r>
+      <w:r w:rsidR="00626CB1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00085854" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or purpose-built </w:t>
+      </w:r>
+      <w:r w:rsidR="00626CB1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">refrigerators </w:t>
+      </w:r>
+      <w:r w:rsidR="007C7D13" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at </w:t>
+      </w:r>
+      <w:r w:rsidR="00113DD5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidR="00113DD5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C7D13" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007C7D13" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00706568" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00113DD5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The use of any </w:t>
+      </w:r>
+      <w:r w:rsidR="00B82049" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">household </w:t>
+      </w:r>
+      <w:r w:rsidR="00113DD5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>combination refrigerator/freezer unit</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4B47" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or dormitory style unit</w:t>
+      </w:r>
+      <w:r w:rsidR="00113DD5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for storage of any state-supplied pediatric vaccines</w:t>
+      </w:r>
+      <w:r w:rsidR="00085854" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00113DD5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> including temporary storage</w:t>
+      </w:r>
+      <w:r w:rsidR="00085854" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00113DD5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is strictly prohibited. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="302722AF" w14:textId="32153CB3" w:rsidR="007C7D13" w:rsidRPr="00745B63" w:rsidRDefault="00626CB1" w:rsidP="00435D8F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Stand</w:t>
+      </w:r>
+      <w:r w:rsidR="00900B38" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">alone freezers that are not </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pharmaceutical grade</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007F5D33" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> acceptable.</w:t>
+      </w:r>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00367C4D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>These units can vary in size from a compact, under the counter style</w:t>
+      </w:r>
+      <w:r w:rsidR="0468BE77" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00367C4D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to a large stand</w:t>
+      </w:r>
+      <w:r w:rsidR="000909B0" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00367C4D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">alone </w:t>
+      </w:r>
+      <w:r w:rsidR="008143BC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>unit.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C75AF3" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="686A4EB1" w14:textId="4887AC19" w:rsidR="00341B39" w:rsidRPr="00745B63" w:rsidRDefault="00C75AF3" w:rsidP="00435D8F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The size of the refrigerator</w:t>
+      </w:r>
+      <w:r w:rsidR="0070045C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or freezer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007F5D33" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>be able to accommodate your largest vaccine supply</w:t>
+      </w:r>
+      <w:r w:rsidR="00435D8F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E83F10" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(typically during </w:t>
+      </w:r>
+      <w:r w:rsidR="61E1C91B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">respiratory </w:t>
+      </w:r>
+      <w:r w:rsidR="00E83F10" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>season)</w:t>
+      </w:r>
+      <w:r w:rsidR="00085854" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007F5D33" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> allowing for sufficient air circulation </w:t>
+      </w:r>
+      <w:r w:rsidR="007E4F6C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>between rows of vaccine boxes or bins, shelving units, and walls</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1F7A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00162E50" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5159C234" w14:textId="77777777" w:rsidR="00C303B1" w:rsidRPr="00745B63" w:rsidRDefault="00A94108" w:rsidP="005056A4">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Characteristics of pharmaceuti</w:t>
+      </w:r>
+      <w:r w:rsidR="00435D8F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cal grade refrigerators include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B7C1FED" w14:textId="77777777" w:rsidR="000357FA" w:rsidRPr="00745B63" w:rsidRDefault="000357FA" w:rsidP="003842C4">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:before="40"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Internal overhead fans to disperse cold air throughout the unit, eliminating cold pockets of air</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63E1BB89" w14:textId="773A8A85" w:rsidR="00840E24" w:rsidRPr="00745B63" w:rsidRDefault="00840E24" w:rsidP="003842C4">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:before="40"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adjustable wire shelves to allow better </w:t>
+      </w:r>
+      <w:r w:rsidR="00085854" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>airflow</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65E45B19" w14:textId="5D7E13D1" w:rsidR="00840E24" w:rsidRPr="00745B63" w:rsidRDefault="00840E24" w:rsidP="003842C4">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:before="40"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No storage bins or shelves on </w:t>
+      </w:r>
+      <w:r w:rsidR="00085854" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>door</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0487B03E" w14:textId="77777777" w:rsidR="00096871" w:rsidRPr="00745B63" w:rsidRDefault="00096871" w:rsidP="003842C4">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:before="40"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Micro Processor Temperature Controller</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6480EC0D" w14:textId="77777777" w:rsidR="00435D8F" w:rsidRPr="00745B63" w:rsidRDefault="00435D8F" w:rsidP="003842C4">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:before="40"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Electronic Digital Thermometer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D9EA9B7" w14:textId="7139774C" w:rsidR="00840E24" w:rsidRPr="00745B63" w:rsidRDefault="00840E24" w:rsidP="003842C4">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:before="40"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Typically, </w:t>
+      </w:r>
+      <w:r w:rsidR="00085854" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pharmaceutical-grade</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> refrigerators have a narrow operating range (less than 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00903645" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>°</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C or 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00903645" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>°</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>F)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AE1BC54" w14:textId="17E2172C" w:rsidR="00052CDD" w:rsidRPr="00745B63" w:rsidRDefault="00766443" w:rsidP="00567E3A">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00052CDD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DO NOT DI</w:t>
+      </w:r>
+      <w:r w:rsidR="00455838" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00052CDD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CONNECT</w:t>
+      </w:r>
+      <w:r w:rsidR="00792EB5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00052CDD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> signs </w:t>
+      </w:r>
+      <w:r w:rsidR="005021C1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must </w:t>
+      </w:r>
+      <w:r w:rsidR="00052CDD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be placed on </w:t>
+      </w:r>
+      <w:r w:rsidR="005021C1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidR="00052CDD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="51092033" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>storage unit</w:t>
+      </w:r>
+      <w:r w:rsidR="00052CDD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> electrical outlet</w:t>
+      </w:r>
+      <w:r w:rsidR="005021C1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00052CDD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and circuit breakers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2102BD1B" w14:textId="241D9EE5" w:rsidR="00F76AAD" w:rsidRPr="00745B63" w:rsidRDefault="00314AE8" w:rsidP="53C9E82F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Refrigeration units must be plugged directly into a wall outlet.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F76AAD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DO NOT plug refrigeration units into a power s</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3893" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>trip</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AAD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00626CB1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> surge protector,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F76AAD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> extension cord</w:t>
+      </w:r>
+      <w:r w:rsidR="00085854" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AAD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a ground fault circuit (</w:t>
+      </w:r>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>GFC</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AAD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) interrupter outlet</w:t>
+      </w:r>
+      <w:r w:rsidR="007232A6" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="3A831B57" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(outlets with RESET/TEST buttons)</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED6EF4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, generator, or battery packs</w:t>
+      </w:r>
+      <w:r w:rsidR="00F76AAD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="18393E72" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="436C2DB1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Always contact the Vaccine Program </w:t>
+      </w:r>
+      <w:r w:rsidR="47057919" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PRIOR to moving storage units to a new location, new outlet, or disconnecting from power for any reason.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="382209F0" w14:textId="5D7CF3D7" w:rsidR="47057919" w:rsidRPr="00745B63" w:rsidRDefault="47057919" w:rsidP="00567E3A">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Exception</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: Generators and battery packs can be utilized if they are wired directly into the circuit breaker of the building. This would result in the storage unit still b</w:t>
+      </w:r>
+      <w:r w:rsidR="798C2CF3" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eing plugged directly into the wall outlet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2617E5F3" w14:textId="24625565" w:rsidR="53C9E82F" w:rsidRPr="00745B63" w:rsidRDefault="00294C16" w:rsidP="00EC30D7">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Food or beverages </w:t>
+      </w:r>
+      <w:r w:rsidR="00B12682" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be stored in vaccine storage units</w:t>
+      </w:r>
+      <w:r w:rsidR="00183D4D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00183D4D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>with the exception of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00183D4D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> water bottles per CDC recommendations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15B6D49F" w14:textId="35E852F5" w:rsidR="18E8131F" w:rsidRPr="00745B63" w:rsidRDefault="18E8131F" w:rsidP="3A3D3A4C">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="216"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B-3d. Transport Materials</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67914B86" w14:textId="3BB67077" w:rsidR="3F637C82" w:rsidRPr="00745B63" w:rsidRDefault="3F637C82" w:rsidP="00EC30D7">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All providers must </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>maintain their necessary vaccine transport materials on site at all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Please note that sites whose transport materials are stored at a sister site or neighboring site will be found out of compliance. </w:t>
+      </w:r>
+      <w:r w:rsidR="50A4378A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sites must have enough transport materials to safely move their entire inventory at one time. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Necessary transport materials include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57D3803C" w14:textId="2F92BFA1" w:rsidR="3F637C82" w:rsidRPr="00745B63" w:rsidRDefault="00EC30D7" w:rsidP="00EC30D7">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="1656"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="3F637C82" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vaccine transport cooler</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F73161F" w14:textId="570EC4D3" w:rsidR="3C7ED193" w:rsidRPr="00745B63" w:rsidRDefault="00EC30D7" w:rsidP="00EC30D7">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Providers who have a powered Portable Storage Unit or Qualified Container/Pack Out Cooler may use those units in emergencies. All other sites must follow the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="00745B63">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>CDC Emergency Transport Guide</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="552C390D" w14:textId="0EB41A3E" w:rsidR="00EC30D7" w:rsidRPr="00745B63" w:rsidRDefault="00EC30D7" w:rsidP="00EC30D7">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="1656"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="1884A060" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Phase change materials/f</w:t>
+      </w:r>
+      <w:r w:rsidR="3F637C82" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rozen water bottles for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">transport </w:t>
+      </w:r>
+      <w:r w:rsidR="76441007" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cooler</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="3F637C82" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>conditioning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F3CEE5E" w14:textId="2C48222C" w:rsidR="3F637C82" w:rsidRPr="00745B63" w:rsidRDefault="00EC30D7" w:rsidP="00EC30D7">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="1656"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="3F637C82" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Packaging materials (i.e. bubble wrap, cardboard, etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24B366EE" w14:textId="6653C12E" w:rsidR="3F637C82" w:rsidRPr="00745B63" w:rsidRDefault="00EC30D7" w:rsidP="00EC30D7">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="1656"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="3F637C82" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Backup digital data logger device</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20D984D6" w14:textId="458844CD" w:rsidR="00EC30D7" w:rsidRPr="00745B63" w:rsidRDefault="5E2AA56E" w:rsidP="00EC30D7">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Providers that conduct mobile or off-site clinics as part of their regular daily duties are required to have vaccine transport materials f</w:t>
+      </w:r>
+      <w:r w:rsidR="201D7A8F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or all mobile/transport storage units. In clarification, mobile provider sites must have a digital data logger device for each mobile transport cooler, each main storage unit</w:t>
+      </w:r>
+      <w:r w:rsidR="3D87B031" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and one additional backup digital data logger device per unit type (i.e. fridge).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44F1CEF1" w14:textId="2E5F80B6" w:rsidR="0EB18378" w:rsidRPr="00745B63" w:rsidRDefault="0EB18378" w:rsidP="33D33676">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="216"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B-</w:t>
+      </w:r>
+      <w:r w:rsidR="38D76363" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="5B11DDF8" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="2B095A4E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Digital Data Loggers</w:t>
+      </w:r>
+      <w:r w:rsidR="3A7B304A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (DDL)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E158D5F" w14:textId="37BD55F6" w:rsidR="788E3D7B" w:rsidRPr="00745B63" w:rsidRDefault="788E3D7B" w:rsidP="00567E3A">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The Vaccine Program requires the use of NIST-certified calibrated digital data loggers (DDL) for continuous 24-hour temperature monitoring on all state-supplied vaccine storage units at all enrolled practices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6167F453" w14:textId="58064F6E" w:rsidR="788E3D7B" w:rsidRPr="00745B63" w:rsidRDefault="788E3D7B" w:rsidP="35486E36">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Minimum</w:t>
+      </w:r>
+      <w:r w:rsidR="01DC9D77" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maximum </w:t>
+      </w:r>
+      <w:r w:rsidR="0484F69C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and current </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>temperatures should be physically acknowledged at least twice daily for all vaccine storage units</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, at the start of the workday and at the end of the workday</w:t>
+      </w:r>
+      <w:r w:rsidR="11184270" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2539E6CE" w14:textId="5160CA93" w:rsidR="11184270" w:rsidRPr="00745B63" w:rsidRDefault="11184270" w:rsidP="73F99449">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Providers are required to have a </w:t>
+      </w:r>
+      <w:r w:rsidR="105C4835" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">calibrated </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">back-up DDL </w:t>
+      </w:r>
+      <w:r w:rsidR="09F034B0" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">device </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">available for use if their primary DDL </w:t>
+      </w:r>
+      <w:r w:rsidR="3C6071B8" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">device </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is not functioning. If receiving state-supplied DDL</w:t>
+      </w:r>
+      <w:r w:rsidR="29D633B2" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> devices</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, additional backup DDL</w:t>
+      </w:r>
+      <w:r w:rsidR="4AFA8868" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> devices</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (other than if primary DDL malfunctions) or DDL</w:t>
+      </w:r>
+      <w:r w:rsidR="40BFF993" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> devices</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> used solely for transport purposes will not be provided by the Vaccine Program and must be privately purchased.</w:t>
+      </w:r>
+      <w:r w:rsidR="199DF9EA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Back-up DDL devices must have a different calibration date than the prim</w:t>
+      </w:r>
+      <w:r w:rsidR="6C55E031" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="199DF9EA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ry DDL devices. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48222D0B" w14:textId="4D1FF5B5" w:rsidR="0C84B50D" w:rsidRPr="00745B63" w:rsidRDefault="0C84B50D" w:rsidP="33D33676">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Temperature reports or logs must be reviewed for completeness</w:t>
+      </w:r>
+      <w:r w:rsidR="004D7484" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (no missing temperature readings)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and out-of-range temperatures. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Immediate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> action must be taken if </w:t>
+      </w:r>
+      <w:r w:rsidR="5082BADA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">out-of-range </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">temperatures </w:t>
+      </w:r>
+      <w:r w:rsidR="12B55372" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">meet the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="12B55372" w:rsidRPr="00745B63">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>definition of an excursion</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="2314B101" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, as described below</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E3176E6" w14:textId="07565F86" w:rsidR="0C84B50D" w:rsidRPr="00745B63" w:rsidRDefault="0C84B50D" w:rsidP="736660E4">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Staff must be comfortable interpreting temperatures and durations of out-of-range instances </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> communicate information to vaccine manufacturers so that viability can be determined</w:t>
+      </w:r>
+      <w:r w:rsidR="442CE48C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DF9D48D" w14:textId="4026DDF4" w:rsidR="228F8577" w:rsidRPr="00745B63" w:rsidRDefault="228F8577" w:rsidP="00AE01E0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>If an out-of-range temperature lasts a cumulative 30 minutes (within a 24-hour period) sites must contact the Vaccine Program immediately via the submission of a Temperature Excursion Issue in the MIIS, as this is considered a temperature excursion. Shorter out-of-range temperatures do not require reporting to the Vaccine Program, as viability data indicates that the vaccines will remain viable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5938C5AE" w14:textId="28DBB92D" w:rsidR="428324CA" w:rsidRPr="00745B63" w:rsidRDefault="428324CA" w:rsidP="00567E3A">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Providers must submit current temperature logs or reports for all vaccine storage units (refrigerators and freezers) with every routine vaccine order by uploading them into the MIIS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E174D4E" w14:textId="139327FC" w:rsidR="428324CA" w:rsidRPr="00745B63" w:rsidRDefault="428324CA" w:rsidP="53C9E82F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Providers must ensure current temperature logs or reports for all vaccine storage units (refrigerators and freezers) are uploaded within the last 30 days for respiratory vaccine orders to be processed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EC10149" w14:textId="68E70826" w:rsidR="6831D4FD" w:rsidRPr="00745B63" w:rsidRDefault="6831D4FD" w:rsidP="73F99449">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Handwritten temperature logs are no longer accepted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. Submitted temperature logs must be generated reports from DDL devices that meet the criteria described below.</w:t>
+      </w:r>
+      <w:r w:rsidR="4CC59E17" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Temperature logs from out of calibration</w:t>
+      </w:r>
+      <w:r w:rsidR="66EF1205" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DDL</w:t>
+      </w:r>
+      <w:r w:rsidR="4CC59E17" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> devices will no longer be accepted in any instance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10CE40E3" w14:textId="1EFF89A4" w:rsidR="6831D4FD" w:rsidRPr="00745B63" w:rsidRDefault="6831D4FD" w:rsidP="53C9E82F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sites must ensure a complete record of temperature data for all storage units containing state-supplied vaccine is uploaded in the MIIS. Depending on the capabilities of the DDL device in use, some sites may have to upload temperature logs </w:t>
+      </w:r>
+      <w:r w:rsidR="00C26611" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>monthly</w:t>
+      </w:r>
+      <w:r w:rsidR="3079301B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to ensure no temperature data is lost.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00F27497" w14:textId="089B9879" w:rsidR="3E49CF0B" w:rsidRPr="00745B63" w:rsidRDefault="3E49CF0B" w:rsidP="53C9E82F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Uploading temperature logs into the MIIS meets the VFC requirement for maintaining temperature logs for at least 3 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="715F321B" w14:textId="128864BF" w:rsidR="2E97EACE" w:rsidRPr="00745B63" w:rsidRDefault="2E97EACE" w:rsidP="33D33676">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="588E3279" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ny</w:t>
+      </w:r>
+      <w:r w:rsidR="686A7AFB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="619C680D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">newly and returning </w:t>
+      </w:r>
+      <w:r w:rsidR="688D0C59" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>providers enrolling</w:t>
+      </w:r>
+      <w:r w:rsidR="686A7AFB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the Vaccine Program will be required to acquire their own</w:t>
+      </w:r>
+      <w:r w:rsidR="6E686181" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> privately purchased</w:t>
+      </w:r>
+      <w:r w:rsidR="4F794ECF" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="65BA91FC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DDL</w:t>
+      </w:r>
+      <w:r w:rsidR="6E686181" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> devices </w:t>
+      </w:r>
+      <w:r w:rsidR="0A974A0A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>for any</w:t>
+      </w:r>
+      <w:r w:rsidR="6E686181" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unit that will be </w:t>
+      </w:r>
+      <w:r w:rsidR="310EF127" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>stor</w:t>
+      </w:r>
+      <w:r w:rsidR="561E9841" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidR="310EF127" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="08BAE714" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>state</w:t>
+      </w:r>
+      <w:r w:rsidR="0C57C506" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="08BAE714" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">supplied vaccines. Every </w:t>
+      </w:r>
+      <w:r w:rsidR="0EBB4EE3" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">enrolled </w:t>
+      </w:r>
+      <w:r w:rsidR="08BAE714" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">site will also be responsible to acquire a back-up DDL that is dually </w:t>
+      </w:r>
+      <w:r w:rsidR="087A0B4A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>calibrated</w:t>
+      </w:r>
+      <w:r w:rsidR="258D983F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, with a different calibration date than the primary DDL</w:t>
+      </w:r>
+      <w:r w:rsidR="08BAE714" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="51B591F0" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All devices must abide by the requirements as stated below. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6427C588" w14:textId="5CB4785A" w:rsidR="6F45A9AB" w:rsidRPr="00745B63" w:rsidRDefault="007E40E4" w:rsidP="736660E4">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PLEASE NOTE:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="34DAE49B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Starting in 2028, </w:t>
+      </w:r>
+      <w:r w:rsidR="38CCC9DA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="6F45A9AB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>he Vaccine Program</w:t>
+      </w:r>
+      <w:r w:rsidR="28F188F4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will no longer</w:t>
+      </w:r>
+      <w:r w:rsidR="6F45A9AB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provide </w:t>
+      </w:r>
+      <w:r w:rsidR="7C61B36A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DDL devices. </w:t>
+      </w:r>
+      <w:r w:rsidR="6F45A9AB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Enrolled provider sites</w:t>
+      </w:r>
+      <w:r w:rsidR="4AF702CA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> who have a state-supplied calibrated DDL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="6F45A9AB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may </w:t>
+      </w:r>
+      <w:r w:rsidR="19FC4869" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">continue to </w:t>
+      </w:r>
+      <w:r w:rsidR="6F45A9AB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>utilize the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="6F45A9AB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="22D1C707" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>until they reach</w:t>
+      </w:r>
+      <w:r w:rsidR="2FFAD308" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0065652C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">their </w:t>
+      </w:r>
+      <w:r w:rsidR="22D1C707" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">expiration date. </w:t>
+      </w:r>
+      <w:r w:rsidR="0527ECB1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Once the state-supplied DDL device is past calibration, providers must</w:t>
+      </w:r>
+      <w:r w:rsidR="6F45A9AB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> utilize privately purchased devices. </w:t>
+      </w:r>
+      <w:r w:rsidR="4B4EBC29" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidR="6F45A9AB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vaccine Program may require providers to provide restitution</w:t>
+      </w:r>
+      <w:r w:rsidR="25DF13C2" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="0065652C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">transitioning to a </w:t>
+      </w:r>
+      <w:r w:rsidR="25DF13C2" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>privately purchased device of comparable value and functionality)</w:t>
+      </w:r>
+      <w:r w:rsidR="6F45A9AB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for any broken or lost state-supplied devices if: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1450C1A2" w14:textId="13630779" w:rsidR="6F45A9AB" w:rsidRPr="00745B63" w:rsidRDefault="6F45A9AB" w:rsidP="00567E3A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> device is rendered non-functional due to mishandling or improper placement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F8EC6CD" w14:textId="121FB23E" w:rsidR="6F45A9AB" w:rsidRPr="00745B63" w:rsidRDefault="6F45A9AB" w:rsidP="00567E3A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the device is not returned to the Vaccine Program upon un-enrolling</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38BAA36E" w14:textId="6F593D3D" w:rsidR="4D6D04F8" w:rsidRPr="00745B63" w:rsidRDefault="4D6D04F8" w:rsidP="00567E3A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The device is lost or disposed of due to site neglect</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CE5F25E" w14:textId="2C956048" w:rsidR="53C9E82F" w:rsidRPr="00F754A4" w:rsidRDefault="23D02A3E" w:rsidP="53C9E82F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Note: The Vaccine Program will not seek restitution for a state-supplied DDL devices that are rendered non-functional or lost due to a circumstance not in the provider’s control (i.e. act of nature). Providers will be given due process to dispute cases of avoidable loss.  However, the Vaccine Program retains the right to make final determinations regarding digital data logger device restitution.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31EC3CE6" w14:textId="1DAE7B46" w:rsidR="6F45A9AB" w:rsidRPr="00745B63" w:rsidRDefault="00150230" w:rsidP="00B9038B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All </w:t>
+      </w:r>
+      <w:r w:rsidR="6F45A9AB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">privately purchased </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DDLs must </w:t>
+      </w:r>
+      <w:r w:rsidR="6F45A9AB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">abide by the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidR="6F45A9AB" w:rsidRPr="00745B63">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>following requirements</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0730EE2B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CBE5C4C" w14:textId="289CCA8E" w:rsidR="076026EF" w:rsidRPr="00745B63" w:rsidRDefault="076026EF" w:rsidP="00AE01E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NIST certified calibration with an associated Calibration Certificate that includes model/device number, serial number, date of calibration (report or issue date), confirmation that instrument passed testing (instrument in tolerance)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E754BEE" w14:textId="7BF5A9DD" w:rsidR="076026EF" w:rsidRPr="00745B63" w:rsidRDefault="076026EF" w:rsidP="736660E4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Capacity for continuous monitoring and routine recording of data, with an accuracy of +/- 1°F (0.5°C)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69442D85" w14:textId="04E888DE" w:rsidR="076026EF" w:rsidRPr="00745B63" w:rsidRDefault="076026EF" w:rsidP="00AE01E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Review the calibration certificate to determine if the device meets the standard accuracy requirements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65E32180" w14:textId="41CF3A4C" w:rsidR="076026EF" w:rsidRPr="00745B63" w:rsidRDefault="076026EF" w:rsidP="00AE01E0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Active temperature display that can be easily read from outside the storage unit</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D066490" w14:textId="040FBE1B" w:rsidR="076026EF" w:rsidRPr="00745B63" w:rsidRDefault="076026EF" w:rsidP="736660E4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Easily identifiable alarm for out-of-range temperatures and low battery indicator</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33A53260" w14:textId="0AD7EAB8" w:rsidR="076026EF" w:rsidRPr="00745B63" w:rsidRDefault="076026EF" w:rsidP="736660E4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Detachable buffered temperature probe with glycol, glass beads, sand or Teflon, that best reflects the temperature of the vaccine</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4237CBD0" w14:textId="370DC5C9" w:rsidR="076026EF" w:rsidRPr="00745B63" w:rsidRDefault="076026EF" w:rsidP="736660E4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Logging interval (or reading rate) that is programmable to record temperatures at a maximum of 15-minute intervals with at least 4,000 readings storage capacity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="594D2BA3" w14:textId="3FBF325B" w:rsidR="076026EF" w:rsidRPr="00745B63" w:rsidRDefault="076026EF" w:rsidP="736660E4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ability to acknowledge and document electronically, within the data logger system, maximum and minimum temperatures at least twice daily</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7742C7AD" w14:textId="57183A92" w:rsidR="076026EF" w:rsidRPr="00745B63" w:rsidRDefault="076026EF" w:rsidP="736660E4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ability to generate a PDF output report, that clearly indicates daily maximum/minimum temperatures, alarms, and acknowledgment of twice daily temperature checks</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53A7C17C" w14:textId="6775B54E" w:rsidR="076026EF" w:rsidRPr="00745B63" w:rsidRDefault="076026EF" w:rsidP="00AE01E0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The PDF output report must include either a graph or daily summary of maximum/minimum temperatures that can be easily reviewed for out-of-range temperatures</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67996F3D" w14:textId="06C35C8D" w:rsidR="076026EF" w:rsidRPr="00745B63" w:rsidRDefault="076026EF" w:rsidP="736660E4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ability to generate an ad-hoc comprehensive temperature report that displays temperature readings at a maximum of 15-minute intervals</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="656CC4C3" w14:textId="5E7A3558" w:rsidR="076026EF" w:rsidRPr="00745B63" w:rsidRDefault="076026EF" w:rsidP="736660E4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>In the event of a power outage, the device will continue to record temperatures that are accessible for staff review</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23C17B23" w14:textId="3B973B74" w:rsidR="537ED1A9" w:rsidRPr="00745B63" w:rsidRDefault="537ED1A9" w:rsidP="00AE01E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40"/>
+        <w:ind w:right="648"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Each site must maintain at least one (1) backup Digital Data Logger (DDL) to ensure temperature monitoring continuity in the event of vaccine transport or malfunctioning of the primary DDL in use. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AF7CC43" w14:textId="43F08E33" w:rsidR="01D3FC32" w:rsidRPr="00745B63" w:rsidRDefault="01D3FC32" w:rsidP="00AE01E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40"/>
+        <w:ind w:right="648"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the available DDL is NOT dually calibrated for freezer or refrigerator use, the site must </w:t>
+      </w:r>
+      <w:r w:rsidR="64B65808" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>maintain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> one DDL per type of storage unit they have (e.g., one DDL for refrigerated vaccine use and one DDL </w:t>
+      </w:r>
+      <w:r w:rsidR="144CD9CB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for freezer vaccine use). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70F26B73" w14:textId="43B6915F" w:rsidR="408EB604" w:rsidRPr="00745B63" w:rsidRDefault="408EB604" w:rsidP="5A69D9B5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40"/>
+        <w:ind w:right="648"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The backup DDL must always be calibrated, and its calibration date must differ from the calibration date of the primary DDL/s assigned to the unit/s.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04541870" w14:textId="22CE5EAE" w:rsidR="408EB604" w:rsidRPr="00745B63" w:rsidRDefault="408EB604" w:rsidP="5A69D9B5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="40"/>
+        <w:ind w:right="648"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The use of a non-calibrated DDL for backup purposes or vaccine transport is </w:t>
+      </w:r>
+      <w:r w:rsidR="5B12B427" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>strictly</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prohibited. Sites found using non-calibrated or expired DDLs may be held responsible for any vaccine damage resulting </w:t>
+      </w:r>
+      <w:r w:rsidR="13681305" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from improper temperature monitoring and may be asked for restitution. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7459BCBC" w14:textId="58509188" w:rsidR="4260CD62" w:rsidRPr="00745B63" w:rsidRDefault="4260CD62" w:rsidP="00612773">
+      <w:pPr>
+        <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
-        <w:rPr>
-[...107 lines deleted...]
-        <w:t xml:space="preserve"> for the storage and handling of vaccines. </w:t>
+        <w:ind w:left="763" w:hanging="547"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B-3f. Power Outages</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06157EBD" w14:textId="5588AE71" w:rsidR="1E5BD9BF" w:rsidRDefault="7C1B9E30" w:rsidP="00C07510">
-[...22 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="3C8829C4" w14:textId="5B192D05" w:rsidR="4260CD62" w:rsidRPr="00745B63" w:rsidRDefault="4260CD62" w:rsidP="00A877C0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="31"/>
         </w:numPr>
-        <w:tabs>
-[...4037 lines deleted...]
-        <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
-        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
-[...37 lines deleted...]
-        <w:t>Inventory Management</w:t>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the event of a power outage, providers should </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NEVER </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>move their vaccines offsite or to a backup location. It is best practice to keep the vaccines in their st</w:t>
+      </w:r>
+      <w:r w:rsidR="3EF502EC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">orage units with the door closed, being monitored by a digital data logger device. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vaccines should only be moved to an offsite/backup location if the storage unit itself is malfunctioning. </w:t>
+      </w:r>
+      <w:r w:rsidR="28DEA98D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Restitution may be requested if providers move vaccines during a power outage and that transport results in vaccine spoilage. Vaccine providers will not be asked for restitution if vaccines spoil during a power outage </w:t>
+      </w:r>
+      <w:r w:rsidR="6244E6A3" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>after being left in the unit with the door closed and monitored with a digital data logger device.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="772EAE10" w14:textId="43CB56BC" w:rsidR="35C94F52" w:rsidRDefault="00F77EC6" w:rsidP="00F77EC6">
+    <w:p w14:paraId="330E1BA0" w14:textId="13355B20" w:rsidR="0036756A" w:rsidRPr="00745B63" w:rsidRDefault="35C94F52" w:rsidP="00F77EC6">
       <w:pPr>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547" w:hanging="547"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...84 lines deleted...]
-        <w:t xml:space="preserve"> LBOHs). All ACIP recommended vaccines must be made available and provided to all eligible patients at the site in accordance with the Vaccine Availability Tables.</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B-</w:t>
+      </w:r>
+      <w:r w:rsidR="23C4CCA0" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0036756A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Inventory Management</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DB6437D" w14:textId="04032F5C" w:rsidR="3A29D364" w:rsidRDefault="3A29D364" w:rsidP="1F9BBAF2">
-      <w:pPr>
+    <w:p w14:paraId="4C212CE5" w14:textId="77777777" w:rsidR="00612773" w:rsidRPr="00745B63" w:rsidRDefault="35C94F52" w:rsidP="00A877C0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
-        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
-[...29 lines deleted...]
-        <w:t>. This record must include:</w:t>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All </w:t>
+      </w:r>
+      <w:r w:rsidR="7437A0EA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vaccine Program </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">providers are required to maintain inventories of all </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidR="5FB6F85A" w:rsidRPr="00745B63">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">DPH </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00745B63">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>recommended</w:t>
+        </w:r>
+        <w:r w:rsidR="00612773" w:rsidRPr="00745B63">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="011A60FA" w:rsidRPr="00745B63">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">routine </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00745B63">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>vaccines</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, with the only exception being specialty providers (i.e., OB/GYN)</w:t>
+      </w:r>
+      <w:r w:rsidR="4AC333EB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, adult-only</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="18DDCAD2" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>respiratory</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-only seasonal providers (i.e. LBOHs). All </w:t>
+      </w:r>
+      <w:r w:rsidR="514F686F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DPH </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">recommended </w:t>
+      </w:r>
+      <w:r w:rsidR="1D791D74" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">routine </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vaccines must be made available and provided to all eligible patients at the site in accordance with the Vaccine Availability Tables.</w:t>
+      </w:r>
+      <w:r w:rsidR="6A31826E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider sites that do not regularly stock respiratory vaccines (i.e. COVID, Flu, RSV), must have a </w:t>
+      </w:r>
+      <w:r w:rsidR="6D77DE88" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">written </w:t>
+      </w:r>
+      <w:r w:rsidR="27E14B45" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">plan in </w:t>
+      </w:r>
+      <w:r w:rsidR="3DC749E7" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>their Vaccine Management SOP</w:t>
+      </w:r>
+      <w:r w:rsidR="27E14B45" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to direct interested patients to another </w:t>
+      </w:r>
+      <w:r w:rsidR="00150230" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">non-pharmacy </w:t>
+      </w:r>
+      <w:r w:rsidR="27E14B45" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provider in their area that offers the vaccine. </w:t>
+      </w:r>
+      <w:r w:rsidR="4A3F4812" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="31BF7E01" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ll plans must include guidance/recommendations </w:t>
+      </w:r>
+      <w:r w:rsidR="34C34855" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for interested patients </w:t>
+      </w:r>
+      <w:r w:rsidR="15E51E71" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of any age</w:t>
+      </w:r>
+      <w:r w:rsidR="00150230" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="471BD972" w14:textId="77777777" w:rsidR="3A29D364" w:rsidRDefault="3A29D364" w:rsidP="1F9BBAF2">
-      <w:pPr>
+    <w:p w14:paraId="7DB6437D" w14:textId="58082931" w:rsidR="3A29D364" w:rsidRPr="00745B63" w:rsidRDefault="3A29D364" w:rsidP="00612773">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="37"/>
+          <w:numId w:val="31"/>
         </w:numPr>
-        <w:tabs>
-[...314 lines deleted...]
-        <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
-        <w:spacing w:before="60" w:line="259" w:lineRule="auto"/>
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:tab/>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>All providers must maintain an accurate record of vaccines received from the Vaccine Program</w:t>
+      </w:r>
+      <w:r w:rsidR="1F02AFF8" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and document this inventory electronically using the MIIS Vaccine Management Module</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. This record must include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A8E6D97" w14:textId="62D0AA82" w:rsidR="00612773" w:rsidRPr="00745B63" w:rsidRDefault="00612773" w:rsidP="00612773">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1224"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2664"/>
+          <w:tab w:val="left" w:pos="3384"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4824"/>
+          <w:tab w:val="left" w:pos="5544"/>
+          <w:tab w:val="left" w:pos="6264"/>
+          <w:tab w:val="left" w:pos="6984"/>
+          <w:tab w:val="left" w:pos="7704"/>
+          <w:tab w:val="left" w:pos="8424"/>
+          <w:tab w:val="left" w:pos="9144"/>
+          <w:tab w:val="left" w:pos="9864"/>
+          <w:tab w:val="left" w:pos="10584"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Type of Vaccine</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F500FFB" w14:textId="5D5226DB" w:rsidR="00612773" w:rsidRPr="00745B63" w:rsidRDefault="00612773" w:rsidP="00612773">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1224"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2664"/>
+          <w:tab w:val="left" w:pos="3384"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4824"/>
+          <w:tab w:val="left" w:pos="5544"/>
+          <w:tab w:val="left" w:pos="6264"/>
+          <w:tab w:val="left" w:pos="6984"/>
+          <w:tab w:val="left" w:pos="7704"/>
+          <w:tab w:val="left" w:pos="8424"/>
+          <w:tab w:val="left" w:pos="9144"/>
+          <w:tab w:val="left" w:pos="9864"/>
+          <w:tab w:val="left" w:pos="10584"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Manufacturer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C5499AC" w14:textId="1D2D97DE" w:rsidR="00612773" w:rsidRPr="00745B63" w:rsidRDefault="00612773" w:rsidP="00612773">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1224"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2664"/>
+          <w:tab w:val="left" w:pos="3384"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4824"/>
+          <w:tab w:val="left" w:pos="5544"/>
+          <w:tab w:val="left" w:pos="6264"/>
+          <w:tab w:val="left" w:pos="6984"/>
+          <w:tab w:val="left" w:pos="7704"/>
+          <w:tab w:val="left" w:pos="8424"/>
+          <w:tab w:val="left" w:pos="9144"/>
+          <w:tab w:val="left" w:pos="9864"/>
+          <w:tab w:val="left" w:pos="10584"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Lot Number</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B1FBEAB" w14:textId="3ED2EBFA" w:rsidR="00612773" w:rsidRPr="00745B63" w:rsidRDefault="00612773" w:rsidP="00612773">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1224"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2664"/>
+          <w:tab w:val="left" w:pos="3384"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4824"/>
+          <w:tab w:val="left" w:pos="5544"/>
+          <w:tab w:val="left" w:pos="6264"/>
+          <w:tab w:val="left" w:pos="6984"/>
+          <w:tab w:val="left" w:pos="7704"/>
+          <w:tab w:val="left" w:pos="8424"/>
+          <w:tab w:val="left" w:pos="9144"/>
+          <w:tab w:val="left" w:pos="9864"/>
+          <w:tab w:val="left" w:pos="10584"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Expiration Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D60478C" w14:textId="77777777" w:rsidR="00612773" w:rsidRPr="00745B63" w:rsidRDefault="00612773" w:rsidP="00612773">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1224"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2664"/>
+          <w:tab w:val="left" w:pos="3384"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4824"/>
+          <w:tab w:val="left" w:pos="5544"/>
+          <w:tab w:val="left" w:pos="6264"/>
+          <w:tab w:val="left" w:pos="6984"/>
+          <w:tab w:val="left" w:pos="7704"/>
+          <w:tab w:val="left" w:pos="8424"/>
+          <w:tab w:val="left" w:pos="9144"/>
+          <w:tab w:val="left" w:pos="9864"/>
+          <w:tab w:val="left" w:pos="10584"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Number of Doses Received</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21A7DF93" w14:textId="77777777" w:rsidR="00612773" w:rsidRPr="00745B63" w:rsidRDefault="7C7ED071" w:rsidP="00612773">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1224"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2664"/>
+          <w:tab w:val="left" w:pos="3384"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4824"/>
+          <w:tab w:val="left" w:pos="5544"/>
+          <w:tab w:val="left" w:pos="6264"/>
+          <w:tab w:val="left" w:pos="6984"/>
+          <w:tab w:val="left" w:pos="7704"/>
+          <w:tab w:val="left" w:pos="8424"/>
+          <w:tab w:val="left" w:pos="9144"/>
+          <w:tab w:val="left" w:pos="9864"/>
+          <w:tab w:val="left" w:pos="10584"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mishandled, expired, or damaged vaccines must not be administered. </w:t>
+      </w:r>
+      <w:r w:rsidR="35C94F52" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All expired, damaged, or contaminated vaccine must be </w:t>
+      </w:r>
+      <w:r w:rsidR="1F9BBAF2" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>promptly removed from the storage unit</w:t>
+      </w:r>
+      <w:r w:rsidR="06BE9B3E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="1F9BBAF2" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>clearly labeled as “expired/damaged, do not use”</w:t>
+      </w:r>
+      <w:r w:rsidR="488E3FCD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="1F9BBAF2" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">documented in the MIIS Storage/Handling Problem Module. Please refer to the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidR="004D7484" w:rsidRPr="00745B63">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Vaccine Storage/Handling Problem Mini-Guide</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="1F9BBAF2" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for step-by-step directions.</w:t>
+      </w:r>
+      <w:r w:rsidR="00612773" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CBE1252" w14:textId="1C0C5F11" w:rsidR="0647ADE7" w:rsidRPr="00745B63" w:rsidRDefault="0647ADE7" w:rsidP="00612773">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1224"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2664"/>
+          <w:tab w:val="left" w:pos="3384"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4824"/>
+          <w:tab w:val="left" w:pos="5544"/>
+          <w:tab w:val="left" w:pos="6264"/>
+          <w:tab w:val="left" w:pos="6984"/>
+          <w:tab w:val="left" w:pos="7704"/>
+          <w:tab w:val="left" w:pos="8424"/>
+          <w:tab w:val="left" w:pos="9144"/>
+          <w:tab w:val="left" w:pos="9864"/>
+          <w:tab w:val="left" w:pos="10584"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>De</w:t>
       </w:r>
-      <w:r w:rsidR="4B3B5AC1" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="4B3B5AC1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">termination of ordering quantities should be based on remaining inventory and anticipated need over the </w:t>
       </w:r>
-      <w:r w:rsidR="60990765" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="60990765" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>subsequent 6 weeks.</w:t>
       </w:r>
-      <w:r w:rsidR="35C94F52" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="35C94F52" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="35C94F52" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="35C94F52" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For most practices ordering </w:t>
       </w:r>
-      <w:r w:rsidR="71DF58EA" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="71DF58EA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">routine </w:t>
       </w:r>
-      <w:r w:rsidR="35C94F52" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="35C94F52" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vaccines, orders should ideally be placed </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="35C94F52" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="35C94F52" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>on a monthly basis</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="35C94F52" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="35C94F52" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, however, </w:t>
       </w:r>
-      <w:r w:rsidR="3895C2C8" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="3895C2C8" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>orders can be placed at any time</w:t>
       </w:r>
-      <w:r w:rsidR="35C94F52" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="35C94F52" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="35C94F52" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="35C94F52" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="35C94F52" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="35C94F52" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Depending on the quantity of vaccine the practice administers during the year, </w:t>
       </w:r>
-      <w:r w:rsidR="004D7484">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="004D7484" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
-      <w:r w:rsidR="35C94F52" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="35C94F52" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">accine orders could be as frequent as every couple of weeks or as infrequent as a couple times a year. </w:t>
       </w:r>
-      <w:r w:rsidR="2D671FB7" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="2D671FB7" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Once the Vaccine Program processes an order, CDC has up to 2 weeks to ship to provider sites.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43FBF027" w14:textId="7562386A" w:rsidR="1F9BBAF2" w:rsidRPr="00567E3A" w:rsidRDefault="0ED70044" w:rsidP="00F77EC6">
+    <w:p w14:paraId="43FBF027" w14:textId="7562386A" w:rsidR="1F9BBAF2" w:rsidRPr="00745B63" w:rsidRDefault="0ED70044" w:rsidP="00F77EC6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7560"/>
           <w:tab w:val="left" w:pos="8280"/>
           <w:tab w:val="left" w:pos="9000"/>
           <w:tab w:val="left" w:pos="9720"/>
           <w:tab w:val="left" w:pos="10440"/>
           <w:tab w:val="left" w:pos="11160"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="72454F01">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. </w:t>
       </w:r>
-      <w:r w:rsidRPr="72454F01">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Responsibilities of the Medical Director </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E68510B" w14:textId="70486CD6" w:rsidR="1F9BBAF2" w:rsidRPr="00567E3A" w:rsidRDefault="0ED70044" w:rsidP="0036756A">
+    <w:p w14:paraId="7828D0CE" w14:textId="08253BAE" w:rsidR="00A877C0" w:rsidRPr="00A877C0" w:rsidRDefault="0ED70044" w:rsidP="00A877C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
-        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A877C0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Non-compliance with any of the below shall be </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00567E3A">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A877C0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>cause</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00567E3A">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A877C0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> to exclude the provider from continued participation in the Vaccine Program.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74C00992" w14:textId="2EB046C8" w:rsidR="1F9BBAF2" w:rsidRPr="00567E3A" w:rsidRDefault="0ED70044" w:rsidP="0DE27EB1">
+    <w:p w14:paraId="74C00992" w14:textId="2EB046C8" w:rsidR="1F9BBAF2" w:rsidRPr="00745B63" w:rsidRDefault="0ED70044" w:rsidP="00A877C0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
-        <w:spacing w:before="120" w:beforeAutospacing="1"/>
         <w:ind w:left="540" w:right="720" w:hanging="540"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C-1. The Medical Director is responsible for the following Vaccine Program agreements:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="040F9095" w14:textId="11B64ECF" w:rsidR="1F9BBAF2" w:rsidRPr="00567E3A" w:rsidRDefault="0ED70044" w:rsidP="0DE27EB1">
+    <w:p w14:paraId="53BCA734" w14:textId="77777777" w:rsidR="00633BC7" w:rsidRPr="00745B63" w:rsidRDefault="0ED70044" w:rsidP="00037FA9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
-        <w:spacing w:before="120" w:beforeAutospacing="1"/>
-        <w:ind w:left="540" w:right="720"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="216" w:right="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...16 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C-1a. </w:t>
+      </w:r>
+      <w:r w:rsidR="00633BC7" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Responsibilities of the Medical Director.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="040F9095" w14:textId="06A71AD2" w:rsidR="1F9BBAF2" w:rsidRPr="00745B63" w:rsidRDefault="0ED70044" w:rsidP="00A877C0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="75"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:ind w:right="720"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Medical Director, on behalf of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C26611" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>themselves</w:t>
       </w:r>
-      <w:r w:rsidRPr="00567E3A">
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> The Medical Director must ensure that all communications from the Vaccine Program regarding immunizations or vaccine-preventable diseases are disseminated to all relevant staff within their facility. </w:t>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and all practitioners associated with the entity, is responsible for ensuring that state-supplied vaccines are administered in compliance with federal requirements for the administration of vaccines. Failure to comply with federal requirements as outlined in this document may constitute fraud and abuse and may be punishable by law (Medicaid regulation: 42 CFR §455.15). The Medical Director must ensure that all communications from the Vaccine Program regarding immunizations or vaccine-preventable diseases are disseminated to all relevant staff within their facility. </w:t>
+      </w:r>
+      <w:r w:rsidR="6B8C6A87" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Providers must stay subscribed to Vaccine Program Constant Contact communications.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33AF69BF" w14:textId="57621ADC" w:rsidR="1F9BBAF2" w:rsidRPr="00567E3A" w:rsidRDefault="0ED70044" w:rsidP="0DE27EB1">
+    <w:p w14:paraId="359F17DB" w14:textId="646B89FF" w:rsidR="00633BC7" w:rsidRPr="00745B63" w:rsidRDefault="0ED70044" w:rsidP="00612773">
       <w:pPr>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="540"/>
-[...15 lines deleted...]
-        <w:r w:rsidRPr="00776F36">
+        <w:ind w:left="216"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C-1b.</w:t>
+      </w:r>
+      <w:r w:rsidR="00633BC7" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Documentation Requirements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33AF69BF" w14:textId="15B19656" w:rsidR="1F9BBAF2" w:rsidRPr="00745B63" w:rsidRDefault="0ED70044" w:rsidP="00A877C0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="75"/>
+        </w:numPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Within the MIIS, the Medical Director is responsible for electronically signing the online </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24">
+        <w:r w:rsidRPr="00745B63">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:i/>
             <w:iCs/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">Agreement to Comply with State </w:t>
         </w:r>
-        <w:r w:rsidR="004D7484" w:rsidRPr="00776F36">
+        <w:r w:rsidR="004D7484" w:rsidRPr="00745B63">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:i/>
             <w:iCs/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">Vaccine Program </w:t>
         </w:r>
-        <w:r w:rsidRPr="00776F36">
+        <w:r w:rsidRPr="00745B63">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:i/>
             <w:iCs/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Requirements</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00567E3A">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="004D7484">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="004D7484" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">physically signing the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="004D7484" w:rsidRPr="00776F36">
+      <w:hyperlink r:id="rId25">
+        <w:r w:rsidR="004D7484" w:rsidRPr="00745B63">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:i/>
             <w:iCs/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Vaccine Management SOP</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="004D7484">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="004D7484" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004D7484" w:rsidRPr="004D7484">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="004D7484" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="004D7484">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="004D7484" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="004D7484" w:rsidRPr="00776F36">
+      <w:hyperlink r:id="rId26">
+        <w:r w:rsidR="004D7484" w:rsidRPr="00745B63">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:i/>
             <w:iCs/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Vaccine Transport SOP</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="004D7484">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="004D7484" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D7484">
-[...17 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">providing the Vaccine Program with an accurate </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Practice Profile</w:t>
       </w:r>
-      <w:r w:rsidRPr="00567E3A">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> and providing the names of all physicians, physician assistants and nurse practitioners in the practice/clinic with their corresponding medical license number and Medicaid number where applicable. </w:t>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and providing the names of all physicians, physician assistants and nurse practitioners in the practice/clinic with their corresponding medical license number</w:t>
+      </w:r>
+      <w:r w:rsidR="3ABC046A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, NPI</w:t>
+      </w:r>
+      <w:r w:rsidR="00612773" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and Medicaid number where applicable. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22BBE5B7" w14:textId="4F56E479" w:rsidR="1F9BBAF2" w:rsidRPr="00567E3A" w:rsidRDefault="0ED70044" w:rsidP="0DE27EB1">
+    <w:p w14:paraId="22BBE5B7" w14:textId="4F56E479" w:rsidR="1F9BBAF2" w:rsidRPr="00745B63" w:rsidRDefault="0ED70044" w:rsidP="0DE27EB1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="720" w:hanging="540"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C-2. The Medical Director is responsible for the following Vaccine Program regulations:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25344081" w14:textId="64C754A2" w:rsidR="1F9BBAF2" w:rsidRPr="00567E3A" w:rsidRDefault="1F9BBAF2" w:rsidP="0DE27EB1">
+    <w:p w14:paraId="69D7E2A1" w14:textId="6B984761" w:rsidR="00633BC7" w:rsidRPr="00745B63" w:rsidRDefault="0ED70044" w:rsidP="00612773">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="756" w:right="720" w:hanging="540"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C-2a.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C70BC2" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Reporting Immunizations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25344081" w14:textId="1D087E09" w:rsidR="1F9BBAF2" w:rsidRPr="00745B63" w:rsidRDefault="77FA3946" w:rsidP="00A877C0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="75"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="720"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By law (M.G.L. Chapter 111, Section 24M), all licensed health care providers practicing who administer immunizations shall report and record immunization, immunization history and any data related to immunization as the Immunization Division determines is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>necessary for disease prevention and control to the Massachusetts Immunization Information System (MIIS). Providers must ensure that doses are accurately accounted for within the MIIS by reporting administration data via HL7 connection or manual patient record entry, timely reporting of vaccine wastage/expiration within the MIIS and routine review of the Inventory Decrementing Tool so that all administered doses are accurately decremented by the system.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74422DBE" w14:textId="3716373C" w:rsidR="0038114A" w:rsidRPr="00745B63" w:rsidRDefault="1F9BBAF2" w:rsidP="00612773">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="756" w:right="720" w:hanging="540"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0ED70044" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C-2b.</w:t>
+      </w:r>
+      <w:r w:rsidR="0038114A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider Massachusetts Controlled Substance Registration </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0038114A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Liscense</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="3662C68A" w14:textId="4BF06B14" w:rsidR="1F9BBAF2" w:rsidRPr="00745B63" w:rsidRDefault="0ED70044" w:rsidP="00037FA9">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="75"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="720"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By law (MGL Chapter 94C, Section 7 and regulations of the Department of Public Health at 105 CMR 700.004), require all provide sites who manufacture, distribute, prescribe, administer, dispense or possess controlled substances (including vaccines) to have a valid Massachusetts Controlled Substance Registration (MCSR) license. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>In order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> enroll </w:t>
+      </w:r>
+      <w:r w:rsidR="0E4DDF53" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or re-enroll in the Vaccine Program, sites must have a valid facility or individual MCSR license on file in the MIIS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F63D063" w14:textId="0FC1CBD0" w:rsidR="0038114A" w:rsidRPr="00745B63" w:rsidRDefault="0038114A" w:rsidP="00612773">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="756" w:right="720" w:hanging="540"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="30F09C6F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C-2c. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Billing NPI Number</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49E9CB5E" w14:textId="6A51CE4A" w:rsidR="00612773" w:rsidRPr="00745B63" w:rsidRDefault="0BB14E0B" w:rsidP="00037FA9">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="75"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="720"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A billing NPI number is required to enroll and/or re</w:t>
+      </w:r>
+      <w:r w:rsidR="59BD2B2F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-enroll in the Vaccine Program. The Billing NPI may be a group level, practice level or individual level NPI number</w:t>
+      </w:r>
+      <w:r w:rsidR="772AAD6F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, as</w:t>
+      </w:r>
+      <w:r w:rsidR="59BD2B2F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="18729B6F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="59BD2B2F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hichever NPI </w:t>
+      </w:r>
+      <w:r w:rsidR="0475FE6F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is utilized</w:t>
+      </w:r>
+      <w:r w:rsidR="59BD2B2F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for billing purposes, should be the NPI number include</w:t>
+      </w:r>
+      <w:r w:rsidR="33AA5CC9" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="59BD2B2F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in enrollment submissions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47412189" w14:textId="31ACEF70" w:rsidR="0038114A" w:rsidRPr="00745B63" w:rsidRDefault="0038114A" w:rsidP="00612773">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="756" w:right="720" w:hanging="540"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0ED70044" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C-2</w:t>
+      </w:r>
+      <w:r w:rsidR="09A24E58" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="0ED70044" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="006611F2" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Maintaining Documentation </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19B35244" w14:textId="36070B16" w:rsidR="1F9BBAF2" w:rsidRPr="00745B63" w:rsidRDefault="0ED70044" w:rsidP="00037FA9">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="75"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="720"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Providers must maintain all records, documentation and temperature logs related to the Vaccine Program for a minimum of 3 years. The release of such records will be bound by the privacy protection of Federal Medicaid law. If requested, the provider must make such records available to the Vaccine Program or the Federal Department of Health and Human Services (DHHS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="057C9F4B" w14:textId="0C78361B" w:rsidR="1F9BBAF2" w:rsidRPr="00745B63" w:rsidRDefault="0ED70044" w:rsidP="00732CA7">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C-3. The Medical Director is responsible for the staff who order, store, administer, and report on vaccine usage. </w:t>
+      </w:r>
+      <w:r w:rsidR="52AD0EC4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A list of all physicians, physician assistants, nurse practitioners and nurse-midwives who prescribe vaccines, along with their medical license numbers and Medicaid numbers, must be updated annually in the MIIS during re-enrollment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56FB06EF" w14:textId="4045E2CF" w:rsidR="006611F2" w:rsidRPr="00745B63" w:rsidRDefault="00F77EC6" w:rsidP="00F77EC6">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="547" w:right="720" w:hanging="547"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006611F2" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0ED70044" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C-3a. </w:t>
+      </w:r>
+      <w:r w:rsidR="006611F2" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Designation of Primary and Back-up Coordinators</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17A031DB" w14:textId="526A66EA" w:rsidR="1F9BBAF2" w:rsidRPr="00745B63" w:rsidRDefault="0ED70044" w:rsidP="00037FA9">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="75"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="720"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Hlk216865978"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Medical Director </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is responsible for designating a Primary and Back-up Vaccine Coordinator.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The Vaccine Coordinator</w:t>
+      </w:r>
+      <w:r w:rsidR="1BC05FDB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> responsible for oversight of all vaccine storage and handling, including vaccine ordering, inventory management and acting as the vaccine shipping contact. They are also responsible for communicating vaccine policy, vaccine availability, updates, and alerts to all pertinent staff. Any change in the Primary or Back-up Vaccine Coordinator must be reported to the Vaccine Program within ten (10) days. Sites must have a Primary and Back-up Vaccine Coordinator </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>identified at all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19520BA1" w14:textId="007714E6" w:rsidR="00037FA9" w:rsidRPr="00745B63" w:rsidRDefault="00037FA9" w:rsidP="00037FA9">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="997" w:right="720" w:hanging="547"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C-3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. Designation of Primary and Back-up Coordinators</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B94E817" w14:textId="58895A94" w:rsidR="00037FA9" w:rsidRDefault="00037FA9" w:rsidP="00037FA9">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="75"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="720"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The Primary and Back-up Vaccine Coordinator</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must complete the current annual Vaccine Program Storage and Handling training</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This training will cover all program requirements, including proper storage and handling of state-supplied vaccines. This requirement may be met by completing one of the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23BD9194" w14:textId="521E3760" w:rsidR="00037FA9" w:rsidRDefault="00037FA9" w:rsidP="00037FA9">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="75"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="720"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vaccine Program Storage and Handling Webinar training</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FEA5D6B" w14:textId="4F72CE46" w:rsidR="00037FA9" w:rsidRDefault="00037FA9" w:rsidP="00037FA9">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="75"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="720"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Onsite training session conducted by a member of the Vaccine Program</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40FD077C" w14:textId="084D1263" w:rsidR="00037FA9" w:rsidRDefault="00037FA9" w:rsidP="00037FA9">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="75"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="720"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Compliance Site Visit with formal training component</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35EB275E" w14:textId="7BDAA63F" w:rsidR="00037FA9" w:rsidRPr="00037FA9" w:rsidRDefault="00037FA9" w:rsidP="00037FA9">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="75"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="720"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>In-person training events held by the Immunization Division</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="238F1FAB" w14:textId="715F019B" w:rsidR="1F9BBAF2" w:rsidRPr="00745B63" w:rsidRDefault="0ED70044" w:rsidP="00732CA7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="720" w:hanging="540"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...25 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C-4. The Medical Director is responsible for following all site visit requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39866BC4" w14:textId="77777777" w:rsidR="00C70BC2" w:rsidRPr="00745B63" w:rsidRDefault="0C467012" w:rsidP="00732CA7">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="216" w:right="720"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C-4</w:t>
+      </w:r>
+      <w:r w:rsidR="00732CA7" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C70BC2" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Enrollment Visits</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24827AA2" w14:textId="3EADF8E5" w:rsidR="1F9BBAF2" w:rsidRPr="00745B63" w:rsidRDefault="00732CA7" w:rsidP="00037FA9">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="75"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="720"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enrollment site visits must be completed by the Vaccine Program Quality Assurance Analyst (QAA) staff for any newly enrolled or returning provider to the program. All sites returning to the program after leaving and requiring an enrollment visit and new sites looking to enroll into the program will be required to have a calibrated </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidRPr="00745B63">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>DDL that meets the program requirements</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The enrollment visit ensures that the provider and office staff are educated on the Vaccine Program requirements and have appropriate resources to implement these requirements</w:t>
+      </w:r>
+      <w:r w:rsidR="0C467012" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5921EC0A" w14:textId="78932D48" w:rsidR="00C70BC2" w:rsidRPr="00745B63" w:rsidRDefault="00732CA7" w:rsidP="00C70BC2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="216" w:right="720"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C-4b. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C70BC2" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VFC Compliance Site Visits</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B93BC64" w14:textId="581FDB03" w:rsidR="00732CA7" w:rsidRPr="00745B63" w:rsidRDefault="00732CA7" w:rsidP="00037FA9">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="75"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="720"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> such data related to immunizations as the Vaccine Program determines is necessary for disease prevention and control.</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The Medical Director understands and agrees that Vaccine Program QAA staff are required to make Compliance site visits every 12 to 24 months to evaluate vaccine handling and storage, VFC screening, and record keeping.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sites enrolled </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Respiratory-Only or Adult-Only are excluded from this requirement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3662C68A" w14:textId="4E76C6A8" w:rsidR="1F9BBAF2" w:rsidRPr="00567E3A" w:rsidRDefault="1F9BBAF2" w:rsidP="0DE27EB1">
+    <w:p w14:paraId="62CA036C" w14:textId="7E5EF552" w:rsidR="00C70BC2" w:rsidRPr="00745B63" w:rsidRDefault="0ED70044" w:rsidP="00732CA7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="450"/>
-          <w:tab w:val="left" w:pos="630"/>
+          <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="540" w:right="720" w:hanging="540"/>
+        <w:ind w:left="216" w:right="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...25 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C-4c. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C70BC2" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Compliance Visit Follow-ups</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6145F373" w14:textId="3B14ED67" w:rsidR="1F9BBAF2" w:rsidRPr="00745B63" w:rsidRDefault="0ED70044" w:rsidP="00037FA9">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="75"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="720"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If any problems are identified with programmatic compliance, the provider will receive follow-up contact and education, in accordance with CDC guidelines. The Medical Director is responsible </w:t>
+      </w:r>
+      <w:r w:rsidR="00612773" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>for guaranteeing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that outstanding non-compliance findings are addressed and resolved as part of completing site visits.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F8E67B7" w14:textId="342D1895" w:rsidR="00C70BC2" w:rsidRPr="00745B63" w:rsidRDefault="75408A4E" w:rsidP="00732CA7">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="216" w:right="720"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C-4d.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C70BC2" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Unannounced Storage and Handling Visits</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4770CEF7" w14:textId="6511167D" w:rsidR="1F9BBAF2" w:rsidRPr="00745B63" w:rsidRDefault="6CC3592A" w:rsidP="00037FA9">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="75"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="720"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Medical Director understands and agrees that the </w:t>
+      </w:r>
+      <w:r w:rsidR="75408A4E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vaccine Program </w:t>
+      </w:r>
+      <w:r w:rsidR="09ED334F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">QAA </w:t>
+      </w:r>
+      <w:r w:rsidR="75408A4E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">staff will perform unannounced provider visits to check for proper storage and handling practices. </w:t>
+      </w:r>
+      <w:r w:rsidR="75408A4E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Providers who have had prior storage and handling compliance issues may be prioritized for such visits. Unaddressed outstanding follow-ups from unannounced site visits may result in the inability to order state-supplied vaccines until the issue is resolved.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3700C2B6" w14:textId="4800BFB3" w:rsidR="1F9BBAF2" w:rsidRPr="00745B63" w:rsidRDefault="0ED70044" w:rsidP="00C70BC2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="75"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="720"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Unannounced site visits are a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> enroll or re-enroll in the Vaccine Program, sites must have a valid facility or individual MCSR license on file in the MIIS.</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">requirement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of the Vaccine Program and may not be rescheduled. If both Primary and Backup Vaccine Coordinator are not present during your site’s hours of operating, another staff member must be appointed responsibility of overseeing your site’s Vaccine Program operations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19B35244" w14:textId="2440814C" w:rsidR="1F9BBAF2" w:rsidRPr="00567E3A" w:rsidRDefault="1F9BBAF2" w:rsidP="0DE27EB1">
+    <w:p w14:paraId="09233188" w14:textId="137AA93F" w:rsidR="00C70BC2" w:rsidRPr="00745B63" w:rsidRDefault="0ED70044" w:rsidP="00732CA7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="450"/>
-          <w:tab w:val="left" w:pos="630"/>
+          <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="540" w:right="720" w:hanging="540"/>
+        <w:ind w:left="216" w:right="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-        <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...19 lines deleted...]
-        <w:t>provider must make such records available to the Vaccine Program or the Federal Department of Health and Human Services (DHHS).</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C-4e. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C70BC2" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Scheduling Site Visits</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="057C9F4B" w14:textId="0C78361B" w:rsidR="1F9BBAF2" w:rsidRPr="00567E3A" w:rsidRDefault="0ED70044" w:rsidP="00C3010A">
+    <w:p w14:paraId="5EC9B2FF" w14:textId="1DE8DAEB" w:rsidR="1F9BBAF2" w:rsidRPr="00745B63" w:rsidRDefault="0ED70044" w:rsidP="00037FA9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:tabs>
-[...4 lines deleted...]
-        <w:ind w:left="540" w:right="720" w:hanging="540"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="75"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...18 lines deleted...]
-        <w:t>A list of all physicians, physician assistants, nurse practitioners and nurse-midwives who prescribe vaccines, along with their medical license numbers and Medicaid numbers, must be updated annually in the MIIS during re-enrollment.</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Failure to respond to scheduling of compliance site visits and/or completion of follow-ups identified during visits could result in suspension and an inability to order state-supplied vaccines until the identified issue is resolved.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17A031DB" w14:textId="5D276CF7" w:rsidR="1F9BBAF2" w:rsidRPr="00567E3A" w:rsidRDefault="1F9BBAF2" w:rsidP="00F77EC6">
-[...18 lines deleted...]
-      <w:r w:rsidR="00F77EC6">
+    <w:p w14:paraId="23260C57" w14:textId="2AA37A92" w:rsidR="1F9BBAF2" w:rsidRPr="00745B63" w:rsidRDefault="1F9BBAF2" w:rsidP="0DE27EB1">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EA26EAA" w14:textId="41B5D7D9" w:rsidR="00C70BC2" w:rsidRPr="00745B63" w:rsidRDefault="00C70BC2" w:rsidP="00BA2D01">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="547" w:hanging="547"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="0ED70044" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C-5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA2D01" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Temperature Excursions</w:t>
+      </w:r>
+      <w:r w:rsidR="0038114A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Reporting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Requirement</w:t>
+      </w:r>
+      <w:r w:rsidR="0ED70044" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0ED70044" w:rsidRPr="00F77EC6">
-[...66 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="3D64655F" w14:textId="6E97A0D9" w:rsidR="1F9BBAF2" w:rsidRPr="00567E3A" w:rsidRDefault="00F77EC6" w:rsidP="00F77EC6">
-[...73 lines deleted...]
-    <w:p w14:paraId="7C86E84F" w14:textId="4C8C2110" w:rsidR="1F9BBAF2" w:rsidRDefault="0ED70044" w:rsidP="0DE27EB1">
+    <w:p w14:paraId="2877886F" w14:textId="63BB9726" w:rsidR="1F9BBAF2" w:rsidRDefault="0ED70044" w:rsidP="00C70BC2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
-          <w:numId w:val="22"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="75"/>
         </w:numPr>
-        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
-[...20 lines deleted...]
-        <w:t>Vaccine Program Storage and Handling Webinar training</w:t>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the event of a temperature excursion, it is at the discretion of your site’s Medical Director to approve continued use of vaccines in the case of the manufacturer being unable to confirm viability due to insufficient data. It is also at the discretion of your site’s Medical Director to decide </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>whether or not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to re-vaccinate in the event non-viable vaccines are administered to patients.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36DD3AC7" w14:textId="29C2DAF1" w:rsidR="00F77EC6" w:rsidRPr="0036756A" w:rsidRDefault="00F77EC6" w:rsidP="0DE27EB1">
-[...20 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="488048E9" w14:textId="77777777" w:rsidR="00037FA9" w:rsidRDefault="00037FA9" w:rsidP="00037FA9">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="7137E6E9" w14:textId="023BD086" w:rsidR="1F9BBAF2" w:rsidRPr="00567E3A" w:rsidRDefault="0ED70044" w:rsidP="00C3010A">
-[...20 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="0683D50A" w14:textId="77777777" w:rsidR="00037FA9" w:rsidRPr="00037FA9" w:rsidRDefault="00037FA9" w:rsidP="00037FA9">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B173952" w14:textId="2161A0BA" w:rsidR="1F9BBAF2" w:rsidRPr="00567E3A" w:rsidRDefault="0ED70044" w:rsidP="0DE27EB1">
-[...471 lines deleted...]
-    <w:p w14:paraId="40315EB6" w14:textId="0EF81422" w:rsidR="1F9BBAF2" w:rsidRPr="00567E3A" w:rsidRDefault="0ED70044" w:rsidP="0DE27EB1">
+    <w:p w14:paraId="40315EB6" w14:textId="0EF81422" w:rsidR="1F9BBAF2" w:rsidRPr="00745B63" w:rsidRDefault="0ED70044" w:rsidP="0DE27EB1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...9 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">C-6. </w:t>
       </w:r>
-      <w:r w:rsidR="00BA2D01">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00BA2D01" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00567E3A">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Medical Director is responsible for assuring that: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3401DB20" w14:textId="5132EC8F" w:rsidR="00BA2D01" w:rsidRDefault="00BA2D01" w:rsidP="00BA2D01">
+    <w:p w14:paraId="3401DB20" w14:textId="5132EC8F" w:rsidR="00BA2D01" w:rsidRPr="00745B63" w:rsidRDefault="00BA2D01" w:rsidP="00BA2D01">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="810"/>
           <w:tab w:val="left" w:pos="630"/>
           <w:tab w:val="num" w:pos="720"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidR="0ED70044" w:rsidRPr="00BA2D01">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="0ED70044" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Immunization policies and practices </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="0ED70044" w:rsidRPr="00BA2D01">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="0ED70044" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>are in compliance with</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="0ED70044" w:rsidRPr="00BA2D01">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="0ED70044" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidR="00612457" w:rsidRPr="00BA2D01">
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidR="00612457" w:rsidRPr="00745B63">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>General Best Practice Practices for Immunization</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00612457" w:rsidRPr="00BA2D01">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00612457" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C19D219" w14:textId="0B59E43E" w:rsidR="1F9BBAF2" w:rsidRPr="00BA2D01" w:rsidRDefault="00BA2D01" w:rsidP="00BA2D01">
+    <w:p w14:paraId="3C19D219" w14:textId="1CD1A718" w:rsidR="1F9BBAF2" w:rsidRPr="00745B63" w:rsidRDefault="00BA2D01" w:rsidP="00BA2D01">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="810"/>
           <w:tab w:val="left" w:pos="630"/>
           <w:tab w:val="num" w:pos="720"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="0ED70044" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> those established by the Advisory Committee on Immunization Practices (ACIP).</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The immunization schedule, dosage, and contraindications followed are in compliance with those established </w:t>
+      </w:r>
+      <w:r w:rsidR="0BE3907B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by the CDC’s Advisory Committee for Immunization Practices or by the DPH Commissioner as outlined by the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidR="0BE3907B" w:rsidRPr="00745B63">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>DPH recommended guidance for vaccines</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0BE3907B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="276BD371" w14:textId="3B17AA4A" w:rsidR="00BA2D01" w:rsidRPr="00BA2D01" w:rsidRDefault="00BA2D01" w:rsidP="00BA2D01">
+    <w:p w14:paraId="276BD371" w14:textId="0820362A" w:rsidR="00BA2D01" w:rsidRPr="00745B63" w:rsidRDefault="00BA2D01" w:rsidP="00BA2D01">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="240"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidR="01DEE9E2" w:rsidRPr="00745B63">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>routinely</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00745B63">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>-recommended vaccines</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are supplied, except if the practice is designated as a “Specialty Provider” during the enrollment process. A “Specialty Provider” is defined as a provider that only serves (1) a defined population due to the practice specialty (e.g., OB/GYN, asthma/allergy) or (2) a specific age group within the general population. “Specialty Providers” must indicate which state-supplied vaccines are offered during enrollment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69592DD0" w14:textId="3DBD229C" w:rsidR="1F9BBAF2" w:rsidRPr="0036756A" w:rsidRDefault="0ED70044" w:rsidP="0036756A">
+    <w:p w14:paraId="69592DD0" w14:textId="3DBD229C" w:rsidR="1F9BBAF2" w:rsidRPr="00745B63" w:rsidRDefault="0ED70044" w:rsidP="0036756A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vaccine Administration Resources:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AD3CAAE" w14:textId="725ED080" w:rsidR="1F9BBAF2" w:rsidRDefault="00000000" w:rsidP="0DE27EB1">
+    <w:p w14:paraId="10CBC2A8" w14:textId="7B7EF6C8" w:rsidR="19BDD09D" w:rsidRPr="00745B63" w:rsidRDefault="19BDD09D" w:rsidP="00612773">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="56"/>
+          <w:numId w:val="58"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
-        <w:spacing w:before="120"/>
-[...7 lines deleted...]
-        <w:r w:rsidR="0ED70044" w:rsidRPr="0036756A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidRPr="00745B63">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>CDC Vaccines &amp; Immunizations webpage</w:t>
+          <w:t>DPH Recommended Guidance for Vaccines</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0036756A">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5C53F0E7" w14:textId="248A7B71" w:rsidR="1F9BBAF2" w:rsidRDefault="00000000" w:rsidP="0DE27EB1">
+    <w:p w14:paraId="6AD3CAAE" w14:textId="725ED080" w:rsidR="1F9BBAF2" w:rsidRPr="00745B63" w:rsidRDefault="0ED70044" w:rsidP="00612773">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="56"/>
+          <w:numId w:val="58"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
-        <w:spacing w:before="120"/>
-[...7 lines deleted...]
-        <w:r w:rsidR="0ED70044" w:rsidRPr="0036756A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidRPr="00745B63">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>CDC Vaccine Administration webpage</w:t>
+          <w:t>CDC Vaccines &amp; Immunizations webpage</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="0036756A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="40A6926E" w14:textId="31439C63" w:rsidR="1F9BBAF2" w:rsidRDefault="00000000" w:rsidP="0DE27EB1">
+    <w:p w14:paraId="5C53F0E7" w14:textId="248A7B71" w:rsidR="1F9BBAF2" w:rsidRPr="00745B63" w:rsidRDefault="0ED70044" w:rsidP="00612773">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="56"/>
+          <w:numId w:val="58"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
-        <w:spacing w:before="120"/>
-[...7 lines deleted...]
-        <w:r w:rsidR="0ED70044" w:rsidRPr="0036756A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId33" w:history="1">
+        <w:r w:rsidRPr="00745B63">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>CDC Pink Book</w:t>
-[...17 lines deleted...]
-          <w:t xml:space="preserve"> Webinar Series</w:t>
+          <w:t>CDC Vaccine Administration webpage</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="22B97967" w14:textId="29DC7703" w:rsidR="1F9BBAF2" w:rsidRDefault="00000000" w:rsidP="0DE27EB1">
+    <w:p w14:paraId="40A6926E" w14:textId="31439C63" w:rsidR="1F9BBAF2" w:rsidRPr="00745B63" w:rsidRDefault="0ED70044" w:rsidP="00612773">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="56"/>
+          <w:numId w:val="58"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
-        <w:spacing w:before="120"/>
-[...9 lines deleted...]
-        <w:r w:rsidR="00612457">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId34">
+        <w:r w:rsidRPr="00745B63">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>Immunize.org</w:t>
+          <w:t>CDC Pink Book</w:t>
+        </w:r>
+        <w:r w:rsidR="0036756A" w:rsidRPr="00745B63">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Education</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00745B63">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Webinar Series</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4B7BBCAB" w14:textId="4BB884B4" w:rsidR="00C3010A" w:rsidRDefault="00C3010A" w:rsidP="72454F01">
-      <w:pPr>
+    <w:p w14:paraId="7B770182" w14:textId="75C9039F" w:rsidR="00BA2D01" w:rsidRPr="00745B63" w:rsidRDefault="00612457" w:rsidP="00612773">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="58"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
-        <w:spacing w:before="120"/>
-[...11 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-3"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId35" w:history="1">
+        <w:r w:rsidRPr="00745B63">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Immunize.org</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4E567FC7" w14:textId="77777777" w:rsidR="00612457" w:rsidRDefault="00612457" w:rsidP="0DE27EB1">
-[...2 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="50DD825D" w14:textId="77777777" w:rsidR="00BA2D01" w:rsidRPr="00745B63" w:rsidRDefault="00BA2D01" w:rsidP="0DE27EB1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5646F0C7" w14:textId="77777777" w:rsidR="00EA050D" w:rsidRDefault="00EA050D" w:rsidP="0DE27EB1">
-[...2 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="24F8BAD9" w14:textId="1F81C7DF" w:rsidR="00234B4F" w:rsidRPr="00745B63" w:rsidRDefault="79B58AB0" w:rsidP="0DE27EB1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00234B4F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00234B4F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Billing and Charging for </w:t>
+      </w:r>
+      <w:r w:rsidR="000357FA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:t>State-supplied</w:t>
+      </w:r>
+      <w:r w:rsidR="00234B4F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-[...34 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Billing and Charging for </w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Vaccine</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7524DEFC" w14:textId="5C27D0FC" w:rsidR="00C303B1" w:rsidRPr="00CA4ECD" w:rsidRDefault="34DD1EFB" w:rsidP="0DE27EB1">
+    <w:p w14:paraId="7524DEFC" w14:textId="5C27D0FC" w:rsidR="00C303B1" w:rsidRPr="00745B63" w:rsidRDefault="34DD1EFB" w:rsidP="0DE27EB1">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="00915150" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00915150" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00234B4F" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00234B4F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F40441" w:rsidRPr="00CA4ECD">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F40441" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00CD6F8B" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00CD6F8B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Providers may not impose a charge for the cost of </w:t>
       </w:r>
-      <w:r w:rsidR="002F6132" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="000357FA" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000357FA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>state-supplied</w:t>
       </w:r>
-      <w:r w:rsidR="00CD6F8B" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00CD6F8B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> vaccine to a patient or a third-party (e.g.</w:t>
       </w:r>
-      <w:r w:rsidR="002F6132" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00CD6F8B" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00CD6F8B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002F6132" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">an </w:t>
       </w:r>
-      <w:r w:rsidR="00CD6F8B" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00CD6F8B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>insurance company or Medicaid).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="228B66AE" w14:textId="7E8941C3" w:rsidR="00C303B1" w:rsidRPr="00CA4ECD" w:rsidRDefault="0D651AF8" w:rsidP="0DE27EB1">
+    <w:p w14:paraId="228B66AE" w14:textId="7E8941C3" w:rsidR="00C303B1" w:rsidRPr="00745B63" w:rsidRDefault="0D651AF8" w:rsidP="0DE27EB1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="00915150" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00915150" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00234B4F" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00234B4F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F40441" w:rsidRPr="00CA4ECD">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F40441" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00027262" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00027262" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Providers</w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> may charge an administration fee of </w:t>
       </w:r>
-      <w:r w:rsidR="00DF5A32" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DF5A32" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">up </w:t>
       </w:r>
-      <w:r w:rsidR="000624F8" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000624F8" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
-      <w:r w:rsidR="000624F8" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="000624F8" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidR="00C53AFD" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00C53AFD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>23.29</w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> per dose</w:t>
       </w:r>
-      <w:r w:rsidR="004C7686" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="004C7686" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
-      <w:r w:rsidR="00502A8C" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00502A8C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>non-Medicaid</w:t>
       </w:r>
-      <w:r w:rsidR="00E16BF7" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E16BF7" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (uninsured, </w:t>
       </w:r>
-      <w:r w:rsidR="00CF6317" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00CF6317" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>underinsured</w:t>
       </w:r>
-      <w:r w:rsidR="002F6132" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00E16BF7" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E16BF7" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or who are American Indian or Alaskan Native</w:t>
       </w:r>
-      <w:r w:rsidR="00CF6317" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00CF6317" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00502A8C" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00502A8C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004C7686" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="004C7686" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>VFC-</w:t>
       </w:r>
-      <w:r w:rsidR="00C95145" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C95145" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>eligible patients</w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00502A8C" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00502A8C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For Medicaid VFC-eligible children, </w:t>
       </w:r>
-      <w:r w:rsidR="00556471" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00556471" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>providers must</w:t>
       </w:r>
-      <w:r w:rsidR="00502A8C" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00502A8C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> accept the reimbursement for vaccine administration set by the Massachusetts Medicaid agency or the contracted Medicaid health plans.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CF6317" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00CF6317" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Providers may bill administration fees to third party payers in accordance with the terms of their contracts.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0066102F" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0066102F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Providers may n</w:t>
       </w:r>
-      <w:r w:rsidR="00562B18" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00562B18" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ot deny </w:t>
       </w:r>
-      <w:r w:rsidR="000357FA" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000357FA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>state-supplied</w:t>
       </w:r>
-      <w:r w:rsidR="00562B18" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00562B18" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> vaccine</w:t>
       </w:r>
-      <w:r w:rsidR="002F6132" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00562B18" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00562B18" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to an established patient due to the inability of the </w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>child’s</w:t>
       </w:r>
-      <w:r w:rsidR="00562B18" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00562B18" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> parent/guardian/individual of record to pay the administration fee.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00562B18" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00562B18" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Established patient</w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="00562B18" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00562B18" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> applies only to private providers.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00562B18" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00562B18" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FQHCs must administer </w:t>
       </w:r>
-      <w:r w:rsidR="000357FA" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000357FA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>state-supplied</w:t>
       </w:r>
-      <w:r w:rsidR="00562B18" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00562B18" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> vaccine</w:t>
       </w:r>
-      <w:r w:rsidR="002F6132" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00562B18" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00562B18" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to any VFC-eligible child who presents for immunization services.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74A44EB8" w14:textId="79014681" w:rsidR="00B36E65" w:rsidRPr="00CA4ECD" w:rsidRDefault="6132A74A" w:rsidP="0DE27EB1">
+    <w:p w14:paraId="74A44EB8" w14:textId="79014681" w:rsidR="00B36E65" w:rsidRPr="00745B63" w:rsidRDefault="6132A74A" w:rsidP="0DE27EB1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="00B36E65" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B36E65" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-3</w:t>
       </w:r>
-      <w:r w:rsidR="000624F8" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000624F8" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00B36E65" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B36E65" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BA2D01">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00BA2D01" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="41F6720B" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="41F6720B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="00B36E65" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B36E65" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ffective January 1, 2020, providers who choose to bill for the vaccine administration fee of a non-Medicaid, VFC-eligible child after the date of service may issue only a single bill to the patient within 90 days of vaccine administration. This policy does not apply to vaccine administration fees billed to Medicaid for children who meet the Medicaid eligibility criteria for the </w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>VFC</w:t>
       </w:r>
-      <w:r w:rsidR="00B36E65" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B36E65" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> program. </w:t>
       </w:r>
-      <w:r w:rsidR="00B36E65" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00B36E65" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Unpaid administration fees may not be sent to collections</w:t>
       </w:r>
-      <w:r w:rsidR="00B36E65" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B36E65" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, and the provider may not refuse to vaccin</w:t>
       </w:r>
-      <w:r w:rsidR="00F40441" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F40441" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>at</w:t>
       </w:r>
-      <w:r w:rsidR="00B36E65" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B36E65" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">e an eligible child whose parents </w:t>
       </w:r>
-      <w:r w:rsidR="6A8680BA" w:rsidRPr="44FFDF8B">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="6A8680BA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ha</w:t>
       </w:r>
-      <w:r w:rsidR="4B1F40E9" w:rsidRPr="44FFDF8B">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="4B1F40E9" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00B36E65" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B36E65" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> unpaid vaccine administration fees. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58EEE1DF" w14:textId="77777777" w:rsidR="00541ED0" w:rsidRPr="00CA4ECD" w:rsidRDefault="00541ED0" w:rsidP="0023584A">
+    <w:p w14:paraId="58EEE1DF" w14:textId="77777777" w:rsidR="00541ED0" w:rsidRPr="00745B63" w:rsidRDefault="00541ED0" w:rsidP="0023584A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-792"/>
           <w:tab w:val="left" w:pos="-396"/>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F5C1ED9" w14:textId="08046D82" w:rsidR="00C303B1" w:rsidRPr="00CA4ECD" w:rsidRDefault="47DFBDD9" w:rsidP="0DE27EB1">
+    <w:p w14:paraId="5F5C1ED9" w14:textId="08046D82" w:rsidR="00C303B1" w:rsidRPr="00745B63" w:rsidRDefault="47DFBDD9" w:rsidP="0DE27EB1">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="00234B4F" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00234B4F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00215134" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00215134" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Vaccine Information Statements (VIS)</w:t>
       </w:r>
-      <w:r w:rsidR="003F47DB" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="003F47DB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Consent</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C1847D1" w14:textId="1D82AE61" w:rsidR="00C759EF" w:rsidRPr="00CA4ECD" w:rsidRDefault="33499A7D" w:rsidP="1F9BBAF2">
+    <w:p w14:paraId="6C1847D1" w14:textId="360B05B9" w:rsidR="00C759EF" w:rsidRPr="00745B63" w:rsidRDefault="33499A7D" w:rsidP="300CA0E1">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120"/>
         <w:ind w:left="547" w:hanging="540"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="00915150" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00915150" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00234B4F" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00234B4F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidR="002745EA" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002745EA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00784CC4" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00784CC4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">All </w:t>
       </w:r>
-      <w:r w:rsidR="0ADA742D" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0ADA742D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vaccine Program </w:t>
       </w:r>
-      <w:r w:rsidR="00784CC4" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00784CC4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">providers </w:t>
       </w:r>
-      <w:r w:rsidR="009010C3" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009010C3" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
-      <w:r w:rsidR="00784CC4" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00784CC4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> provide a copy</w:t>
       </w:r>
-      <w:r w:rsidR="005E37D1" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005E37D1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00784CC4" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00784CC4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>of the relevant</w:t>
       </w:r>
-      <w:r w:rsidR="009010C3" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009010C3" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:r w:rsidR="00784CC4" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00784CC4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> current edition of the Vaccine Information Statement (VIS) produced by the </w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CDC</w:t>
       </w:r>
-      <w:r w:rsidR="00784CC4" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00784CC4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> before administering each dose of vaccine </w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00784CC4" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00784CC4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NCVI</w:t>
       </w:r>
-      <w:r w:rsidR="00737813" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00737813" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A: 42 </w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>USC</w:t>
       </w:r>
-      <w:r w:rsidR="00737813" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00737813" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Section 300aa-26).</w:t>
       </w:r>
-      <w:r w:rsidR="00EE1393" w:rsidRPr="1F9BBAF2">
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00EE1393" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="505D8A78" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Please see subsection E-3 for more detail.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4F76D354" w14:textId="396879C2" w:rsidR="00C303B1" w:rsidRPr="00CA4ECD" w:rsidRDefault="00FF43A1" w:rsidP="00567E3A">
+    <w:p w14:paraId="4F76D354" w14:textId="5FE767B7" w:rsidR="00C303B1" w:rsidRPr="00745B63" w:rsidRDefault="00FF43A1" w:rsidP="3A3D3A4C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>VISs provide risk-benefit information.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00784CC4" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00784CC4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VISs must be given for all vaccines and </w:t>
       </w:r>
-      <w:r w:rsidR="00234B4F" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00234B4F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>toxoids</w:t>
       </w:r>
-      <w:r w:rsidR="00784CC4" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00784CC4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> covered by the NCVIA</w:t>
       </w:r>
-      <w:r w:rsidR="009010C3" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009010C3" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00784CC4" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00784CC4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> whether the vaccine was </w:t>
       </w:r>
-      <w:r w:rsidR="000357FA" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000357FA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>state-supplied</w:t>
       </w:r>
-      <w:r w:rsidR="00784CC4" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00784CC4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or privately purchased. Each </w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">patient </w:t>
       </w:r>
-      <w:r w:rsidR="003F47DB" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="003F47DB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>or parent/legal representative receiving vaccine</w:t>
       </w:r>
-      <w:r w:rsidR="002F6132" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="003F47DB" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="003F47DB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">must receive a copy of the </w:t>
       </w:r>
-      <w:r w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>VIS</w:t>
       </w:r>
-      <w:r w:rsidR="00915150" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00915150" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> prior </w:t>
       </w:r>
-      <w:r w:rsidR="002F6132" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to the </w:t>
       </w:r>
-      <w:r w:rsidR="00915150" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00915150" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">administration of </w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>vaccine</w:t>
       </w:r>
-      <w:r w:rsidR="002F6132" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">There are additional requirements relating to the use of VISs in school-based </w:t>
       </w:r>
-      <w:r w:rsidR="003F47DB" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="003F47DB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>or other programs</w:t>
       </w:r>
-      <w:r w:rsidR="009F083F" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009F083F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="003F47DB" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="003F47DB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>where the parent or legal representative is not likely to be present at the time of immuni</w:t>
       </w:r>
-      <w:r w:rsidR="00B14000" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B14000" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>zation.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14000" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B14000" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
-      <w:r w:rsidR="003F47DB" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="003F47DB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">see </w:t>
       </w:r>
-      <w:r w:rsidR="14EB592C" w:rsidRPr="1F9BBAF2">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="14EB592C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">subsection </w:t>
       </w:r>
-      <w:r w:rsidR="003F47DB" w:rsidRPr="1F9BBAF2">
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="1770EEE4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED32AD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="003F47DB" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="003F47DB" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> below.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C961B8E" w14:textId="6D9066B6" w:rsidR="00776CA1" w:rsidRPr="00CA4ECD" w:rsidRDefault="00EBF777" w:rsidP="1F9BBAF2">
+    <w:p w14:paraId="1C961B8E" w14:textId="6D9066B6" w:rsidR="00776CA1" w:rsidRPr="00745B63" w:rsidRDefault="00EBF777" w:rsidP="1F9BBAF2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120"/>
         <w:ind w:left="547" w:hanging="540"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...11 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="00915150" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00915150" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00776CA1" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00776CA1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BA2D01">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00BA2D01" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00776CA1" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00776CA1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>VISs must be used for the vaccines specified in the NCVIA: measles, mumps</w:t>
       </w:r>
-      <w:r w:rsidR="002F6132" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00776CA1" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00776CA1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and rubell</w:t>
       </w:r>
-      <w:r w:rsidR="008C1534" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008C1534" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a containing vaccines (</w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MMR</w:t>
       </w:r>
-      <w:r w:rsidR="009C261B" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009C261B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, MMRV</w:t>
       </w:r>
-      <w:r w:rsidR="00776CA1" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00776CA1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">); </w:t>
       </w:r>
-      <w:r w:rsidR="000624F8" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000624F8" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>diphtheria, tetanus</w:t>
       </w:r>
-      <w:r w:rsidR="002F6132" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00DF5A32" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DF5A32" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and pertussis containing vaccines (DTaP, </w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DT</w:t>
       </w:r>
-      <w:r w:rsidR="00DF5A32" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DF5A32" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Td, and Tdap)</w:t>
       </w:r>
-      <w:r w:rsidR="00776CA1" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00776CA1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>; inactivated polio virus vaccine (IPV); hepatitis B vaccine (HBV);</w:t>
       </w:r>
-      <w:r w:rsidR="00776CA1" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00776CA1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00776CA1" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00776CA1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Haemophilus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00776CA1" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00776CA1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> influenzae</w:t>
       </w:r>
-      <w:r w:rsidR="00776CA1" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00776CA1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> type B vaccine (Hib); varicella vaccine</w:t>
       </w:r>
-      <w:r w:rsidR="009C261B" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009C261B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>VAR</w:t>
       </w:r>
-      <w:r w:rsidR="009C261B" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009C261B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00776CA1" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00776CA1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; pneumococcal conjugate </w:t>
       </w:r>
-      <w:r w:rsidR="08CFB980" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="08CFB980" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00776CA1" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00776CA1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-valent vaccine</w:t>
       </w:r>
-      <w:r w:rsidR="009C261B" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009C261B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (PCV</w:t>
       </w:r>
-      <w:r w:rsidR="2251D297" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="2251D297" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="009C261B" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009C261B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
-      <w:r w:rsidR="00776CA1" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00776CA1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> hepatitis A vaccine (</w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HAV</w:t>
       </w:r>
-      <w:r w:rsidR="00776CA1" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00776CA1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>); trivalent influenza vaccine (both inactivated influenza vaccine [</w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>IIV</w:t>
       </w:r>
-      <w:r w:rsidR="00776CA1" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00776CA1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>] and live, attenuated influenza vaccine[LAIV]);</w:t>
       </w:r>
-      <w:r w:rsidR="6C02F913" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="6C02F913" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> respiratory syncytial virus vaccine (RSV);</w:t>
       </w:r>
-      <w:r w:rsidR="00776CA1" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00776CA1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> rotavirus vaccine</w:t>
       </w:r>
-      <w:r w:rsidR="009C261B" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009C261B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>RV</w:t>
       </w:r>
-      <w:r w:rsidR="009C261B" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009C261B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00776CA1" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00776CA1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; meningococcal </w:t>
       </w:r>
-      <w:r w:rsidR="005A60D9" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005A60D9" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ACWY </w:t>
       </w:r>
-      <w:r w:rsidR="00776CA1" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00776CA1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>vaccines</w:t>
       </w:r>
-      <w:r w:rsidR="009C261B" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009C261B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="008D0E2C" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008D0E2C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> serogroup B meningococcal (Men B) </w:t>
       </w:r>
-      <w:r w:rsidR="00776CA1" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00776CA1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="00776CA1" w:rsidRPr="1F9BBAF2">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00776CA1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>human papillomavirus vaccine (HPV)</w:t>
       </w:r>
-      <w:r w:rsidR="00952B8D" w:rsidRPr="1F9BBAF2">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00952B8D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>; COVID-19</w:t>
       </w:r>
-      <w:r w:rsidR="00776CA1" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00776CA1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45ABC87D" w14:textId="77777777" w:rsidR="00235835" w:rsidRPr="00CA4ECD" w:rsidRDefault="00235835" w:rsidP="007F6CA5">
-      <w:pPr>
+    <w:p w14:paraId="45ABC87D" w14:textId="64CD89B9" w:rsidR="00235835" w:rsidRPr="00745B63" w:rsidRDefault="005518A7" w:rsidP="00732CA7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1224"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2664"/>
+          <w:tab w:val="left" w:pos="3384"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4824"/>
+          <w:tab w:val="left" w:pos="5544"/>
+          <w:tab w:val="left" w:pos="6264"/>
+          <w:tab w:val="left" w:pos="6984"/>
+          <w:tab w:val="left" w:pos="7704"/>
+          <w:tab w:val="left" w:pos="8424"/>
+          <w:tab w:val="left" w:pos="9144"/>
+          <w:tab w:val="left" w:pos="9864"/>
+          <w:tab w:val="left" w:pos="10584"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="547" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">With some exceptions, there aren’t VISs for combination vaccines. Instead, providers should provide a separate VIS for each vaccine component in the combination (e.g., DTaP-IPV-HepB or DTaP-IPV/Hib). There is a combined VIS (the multi-vaccine VIS) that can substitute for any or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the routine vaccines given from birth–6 months (DTaP, IPV, Hib, PCV and HepB vaccines).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38B7C601" w14:textId="613A34AD" w:rsidR="00732CA7" w:rsidRPr="00745B63" w:rsidRDefault="00732CA7" w:rsidP="00732CA7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1224"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2664"/>
+          <w:tab w:val="left" w:pos="3384"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4824"/>
+          <w:tab w:val="left" w:pos="5544"/>
+          <w:tab w:val="left" w:pos="6264"/>
+          <w:tab w:val="left" w:pos="6984"/>
+          <w:tab w:val="left" w:pos="7704"/>
+          <w:tab w:val="left" w:pos="8424"/>
+          <w:tab w:val="left" w:pos="9144"/>
+          <w:tab w:val="left" w:pos="9864"/>
+          <w:tab w:val="left" w:pos="10584"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="547" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the vaccines not covered under the National Childhood Vaccine Injury Act (i.e., adenovirus, anthrax, cholera, COVID-19, Japanese encephalitis, Mpox, pneumococcal polysaccharide, rabies, shingles, typhoid, and yellow fever), providers are not required by federal law to use VISs unless they have been purchased under CDC contract. However, CDC recommends that VISs be used whenever these vaccines are given. Visit the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36">
+        <w:r w:rsidRPr="00745B63">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>National Vaccine Injury Compensation Program webpage</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for more information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="592480A7" w14:textId="77777777" w:rsidR="00732CA7" w:rsidRPr="00745B63" w:rsidRDefault="00732CA7" w:rsidP="0DE27EB1">
+      <w:pPr>
+        <w:ind w:left="547" w:hanging="547"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E5219A7" w14:textId="1103C836" w:rsidR="00776CA1" w:rsidRPr="00745B63" w:rsidRDefault="261CC91F" w:rsidP="0DE27EB1">
+      <w:pPr>
+        <w:ind w:left="547" w:hanging="547"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00915150" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00776CA1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002745EA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA2D01" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00051276" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>All</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1587" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> providers </w:t>
+      </w:r>
+      <w:r w:rsidR="00051276" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1587" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maintain copies of the most up to date VISs in their office.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1587" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> All</w:t>
+      </w:r>
+      <w:r w:rsidR="001C49AD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> VIS</w:t>
+      </w:r>
+      <w:r w:rsidR="009010C3" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="001C49AD" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are avai</w:t>
+      </w:r>
+      <w:r w:rsidR="001A6778" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lable in print and audio </w:t>
+      </w:r>
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>formats</w:t>
+      </w:r>
+      <w:r w:rsidR="009010C3" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in many languages</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47788" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1587" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>We recommend</w:t>
+      </w:r>
+      <w:r w:rsidR="00776CA1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F2E1D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1587" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">someone in </w:t>
+      </w:r>
+      <w:r w:rsidR="4555D6E9" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">every </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="4555D6E9" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>provider</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="4555D6E9" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C26611" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1587" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ffice </w:t>
+      </w:r>
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1587" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F2E1D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>assigned as</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1587" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the VIS coordinat</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6781" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or.</w:t>
+      </w:r>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5C13" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Copies of the most recent VISs (including </w:t>
+      </w:r>
+      <w:r w:rsidR="00315CEC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">translations </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5C13" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="00315CEC" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>many</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5C13" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> foreign languages) are available online and can be downloaded from the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:history="1">
+        <w:r w:rsidR="00612457" w:rsidRPr="00745B63">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Immunize.org website</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00FB5C13" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007461E7" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5C13" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:history="1">
+        <w:r w:rsidR="0036756A" w:rsidRPr="00745B63">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>CDC VIS webpage</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00FB5C13" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and can be downloaded directly into a personal mobile device.</w:t>
+      </w:r>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F2E1D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Providers</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5C13" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B45FAE" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>are encouraged to</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5C13" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> subscribe for </w:t>
+      </w:r>
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>email</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5C13" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> notification</w:t>
+      </w:r>
+      <w:r w:rsidR="0036756A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5C13" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> when a VIS is updated or a new VIS becomes available</w:t>
+      </w:r>
+      <w:r w:rsidR="0036756A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, by clicking on </w:t>
+      </w:r>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47788" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1587" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Email</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1587" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Updates</w:t>
+      </w:r>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1587" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0036756A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on the CDC VIS website</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1587" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EAF0B03" w14:textId="77777777" w:rsidR="00FB5C13" w:rsidRPr="00745B63" w:rsidRDefault="00FB5C13" w:rsidP="00FB5C13">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C4648EE" w14:textId="77777777" w:rsidR="009C261B" w:rsidRPr="00745B63" w:rsidRDefault="009C261B" w:rsidP="009C261B">
+      <w:pPr>
+        <w:ind w:left="547" w:hanging="7"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Prior to vaccination, VIS may be:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F68C04F" w14:textId="77777777" w:rsidR="00ED1336" w:rsidRPr="00745B63" w:rsidRDefault="00ED1336" w:rsidP="00ED1336">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="44"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provided as a paper copy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60A65543" w14:textId="77777777" w:rsidR="00ED1336" w:rsidRPr="00745B63" w:rsidRDefault="00ED1336" w:rsidP="00ED1336">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="44"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Offered on a permanent, laminated office copy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6821DEE1" w14:textId="6B90FE7C" w:rsidR="00ED1336" w:rsidRPr="00745B63" w:rsidRDefault="09B6CDDB" w:rsidP="00A31728">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="74"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Downloaded by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A31728" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>recipient</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (parent/legal representative) to a smartphone or other electronic device (VISs have been specially formatted for this purpose)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76703B05" w14:textId="238840DF" w:rsidR="00ED1336" w:rsidRPr="00745B63" w:rsidRDefault="00ED1336" w:rsidP="00A31728">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="74"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Made available to be read before the office visit, e.g., by giving the patient or parent a copy to take home during a prior visit or telling them how to download or view a copy from the Internet. These patients must still be offered a copy in one of the formats described previously to read during the immunization visit as a reminder. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A95347D" w14:textId="77777777" w:rsidR="009C261B" w:rsidRPr="00745B63" w:rsidRDefault="009C261B" w:rsidP="009C261B">
+      <w:pPr>
+        <w:ind w:left="547" w:hanging="547"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="590B7B0C" w14:textId="77777777" w:rsidR="009C261B" w:rsidRPr="00745B63" w:rsidRDefault="009C261B" w:rsidP="009C261B">
+      <w:pPr>
+        <w:ind w:left="547"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Regardless of the way the patient is given the VIS to read, providers must still offer a copy (which can be an electronic copy) of each appropriate VIS to take home following the vaccination. However, the vaccinee may decline.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="287C5AD2" w14:textId="77777777" w:rsidR="009C261B" w:rsidRPr="00745B63" w:rsidRDefault="009C261B" w:rsidP="00DA0474">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="547"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49081EB7" w14:textId="3EDB35B7" w:rsidR="009C261B" w:rsidRPr="00745B63" w:rsidRDefault="009C261B" w:rsidP="1F9BBAF2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="547"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For patients who </w:t>
+      </w:r>
+      <w:r w:rsidR="0E72B659" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>are not proficient in speaking, reading, or understanding</w:t>
+      </w:r>
+      <w:r w:rsidR="26D21CF5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the English language</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the law requires that providers ensure all patients (parents/legal representatives) receive a VIS, regardless of their ability to read English. To obtain VISs in </w:t>
+      </w:r>
+      <w:r w:rsidR="008D1DAF" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>other</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> languages, visit the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:history="1">
+        <w:r w:rsidR="00612457" w:rsidRPr="00745B63">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Immunize.org website</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00EA3870" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Providers can supplement VISs with visual presentations or oral explanations as needed.</w:t>
+      </w:r>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED1336" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VISs on the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:history="1">
+        <w:r w:rsidR="0036756A" w:rsidRPr="00745B63">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>CDC VIS webpage</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00ED1336" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are screen-reader accessible</w:t>
+      </w:r>
+      <w:r w:rsidR="0036756A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D1C7B03" w14:textId="63E4AE4A" w:rsidR="00776CA1" w:rsidRPr="00745B63" w:rsidRDefault="08179630" w:rsidP="0DE27EB1">
+      <w:pPr>
+        <w:keepLines/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1224"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2664"/>
+          <w:tab w:val="left" w:pos="3384"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4824"/>
+          <w:tab w:val="left" w:pos="5544"/>
+          <w:tab w:val="left" w:pos="6264"/>
+          <w:tab w:val="left" w:pos="6984"/>
+          <w:tab w:val="left" w:pos="7704"/>
+          <w:tab w:val="left" w:pos="8424"/>
+          <w:tab w:val="left" w:pos="9144"/>
+          <w:tab w:val="left" w:pos="9864"/>
+          <w:tab w:val="left" w:pos="10584"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00915150" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00776CA1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>In school-based programs or other programs where the parent or legal representative is not likely to be present at the time of immunization, the parent or legal representative may:</w:t>
+      </w:r>
+      <w:r w:rsidR="00776CA1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38A7E334" w14:textId="77777777" w:rsidR="00FB5C13" w:rsidRPr="00745B63" w:rsidRDefault="00FB5C13" w:rsidP="00A31728">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="74"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sign an individual consent form for the administration of each dose of vaccine, which includes acknowledging receipt of the VIS prior to each dose; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BC415D0" w14:textId="504CA64F" w:rsidR="00FB5C13" w:rsidRPr="00745B63" w:rsidRDefault="00FB5C13" w:rsidP="00A31728">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="74"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Sign a single consent form for the administration of an entire vaccine series (e.g.</w:t>
+      </w:r>
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hepatitis B vaccine), if permissible by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>institution’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> legal counsel.</w:t>
+      </w:r>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Single signature consent forms must:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C8590D2" w14:textId="77777777" w:rsidR="00FB5C13" w:rsidRPr="00745B63" w:rsidRDefault="00FB5C13" w:rsidP="00A31728">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="74"/>
+        </w:numPr>
+        <w:spacing w:before="80"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Have a place for the parent/legal representative </w:t>
+      </w:r>
+      <w:r w:rsidR="00B45FAE" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>acknowledg</w:t>
+      </w:r>
+      <w:r w:rsidR="00B45FAE" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the receipt of the VIS and give permission for their child to be vaccinated with the complete series.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B11B456" w14:textId="77777777" w:rsidR="00FB5C13" w:rsidRPr="00745B63" w:rsidRDefault="00FB5C13" w:rsidP="00A31728">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="74"/>
+        </w:numPr>
+        <w:spacing w:before="80"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Describe the future process whereby the VIS shall be sent home prior to each subsequent dose.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31401E3C" w14:textId="02D91885" w:rsidR="00FB5C13" w:rsidRPr="00745B63" w:rsidRDefault="00FB5C13" w:rsidP="00A31728">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="74"/>
+        </w:numPr>
+        <w:spacing w:before="80"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">State that a </w:t>
+      </w:r>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Withdrawal of Permission Form</w:t>
+      </w:r>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be sent home with the VIS prior to each subsequent dose.</w:t>
+      </w:r>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This statement notifies the parent or legal representative that, based on their earlier permission, the next dose will be given </w:t>
+      </w:r>
+      <w:r w:rsidR="00651ACE" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (list the date), unless the parent or legal representative signs the </w:t>
+      </w:r>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Withdrawal of Permission Form</w:t>
+      </w:r>
+      <w:r w:rsidR="00651ACE" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03D4B938" w14:textId="77777777" w:rsidR="00E94B65" w:rsidRPr="00745B63" w:rsidRDefault="00E94B65" w:rsidP="009825AA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12D24F85" w14:textId="5D8E61CF" w:rsidR="00E94B65" w:rsidRPr="00745B63" w:rsidRDefault="00AB7D20" w:rsidP="007F6CA5">
+      <w:pPr>
+        <w:ind w:left="547"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>In school-based programs or other programs where the parent or legal representative is not likely to be present at the time of immunization, the provider must:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2941614F" w14:textId="4A7D37A2" w:rsidR="00FB5C13" w:rsidRPr="00745B63" w:rsidRDefault="00AB7D20" w:rsidP="00A31728">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="74"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Establish procedures for responding to questions from </w:t>
+      </w:r>
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>parent or legal representative by telephone or mail.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C3ECBD2" w14:textId="6319901D" w:rsidR="00AB7D20" w:rsidRPr="00745B63" w:rsidRDefault="00AB7D20" w:rsidP="00A31728">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="74"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Maintain, in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>patient’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> medical record, the original consent signature(s), any </w:t>
+      </w:r>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Withdrawal of Permission Forms</w:t>
+      </w:r>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and dates the VISs were sent home to the parent or legal representative.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CCBCD6D" w14:textId="2A9991F6" w:rsidR="00FB5C13" w:rsidRPr="00745B63" w:rsidRDefault="00AB7D20" w:rsidP="00A31728">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="74"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Consult with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>institution’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> legal counsel about any policies or requirements specific to the institution regarding consent and consent forms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7194B40C" w14:textId="2A3C1162" w:rsidR="00CD6452" w:rsidRPr="00745B63" w:rsidRDefault="2A52242D" w:rsidP="0DE27EB1">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent3"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="547" w:hanging="547"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00915150" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00027262" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD6452" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA2D01" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD6452" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>There is no federal or state requirement that providers</w:t>
+      </w:r>
+      <w:r w:rsidR="00027262" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, public or private, obtain the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD6452" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">signature of </w:t>
+      </w:r>
+      <w:r w:rsidR="00570EF6" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">patients, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD6452" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>parents</w:t>
+      </w:r>
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD6452" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or legal </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CD6452" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>representative</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CD6452" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> acknowledging the receipt of the VIS.</w:t>
+      </w:r>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD6452" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">However, providers may choose to obtain these signatures. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E7796B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C916EBC" w14:textId="3C8AA6C8" w:rsidR="006665CC" w:rsidRPr="00745B63" w:rsidRDefault="00192F01" w:rsidP="1F9BBAF2">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent3"/>
+        <w:ind w:left="547"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regardless of the setting or whether you are vaccinating children or adults, all providers are encouraged to consult with their legal counsel and/or follow their </w:t>
+      </w:r>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>institution’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> policies regarding consent.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="711E56C6" w14:textId="22E0D826" w:rsidR="1F9BBAF2" w:rsidRPr="00745B63" w:rsidRDefault="1F9BBAF2" w:rsidP="1F9BBAF2">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent3"/>
+        <w:ind w:left="547"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62229217" w14:textId="19432D6E" w:rsidR="00C303B1" w:rsidRPr="00745B63" w:rsidRDefault="46D09EF6" w:rsidP="1F9BBAF2">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1224"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2664"/>
+          <w:tab w:val="left" w:pos="3384"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4824"/>
+          <w:tab w:val="left" w:pos="5544"/>
+          <w:tab w:val="left" w:pos="6264"/>
+          <w:tab w:val="left" w:pos="6984"/>
+          <w:tab w:val="left" w:pos="7704"/>
+          <w:tab w:val="left" w:pos="8424"/>
+          <w:tab w:val="left" w:pos="9144"/>
+          <w:tab w:val="left" w:pos="9864"/>
+          <w:tab w:val="left" w:pos="10584"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="00717053" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00215134" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Documentation of Vaccine Administration</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="634B6148" w14:textId="3A1F8AC0" w:rsidR="005B66C8" w:rsidRPr="00745B63" w:rsidRDefault="2100C148" w:rsidP="0DE27EB1">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1224"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2664"/>
+          <w:tab w:val="left" w:pos="3384"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4824"/>
+          <w:tab w:val="left" w:pos="5544"/>
+          <w:tab w:val="left" w:pos="6264"/>
+          <w:tab w:val="left" w:pos="6984"/>
+          <w:tab w:val="left" w:pos="7704"/>
+          <w:tab w:val="left" w:pos="8424"/>
+          <w:tab w:val="left" w:pos="9144"/>
+          <w:tab w:val="left" w:pos="9864"/>
+          <w:tab w:val="left" w:pos="10584"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="00247E3F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00717053" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA2D01" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Providers must </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF43A1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ensure that the permanent medical record</w:t>
+      </w:r>
+      <w:r w:rsidR="00575A75" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (electronic or paper)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF43A1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the recipient</w:t>
+      </w:r>
+      <w:r w:rsidR="00957C46" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF43A1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>contains all the required documentation</w:t>
+      </w:r>
+      <w:r w:rsidR="00B45FAE" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for immunizations</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF43A1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF43A1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>documentation s</w:t>
+      </w:r>
+      <w:r w:rsidR="0081211A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hall consist of the following: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DDFFAB2" w14:textId="77777777" w:rsidR="005B66C8" w:rsidRPr="00745B63" w:rsidRDefault="005B66C8" w:rsidP="005B66C8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-792"/>
           <w:tab w:val="left" w:pos="-396"/>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
-        <w:ind w:left="547" w:hanging="540"/>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:spacing w:before="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00392A4F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ate </w:t>
+      </w:r>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="00215134" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>administration of the vaccine</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6D077378" w14:textId="7D5D94D7" w:rsidR="005A60D9" w:rsidRPr="00CA4ECD" w:rsidRDefault="005A60D9" w:rsidP="1F9BBAF2">
-[...83 lines deleted...]
-        <w:pStyle w:val="BodyTextIndent"/>
+    <w:p w14:paraId="74A15BF2" w14:textId="77777777" w:rsidR="005D7C09" w:rsidRPr="00745B63" w:rsidRDefault="00C47788" w:rsidP="00714E08">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="71"/>
-[...2187 lines deleted...]
-          <w:numId w:val="31"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-792"/>
           <w:tab w:val="left" w:pos="-396"/>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-[...37 lines deleted...]
-        <w:t>administration of the vaccine</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">accine manufacturer </w:t>
+      </w:r>
+      <w:r w:rsidR="005D7C09" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and lot number</w:t>
+      </w:r>
+      <w:r w:rsidR="00C72535" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D7C09" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of the vaccine</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74A15BF2" w14:textId="77777777" w:rsidR="005D7C09" w:rsidRPr="00CA4ECD" w:rsidRDefault="00C47788" w:rsidP="00714E08">
+    <w:p w14:paraId="6D515895" w14:textId="61C6B887" w:rsidR="005D7C09" w:rsidRPr="00745B63" w:rsidRDefault="00C47788" w:rsidP="00714E08">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="31"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-792"/>
           <w:tab w:val="left" w:pos="-396"/>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-[...35 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ame</w:t>
+      </w:r>
+      <w:r w:rsidR="00456F26" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF43A1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005D7C09" w:rsidRPr="00CA4ECD">
-[...6 lines deleted...]
-        <w:t>of the vaccine</w:t>
+      <w:r w:rsidR="00D06A08" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">credentials </w:t>
+      </w:r>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of person administerin</w:t>
+      </w:r>
+      <w:r w:rsidR="005D7C09" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>g the vaccine</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D515895" w14:textId="61C6B887" w:rsidR="005D7C09" w:rsidRPr="00CA4ECD" w:rsidRDefault="00C47788" w:rsidP="00714E08">
+    <w:p w14:paraId="64C04E21" w14:textId="72C7B607" w:rsidR="00456F26" w:rsidRPr="00745B63" w:rsidRDefault="00456F26" w:rsidP="00714E08">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="31"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-792"/>
           <w:tab w:val="left" w:pos="-396"/>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-[...73 lines deleted...]
-        <w:t>g the vaccine</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Address of clinic where </w:t>
+      </w:r>
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vaccine was given</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64C04E21" w14:textId="72C7B607" w:rsidR="00456F26" w:rsidRPr="00CA4ECD" w:rsidRDefault="00456F26" w:rsidP="00714E08">
-      <w:pPr>
+    <w:p w14:paraId="40822786" w14:textId="77777777" w:rsidR="005B66C8" w:rsidRPr="00745B63" w:rsidRDefault="005B66C8" w:rsidP="005B66C8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="31"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The address of the facility where the permanent record will reside (if appropriate)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C3309DB" w14:textId="77777777" w:rsidR="005D7C09" w:rsidRPr="00745B63" w:rsidRDefault="00C47788" w:rsidP="00714E08">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-792"/>
           <w:tab w:val="left" w:pos="-396"/>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-[...28 lines deleted...]
-        <w:t>vaccine was given</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF43A1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dition </w:t>
+      </w:r>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>date print</w:t>
+      </w:r>
+      <w:r w:rsidR="0081211A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ed on the appropriate VIS, and </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40822786" w14:textId="77777777" w:rsidR="005B66C8" w:rsidRPr="00CA4ECD" w:rsidRDefault="005B66C8" w:rsidP="005B66C8">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="2D0E1005" w14:textId="4149B1D1" w:rsidR="005D7C09" w:rsidRPr="00745B63" w:rsidRDefault="002F6132" w:rsidP="00714E08">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="31"/>
-[...21 lines deleted...]
-          <w:numId w:val="31"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-792"/>
           <w:tab w:val="left" w:pos="-396"/>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-[...37 lines deleted...]
-        <w:t xml:space="preserve">ed on the appropriate VIS, and </w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The date</w:t>
+      </w:r>
+      <w:r w:rsidR="008D3669" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the VIS was </w:t>
+      </w:r>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">given to the vaccine recipient </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF43A1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the parents/legal representative.</w:t>
+      </w:r>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D0E1005" w14:textId="4149B1D1" w:rsidR="005D7C09" w:rsidRPr="00CA4ECD" w:rsidRDefault="002F6132" w:rsidP="00714E08">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="1C4472E6" w14:textId="77777777" w:rsidR="00957C46" w:rsidRPr="00745B63" w:rsidRDefault="00C303B1" w:rsidP="1F9BBAF2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1224"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2664"/>
+          <w:tab w:val="left" w:pos="3384"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4824"/>
+          <w:tab w:val="left" w:pos="5544"/>
+          <w:tab w:val="left" w:pos="6264"/>
+          <w:tab w:val="left" w:pos="6984"/>
+          <w:tab w:val="left" w:pos="7704"/>
+          <w:tab w:val="left" w:pos="8424"/>
+          <w:tab w:val="left" w:pos="9144"/>
+          <w:tab w:val="left" w:pos="9864"/>
+          <w:tab w:val="left" w:pos="10584"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="450"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>We also recommend that t</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66C8" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he vaccine type, dose, site, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>route of administration</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66C8" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66C8" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and vaccine expiration date be documented, and any vaccine refusal (if appropriate).</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06A08" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F895427" w14:textId="5E6D257F" w:rsidR="005B66C8" w:rsidRPr="00745B63" w:rsidRDefault="00D06A08" w:rsidP="005B66C8">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-792"/>
           <w:tab w:val="left" w:pos="-396"/>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
-        <w:spacing w:before="40"/>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="450"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Failure to document the information listed above on every patient record could result in suspension and an inability to order state-supplied vaccines until the identified issue is resolved.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C4472E6" w14:textId="77777777" w:rsidR="00957C46" w:rsidRDefault="00C303B1" w:rsidP="1F9BBAF2">
+    <w:p w14:paraId="226E28D2" w14:textId="067DEFAB" w:rsidR="00A96810" w:rsidRPr="00745B63" w:rsidRDefault="004711A8" w:rsidP="50E25BB4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120"/>
         <w:ind w:left="450"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...37 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For those </w:t>
+      </w:r>
+      <w:r w:rsidR="15FE2823" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sites </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>maintaining paper copies, t</w:t>
+      </w:r>
+      <w:r w:rsidR="00A96810" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he initials of the vaccinator </w:t>
+      </w:r>
+      <w:r w:rsidR="003F2E1D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may be recorded </w:t>
+      </w:r>
+      <w:r w:rsidR="00A96810" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in place of the full name and title</w:t>
+      </w:r>
+      <w:r w:rsidR="007C10E4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00A96810" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005B66C8" w:rsidRPr="1F9BBAF2">
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A96810" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>as long as</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A96810" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="00957C46" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> patient’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00A96810" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vaccine administration record contains a legend that has the full name and title and its corresponding initials.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F895427" w14:textId="5E6D257F" w:rsidR="005B66C8" w:rsidRPr="00CA4ECD" w:rsidRDefault="00D06A08" w:rsidP="005B66C8">
+    <w:p w14:paraId="7720D328" w14:textId="247E7A5F" w:rsidR="00C303B1" w:rsidRPr="00745B63" w:rsidRDefault="003E66F2" w:rsidP="0023584A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-792"/>
           <w:tab w:val="left" w:pos="-396"/>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120"/>
         <w:ind w:left="450"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...108 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Copies of vaccine administration records </w:t>
+      </w:r>
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can be used in your office are available </w:t>
+      </w:r>
+      <w:r w:rsidR="00170FDA" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>by visiting</w:t>
+      </w:r>
+      <w:r w:rsidR="00424AA9" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...114 lines deleted...]
-        <w:r w:rsidR="00766443" w:rsidRPr="00CA4ECD">
+      <w:hyperlink r:id="rId41" w:history="1">
+        <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:spacing w:val="-3"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>MDPH’s</w:t>
         </w:r>
-        <w:r w:rsidR="00DF5A32" w:rsidRPr="00CA4ECD">
+        <w:r w:rsidR="00DF5A32" w:rsidRPr="00745B63">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:spacing w:val="-3"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> Vaccine Administration and Clinical Guidance</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00DF5A32" w:rsidRPr="00CA4ECD">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DF5A32" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> webpage</w:t>
       </w:r>
-      <w:r w:rsidR="0004617B" w:rsidRPr="00CA4ECD">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0004617B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4151A1B0" w14:textId="30657AA3" w:rsidR="00C303B1" w:rsidRPr="00CA4ECD" w:rsidRDefault="40BE6CDD" w:rsidP="0DE27EB1">
+    <w:p w14:paraId="4151A1B0" w14:textId="30657AA3" w:rsidR="00C303B1" w:rsidRPr="00745B63" w:rsidRDefault="40BE6CDD" w:rsidP="0DE27EB1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="630"/>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...11 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidR="00247E3F" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00247E3F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="0023584A" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0023584A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001E530A" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001E530A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BA2D01">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00BA2D01" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Requirements for retention of written documentation vary and depend on licensing requirements:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73B4B606" w14:textId="77777777" w:rsidR="00C303B1" w:rsidRPr="00CA4ECD" w:rsidRDefault="00C303B1" w:rsidP="00A307EF">
+    <w:p w14:paraId="73B4B606" w14:textId="77777777" w:rsidR="00C303B1" w:rsidRPr="00745B63" w:rsidRDefault="00C303B1" w:rsidP="00A307EF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="810"/>
           <w:tab w:val="left" w:pos="-792"/>
           <w:tab w:val="left" w:pos="-396"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="60"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Clinics and hospitals</w:t>
       </w:r>
-      <w:r w:rsidR="00CD6452" w:rsidRPr="00CA4ECD">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00CD6452" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="00CA4ECD">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA4ECD">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Must retain documentation for a period of </w:t>
       </w:r>
-      <w:r w:rsidR="00E53E78" w:rsidRPr="00CA4ECD">
+      <w:r w:rsidR="00E53E78" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>20 years</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA4ECD">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> after the discharge or final treatment of the patient</w:t>
       </w:r>
-      <w:r w:rsidR="00E53E78" w:rsidRPr="00CA4ECD">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E53E78" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="00CA4ECD">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E53E78" w:rsidRPr="00CA4ECD">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E53E78" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">State law </w:t>
       </w:r>
-      <w:r w:rsidR="009F5116" w:rsidRPr="00CA4ECD">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009F5116" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>includes a re</w:t>
       </w:r>
-      <w:r w:rsidR="00E53E78" w:rsidRPr="00CA4ECD">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E53E78" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>quire</w:t>
       </w:r>
-      <w:r w:rsidR="009F5116" w:rsidRPr="00CA4ECD">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009F5116" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ment for</w:t>
       </w:r>
-      <w:r w:rsidR="00E53E78" w:rsidRPr="00CA4ECD">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E53E78" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> providers to notify MDPH before destroying records.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA4ECD">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (105 CMR: 140.302C, 105 CMR: 130.370A, MGL c111,</w:t>
+      </w:r>
+      <w:r w:rsidR="00737813" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA4ECD">
-[...8 lines deleted...]
-      <w:r w:rsidR="00737813" w:rsidRPr="00CA4ECD">
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s70).</w:t>
+      </w:r>
+      <w:r w:rsidR="00E53E78" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA4ECD">
-[...16 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="76B80341" w14:textId="77777777" w:rsidR="00C303B1" w:rsidRPr="00CA4ECD" w:rsidRDefault="00C303B1" w:rsidP="00A307EF">
+    <w:p w14:paraId="76B80341" w14:textId="77777777" w:rsidR="00C303B1" w:rsidRPr="00745B63" w:rsidRDefault="00C303B1" w:rsidP="00A307EF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="810"/>
           <w:tab w:val="left" w:pos="-792"/>
           <w:tab w:val="left" w:pos="-396"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="60"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">All other facilities </w:t>
       </w:r>
-      <w:r w:rsidR="00656F2A" w:rsidRPr="00CA4ECD">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00656F2A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00ED5FA1" w:rsidRPr="00CA4ECD">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00ED5FA1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>e.g., doctor offices, Boards of Health, Visiting Nurse Associations</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA4ECD">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>, nursing homes, etc.</w:t>
       </w:r>
-      <w:r w:rsidR="00656F2A" w:rsidRPr="00CA4ECD">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00656F2A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00CD6452" w:rsidRPr="00CA4ECD">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00CD6452" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA4ECD">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Must retain documentation for a period of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA4ECD">
+      <w:r w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>10 years</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA4ECD">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> following the end of the calendar year in which the documentation occurred (NCVIA 1986).</w:t>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> following the end of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>calendar year</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in which the documentation occurred (NCVIA 1986).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C61D737" w14:textId="73A44913" w:rsidR="0077261D" w:rsidRPr="00CA4ECD" w:rsidRDefault="0077261D" w:rsidP="11E55574">
+    <w:p w14:paraId="0C61D737" w14:textId="73A44913" w:rsidR="0077261D" w:rsidRPr="00745B63" w:rsidRDefault="0077261D" w:rsidP="11E55574">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120"/>
         <w:ind w:left="540"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">State regulations regarding record retention and destruction (including new regulations pertaining to clinics/hospitals) can be found at </w:t>
       </w:r>
-      <w:r w:rsidR="002F6132" w:rsidRPr="11E55574">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
-        <w:r w:rsidR="00493713">
+      <w:hyperlink r:id="rId42" w:history="1">
+        <w:r w:rsidR="00493713" w:rsidRPr="00745B63">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Division of Health Care Facility Licensure and Certification website</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="11E55574">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> by selecting </w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="11E55574">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="11E55574">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Regulations.</w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="11E55574">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="208A2389" w14:textId="090C77B2" w:rsidR="00C303B1" w:rsidRPr="00CA4ECD" w:rsidRDefault="00C303B1" w:rsidP="00E26FE6">
+    <w:p w14:paraId="5A3AAAD0" w14:textId="686879FB" w:rsidR="006665CC" w:rsidRPr="00745B63" w:rsidRDefault="00C303B1" w:rsidP="00732CA7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-792"/>
           <w:tab w:val="left" w:pos="-396"/>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120"/>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>An additional requirement applies to all categories of providers.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="00CA4ECD">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA4ECD">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">If a notice of a claim or lawsuit has been made, the VIS, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA4ECD">
+      <w:r w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Provider Enrollment </w:t>
       </w:r>
-      <w:r w:rsidR="003F2E1D" w:rsidRPr="00CA4ECD">
+      <w:r w:rsidR="003F2E1D" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Agreement</w:t>
       </w:r>
-      <w:r w:rsidR="002F6132" w:rsidRPr="00CA4ECD">
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="003F2E1D" w:rsidRPr="00CA4ECD">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="003F2E1D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA4ECD">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and other types of approved documentation pertaining to the matter must be retained until a final disposition of the claim or litigation (including appeals) has been made.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A3AAAD0" w14:textId="60FC2784" w:rsidR="006665CC" w:rsidRPr="00CA4ECD" w:rsidRDefault="006665CC" w:rsidP="00C3010A">
-[...2 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="1217374D" w14:textId="1603F657" w:rsidR="00C3010A" w:rsidRPr="00745B63" w:rsidRDefault="00C3010A" w:rsidP="00C3010A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-3"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1217374D" w14:textId="1603F657" w:rsidR="00C3010A" w:rsidRDefault="00C3010A" w:rsidP="00C3010A">
-[...10 lines deleted...]
-    <w:p w14:paraId="0E6D1C11" w14:textId="446CD2D8" w:rsidR="00C303B1" w:rsidRPr="00CA4ECD" w:rsidRDefault="1414EA6D" w:rsidP="0DE27EB1">
+    <w:p w14:paraId="0E6D1C11" w14:textId="446CD2D8" w:rsidR="00C303B1" w:rsidRPr="00745B63" w:rsidRDefault="1414EA6D" w:rsidP="0DE27EB1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
-      <w:r w:rsidR="0023584A" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="0023584A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008D3669" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="008D3669" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CB0D09" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00CB0D09" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Vaccine Safety</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E45DFC0" w14:textId="70CBC352" w:rsidR="009234C1" w:rsidRPr="00CA4ECD" w:rsidRDefault="71F3DC3B" w:rsidP="0DE27EB1">
+    <w:p w14:paraId="4E45DFC0" w14:textId="70CBC352" w:rsidR="009234C1" w:rsidRPr="00745B63" w:rsidRDefault="71F3DC3B" w:rsidP="0DE27EB1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120"/>
         <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
-      <w:r w:rsidR="00E26FE6" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E26FE6" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="0023584A" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0023584A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001E530A" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001E530A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009234C1" w:rsidRPr="0DE27EB1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009234C1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Healthcare providers are required by law to report to the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34" w:history="1">
-        <w:r w:rsidR="009234C1" w:rsidRPr="00493713">
+      <w:hyperlink r:id="rId43" w:history="1">
+        <w:r w:rsidR="009234C1" w:rsidRPr="00745B63">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:spacing w:val="-3"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Vaccine Adverse Events Reporting System</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009234C1" w:rsidRPr="0DE27EB1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="009234C1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (VAERS)</w:t>
       </w:r>
-      <w:r w:rsidR="00493713">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00493713" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69A5A92E" w14:textId="62157276" w:rsidR="009234C1" w:rsidRPr="00CA4ECD" w:rsidRDefault="009234C1" w:rsidP="1F9BBAF2">
+    <w:p w14:paraId="69A5A92E" w14:textId="62157276" w:rsidR="009234C1" w:rsidRPr="00745B63" w:rsidRDefault="009234C1" w:rsidP="00732CA7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="61"/>
+          <w:numId w:val="63"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="990"/>
         </w:tabs>
-        <w:spacing w:before="120"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Any adverse event listed in the</w:t>
       </w:r>
-      <w:r w:rsidR="00E00FB3" w:rsidRPr="11E55574">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E00FB3" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
-        <w:r w:rsidRPr="00493713">
+      <w:hyperlink r:id="rId44" w:history="1">
+        <w:r w:rsidRPr="00745B63">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">VAERS Table of Reportable Events Following </w:t>
         </w:r>
-        <w:r w:rsidR="0009761E" w:rsidRPr="00493713">
+        <w:r w:rsidR="0009761E" w:rsidRPr="00745B63">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Vaccination</w:t>
         </w:r>
-        <w:r w:rsidR="00A23551" w:rsidRPr="00493713">
+        <w:r w:rsidR="00A23551" w:rsidRPr="00745B63">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00283276" w:rsidRPr="11E55574">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00283276" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="11E55574">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>that occurs within the specified time period after vaccinations</w:t>
       </w:r>
-      <w:r w:rsidR="1D0DB18F" w:rsidRPr="11E55574">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="1D0DB18F" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AE2835A" w14:textId="77777777" w:rsidR="00A23551" w:rsidRPr="00CA4ECD" w:rsidRDefault="00A23551" w:rsidP="00896ED0">
-[...1 lines deleted...]
-        <w:spacing w:before="120"/>
+    <w:p w14:paraId="0AE2835A" w14:textId="77777777" w:rsidR="00A23551" w:rsidRPr="00745B63" w:rsidRDefault="00A23551" w:rsidP="00732CA7">
+      <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="8"/>
-          <w:szCs w:val="8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13584126" w14:textId="77777777" w:rsidR="009234C1" w:rsidRPr="00CA4ECD" w:rsidRDefault="009234C1" w:rsidP="00BA2D01">
+    <w:p w14:paraId="13584126" w14:textId="77777777" w:rsidR="009234C1" w:rsidRPr="00745B63" w:rsidRDefault="009234C1" w:rsidP="00732CA7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="61"/>
+          <w:numId w:val="63"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Any adverse event listed by the vaccine manufacturer as a contraindication to further doses.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BC816D0" w14:textId="39F74932" w:rsidR="009234C1" w:rsidRPr="00CA4ECD" w:rsidRDefault="009234C1" w:rsidP="1F9BBAF2">
+    <w:p w14:paraId="3BC816D0" w14:textId="39F74932" w:rsidR="009234C1" w:rsidRPr="00745B63" w:rsidRDefault="009234C1" w:rsidP="1F9BBAF2">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="900" w:hanging="540"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Healthcare providers are strongly </w:t>
       </w:r>
-      <w:r w:rsidRPr="1F9BBAF2">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>encouraged</w:t>
       </w:r>
-      <w:r w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> to report to VAERS:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="061FF266" w14:textId="3C14A5FC" w:rsidR="009234C1" w:rsidRPr="00CA4ECD" w:rsidRDefault="009234C1" w:rsidP="1F9BBAF2">
+    <w:p w14:paraId="061FF266" w14:textId="3C14A5FC" w:rsidR="009234C1" w:rsidRPr="00745B63" w:rsidRDefault="009234C1" w:rsidP="1F9BBAF2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="62"/>
+          <w:numId w:val="64"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Any </w:t>
       </w:r>
-      <w:r w:rsidR="6D95F4ED" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="6D95F4ED" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">clinically important </w:t>
       </w:r>
-      <w:r w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>adverse event that occurs after the administration of a vaccine licensed in the United States, whether it is or is not clear that a vaccine caused the adverse event.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12A2D573" w14:textId="46B4E70A" w:rsidR="009234C1" w:rsidRPr="00CA4ECD" w:rsidRDefault="009234C1" w:rsidP="00BA2D01">
+    <w:p w14:paraId="12A2D573" w14:textId="46B4E70A" w:rsidR="009234C1" w:rsidRPr="00745B63" w:rsidRDefault="009234C1" w:rsidP="00BA2D01">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="62"/>
+          <w:numId w:val="64"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vaccine administration errors </w:t>
       </w:r>
-      <w:r w:rsidRPr="1F9BBAF2">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(e.g., wrong route, wrong dose, and wrong age)</w:t>
       </w:r>
-      <w:r w:rsidR="02517AD9" w:rsidRPr="1F9BBAF2">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="02517AD9" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CAFA696" w14:textId="652C278B" w:rsidR="009234C1" w:rsidRPr="00CA4ECD" w:rsidRDefault="009234C1" w:rsidP="1F9BBAF2">
+    <w:p w14:paraId="2CAFA696" w14:textId="652C278B" w:rsidR="009234C1" w:rsidRPr="00745B63" w:rsidRDefault="009234C1" w:rsidP="1F9BBAF2">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="450"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>All providers should report directly by going to the</w:t>
       </w:r>
-      <w:r w:rsidR="42D6E26B" w:rsidRPr="1F9BBAF2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="42D6E26B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
-        <w:r w:rsidR="42D6E26B" w:rsidRPr="0A44867D">
+      <w:hyperlink r:id="rId45" w:history="1">
+        <w:r w:rsidR="42D6E26B" w:rsidRPr="00745B63">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>VAERS website</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="42D6E26B" w:rsidRPr="0A44867D">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="42D6E26B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0A44867D">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and either: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69968E06" w14:textId="77777777" w:rsidR="009234C1" w:rsidRPr="00CA4ECD" w:rsidRDefault="009234C1" w:rsidP="00896ED0">
+    <w:p w14:paraId="69968E06" w14:textId="77777777" w:rsidR="009234C1" w:rsidRPr="00745B63" w:rsidRDefault="009234C1" w:rsidP="00896ED0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="63"/>
+          <w:numId w:val="65"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1440"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00CA4ECD">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Fill out the online reporting tool; or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FD36B99" w14:textId="77777777" w:rsidR="009234C1" w:rsidRPr="00CA4ECD" w:rsidRDefault="009234C1" w:rsidP="00896ED0">
+    <w:p w14:paraId="4FD36B99" w14:textId="77777777" w:rsidR="009234C1" w:rsidRPr="00745B63" w:rsidRDefault="009234C1" w:rsidP="00896ED0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="63"/>
+          <w:numId w:val="65"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="1440"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00CA4ECD">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Complete a fillable VAERS PDF form and upload it onto the VAERS website.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DB99008" w14:textId="77777777" w:rsidR="009234C1" w:rsidRPr="00CA4ECD" w:rsidRDefault="009234C1" w:rsidP="00896ED0">
+    <w:p w14:paraId="5DB99008" w14:textId="77777777" w:rsidR="009234C1" w:rsidRPr="00745B63" w:rsidRDefault="009234C1" w:rsidP="00896ED0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="1440"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CD3AA3D" w14:textId="77777777" w:rsidR="009234C1" w:rsidRPr="00CA4ECD" w:rsidRDefault="009234C1" w:rsidP="00771819">
+    <w:p w14:paraId="7CD3AA3D" w14:textId="77777777" w:rsidR="009234C1" w:rsidRPr="00745B63" w:rsidRDefault="009234C1" w:rsidP="00771819">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-        <w:r w:rsidRPr="0A44867D">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Accommodations</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be made for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unable to submit reports electronically. Additional assistance is available via email at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:history="1">
+        <w:r w:rsidRPr="00745B63">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>info@vaers.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0A44867D">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> or by phone at 1-800-822-7967.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12F0F62A" w14:textId="33423E8B" w:rsidR="4803D572" w:rsidRDefault="18C9E2FC" w:rsidP="0A44867D">
+    <w:p w14:paraId="12F0F62A" w14:textId="33423E8B" w:rsidR="4803D572" w:rsidRPr="00745B63" w:rsidRDefault="18C9E2FC" w:rsidP="0A44867D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
-      <w:r w:rsidR="4803D572" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="4803D572" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-2. Healthcare providers are strongly encouraged to report to</w:t>
       </w:r>
-      <w:r w:rsidR="0761A90D" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0761A90D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
-      <w:r w:rsidR="4803D572" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="4803D572" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
-        <w:r w:rsidR="4803D572" w:rsidRPr="0DE27EB1">
+      <w:hyperlink r:id="rId47" w:history="1">
+        <w:r w:rsidR="4803D572" w:rsidRPr="00745B63">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>MedWatch</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="4803D572" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="4803D572" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="718E96B5" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="718E96B5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">website </w:t>
       </w:r>
-      <w:r w:rsidR="00612457">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00612457" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>any</w:t>
       </w:r>
-      <w:r w:rsidR="4803D572" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="4803D572" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> instances where nirsevimab is not co-administered with other vac</w:t>
       </w:r>
-      <w:r w:rsidR="4865772E" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="4865772E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">cines </w:t>
       </w:r>
-      <w:r w:rsidR="4865772E" w:rsidRPr="00567E3A">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="4865772E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="4865772E" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="4865772E" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65F91D62" w14:textId="09403667" w:rsidR="4865772E" w:rsidRDefault="4865772E" w:rsidP="00BA2D01">
+    <w:p w14:paraId="65F91D62" w14:textId="09403667" w:rsidR="4865772E" w:rsidRPr="00745B63" w:rsidRDefault="4865772E" w:rsidP="00BA2D01">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="61"/>
+          <w:numId w:val="63"/>
         </w:numPr>
         <w:spacing w:before="240" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Any clinically important adverse event that occurs after the administration of </w:t>
       </w:r>
-      <w:r w:rsidR="4FC484D4" w:rsidRPr="0A44867D">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="4FC484D4" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nirsevimab</w:t>
       </w:r>
-      <w:r w:rsidRPr="0A44867D">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, whether it is or is not clear that a vaccine caused the adverse event.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="466DA581" w14:textId="073CDA32" w:rsidR="0A44867D" w:rsidRPr="00493713" w:rsidRDefault="4865772E" w:rsidP="00BA2D01">
+    <w:p w14:paraId="466DA581" w14:textId="073CDA32" w:rsidR="0A44867D" w:rsidRPr="00745B63" w:rsidRDefault="4865772E" w:rsidP="00BA2D01">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="61"/>
+          <w:numId w:val="63"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vaccine administration errors (e.g., wrong route, wrong dose, and wrong age).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C1B118E" w14:textId="1BD8594A" w:rsidR="00C303B1" w:rsidRPr="00CA4ECD" w:rsidRDefault="201A8FA0" w:rsidP="0A44867D">
+    <w:p w14:paraId="6C1B118E" w14:textId="1BD8594A" w:rsidR="00C303B1" w:rsidRPr="00745B63" w:rsidRDefault="201A8FA0" w:rsidP="0A44867D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
-      <w:r w:rsidR="00BE1091" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00BE1091" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="0DF72F0C" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0DF72F0C" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="0023584A" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0023584A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Each vaccine recipient or th</w:t>
       </w:r>
-      <w:r w:rsidR="008D3669" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008D3669" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">e vaccine </w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>recipient’s</w:t>
       </w:r>
-      <w:r w:rsidR="008D3669" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008D3669" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> parent/</w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">legal representative </w:t>
       </w:r>
-      <w:r w:rsidR="008E6942" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008E6942" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> be furnished with a personal immunization record listing the type, dosage</w:t>
       </w:r>
-      <w:r w:rsidR="002F6132" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and date (month, day, </w:t>
       </w:r>
-      <w:r w:rsidR="00FF43A1" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00FF43A1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>year) of each vaccination.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B74F7D" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B74F7D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This can be generated from the MIIS or a </w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>provider’s</w:t>
       </w:r>
-      <w:r w:rsidR="00B74F7D" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B74F7D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> electronic health record (</w:t>
       </w:r>
-      <w:r w:rsidR="00766443" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00766443" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>EHR</w:t>
       </w:r>
-      <w:r w:rsidR="00B74F7D" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B74F7D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="004711A8" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="004711A8" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00B74F7D" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B74F7D" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Information on the required immunization schedules, the vaccine injury compensation program</w:t>
       </w:r>
-      <w:r w:rsidR="002F6132" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and claim filing should also be made available.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7415EF8F" w14:textId="6F6DAA85" w:rsidR="00745B92" w:rsidRPr="00493713" w:rsidRDefault="7FAEC95D" w:rsidP="00493713">
+    <w:p w14:paraId="7415EF8F" w14:textId="6F6DAA85" w:rsidR="00745B92" w:rsidRPr="00745B63" w:rsidRDefault="7FAEC95D" w:rsidP="00493713">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2664"/>
           <w:tab w:val="left" w:pos="3384"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4824"/>
           <w:tab w:val="left" w:pos="5544"/>
           <w:tab w:val="left" w:pos="6264"/>
           <w:tab w:val="left" w:pos="6984"/>
           <w:tab w:val="left" w:pos="7704"/>
           <w:tab w:val="left" w:pos="8424"/>
           <w:tab w:val="left" w:pos="9144"/>
           <w:tab w:val="left" w:pos="9864"/>
           <w:tab w:val="left" w:pos="10584"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
-      <w:r w:rsidR="00BE1091" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00BE1091" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="4B21808B" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="4B21808B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="0023584A" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0023584A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00882DC5" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00882DC5" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001E530A" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001E530A" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="5038D93B" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="5038D93B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vaccine safety </w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>requirements contained in these guidelines must be commun</w:t>
       </w:r>
-      <w:r w:rsidR="00BE1091" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00BE1091" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">icated to any other health care </w:t>
       </w:r>
-      <w:r w:rsidR="008D3669" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008D3669" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>personnel</w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> administering vaccine</w:t>
       </w:r>
-      <w:r w:rsidR="002F6132" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002F6132" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> under the supervision of </w:t>
       </w:r>
-      <w:r w:rsidR="1006004B" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="1006004B" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">your site’s listed </w:t>
       </w:r>
-      <w:r w:rsidR="2CB8C668" w:rsidRPr="0DE27EB1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="2CB8C668" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Medical Director</w:t>
       </w:r>
-      <w:r w:rsidR="00C303B1" w:rsidRPr="0A44867D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C303B1" w:rsidRPr="00745B63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00745B92" w:rsidRPr="00493713" w:rsidSect="00DC0B48">
-[...4 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId43"/>
+    <w:sectPr w:rsidR="00745B92" w:rsidRPr="00745B63" w:rsidSect="00DC0B48">
+      <w:headerReference w:type="even" r:id="rId48"/>
+      <w:headerReference w:type="default" r:id="rId49"/>
+      <w:footerReference w:type="even" r:id="rId50"/>
+      <w:footerReference w:type="default" r:id="rId51"/>
+      <w:headerReference w:type="first" r:id="rId52"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="864" w:right="1440" w:bottom="1008" w:left="1440" w:header="288" w:footer="288" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="28D49CD0" w14:textId="77777777" w:rsidR="00C449CB" w:rsidRDefault="00C449CB">
+    <w:p w14:paraId="4A05FDC2" w14:textId="77777777" w:rsidR="008A66FE" w:rsidRDefault="008A66FE">
       <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F90A9D5" w14:textId="77777777" w:rsidR="00C449CB" w:rsidRDefault="00C449CB"/>
+    <w:p w14:paraId="62E4C5CE" w14:textId="77777777" w:rsidR="008A66FE" w:rsidRDefault="008A66FE"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2E7A1ADD" w14:textId="77777777" w:rsidR="00C449CB" w:rsidRDefault="00C449CB">
+    <w:p w14:paraId="7E7C371A" w14:textId="77777777" w:rsidR="008A66FE" w:rsidRDefault="008A66FE">
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D656615" w14:textId="77777777" w:rsidR="00C449CB" w:rsidRDefault="00C449CB"/>
+    <w:p w14:paraId="7E5AD45B" w14:textId="77777777" w:rsidR="008A66FE" w:rsidRDefault="008A66FE"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="54D429E7" w14:textId="77777777" w:rsidR="00C449CB" w:rsidRDefault="00C449CB">
+    <w:p w14:paraId="57CA8716" w14:textId="77777777" w:rsidR="008A66FE" w:rsidRDefault="008A66FE">
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A586346" w14:textId="77777777" w:rsidR="00C449CB" w:rsidRDefault="00C449CB"/>
+    <w:p w14:paraId="0FAD376E" w14:textId="77777777" w:rsidR="008A66FE" w:rsidRDefault="008A66FE"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
@@ -24891,90 +26151,90 @@
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="72DF06B3" w14:textId="77777777" w:rsidR="006726DD" w:rsidRDefault="006726DD" w:rsidP="006F17BB">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="72DF06B3" w14:textId="77777777" w:rsidR="007E40E4" w:rsidRDefault="007E40E4" w:rsidP="006F17BB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7110E98D" w14:textId="77777777" w:rsidR="006726DD" w:rsidRDefault="006726DD" w:rsidP="008D3669">
+  <w:p w14:paraId="7110E98D" w14:textId="77777777" w:rsidR="007E40E4" w:rsidRDefault="007E40E4" w:rsidP="008D3669">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1D343DB2" w14:textId="51A396B1" w:rsidR="006726DD" w:rsidRPr="001049E6" w:rsidRDefault="006726DD" w:rsidP="006F17BB">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1D343DB2" w14:textId="51A396B1" w:rsidR="007E40E4" w:rsidRPr="001049E6" w:rsidRDefault="007E40E4" w:rsidP="006F17BB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001049E6">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="001049E6">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -24988,270 +26248,256 @@
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>14</w:t>
     </w:r>
     <w:r w:rsidRPr="001049E6">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="782FA370" w14:textId="04D63018" w:rsidR="006726DD" w:rsidRPr="00320473" w:rsidRDefault="006726DD" w:rsidP="00567E3A">
+  <w:p w14:paraId="782FA370" w14:textId="5F1695DA" w:rsidR="007E40E4" w:rsidRPr="00320473" w:rsidRDefault="007E40E4" w:rsidP="00567E3A">
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="53C9E82F">
+    <w:r w:rsidRPr="3F8809B7">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
       </w:rPr>
-      <w:t xml:space="preserve">Guidelines for Compliance with State Vaccine </w:t>
-[...13 lines deleted...]
-      <w:t xml:space="preserve"> Requirements 2025</w:t>
+      <w:t>Guidelines for Compliance with State Vaccine Program Requirements 2026</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26563FC3" w14:textId="77777777" w:rsidR="00C449CB" w:rsidRDefault="00C449CB">
+    <w:p w14:paraId="7516E1FB" w14:textId="77777777" w:rsidR="008A66FE" w:rsidRDefault="008A66FE">
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55D8E558" w14:textId="77777777" w:rsidR="00C449CB" w:rsidRDefault="00C449CB"/>
+    <w:p w14:paraId="09E85645" w14:textId="77777777" w:rsidR="008A66FE" w:rsidRDefault="008A66FE"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="356ABC54" w14:textId="77777777" w:rsidR="00C449CB" w:rsidRDefault="00C449CB">
+    <w:p w14:paraId="55BADB9E" w14:textId="77777777" w:rsidR="008A66FE" w:rsidRDefault="008A66FE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AC7ABDE" w14:textId="77777777" w:rsidR="00C449CB" w:rsidRDefault="00C449CB"/>
+    <w:p w14:paraId="7C881C61" w14:textId="77777777" w:rsidR="008A66FE" w:rsidRDefault="008A66FE"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1D189F61" w14:textId="77777777" w:rsidR="00C449CB" w:rsidRDefault="00C449CB"/>
+    <w:p w14:paraId="3029F6CE" w14:textId="77777777" w:rsidR="008A66FE" w:rsidRDefault="008A66FE"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="372F0DD8" w14:textId="77777777" w:rsidR="006726DD" w:rsidRDefault="00000000">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="372F0DD8" w14:textId="77777777" w:rsidR="007E40E4" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="538EDD94">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject2" o:spid="_x0000_s1026" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:478.55pt;height:191.4pt;rotation:315;z-index:-251658239;mso-wrap-edited:f;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Times New Roman&quot;;font-size:1pt" string="DRAFT"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3120"/>
       <w:gridCol w:w="3120"/>
       <w:gridCol w:w="3120"/>
     </w:tblGrid>
-    <w:tr w:rsidR="006726DD" w14:paraId="1B46FBE1" w14:textId="77777777" w:rsidTr="00567E3A">
+    <w:tr w:rsidR="007E40E4" w14:paraId="1B46FBE1" w14:textId="77777777" w:rsidTr="00567E3A">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3120" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="381B9C8F" w14:textId="478E9CCA" w:rsidR="006726DD" w:rsidRDefault="006726DD" w:rsidP="00567E3A">
+        <w:p w14:paraId="381B9C8F" w14:textId="478E9CCA" w:rsidR="007E40E4" w:rsidRDefault="007E40E4" w:rsidP="00567E3A">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:left="-115"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3120" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="7DC9647D" w14:textId="5859F443" w:rsidR="006726DD" w:rsidRDefault="006726DD" w:rsidP="00567E3A">
+        <w:p w14:paraId="7DC9647D" w14:textId="5859F443" w:rsidR="007E40E4" w:rsidRDefault="007E40E4" w:rsidP="00567E3A">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3120" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="6CE12483" w14:textId="7F5209CD" w:rsidR="006726DD" w:rsidRDefault="006726DD" w:rsidP="00567E3A">
+        <w:p w14:paraId="6CE12483" w14:textId="7F5209CD" w:rsidR="007E40E4" w:rsidRDefault="007E40E4" w:rsidP="00567E3A">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="19E5AC9A" w14:textId="1B8A5854" w:rsidR="006726DD" w:rsidRDefault="006726DD" w:rsidP="00567E3A">
+  <w:p w14:paraId="19E5AC9A" w14:textId="1B8A5854" w:rsidR="007E40E4" w:rsidRDefault="007E40E4" w:rsidP="00567E3A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="03CDFDD7" w14:textId="77777777" w:rsidR="006726DD" w:rsidRDefault="00000000">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="03CDFDD7" w14:textId="77777777" w:rsidR="007E40E4" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="3F25E134">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject1" o:spid="_x0000_s1025" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:478.55pt;height:191.4pt;rotation:315;z-index:-251658240;mso-wrap-edited:f;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Times New Roman&quot;;font-size:1pt" string="DRAFT"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05970A7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F2CAC966"/>
     <w:lvl w:ilvl="0" w:tplc="F3C0C70E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E890937C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -26289,50 +27535,163 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="13F17896"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="7812A8AA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="576" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FE12B59A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1296" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="8C12090A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2016" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="21FAD182">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="EEB43076">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3456" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="64126E00">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4176" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="5E3C9518">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4896" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2EACC27E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5616" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0E5C2D62">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6336" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14744B91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="68C818DE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5A828312">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -26407,51 +27766,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5460"/>
         </w:tabs>
         <w:ind w:left="5460" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6180"/>
         </w:tabs>
         <w:ind w:left="6180" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14C61B50"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="06F6772E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -26556,51 +27915,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A851FE4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="44CE0E9E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -26696,51 +28055,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C65981E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="946C7A72"/>
     <w:lvl w:ilvl="0" w:tplc="E2289478">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2B2A4F60">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -26809,51 +28168,51 @@
     <w:lvl w:ilvl="7" w:tplc="FF46B5D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1C6008A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E6429D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="988A6E76"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -26922,51 +28281,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1ECC367D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4F6AF44E"/>
     <w:lvl w:ilvl="0" w:tplc="6B16A196">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -27064,54 +28423,54 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20CD20F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="AAB2148C"/>
+    <w:tmpl w:val="D8D0652A"/>
     <w:lvl w:ilvl="0" w:tplc="B8CACA14">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08CE0C72">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="B5DA23EA">
@@ -27177,51 +28536,51 @@
     <w:lvl w:ilvl="7" w:tplc="170208D6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5E0C7642">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21D22D29"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6B52B9D0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1260" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1980" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -27290,51 +28649,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6300" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7020" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22316F55"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8FF4F8E4"/>
     <w:lvl w:ilvl="0" w:tplc="DFEE52D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B1FE12A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -27403,51 +28762,51 @@
     <w:lvl w:ilvl="7" w:tplc="61C06D4A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0ECAA998">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="248E19DF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7C94B424"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -27516,51 +28875,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="291302D8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="69822D72"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -27633,51 +28992,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A84ACDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="52F6181A"/>
     <w:lvl w:ilvl="0" w:tplc="0150AC0A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="ACDE72C4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -27746,51 +29105,51 @@
     <w:lvl w:ilvl="7" w:tplc="D96C8CCA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CAD4B290">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2AB809E4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5950C482"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -27835,51 +29194,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CC81A75"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EC8EC4C4"/>
     <w:lvl w:ilvl="0" w:tplc="2BEA1DD2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="78583416">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -27948,51 +29307,51 @@
     <w:lvl w:ilvl="7" w:tplc="37B692FC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5EE2905C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D3F2E22"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="311ECB68">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E104D736">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="C58AE1B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -28034,51 +29393,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="3CA055A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FB0E0762">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2EE94CAD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="49D498CC"/>
     <w:lvl w:ilvl="0" w:tplc="5E08E218">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1350"/>
         </w:tabs>
         <w:ind w:left="1350" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -28151,51 +29510,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5670"/>
         </w:tabs>
         <w:ind w:left="5670" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6390"/>
         </w:tabs>
         <w:ind w:left="6390" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33702037"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="42B8E854"/>
     <w:lvl w:ilvl="0" w:tplc="8DFEDFE8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -28267,51 +29626,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33E22E6A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="406AA03C"/>
     <w:lvl w:ilvl="0" w:tplc="A2D8AD6A">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="780"/>
         </w:tabs>
         <w:ind w:left="780" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -28383,192 +29742,192 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5460"/>
         </w:tabs>
         <w:ind w:left="5460" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6180"/>
         </w:tabs>
         <w:ind w:left="6180" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34817C1E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DB84EBA2"/>
     <w:lvl w:ilvl="0" w:tplc="6B16A196">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="900"/>
-[...1 lines deleted...]
-        <w:ind w:left="900" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="1620"/>
+        </w:tabs>
+        <w:ind w:left="1620" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1620"/>
-[...1 lines deleted...]
-        <w:ind w:left="1620" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="2340"/>
+        </w:tabs>
+        <w:ind w:left="2340" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2340"/>
-[...1 lines deleted...]
-        <w:ind w:left="2340" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="3060"/>
+        </w:tabs>
+        <w:ind w:left="3060" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3060"/>
-[...1 lines deleted...]
-        <w:ind w:left="3060" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="3780"/>
+        </w:tabs>
+        <w:ind w:left="3780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3780"/>
-[...1 lines deleted...]
-        <w:ind w:left="3780" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="4500"/>
+        </w:tabs>
+        <w:ind w:left="4500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="4500"/>
-[...1 lines deleted...]
-        <w:ind w:left="4500" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="5220"/>
+        </w:tabs>
+        <w:ind w:left="5220" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5220"/>
-[...1 lines deleted...]
-        <w:ind w:left="5220" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="5940"/>
+        </w:tabs>
+        <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5940"/>
-[...1 lines deleted...]
-        <w:ind w:left="5940" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="6660"/>
+        </w:tabs>
+        <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="6660"/>
-[...1 lines deleted...]
-        <w:ind w:left="6660" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="7380"/>
+        </w:tabs>
+        <w:ind w:left="7380" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35194E0C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B16C0362"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="-360"/>
         </w:tabs>
         <w:ind w:left="-360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -28673,51 +30032,51 @@
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35B0C6C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="10B667A8"/>
     <w:lvl w:ilvl="0" w:tplc="1D06E39C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="67B88372">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -28786,51 +30145,51 @@
     <w:lvl w:ilvl="7" w:tplc="A71C657A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8B2C7D1E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36AE00CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="248C5AF0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -28926,51 +30285,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36AE71CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8782F212"/>
     <w:lvl w:ilvl="0" w:tplc="7C98394E">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -29069,51 +30428,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E570747"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="16CE1A28"/>
     <w:lvl w:ilvl="0" w:tplc="F55A3BC2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F4FCFC68">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -29182,51 +30541,51 @@
     <w:lvl w:ilvl="7" w:tplc="7572F056">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A6B0533C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="402887DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B54CBFC6"/>
     <w:lvl w:ilvl="0" w:tplc="B422ECFE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5BDEB724">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -29295,51 +30654,51 @@
     <w:lvl w:ilvl="7" w:tplc="D5246798">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="95A441A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41DD0972"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EEBEB296"/>
     <w:lvl w:ilvl="0" w:tplc="6B16A196">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -29437,51 +30796,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="439D1C69"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="61C68902"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
@@ -29550,51 +30909,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="444E294D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FB86FC1C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -29663,51 +31022,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46514847"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="35DCA776"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -29803,51 +31162,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46AD2271"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D500213A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="810"/>
         </w:tabs>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -29943,51 +31302,164 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5490"/>
         </w:tabs>
         <w:ind w:left="5490" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6210"/>
         </w:tabs>
         <w:ind w:left="6210" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="474E8BF0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="0A5CC3C4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="907" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EE26C00E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1627" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="648CEF78">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2347" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="7728A2F0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3067" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5FA23A94">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3787" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="CB52A446">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4507" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="BC2A19EA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5227" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="796221C2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5947" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="5F46784E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6667" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4809ECB2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="F18C1804">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="CF7C638A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="2F18FF48">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -30029,51 +31501,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="D25801E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8A0E9BD2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="482CE205"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BC381F16"/>
     <w:lvl w:ilvl="0" w:tplc="DFB842B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="ACC6C2D2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -30142,51 +31614,51 @@
     <w:lvl w:ilvl="7" w:tplc="9BFA2C16">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8EA01AFC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="488ACB2A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE781754"/>
     <w:lvl w:ilvl="0" w:tplc="3C98FABA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7D90A078">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -30255,51 +31727,51 @@
     <w:lvl w:ilvl="7" w:tplc="4EB01F70">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="80BAEBE2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="494E2621"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BA8E8E38"/>
     <w:lvl w:ilvl="0" w:tplc="73B46054">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0D888062">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -30368,51 +31840,51 @@
     <w:lvl w:ilvl="7" w:tplc="FB1C0046">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B9DA9090">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DD35948"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0CDCBE6A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -30508,51 +31980,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DDE11CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3228A0DC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -30648,51 +32120,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="524FEB27"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="267E3AD0"/>
     <w:lvl w:ilvl="0" w:tplc="9B1AE3B8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9176EF4E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="17AC6CD4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -30734,51 +32206,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="5F8AAAD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="9E74499A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52AF461D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="35CE81DA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1170" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1890" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -30847,51 +32319,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6210" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6930" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55A90CC8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EBEE87DE"/>
     <w:lvl w:ilvl="0" w:tplc="E5360542">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F68CE480">
       <w:start w:val="2"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="7FC05C96">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -30933,51 +32405,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="F26A7EB0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C6F2CDAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57D377A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EFD0BE3C"/>
     <w:lvl w:ilvl="0" w:tplc="6B16A196">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -31074,51 +32546,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="596D0E33"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FB8EFBD4"/>
     <w:lvl w:ilvl="0" w:tplc="B59802D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="BEE844A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -31187,51 +32659,51 @@
     <w:lvl w:ilvl="7" w:tplc="339095D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="05469404">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59D57939"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4A6A3318"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1125"/>
         </w:tabs>
         <w:ind w:left="1125" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -31327,51 +32799,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6165"/>
         </w:tabs>
         <w:ind w:left="6165" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6885"/>
         </w:tabs>
         <w:ind w:left="6885" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A455A9B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="84B0D7EC"/>
     <w:lvl w:ilvl="0" w:tplc="529A76A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -31444,51 +32916,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C0D1909"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="33A6D562"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -31584,51 +33056,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D066BD5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3C3AF09A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -31700,51 +33172,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E00A176"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="03BEF9D8"/>
     <w:lvl w:ilvl="0" w:tplc="A0205298">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="19A2B170">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -31813,51 +33285,51 @@
     <w:lvl w:ilvl="7" w:tplc="1BF006DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="463E2E62">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="57" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F416ED8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DF181E76"/>
     <w:lvl w:ilvl="0" w:tplc="0A8039FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2E3AC346">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -31926,51 +33398,51 @@
     <w:lvl w:ilvl="7" w:tplc="CBD67D74">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="487AC8E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="58" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6005762B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="21203DE0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -32066,51 +33538,164 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="59" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="614B3431"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A7AE3C26"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="936" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1656" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2376" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3096" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3816" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4536" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5256" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5976" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6696" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="60" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="624254CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="48F439DA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1620" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -32179,51 +33764,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="61" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="625B0455"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C6A88FD0"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -32292,51 +33877,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="62" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64210102"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9370B030"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7E180538">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -32433,51 +34018,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="63" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66F762BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A6A95FC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -32546,51 +34131,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="64" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="678228AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3402B960"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -32659,51 +34244,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="65" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="683D2E73"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="69822D72"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -32776,51 +34361,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="63" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="66" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="689A25C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B87275C4"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -32889,51 +34474,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="67" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69D18C5F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D0526346"/>
     <w:lvl w:ilvl="0" w:tplc="F5E4C166">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1054E670">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -33002,51 +34587,51 @@
     <w:lvl w:ilvl="7" w:tplc="C41ACEC6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2CFC1432">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="68" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E3052B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="92C06B6E"/>
     <w:lvl w:ilvl="0" w:tplc="F1F4B6DC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="BC581C3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -33115,51 +34700,51 @@
     <w:lvl w:ilvl="7" w:tplc="96E8D3A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FA8202C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="66" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="69" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F3E728B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1360A0B6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1620" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -33228,51 +34813,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="70" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="719A7448"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="83AA8618"/>
     <w:lvl w:ilvl="0" w:tplc="AFA4BD9A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1170"/>
         </w:tabs>
         <w:ind w:left="1170" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="62E45312">
       <w:start w:val="1251"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -33368,51 +34953,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6210"/>
         </w:tabs>
         <w:ind w:left="6210" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5134B502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6930"/>
         </w:tabs>
         <w:ind w:left="6930" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="71" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BBE4B90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8E4678C4"/>
     <w:lvl w:ilvl="0" w:tplc="8F80A716">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="999EA9FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -33481,51 +35066,51 @@
     <w:lvl w:ilvl="7" w:tplc="97563AA2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="BE680C9C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="72" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CF21679"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A2DA225A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="810"/>
         </w:tabs>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -33621,51 +35206,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5490"/>
         </w:tabs>
         <w:ind w:left="5490" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6210"/>
         </w:tabs>
         <w:ind w:left="6210" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="70" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="73" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D45059C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8782F212"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -33764,326 +35349,335 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1795250699">
+  <w:num w:numId="1" w16cid:durableId="589628752">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="2046438789">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1565143131">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="786504449">
+    <w:abstractNumId w:val="71"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="666443646">
+    <w:abstractNumId w:val="56"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="304119471">
+    <w:abstractNumId w:val="57"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="9265113">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="898437146">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="153374919">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="731006337">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1103576635">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1257447547">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="257951737">
+    <w:abstractNumId w:val="67"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1068502099">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1124618432">
+    <w:abstractNumId w:val="51"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="63990693">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="715012387">
+    <w:abstractNumId w:val="68"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="620040764">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="899101278">
+    <w:abstractNumId w:val="49"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="2106610379">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1122308790">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1303345850">
+    <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="301085418">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1065487501">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1520269403">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="405539111">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1514683592">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1514222207">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1125930397">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1110853776">
+    <w:abstractNumId w:val="58"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="78139045">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="303123174">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1846744162">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="576405186">
+    <w:abstractNumId w:val="72"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="889851459">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1375930677">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1503206482">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1177112993">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="703795905">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="995453261">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="1064766232">
+    <w:abstractNumId w:val="54"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="34742881">
+    <w:abstractNumId w:val="50"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="616445842">
+    <w:abstractNumId w:val="52"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="364985171">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="985815841">
-    <w:abstractNumId w:val="68"/>
+  <w:num w:numId="45" w16cid:durableId="533621714">
+    <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1609704457">
-    <w:abstractNumId w:val="54"/>
+  <w:num w:numId="46" w16cid:durableId="188493077">
+    <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="112411091">
+  <w:num w:numId="47" w16cid:durableId="642731218">
     <w:abstractNumId w:val="55"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="719981866">
-    <w:abstractNumId w:val="40"/>
+  <w:num w:numId="48" w16cid:durableId="41904036">
+    <w:abstractNumId w:val="65"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1832137701">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="49" w16cid:durableId="1641492034">
+    <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="124860378">
-[...2 lines deleted...]
-  <w:num w:numId="8" w16cid:durableId="809636487">
+  <w:num w:numId="50" w16cid:durableId="1647935065">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1812139003">
-    <w:abstractNumId w:val="33"/>
+  <w:num w:numId="51" w16cid:durableId="64569487">
+    <w:abstractNumId w:val="53"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="211618604">
-[...98 lines deleted...]
-  <w:num w:numId="43" w16cid:durableId="1805929767">
+  <w:num w:numId="52" w16cid:durableId="1000159881">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="44" w16cid:durableId="1212428189">
-    <w:abstractNumId w:val="26"/>
+  <w:num w:numId="53" w16cid:durableId="661347933">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="45" w16cid:durableId="260182567">
-    <w:abstractNumId w:val="53"/>
+  <w:num w:numId="54" w16cid:durableId="1418284810">
+    <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="46" w16cid:durableId="496769855">
+  <w:num w:numId="55" w16cid:durableId="1613245563">
     <w:abstractNumId w:val="62"/>
   </w:num>
-  <w:num w:numId="47" w16cid:durableId="1812867471">
+  <w:num w:numId="56" w16cid:durableId="1106774475">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="57" w16cid:durableId="1790079818">
     <w:abstractNumId w:val="36"/>
-  </w:num>
-[...22 lines deleted...]
-    <w:abstractNumId w:val="35"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="56" w16cid:durableId="176044548">
-    <w:abstractNumId w:val="67"/>
+  <w:num w:numId="58" w16cid:durableId="1386954614">
+    <w:abstractNumId w:val="70"/>
   </w:num>
-  <w:num w:numId="57" w16cid:durableId="1267150858">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="59" w16cid:durableId="834883005">
+    <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="58" w16cid:durableId="256909513">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="60" w16cid:durableId="177816271">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="59" w16cid:durableId="2033417748">
+  <w:num w:numId="61" w16cid:durableId="987629567">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="60" w16cid:durableId="2133939406">
-    <w:abstractNumId w:val="61"/>
+  <w:num w:numId="62" w16cid:durableId="2035616169">
+    <w:abstractNumId w:val="64"/>
   </w:num>
-  <w:num w:numId="61" w16cid:durableId="2110004324">
+  <w:num w:numId="63" w16cid:durableId="154031198">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="62" w16cid:durableId="519659344">
-    <w:abstractNumId w:val="28"/>
+  <w:num w:numId="64" w16cid:durableId="1453354333">
+    <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="63" w16cid:durableId="1206723043">
-    <w:abstractNumId w:val="18"/>
+  <w:num w:numId="65" w16cid:durableId="125896069">
+    <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="64" w16cid:durableId="960458778">
-    <w:abstractNumId w:val="21"/>
+  <w:num w:numId="66" w16cid:durableId="797841372">
+    <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="65" w16cid:durableId="339165423">
+  <w:num w:numId="67" w16cid:durableId="1826316545">
+    <w:abstractNumId w:val="66"/>
+  </w:num>
+  <w:num w:numId="68" w16cid:durableId="1428769843">
+    <w:abstractNumId w:val="61"/>
+  </w:num>
+  <w:num w:numId="69" w16cid:durableId="63720126">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="70" w16cid:durableId="792987735">
+    <w:abstractNumId w:val="69"/>
+  </w:num>
+  <w:num w:numId="71" w16cid:durableId="941258824">
+    <w:abstractNumId w:val="60"/>
+  </w:num>
+  <w:num w:numId="72" w16cid:durableId="869227539">
     <w:abstractNumId w:val="63"/>
   </w:num>
-  <w:num w:numId="66" w16cid:durableId="272053283">
-    <w:abstractNumId w:val="58"/>
+  <w:num w:numId="73" w16cid:durableId="443811980">
+    <w:abstractNumId w:val="48"/>
   </w:num>
-  <w:num w:numId="67" w16cid:durableId="1723023207">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="74" w16cid:durableId="857816264">
+    <w:abstractNumId w:val="73"/>
   </w:num>
-  <w:num w:numId="68" w16cid:durableId="1206333339">
-[...12 lines deleted...]
-    <w:abstractNumId w:val="70"/>
+  <w:num w:numId="75" w16cid:durableId="1881163749">
+    <w:abstractNumId w:val="59"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="69"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
   <w:gutterAtTop/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="1023"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
@@ -34100,67 +35694,69 @@
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDayMDEwMzaytDCztDQyMrJU0lEKTi0uzszPAykwqwUAhRfA2SwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00766CB6"/>
     <w:rsid w:val="00000F9E"/>
     <w:rsid w:val="00001487"/>
     <w:rsid w:val="0000255C"/>
     <w:rsid w:val="00003B3B"/>
     <w:rsid w:val="000063A2"/>
     <w:rsid w:val="00006C0D"/>
     <w:rsid w:val="00007419"/>
     <w:rsid w:val="00007543"/>
     <w:rsid w:val="000107C0"/>
     <w:rsid w:val="00012217"/>
     <w:rsid w:val="0001334D"/>
     <w:rsid w:val="00015037"/>
+    <w:rsid w:val="0001576F"/>
     <w:rsid w:val="00015C96"/>
     <w:rsid w:val="00015CA5"/>
     <w:rsid w:val="000160DA"/>
     <w:rsid w:val="00021DBE"/>
     <w:rsid w:val="00022FA3"/>
     <w:rsid w:val="000246B3"/>
     <w:rsid w:val="00024BFD"/>
     <w:rsid w:val="0002629A"/>
     <w:rsid w:val="00027262"/>
     <w:rsid w:val="000304C4"/>
     <w:rsid w:val="00031958"/>
     <w:rsid w:val="00033940"/>
     <w:rsid w:val="000350FE"/>
     <w:rsid w:val="00035147"/>
     <w:rsid w:val="000357FA"/>
     <w:rsid w:val="0003734E"/>
     <w:rsid w:val="00037F03"/>
+    <w:rsid w:val="00037FA9"/>
     <w:rsid w:val="00042F11"/>
     <w:rsid w:val="00045096"/>
     <w:rsid w:val="00045E86"/>
     <w:rsid w:val="0004617B"/>
     <w:rsid w:val="00046CAF"/>
     <w:rsid w:val="00047313"/>
     <w:rsid w:val="00047AFA"/>
     <w:rsid w:val="000502E6"/>
     <w:rsid w:val="00051276"/>
     <w:rsid w:val="00052CDD"/>
     <w:rsid w:val="00053030"/>
     <w:rsid w:val="00054DD7"/>
     <w:rsid w:val="000553D9"/>
     <w:rsid w:val="0005583E"/>
     <w:rsid w:val="00055982"/>
     <w:rsid w:val="00055A41"/>
     <w:rsid w:val="00055BFE"/>
     <w:rsid w:val="00055CE6"/>
     <w:rsid w:val="00055E4A"/>
     <w:rsid w:val="00057F87"/>
     <w:rsid w:val="00061895"/>
     <w:rsid w:val="000624F8"/>
     <w:rsid w:val="000653B9"/>
     <w:rsid w:val="00070F9E"/>
     <w:rsid w:val="000711DE"/>
@@ -34185,120 +35781,123 @@
     <w:rsid w:val="0009035B"/>
     <w:rsid w:val="000909B0"/>
     <w:rsid w:val="00091338"/>
     <w:rsid w:val="00094956"/>
     <w:rsid w:val="00095B7F"/>
     <w:rsid w:val="00096871"/>
     <w:rsid w:val="0009761E"/>
     <w:rsid w:val="000A066C"/>
     <w:rsid w:val="000A14E1"/>
     <w:rsid w:val="000A1501"/>
     <w:rsid w:val="000A171B"/>
     <w:rsid w:val="000A206A"/>
     <w:rsid w:val="000A4818"/>
     <w:rsid w:val="000A4CEA"/>
     <w:rsid w:val="000A4D73"/>
     <w:rsid w:val="000A63DB"/>
     <w:rsid w:val="000A7860"/>
     <w:rsid w:val="000B0F47"/>
     <w:rsid w:val="000B1B83"/>
     <w:rsid w:val="000B212E"/>
     <w:rsid w:val="000B2F58"/>
     <w:rsid w:val="000B3DE6"/>
     <w:rsid w:val="000B5459"/>
     <w:rsid w:val="000B6192"/>
     <w:rsid w:val="000C17C1"/>
+    <w:rsid w:val="000C1A9A"/>
     <w:rsid w:val="000C4224"/>
     <w:rsid w:val="000C434E"/>
     <w:rsid w:val="000C5540"/>
     <w:rsid w:val="000C5846"/>
     <w:rsid w:val="000C719A"/>
     <w:rsid w:val="000C7942"/>
     <w:rsid w:val="000D16E1"/>
     <w:rsid w:val="000D1BA5"/>
     <w:rsid w:val="000D34BF"/>
     <w:rsid w:val="000D6781"/>
     <w:rsid w:val="000D67C8"/>
     <w:rsid w:val="000D6D11"/>
     <w:rsid w:val="000D70DD"/>
     <w:rsid w:val="000D761F"/>
     <w:rsid w:val="000DAE72"/>
     <w:rsid w:val="000E0686"/>
     <w:rsid w:val="000E06A4"/>
     <w:rsid w:val="000E0BD0"/>
     <w:rsid w:val="000E1FE2"/>
     <w:rsid w:val="000E31EF"/>
     <w:rsid w:val="000E4C71"/>
     <w:rsid w:val="000E7894"/>
     <w:rsid w:val="000E7ACC"/>
     <w:rsid w:val="000E7CB7"/>
     <w:rsid w:val="000F1F24"/>
     <w:rsid w:val="000F2187"/>
     <w:rsid w:val="000F24D1"/>
     <w:rsid w:val="000F36D5"/>
     <w:rsid w:val="000F5268"/>
     <w:rsid w:val="000F53AD"/>
     <w:rsid w:val="000F672B"/>
     <w:rsid w:val="000F6FB5"/>
     <w:rsid w:val="000F7FE1"/>
     <w:rsid w:val="0010001E"/>
     <w:rsid w:val="001031C3"/>
     <w:rsid w:val="0010348B"/>
     <w:rsid w:val="001049E6"/>
     <w:rsid w:val="00105C06"/>
     <w:rsid w:val="0010685A"/>
     <w:rsid w:val="00106DEB"/>
     <w:rsid w:val="00106E8C"/>
+    <w:rsid w:val="00110FCD"/>
     <w:rsid w:val="0011145C"/>
     <w:rsid w:val="00111990"/>
     <w:rsid w:val="00112004"/>
     <w:rsid w:val="00112D26"/>
     <w:rsid w:val="0011362E"/>
     <w:rsid w:val="00113DD5"/>
     <w:rsid w:val="00115996"/>
     <w:rsid w:val="001173C0"/>
     <w:rsid w:val="00121E0C"/>
     <w:rsid w:val="00124679"/>
     <w:rsid w:val="001254CC"/>
     <w:rsid w:val="00125D60"/>
     <w:rsid w:val="00126B23"/>
     <w:rsid w:val="001279D2"/>
     <w:rsid w:val="0013200F"/>
     <w:rsid w:val="0013318B"/>
     <w:rsid w:val="00133364"/>
     <w:rsid w:val="001351F7"/>
     <w:rsid w:val="00135669"/>
     <w:rsid w:val="0013A2B2"/>
     <w:rsid w:val="00140123"/>
     <w:rsid w:val="00140FA7"/>
     <w:rsid w:val="00141084"/>
     <w:rsid w:val="0014112A"/>
     <w:rsid w:val="00142375"/>
     <w:rsid w:val="00142D51"/>
     <w:rsid w:val="00143EDB"/>
     <w:rsid w:val="00145BFE"/>
     <w:rsid w:val="0014705A"/>
+    <w:rsid w:val="00150230"/>
     <w:rsid w:val="001512B2"/>
     <w:rsid w:val="00152E4E"/>
     <w:rsid w:val="00153040"/>
     <w:rsid w:val="00153C2D"/>
     <w:rsid w:val="0015478F"/>
     <w:rsid w:val="00154843"/>
     <w:rsid w:val="00154869"/>
     <w:rsid w:val="0015556F"/>
     <w:rsid w:val="00157174"/>
     <w:rsid w:val="00160B2E"/>
     <w:rsid w:val="00162E50"/>
     <w:rsid w:val="0016421B"/>
     <w:rsid w:val="00165760"/>
     <w:rsid w:val="00166E90"/>
     <w:rsid w:val="00167650"/>
     <w:rsid w:val="00170AC6"/>
     <w:rsid w:val="00170D1C"/>
     <w:rsid w:val="00170DD3"/>
     <w:rsid w:val="00170FDA"/>
     <w:rsid w:val="001710FC"/>
     <w:rsid w:val="0017259D"/>
     <w:rsid w:val="00172A06"/>
     <w:rsid w:val="00173087"/>
     <w:rsid w:val="00173278"/>
     <w:rsid w:val="001734E0"/>
@@ -34410,78 +36009,80 @@
     <w:rsid w:val="00236518"/>
     <w:rsid w:val="002368B6"/>
     <w:rsid w:val="00236E75"/>
     <w:rsid w:val="00236F5C"/>
     <w:rsid w:val="0023798E"/>
     <w:rsid w:val="002400D3"/>
     <w:rsid w:val="00240605"/>
     <w:rsid w:val="00240E8C"/>
     <w:rsid w:val="00241C39"/>
     <w:rsid w:val="0024202A"/>
     <w:rsid w:val="00242AE6"/>
     <w:rsid w:val="00242F1A"/>
     <w:rsid w:val="00243727"/>
     <w:rsid w:val="00243922"/>
     <w:rsid w:val="002445E9"/>
     <w:rsid w:val="00245D2D"/>
     <w:rsid w:val="00246F6C"/>
     <w:rsid w:val="0024711B"/>
     <w:rsid w:val="00247D76"/>
     <w:rsid w:val="00247E3F"/>
     <w:rsid w:val="0025061E"/>
     <w:rsid w:val="0025197B"/>
     <w:rsid w:val="00251D84"/>
     <w:rsid w:val="002527BE"/>
     <w:rsid w:val="002529B6"/>
+    <w:rsid w:val="002533D7"/>
     <w:rsid w:val="002539AC"/>
     <w:rsid w:val="002539DD"/>
     <w:rsid w:val="00253FAD"/>
     <w:rsid w:val="00255B84"/>
     <w:rsid w:val="002561C2"/>
     <w:rsid w:val="00256C3C"/>
     <w:rsid w:val="0026020E"/>
     <w:rsid w:val="002621E4"/>
     <w:rsid w:val="00262FC9"/>
     <w:rsid w:val="002659D4"/>
     <w:rsid w:val="00266038"/>
     <w:rsid w:val="00266B52"/>
     <w:rsid w:val="00271D8F"/>
     <w:rsid w:val="0027356E"/>
     <w:rsid w:val="002745EA"/>
     <w:rsid w:val="00274642"/>
     <w:rsid w:val="00274A13"/>
     <w:rsid w:val="00274FE0"/>
     <w:rsid w:val="00280E4A"/>
     <w:rsid w:val="00281C86"/>
     <w:rsid w:val="00282728"/>
     <w:rsid w:val="00283276"/>
     <w:rsid w:val="00284C60"/>
     <w:rsid w:val="0028528D"/>
     <w:rsid w:val="00286EC6"/>
     <w:rsid w:val="00287B72"/>
     <w:rsid w:val="00287C99"/>
     <w:rsid w:val="00290295"/>
+    <w:rsid w:val="0029229C"/>
     <w:rsid w:val="00293603"/>
     <w:rsid w:val="00294C16"/>
     <w:rsid w:val="0029506F"/>
     <w:rsid w:val="0029677E"/>
     <w:rsid w:val="002A0D2C"/>
     <w:rsid w:val="002A2389"/>
     <w:rsid w:val="002A3E1E"/>
     <w:rsid w:val="002A3F2D"/>
     <w:rsid w:val="002A41AE"/>
     <w:rsid w:val="002A44AA"/>
     <w:rsid w:val="002A4D59"/>
     <w:rsid w:val="002B0ABE"/>
     <w:rsid w:val="002B0F02"/>
     <w:rsid w:val="002B2B82"/>
     <w:rsid w:val="002B2B8E"/>
     <w:rsid w:val="002B5531"/>
     <w:rsid w:val="002C1FB1"/>
     <w:rsid w:val="002C257E"/>
     <w:rsid w:val="002C3260"/>
     <w:rsid w:val="002C369A"/>
     <w:rsid w:val="002C3D91"/>
     <w:rsid w:val="002C7911"/>
     <w:rsid w:val="002D0414"/>
     <w:rsid w:val="002D2E07"/>
     <w:rsid w:val="002D305D"/>
@@ -34554,82 +36155,84 @@
     <w:rsid w:val="00352206"/>
     <w:rsid w:val="00353117"/>
     <w:rsid w:val="0035361B"/>
     <w:rsid w:val="00354FDF"/>
     <w:rsid w:val="003564CE"/>
     <w:rsid w:val="00356984"/>
     <w:rsid w:val="0035707E"/>
     <w:rsid w:val="00361289"/>
     <w:rsid w:val="003612B3"/>
     <w:rsid w:val="0036233B"/>
     <w:rsid w:val="00362778"/>
     <w:rsid w:val="00363B5C"/>
     <w:rsid w:val="0036505D"/>
     <w:rsid w:val="00365B42"/>
     <w:rsid w:val="00366E71"/>
     <w:rsid w:val="0036756A"/>
     <w:rsid w:val="00367C4D"/>
     <w:rsid w:val="00370FFD"/>
     <w:rsid w:val="00373C57"/>
     <w:rsid w:val="00374D3E"/>
     <w:rsid w:val="003759B5"/>
     <w:rsid w:val="0037742B"/>
     <w:rsid w:val="00377A4B"/>
     <w:rsid w:val="00380C7A"/>
     <w:rsid w:val="00380D70"/>
+    <w:rsid w:val="0038114A"/>
     <w:rsid w:val="00381C62"/>
     <w:rsid w:val="003822F2"/>
     <w:rsid w:val="0038292E"/>
     <w:rsid w:val="003837EB"/>
     <w:rsid w:val="003842C4"/>
     <w:rsid w:val="0038514B"/>
     <w:rsid w:val="0038683C"/>
     <w:rsid w:val="00391D69"/>
     <w:rsid w:val="00392613"/>
     <w:rsid w:val="00392A4F"/>
     <w:rsid w:val="00392FEF"/>
     <w:rsid w:val="00393B48"/>
     <w:rsid w:val="00394C29"/>
     <w:rsid w:val="003978FB"/>
     <w:rsid w:val="003A0667"/>
     <w:rsid w:val="003A18A2"/>
     <w:rsid w:val="003A2ECF"/>
     <w:rsid w:val="003A66B9"/>
     <w:rsid w:val="003A6F0F"/>
     <w:rsid w:val="003B00AF"/>
     <w:rsid w:val="003B0C68"/>
     <w:rsid w:val="003B13FA"/>
     <w:rsid w:val="003B2818"/>
     <w:rsid w:val="003B28AA"/>
     <w:rsid w:val="003B30E0"/>
     <w:rsid w:val="003B4EB4"/>
     <w:rsid w:val="003B70B6"/>
     <w:rsid w:val="003C159C"/>
     <w:rsid w:val="003C2D70"/>
     <w:rsid w:val="003C4300"/>
     <w:rsid w:val="003C4B93"/>
     <w:rsid w:val="003C6157"/>
+    <w:rsid w:val="003C757A"/>
     <w:rsid w:val="003D0A8B"/>
     <w:rsid w:val="003D0D62"/>
     <w:rsid w:val="003D1591"/>
     <w:rsid w:val="003D75F3"/>
     <w:rsid w:val="003D78A3"/>
     <w:rsid w:val="003E1E5A"/>
     <w:rsid w:val="003E230C"/>
     <w:rsid w:val="003E2B49"/>
     <w:rsid w:val="003E326D"/>
     <w:rsid w:val="003E3C0C"/>
     <w:rsid w:val="003E4FC5"/>
     <w:rsid w:val="003E5DF9"/>
     <w:rsid w:val="003E66F2"/>
     <w:rsid w:val="003F0B87"/>
     <w:rsid w:val="003F0D58"/>
     <w:rsid w:val="003F11F5"/>
     <w:rsid w:val="003F14DF"/>
     <w:rsid w:val="003F2048"/>
     <w:rsid w:val="003F2E1D"/>
     <w:rsid w:val="003F40D0"/>
     <w:rsid w:val="003F47DB"/>
     <w:rsid w:val="0040206E"/>
     <w:rsid w:val="004023FA"/>
     <w:rsid w:val="00402796"/>
     <w:rsid w:val="0040289F"/>
@@ -34642,50 +36245,51 @@
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00415A16"/>
     <w:rsid w:val="004205A8"/>
     <w:rsid w:val="00421C8C"/>
     <w:rsid w:val="00424AA9"/>
     <w:rsid w:val="00426928"/>
     <w:rsid w:val="00426CF9"/>
     <w:rsid w:val="00427E97"/>
     <w:rsid w:val="0043056D"/>
     <w:rsid w:val="00431515"/>
     <w:rsid w:val="00432733"/>
     <w:rsid w:val="00435D8F"/>
     <w:rsid w:val="00437766"/>
     <w:rsid w:val="004409C1"/>
     <w:rsid w:val="004412EC"/>
     <w:rsid w:val="0044162C"/>
     <w:rsid w:val="00441728"/>
     <w:rsid w:val="00445B83"/>
     <w:rsid w:val="0044716E"/>
     <w:rsid w:val="00447A43"/>
     <w:rsid w:val="004505ED"/>
     <w:rsid w:val="00450F5D"/>
     <w:rsid w:val="004519B4"/>
     <w:rsid w:val="00451AED"/>
     <w:rsid w:val="0045281E"/>
+    <w:rsid w:val="0045360A"/>
     <w:rsid w:val="00454651"/>
     <w:rsid w:val="00455838"/>
     <w:rsid w:val="00456F26"/>
     <w:rsid w:val="00461B35"/>
     <w:rsid w:val="00465218"/>
     <w:rsid w:val="004658B7"/>
     <w:rsid w:val="00465B6B"/>
     <w:rsid w:val="004679D9"/>
     <w:rsid w:val="00467D3E"/>
     <w:rsid w:val="00467E1D"/>
     <w:rsid w:val="00470F9F"/>
     <w:rsid w:val="004711A8"/>
     <w:rsid w:val="00472437"/>
     <w:rsid w:val="0047251B"/>
     <w:rsid w:val="00473125"/>
     <w:rsid w:val="004749B5"/>
     <w:rsid w:val="00476B47"/>
     <w:rsid w:val="0047717A"/>
     <w:rsid w:val="004774F8"/>
     <w:rsid w:val="004779A6"/>
     <w:rsid w:val="00477AD0"/>
     <w:rsid w:val="00480CE5"/>
     <w:rsid w:val="0048295B"/>
     <w:rsid w:val="004846E6"/>
     <w:rsid w:val="00484EB6"/>
@@ -34735,86 +36339,88 @@
     <w:rsid w:val="004E55B1"/>
     <w:rsid w:val="004E7D0A"/>
     <w:rsid w:val="004F16FF"/>
     <w:rsid w:val="004F27D2"/>
     <w:rsid w:val="004F2D9F"/>
     <w:rsid w:val="004F6544"/>
     <w:rsid w:val="004F76C2"/>
     <w:rsid w:val="004F7B50"/>
     <w:rsid w:val="0050010A"/>
     <w:rsid w:val="005009D1"/>
     <w:rsid w:val="00501FC3"/>
     <w:rsid w:val="005021C1"/>
     <w:rsid w:val="00502A8C"/>
     <w:rsid w:val="00503FB6"/>
     <w:rsid w:val="00504469"/>
     <w:rsid w:val="005056A4"/>
     <w:rsid w:val="00505818"/>
     <w:rsid w:val="00506EA3"/>
     <w:rsid w:val="005103D7"/>
     <w:rsid w:val="005109AE"/>
     <w:rsid w:val="00511600"/>
     <w:rsid w:val="00511846"/>
     <w:rsid w:val="005118B8"/>
     <w:rsid w:val="00511AA4"/>
     <w:rsid w:val="00514049"/>
+    <w:rsid w:val="005158CB"/>
     <w:rsid w:val="00515D2B"/>
     <w:rsid w:val="00515E0F"/>
     <w:rsid w:val="00517B9F"/>
     <w:rsid w:val="00517C54"/>
     <w:rsid w:val="00522263"/>
     <w:rsid w:val="00522516"/>
     <w:rsid w:val="00522563"/>
     <w:rsid w:val="00522BB3"/>
     <w:rsid w:val="0052348E"/>
     <w:rsid w:val="00524A5F"/>
     <w:rsid w:val="00524BF7"/>
     <w:rsid w:val="005255EC"/>
     <w:rsid w:val="005259BA"/>
     <w:rsid w:val="00526688"/>
     <w:rsid w:val="00527401"/>
     <w:rsid w:val="00527AC0"/>
     <w:rsid w:val="00530D66"/>
     <w:rsid w:val="00531973"/>
     <w:rsid w:val="00531B6A"/>
     <w:rsid w:val="0053209E"/>
     <w:rsid w:val="00532675"/>
     <w:rsid w:val="00534B12"/>
     <w:rsid w:val="00536ACE"/>
     <w:rsid w:val="00536CF4"/>
     <w:rsid w:val="0054013C"/>
     <w:rsid w:val="0054024B"/>
     <w:rsid w:val="00540A09"/>
     <w:rsid w:val="0054174E"/>
     <w:rsid w:val="00541ED0"/>
     <w:rsid w:val="00542997"/>
     <w:rsid w:val="0054442F"/>
     <w:rsid w:val="005454CC"/>
     <w:rsid w:val="005474F1"/>
     <w:rsid w:val="00547608"/>
     <w:rsid w:val="005476B5"/>
     <w:rsid w:val="005502D2"/>
+    <w:rsid w:val="005518A7"/>
     <w:rsid w:val="00552192"/>
     <w:rsid w:val="00552779"/>
     <w:rsid w:val="00555D54"/>
     <w:rsid w:val="005560B8"/>
     <w:rsid w:val="00556471"/>
     <w:rsid w:val="005564C9"/>
     <w:rsid w:val="0055663D"/>
     <w:rsid w:val="00557994"/>
     <w:rsid w:val="00557F81"/>
     <w:rsid w:val="005604D1"/>
     <w:rsid w:val="0056093C"/>
     <w:rsid w:val="00561949"/>
     <w:rsid w:val="005629E7"/>
     <w:rsid w:val="00562B18"/>
     <w:rsid w:val="00563CD7"/>
     <w:rsid w:val="00564983"/>
     <w:rsid w:val="00564B55"/>
     <w:rsid w:val="00564BD4"/>
     <w:rsid w:val="005650BC"/>
     <w:rsid w:val="005660B3"/>
     <w:rsid w:val="005660C4"/>
     <w:rsid w:val="005676A1"/>
     <w:rsid w:val="00567758"/>
     <w:rsid w:val="0056799B"/>
     <w:rsid w:val="00567E3A"/>
@@ -34867,193 +36473,206 @@
     <w:rsid w:val="005D5BDB"/>
     <w:rsid w:val="005D624E"/>
     <w:rsid w:val="005D7C09"/>
     <w:rsid w:val="005E1B70"/>
     <w:rsid w:val="005E37D1"/>
     <w:rsid w:val="005E47ED"/>
     <w:rsid w:val="005E5C83"/>
     <w:rsid w:val="005E7DB0"/>
     <w:rsid w:val="005F24E4"/>
     <w:rsid w:val="005F2580"/>
     <w:rsid w:val="005F402A"/>
     <w:rsid w:val="005F56E6"/>
     <w:rsid w:val="005F67AA"/>
     <w:rsid w:val="005F77D8"/>
     <w:rsid w:val="005F7BAE"/>
     <w:rsid w:val="00600BA7"/>
     <w:rsid w:val="00601064"/>
     <w:rsid w:val="00601BF0"/>
     <w:rsid w:val="00602AAD"/>
     <w:rsid w:val="006046E5"/>
     <w:rsid w:val="006079A9"/>
     <w:rsid w:val="0060FFD8"/>
     <w:rsid w:val="0061022A"/>
     <w:rsid w:val="00610336"/>
     <w:rsid w:val="00612457"/>
+    <w:rsid w:val="00612773"/>
     <w:rsid w:val="0061287C"/>
     <w:rsid w:val="00620324"/>
     <w:rsid w:val="0062149F"/>
     <w:rsid w:val="0062367B"/>
     <w:rsid w:val="00623C94"/>
     <w:rsid w:val="006255E3"/>
     <w:rsid w:val="0062667F"/>
     <w:rsid w:val="00626CB1"/>
     <w:rsid w:val="006276CF"/>
+    <w:rsid w:val="00631CC2"/>
     <w:rsid w:val="00632463"/>
     <w:rsid w:val="00632537"/>
     <w:rsid w:val="006327ED"/>
     <w:rsid w:val="00632A69"/>
+    <w:rsid w:val="00633BC7"/>
     <w:rsid w:val="00634E9D"/>
     <w:rsid w:val="00634F0B"/>
     <w:rsid w:val="0063526C"/>
     <w:rsid w:val="006360B5"/>
     <w:rsid w:val="006369C8"/>
     <w:rsid w:val="00640FB2"/>
     <w:rsid w:val="00641693"/>
     <w:rsid w:val="00642D19"/>
     <w:rsid w:val="006435A0"/>
     <w:rsid w:val="00643AEF"/>
     <w:rsid w:val="00644B4E"/>
     <w:rsid w:val="00645A65"/>
     <w:rsid w:val="00646FE0"/>
     <w:rsid w:val="00646FFA"/>
     <w:rsid w:val="006476BE"/>
     <w:rsid w:val="00651ACE"/>
     <w:rsid w:val="00652D4A"/>
     <w:rsid w:val="0065490F"/>
     <w:rsid w:val="00656518"/>
+    <w:rsid w:val="0065652C"/>
     <w:rsid w:val="00656F2A"/>
     <w:rsid w:val="00660D0F"/>
     <w:rsid w:val="00660F1B"/>
     <w:rsid w:val="0066102F"/>
+    <w:rsid w:val="006611F2"/>
     <w:rsid w:val="00661C31"/>
+    <w:rsid w:val="006651DC"/>
     <w:rsid w:val="00665754"/>
     <w:rsid w:val="00665E0C"/>
     <w:rsid w:val="00665FCB"/>
     <w:rsid w:val="006665CC"/>
+    <w:rsid w:val="0067067C"/>
     <w:rsid w:val="00670683"/>
     <w:rsid w:val="006723C0"/>
     <w:rsid w:val="006726DD"/>
+    <w:rsid w:val="0067281C"/>
     <w:rsid w:val="0067546B"/>
     <w:rsid w:val="006758DE"/>
     <w:rsid w:val="00680E8B"/>
     <w:rsid w:val="0068409D"/>
     <w:rsid w:val="00684163"/>
     <w:rsid w:val="006853C8"/>
     <w:rsid w:val="00685552"/>
     <w:rsid w:val="00686675"/>
     <w:rsid w:val="00687556"/>
     <w:rsid w:val="00690CB2"/>
     <w:rsid w:val="00690F34"/>
     <w:rsid w:val="00691514"/>
     <w:rsid w:val="00691901"/>
     <w:rsid w:val="006919CF"/>
+    <w:rsid w:val="00693197"/>
     <w:rsid w:val="006938B6"/>
     <w:rsid w:val="006964D7"/>
     <w:rsid w:val="00697D4D"/>
     <w:rsid w:val="006A1C74"/>
     <w:rsid w:val="006A34FF"/>
     <w:rsid w:val="006A353C"/>
     <w:rsid w:val="006A4045"/>
     <w:rsid w:val="006A4455"/>
     <w:rsid w:val="006A5E25"/>
     <w:rsid w:val="006A61F7"/>
     <w:rsid w:val="006A7E64"/>
     <w:rsid w:val="006B00CD"/>
     <w:rsid w:val="006B21CB"/>
     <w:rsid w:val="006B36C5"/>
     <w:rsid w:val="006B36E3"/>
     <w:rsid w:val="006B4B77"/>
+    <w:rsid w:val="006B6E1A"/>
     <w:rsid w:val="006B7652"/>
     <w:rsid w:val="006B7DF0"/>
     <w:rsid w:val="006B7DFD"/>
     <w:rsid w:val="006B7FEF"/>
     <w:rsid w:val="006C3906"/>
     <w:rsid w:val="006C4C56"/>
     <w:rsid w:val="006C5F13"/>
     <w:rsid w:val="006C60F5"/>
     <w:rsid w:val="006C661B"/>
     <w:rsid w:val="006D1051"/>
     <w:rsid w:val="006D28CF"/>
     <w:rsid w:val="006D3F6E"/>
     <w:rsid w:val="006D51A6"/>
     <w:rsid w:val="006D5AC5"/>
     <w:rsid w:val="006D7D1E"/>
     <w:rsid w:val="006D7E12"/>
     <w:rsid w:val="006E2708"/>
     <w:rsid w:val="006E2AB9"/>
     <w:rsid w:val="006E349C"/>
     <w:rsid w:val="006E39BF"/>
     <w:rsid w:val="006E3E3E"/>
     <w:rsid w:val="006E4EDB"/>
     <w:rsid w:val="006E6568"/>
     <w:rsid w:val="006E6E4E"/>
     <w:rsid w:val="006F01CA"/>
     <w:rsid w:val="006F04B3"/>
     <w:rsid w:val="006F17BB"/>
     <w:rsid w:val="006F2EAB"/>
     <w:rsid w:val="006F7B19"/>
     <w:rsid w:val="0070045C"/>
     <w:rsid w:val="00701877"/>
     <w:rsid w:val="00701D5B"/>
+    <w:rsid w:val="00702E62"/>
     <w:rsid w:val="00702EDB"/>
     <w:rsid w:val="0070353C"/>
     <w:rsid w:val="00703D5C"/>
     <w:rsid w:val="00705517"/>
     <w:rsid w:val="00706568"/>
     <w:rsid w:val="0070723B"/>
     <w:rsid w:val="00711495"/>
     <w:rsid w:val="00711F18"/>
     <w:rsid w:val="007125B6"/>
     <w:rsid w:val="007131FC"/>
     <w:rsid w:val="007135EC"/>
     <w:rsid w:val="00713926"/>
     <w:rsid w:val="00714671"/>
     <w:rsid w:val="00714E08"/>
     <w:rsid w:val="00716DAA"/>
     <w:rsid w:val="00717053"/>
     <w:rsid w:val="00717B64"/>
     <w:rsid w:val="0072115B"/>
     <w:rsid w:val="00721FD4"/>
     <w:rsid w:val="007232A6"/>
     <w:rsid w:val="00723337"/>
     <w:rsid w:val="0072434E"/>
     <w:rsid w:val="00724B59"/>
     <w:rsid w:val="00724E1A"/>
     <w:rsid w:val="007259C5"/>
     <w:rsid w:val="007265C7"/>
     <w:rsid w:val="00727C91"/>
     <w:rsid w:val="00730D1D"/>
     <w:rsid w:val="00731033"/>
+    <w:rsid w:val="00732CA7"/>
     <w:rsid w:val="00733ECE"/>
     <w:rsid w:val="00735210"/>
     <w:rsid w:val="00737813"/>
     <w:rsid w:val="007415AF"/>
     <w:rsid w:val="007417FA"/>
     <w:rsid w:val="00742E84"/>
     <w:rsid w:val="0074444F"/>
     <w:rsid w:val="00745A4A"/>
+    <w:rsid w:val="00745B63"/>
     <w:rsid w:val="00745B92"/>
     <w:rsid w:val="0074604A"/>
     <w:rsid w:val="007461E7"/>
     <w:rsid w:val="007471B2"/>
     <w:rsid w:val="0074733E"/>
     <w:rsid w:val="0075112C"/>
     <w:rsid w:val="0075188A"/>
     <w:rsid w:val="00752697"/>
     <w:rsid w:val="00752A11"/>
     <w:rsid w:val="00754386"/>
     <w:rsid w:val="007543D6"/>
     <w:rsid w:val="007543E4"/>
     <w:rsid w:val="00754B74"/>
     <w:rsid w:val="00756EA5"/>
     <w:rsid w:val="00757BB5"/>
     <w:rsid w:val="007602BB"/>
     <w:rsid w:val="00760425"/>
     <w:rsid w:val="00761D78"/>
     <w:rsid w:val="007620AC"/>
     <w:rsid w:val="0076386B"/>
     <w:rsid w:val="007639DA"/>
     <w:rsid w:val="00763F0C"/>
     <w:rsid w:val="00764A27"/>
     <w:rsid w:val="007652ED"/>
     <w:rsid w:val="0076577F"/>
@@ -35101,50 +36720,51 @@
     <w:rsid w:val="007B2195"/>
     <w:rsid w:val="007B2415"/>
     <w:rsid w:val="007B2B1E"/>
     <w:rsid w:val="007B2D46"/>
     <w:rsid w:val="007B4BDF"/>
     <w:rsid w:val="007C0107"/>
     <w:rsid w:val="007C0159"/>
     <w:rsid w:val="007C0F1A"/>
     <w:rsid w:val="007C10E4"/>
     <w:rsid w:val="007C1382"/>
     <w:rsid w:val="007C2171"/>
     <w:rsid w:val="007C379F"/>
     <w:rsid w:val="007C57E4"/>
     <w:rsid w:val="007C7999"/>
     <w:rsid w:val="007C7D13"/>
     <w:rsid w:val="007D12BA"/>
     <w:rsid w:val="007D497D"/>
     <w:rsid w:val="007D699A"/>
     <w:rsid w:val="007D7071"/>
     <w:rsid w:val="007D710F"/>
     <w:rsid w:val="007D7714"/>
     <w:rsid w:val="007D7926"/>
     <w:rsid w:val="007E01BD"/>
     <w:rsid w:val="007E38C5"/>
     <w:rsid w:val="007E3E9F"/>
+    <w:rsid w:val="007E40E4"/>
     <w:rsid w:val="007E4472"/>
     <w:rsid w:val="007E44C2"/>
     <w:rsid w:val="007E4F6C"/>
     <w:rsid w:val="007E5052"/>
     <w:rsid w:val="007E7818"/>
     <w:rsid w:val="007E7894"/>
     <w:rsid w:val="007F0D6F"/>
     <w:rsid w:val="007F123C"/>
     <w:rsid w:val="007F48FF"/>
     <w:rsid w:val="007F4B7F"/>
     <w:rsid w:val="007F5566"/>
     <w:rsid w:val="007F556C"/>
     <w:rsid w:val="007F5683"/>
     <w:rsid w:val="007F5D33"/>
     <w:rsid w:val="007F6CA5"/>
     <w:rsid w:val="007F7A38"/>
     <w:rsid w:val="00801EFE"/>
     <w:rsid w:val="00801FF6"/>
     <w:rsid w:val="00802000"/>
     <w:rsid w:val="008033F8"/>
     <w:rsid w:val="00804E52"/>
     <w:rsid w:val="008058A8"/>
     <w:rsid w:val="00806D2D"/>
     <w:rsid w:val="00807382"/>
     <w:rsid w:val="00807CA8"/>
@@ -35178,65 +36798,69 @@
     <w:rsid w:val="008450B9"/>
     <w:rsid w:val="008458B5"/>
     <w:rsid w:val="0084663E"/>
     <w:rsid w:val="00847925"/>
     <w:rsid w:val="008516FF"/>
     <w:rsid w:val="008539BD"/>
     <w:rsid w:val="00853B90"/>
     <w:rsid w:val="008550D1"/>
     <w:rsid w:val="008559C4"/>
     <w:rsid w:val="00855FAA"/>
     <w:rsid w:val="00856BAD"/>
     <w:rsid w:val="008571BD"/>
     <w:rsid w:val="008606AF"/>
     <w:rsid w:val="0086160B"/>
     <w:rsid w:val="00861ACD"/>
     <w:rsid w:val="008628BD"/>
     <w:rsid w:val="008664EB"/>
     <w:rsid w:val="00870329"/>
     <w:rsid w:val="00870E02"/>
     <w:rsid w:val="00871BBC"/>
     <w:rsid w:val="00871FD9"/>
     <w:rsid w:val="00872C05"/>
     <w:rsid w:val="00875485"/>
     <w:rsid w:val="00875CC4"/>
     <w:rsid w:val="008772D7"/>
+    <w:rsid w:val="0087737D"/>
+    <w:rsid w:val="00880A60"/>
     <w:rsid w:val="0088270E"/>
     <w:rsid w:val="00882DC5"/>
     <w:rsid w:val="008850FE"/>
     <w:rsid w:val="0088560A"/>
     <w:rsid w:val="0088797A"/>
     <w:rsid w:val="00892A3D"/>
     <w:rsid w:val="0089458F"/>
     <w:rsid w:val="008957D5"/>
     <w:rsid w:val="00896C01"/>
     <w:rsid w:val="00896ED0"/>
     <w:rsid w:val="0089709A"/>
     <w:rsid w:val="008A070C"/>
     <w:rsid w:val="008A11F9"/>
     <w:rsid w:val="008A254C"/>
+    <w:rsid w:val="008A3019"/>
     <w:rsid w:val="008A6462"/>
+    <w:rsid w:val="008A66FE"/>
     <w:rsid w:val="008A6C82"/>
     <w:rsid w:val="008A7100"/>
     <w:rsid w:val="008A72C7"/>
     <w:rsid w:val="008A79E2"/>
     <w:rsid w:val="008B193B"/>
     <w:rsid w:val="008B2DBF"/>
     <w:rsid w:val="008B6F40"/>
     <w:rsid w:val="008C0F07"/>
     <w:rsid w:val="008C10C3"/>
     <w:rsid w:val="008C1534"/>
     <w:rsid w:val="008C251F"/>
     <w:rsid w:val="008C55A6"/>
     <w:rsid w:val="008C781F"/>
     <w:rsid w:val="008D0E2C"/>
     <w:rsid w:val="008D1DAF"/>
     <w:rsid w:val="008D2363"/>
     <w:rsid w:val="008D289D"/>
     <w:rsid w:val="008D2E5D"/>
     <w:rsid w:val="008D3669"/>
     <w:rsid w:val="008D3BB0"/>
     <w:rsid w:val="008D3F1B"/>
     <w:rsid w:val="008D5643"/>
     <w:rsid w:val="008D6FEF"/>
     <w:rsid w:val="008E0A80"/>
     <w:rsid w:val="008E125B"/>
@@ -35302,119 +36926,124 @@
     <w:rsid w:val="009524B3"/>
     <w:rsid w:val="00952B8D"/>
     <w:rsid w:val="0095451C"/>
     <w:rsid w:val="00955249"/>
     <w:rsid w:val="009555B7"/>
     <w:rsid w:val="00955B29"/>
     <w:rsid w:val="009563F5"/>
     <w:rsid w:val="009573F8"/>
     <w:rsid w:val="00957C46"/>
     <w:rsid w:val="00960C8F"/>
     <w:rsid w:val="009633EF"/>
     <w:rsid w:val="009634F7"/>
     <w:rsid w:val="00963629"/>
     <w:rsid w:val="009655A9"/>
     <w:rsid w:val="009659B6"/>
     <w:rsid w:val="00966946"/>
     <w:rsid w:val="00970441"/>
     <w:rsid w:val="00970FC0"/>
     <w:rsid w:val="00972C2C"/>
     <w:rsid w:val="009754DC"/>
     <w:rsid w:val="00975799"/>
     <w:rsid w:val="00976B82"/>
     <w:rsid w:val="00977E53"/>
     <w:rsid w:val="00980EA5"/>
     <w:rsid w:val="00981642"/>
+    <w:rsid w:val="00981EC4"/>
     <w:rsid w:val="009825AA"/>
     <w:rsid w:val="0098299D"/>
     <w:rsid w:val="00983A26"/>
     <w:rsid w:val="00984386"/>
     <w:rsid w:val="00984589"/>
     <w:rsid w:val="00984D98"/>
     <w:rsid w:val="00984E72"/>
     <w:rsid w:val="009855CE"/>
     <w:rsid w:val="00986AE3"/>
     <w:rsid w:val="009872EC"/>
     <w:rsid w:val="0098738D"/>
     <w:rsid w:val="009905ED"/>
     <w:rsid w:val="00991365"/>
     <w:rsid w:val="009929C8"/>
     <w:rsid w:val="0099330E"/>
     <w:rsid w:val="009946E0"/>
     <w:rsid w:val="009956F5"/>
     <w:rsid w:val="0099689E"/>
+    <w:rsid w:val="00996EB3"/>
+    <w:rsid w:val="009A0EA6"/>
     <w:rsid w:val="009A1F54"/>
     <w:rsid w:val="009A30BC"/>
     <w:rsid w:val="009A30EB"/>
     <w:rsid w:val="009A329F"/>
     <w:rsid w:val="009A3BA4"/>
     <w:rsid w:val="009A408A"/>
     <w:rsid w:val="009A4933"/>
     <w:rsid w:val="009A61B5"/>
     <w:rsid w:val="009A6EEE"/>
     <w:rsid w:val="009A7A03"/>
+    <w:rsid w:val="009B069C"/>
     <w:rsid w:val="009B2AF9"/>
     <w:rsid w:val="009B3564"/>
     <w:rsid w:val="009B36D2"/>
     <w:rsid w:val="009B4068"/>
     <w:rsid w:val="009B627C"/>
     <w:rsid w:val="009B691F"/>
     <w:rsid w:val="009B6EAB"/>
     <w:rsid w:val="009C25A3"/>
     <w:rsid w:val="009C261B"/>
     <w:rsid w:val="009C5105"/>
     <w:rsid w:val="009C634B"/>
     <w:rsid w:val="009C6821"/>
     <w:rsid w:val="009C6E93"/>
     <w:rsid w:val="009C7612"/>
     <w:rsid w:val="009C766C"/>
     <w:rsid w:val="009C7926"/>
     <w:rsid w:val="009D09A2"/>
     <w:rsid w:val="009D0BBC"/>
     <w:rsid w:val="009D18E4"/>
     <w:rsid w:val="009D307A"/>
     <w:rsid w:val="009D3087"/>
     <w:rsid w:val="009D3BD5"/>
     <w:rsid w:val="009D48EF"/>
     <w:rsid w:val="009D4A08"/>
     <w:rsid w:val="009D518F"/>
     <w:rsid w:val="009D6D50"/>
     <w:rsid w:val="009E0B7F"/>
     <w:rsid w:val="009E140B"/>
     <w:rsid w:val="009E4928"/>
     <w:rsid w:val="009E4EB0"/>
     <w:rsid w:val="009E570F"/>
     <w:rsid w:val="009E65CD"/>
     <w:rsid w:val="009E7A5B"/>
     <w:rsid w:val="009F083F"/>
     <w:rsid w:val="009F09CE"/>
     <w:rsid w:val="009F1232"/>
     <w:rsid w:val="009F1304"/>
     <w:rsid w:val="009F1455"/>
     <w:rsid w:val="009F1670"/>
     <w:rsid w:val="009F16C1"/>
     <w:rsid w:val="009F2635"/>
+    <w:rsid w:val="009F2E1E"/>
     <w:rsid w:val="009F41F0"/>
     <w:rsid w:val="009F458E"/>
     <w:rsid w:val="009F5116"/>
     <w:rsid w:val="009F6E63"/>
     <w:rsid w:val="009F7E35"/>
     <w:rsid w:val="00A011CF"/>
     <w:rsid w:val="00A01D8D"/>
     <w:rsid w:val="00A03594"/>
     <w:rsid w:val="00A03A03"/>
     <w:rsid w:val="00A03C04"/>
     <w:rsid w:val="00A04397"/>
     <w:rsid w:val="00A04DFB"/>
     <w:rsid w:val="00A07410"/>
     <w:rsid w:val="00A10FCE"/>
     <w:rsid w:val="00A12610"/>
     <w:rsid w:val="00A138CE"/>
     <w:rsid w:val="00A14EF1"/>
     <w:rsid w:val="00A15F52"/>
     <w:rsid w:val="00A23067"/>
     <w:rsid w:val="00A23551"/>
     <w:rsid w:val="00A24175"/>
     <w:rsid w:val="00A2588A"/>
     <w:rsid w:val="00A25C59"/>
     <w:rsid w:val="00A25E9D"/>
     <w:rsid w:val="00A269CF"/>
@@ -35436,98 +37065,101 @@
     <w:rsid w:val="00A5446E"/>
     <w:rsid w:val="00A54FA4"/>
     <w:rsid w:val="00A56682"/>
     <w:rsid w:val="00A57D95"/>
     <w:rsid w:val="00A610B0"/>
     <w:rsid w:val="00A61681"/>
     <w:rsid w:val="00A61A92"/>
     <w:rsid w:val="00A61D2E"/>
     <w:rsid w:val="00A64CB8"/>
     <w:rsid w:val="00A662DE"/>
     <w:rsid w:val="00A66E8A"/>
     <w:rsid w:val="00A70F36"/>
     <w:rsid w:val="00A713D4"/>
     <w:rsid w:val="00A728DA"/>
     <w:rsid w:val="00A72A18"/>
     <w:rsid w:val="00A73181"/>
     <w:rsid w:val="00A73DA3"/>
     <w:rsid w:val="00A741DC"/>
     <w:rsid w:val="00A75CD8"/>
     <w:rsid w:val="00A76D1C"/>
     <w:rsid w:val="00A81CE1"/>
     <w:rsid w:val="00A82F46"/>
     <w:rsid w:val="00A84588"/>
     <w:rsid w:val="00A855A1"/>
     <w:rsid w:val="00A8702A"/>
+    <w:rsid w:val="00A877C0"/>
     <w:rsid w:val="00A90CFF"/>
     <w:rsid w:val="00A91DD3"/>
     <w:rsid w:val="00A932D8"/>
     <w:rsid w:val="00A93A17"/>
     <w:rsid w:val="00A94108"/>
     <w:rsid w:val="00A95C87"/>
     <w:rsid w:val="00A96810"/>
     <w:rsid w:val="00A96908"/>
+    <w:rsid w:val="00AA0686"/>
     <w:rsid w:val="00AA08F8"/>
     <w:rsid w:val="00AA0AAB"/>
     <w:rsid w:val="00AA20D4"/>
     <w:rsid w:val="00AA4DDB"/>
     <w:rsid w:val="00AA5643"/>
     <w:rsid w:val="00AA5CC5"/>
     <w:rsid w:val="00AB0D2C"/>
     <w:rsid w:val="00AB1540"/>
     <w:rsid w:val="00AB1587"/>
     <w:rsid w:val="00AB19FA"/>
     <w:rsid w:val="00AB28E1"/>
     <w:rsid w:val="00AB2F7E"/>
     <w:rsid w:val="00AB431C"/>
     <w:rsid w:val="00AB48B3"/>
     <w:rsid w:val="00AB52B2"/>
     <w:rsid w:val="00AB5477"/>
     <w:rsid w:val="00AB59F8"/>
     <w:rsid w:val="00AB5ACE"/>
     <w:rsid w:val="00AB7798"/>
     <w:rsid w:val="00AB7D20"/>
     <w:rsid w:val="00AC175F"/>
     <w:rsid w:val="00AC215A"/>
     <w:rsid w:val="00AC2558"/>
     <w:rsid w:val="00AC4A91"/>
     <w:rsid w:val="00AC61FE"/>
     <w:rsid w:val="00AC654E"/>
     <w:rsid w:val="00AC6F1C"/>
     <w:rsid w:val="00AC6F2F"/>
     <w:rsid w:val="00AD0271"/>
     <w:rsid w:val="00AD0605"/>
     <w:rsid w:val="00AD07ED"/>
     <w:rsid w:val="00AD12B9"/>
     <w:rsid w:val="00AD1453"/>
     <w:rsid w:val="00AD1537"/>
     <w:rsid w:val="00AD2AD1"/>
     <w:rsid w:val="00AD473A"/>
     <w:rsid w:val="00AD518C"/>
     <w:rsid w:val="00AD55AF"/>
     <w:rsid w:val="00AD6EA2"/>
     <w:rsid w:val="00AD7869"/>
+    <w:rsid w:val="00AE01E0"/>
     <w:rsid w:val="00AE1A8E"/>
     <w:rsid w:val="00AE29A8"/>
     <w:rsid w:val="00AE37CB"/>
     <w:rsid w:val="00AE571F"/>
     <w:rsid w:val="00AE638A"/>
     <w:rsid w:val="00AF3B8D"/>
     <w:rsid w:val="00AF3EFF"/>
     <w:rsid w:val="00AF501F"/>
     <w:rsid w:val="00AF706F"/>
     <w:rsid w:val="00B003BD"/>
     <w:rsid w:val="00B00BC3"/>
     <w:rsid w:val="00B01703"/>
     <w:rsid w:val="00B01BFB"/>
     <w:rsid w:val="00B01C8B"/>
     <w:rsid w:val="00B038D0"/>
     <w:rsid w:val="00B05245"/>
     <w:rsid w:val="00B0676D"/>
     <w:rsid w:val="00B12682"/>
     <w:rsid w:val="00B12957"/>
     <w:rsid w:val="00B14000"/>
     <w:rsid w:val="00B16344"/>
     <w:rsid w:val="00B173D7"/>
     <w:rsid w:val="00B177A3"/>
     <w:rsid w:val="00B178C3"/>
     <w:rsid w:val="00B17B00"/>
@@ -35622,53 +37254,55 @@
     <w:rsid w:val="00BC7A87"/>
     <w:rsid w:val="00BD0A89"/>
     <w:rsid w:val="00BD0C22"/>
     <w:rsid w:val="00BD298D"/>
     <w:rsid w:val="00BD4309"/>
     <w:rsid w:val="00BD4F4A"/>
     <w:rsid w:val="00BD50C8"/>
     <w:rsid w:val="00BD6E8F"/>
     <w:rsid w:val="00BE0496"/>
     <w:rsid w:val="00BE1091"/>
     <w:rsid w:val="00BE1201"/>
     <w:rsid w:val="00BE1753"/>
     <w:rsid w:val="00BE1C72"/>
     <w:rsid w:val="00BE2162"/>
     <w:rsid w:val="00BE2EC3"/>
     <w:rsid w:val="00BE3D73"/>
     <w:rsid w:val="00BE55AE"/>
     <w:rsid w:val="00BE5686"/>
     <w:rsid w:val="00BE57C2"/>
     <w:rsid w:val="00BF2341"/>
     <w:rsid w:val="00BF2755"/>
     <w:rsid w:val="00BF3B15"/>
     <w:rsid w:val="00BF3EF1"/>
     <w:rsid w:val="00BF44DC"/>
     <w:rsid w:val="00BF4C37"/>
+    <w:rsid w:val="00BF67C1"/>
     <w:rsid w:val="00BF6BA0"/>
     <w:rsid w:val="00C00BD0"/>
     <w:rsid w:val="00C0117F"/>
+    <w:rsid w:val="00C0191E"/>
     <w:rsid w:val="00C02885"/>
     <w:rsid w:val="00C04A0C"/>
     <w:rsid w:val="00C04AE2"/>
     <w:rsid w:val="00C04F18"/>
     <w:rsid w:val="00C05641"/>
     <w:rsid w:val="00C05E76"/>
     <w:rsid w:val="00C07510"/>
     <w:rsid w:val="00C10262"/>
     <w:rsid w:val="00C10914"/>
     <w:rsid w:val="00C12C5E"/>
     <w:rsid w:val="00C14A25"/>
     <w:rsid w:val="00C14F14"/>
     <w:rsid w:val="00C14F77"/>
     <w:rsid w:val="00C15288"/>
     <w:rsid w:val="00C158FB"/>
     <w:rsid w:val="00C15D72"/>
     <w:rsid w:val="00C20247"/>
     <w:rsid w:val="00C210B8"/>
     <w:rsid w:val="00C21588"/>
     <w:rsid w:val="00C22EE1"/>
     <w:rsid w:val="00C23C51"/>
     <w:rsid w:val="00C2478E"/>
     <w:rsid w:val="00C24BD3"/>
     <w:rsid w:val="00C2543C"/>
     <w:rsid w:val="00C26611"/>
@@ -35688,54 +37322,57 @@
     <w:rsid w:val="00C42877"/>
     <w:rsid w:val="00C4308B"/>
     <w:rsid w:val="00C4494C"/>
     <w:rsid w:val="00C449BE"/>
     <w:rsid w:val="00C449CB"/>
     <w:rsid w:val="00C46142"/>
     <w:rsid w:val="00C46558"/>
     <w:rsid w:val="00C46B14"/>
     <w:rsid w:val="00C46CF3"/>
     <w:rsid w:val="00C4756A"/>
     <w:rsid w:val="00C47788"/>
     <w:rsid w:val="00C47C0E"/>
     <w:rsid w:val="00C51D91"/>
     <w:rsid w:val="00C51FAC"/>
     <w:rsid w:val="00C527E3"/>
     <w:rsid w:val="00C53700"/>
     <w:rsid w:val="00C53AFD"/>
     <w:rsid w:val="00C53E93"/>
     <w:rsid w:val="00C5522F"/>
     <w:rsid w:val="00C553A6"/>
     <w:rsid w:val="00C5547F"/>
     <w:rsid w:val="00C55830"/>
     <w:rsid w:val="00C5794B"/>
     <w:rsid w:val="00C57DD5"/>
     <w:rsid w:val="00C6241D"/>
+    <w:rsid w:val="00C62925"/>
     <w:rsid w:val="00C63183"/>
     <w:rsid w:val="00C66188"/>
     <w:rsid w:val="00C66328"/>
+    <w:rsid w:val="00C66BD2"/>
     <w:rsid w:val="00C706D7"/>
+    <w:rsid w:val="00C70BC2"/>
     <w:rsid w:val="00C71BBF"/>
     <w:rsid w:val="00C72535"/>
     <w:rsid w:val="00C73BF9"/>
     <w:rsid w:val="00C759EF"/>
     <w:rsid w:val="00C75AF3"/>
     <w:rsid w:val="00C763B4"/>
     <w:rsid w:val="00C76E98"/>
     <w:rsid w:val="00C772B6"/>
     <w:rsid w:val="00C778CD"/>
     <w:rsid w:val="00C77B7B"/>
     <w:rsid w:val="00C80093"/>
     <w:rsid w:val="00C8256E"/>
     <w:rsid w:val="00C8265E"/>
     <w:rsid w:val="00C82E60"/>
     <w:rsid w:val="00C854DD"/>
     <w:rsid w:val="00C8585D"/>
     <w:rsid w:val="00C859D3"/>
     <w:rsid w:val="00C87064"/>
     <w:rsid w:val="00C8719E"/>
     <w:rsid w:val="00C872FF"/>
     <w:rsid w:val="00C926E5"/>
     <w:rsid w:val="00C92D2F"/>
     <w:rsid w:val="00C93E03"/>
     <w:rsid w:val="00C95145"/>
     <w:rsid w:val="00C969AE"/>
@@ -35794,50 +37431,51 @@
     <w:rsid w:val="00CF6317"/>
     <w:rsid w:val="00D00064"/>
     <w:rsid w:val="00D06A08"/>
     <w:rsid w:val="00D10FE1"/>
     <w:rsid w:val="00D11D86"/>
     <w:rsid w:val="00D1238F"/>
     <w:rsid w:val="00D12432"/>
     <w:rsid w:val="00D144C8"/>
     <w:rsid w:val="00D147B9"/>
     <w:rsid w:val="00D14F88"/>
     <w:rsid w:val="00D151D6"/>
     <w:rsid w:val="00D16EA4"/>
     <w:rsid w:val="00D220A6"/>
     <w:rsid w:val="00D228A2"/>
     <w:rsid w:val="00D22B08"/>
     <w:rsid w:val="00D23CF6"/>
     <w:rsid w:val="00D2406D"/>
     <w:rsid w:val="00D255A7"/>
     <w:rsid w:val="00D267C0"/>
     <w:rsid w:val="00D3041B"/>
     <w:rsid w:val="00D31998"/>
     <w:rsid w:val="00D33A42"/>
     <w:rsid w:val="00D33D1B"/>
     <w:rsid w:val="00D347C2"/>
     <w:rsid w:val="00D34B8E"/>
+    <w:rsid w:val="00D36B32"/>
     <w:rsid w:val="00D42A11"/>
     <w:rsid w:val="00D4413F"/>
     <w:rsid w:val="00D44955"/>
     <w:rsid w:val="00D44A58"/>
     <w:rsid w:val="00D461F7"/>
     <w:rsid w:val="00D476E4"/>
     <w:rsid w:val="00D50A6D"/>
     <w:rsid w:val="00D5132D"/>
     <w:rsid w:val="00D5167A"/>
     <w:rsid w:val="00D5315B"/>
     <w:rsid w:val="00D54618"/>
     <w:rsid w:val="00D56011"/>
     <w:rsid w:val="00D565B6"/>
     <w:rsid w:val="00D56F2F"/>
     <w:rsid w:val="00D570AA"/>
     <w:rsid w:val="00D600A1"/>
     <w:rsid w:val="00D6214D"/>
     <w:rsid w:val="00D62ABF"/>
     <w:rsid w:val="00D66229"/>
     <w:rsid w:val="00D70AEB"/>
     <w:rsid w:val="00D71192"/>
     <w:rsid w:val="00D7223B"/>
     <w:rsid w:val="00D72DFB"/>
     <w:rsid w:val="00D73971"/>
     <w:rsid w:val="00D75962"/>
@@ -35904,202 +37542,208 @@
     <w:rsid w:val="00E00FB3"/>
     <w:rsid w:val="00E02D13"/>
     <w:rsid w:val="00E031FE"/>
     <w:rsid w:val="00E034AA"/>
     <w:rsid w:val="00E0358B"/>
     <w:rsid w:val="00E035BB"/>
     <w:rsid w:val="00E03A5B"/>
     <w:rsid w:val="00E06AEC"/>
     <w:rsid w:val="00E06DCB"/>
     <w:rsid w:val="00E07D46"/>
     <w:rsid w:val="00E163D1"/>
     <w:rsid w:val="00E16BF7"/>
     <w:rsid w:val="00E21818"/>
     <w:rsid w:val="00E21906"/>
     <w:rsid w:val="00E22710"/>
     <w:rsid w:val="00E22C16"/>
     <w:rsid w:val="00E24BC0"/>
     <w:rsid w:val="00E25384"/>
     <w:rsid w:val="00E263A4"/>
     <w:rsid w:val="00E26FE6"/>
     <w:rsid w:val="00E30D3C"/>
     <w:rsid w:val="00E30E88"/>
     <w:rsid w:val="00E31408"/>
     <w:rsid w:val="00E3164A"/>
     <w:rsid w:val="00E32277"/>
+    <w:rsid w:val="00E3264D"/>
     <w:rsid w:val="00E349ED"/>
     <w:rsid w:val="00E362B2"/>
     <w:rsid w:val="00E3747C"/>
     <w:rsid w:val="00E40F99"/>
     <w:rsid w:val="00E410D4"/>
     <w:rsid w:val="00E41D5E"/>
     <w:rsid w:val="00E41EB8"/>
     <w:rsid w:val="00E425CA"/>
     <w:rsid w:val="00E42BDF"/>
     <w:rsid w:val="00E44740"/>
     <w:rsid w:val="00E44801"/>
     <w:rsid w:val="00E47338"/>
     <w:rsid w:val="00E50454"/>
     <w:rsid w:val="00E50EEC"/>
     <w:rsid w:val="00E51594"/>
     <w:rsid w:val="00E53E78"/>
     <w:rsid w:val="00E54484"/>
     <w:rsid w:val="00E552C8"/>
     <w:rsid w:val="00E56D0F"/>
     <w:rsid w:val="00E57BA3"/>
     <w:rsid w:val="00E60375"/>
     <w:rsid w:val="00E6044C"/>
     <w:rsid w:val="00E606BA"/>
     <w:rsid w:val="00E63FFB"/>
     <w:rsid w:val="00E6421F"/>
     <w:rsid w:val="00E64AD5"/>
     <w:rsid w:val="00E64D55"/>
     <w:rsid w:val="00E7217F"/>
     <w:rsid w:val="00E740CB"/>
+    <w:rsid w:val="00E766D2"/>
     <w:rsid w:val="00E7796B"/>
     <w:rsid w:val="00E81580"/>
     <w:rsid w:val="00E822EC"/>
     <w:rsid w:val="00E82D82"/>
     <w:rsid w:val="00E83593"/>
     <w:rsid w:val="00E83F10"/>
     <w:rsid w:val="00E842F4"/>
     <w:rsid w:val="00E86BD6"/>
     <w:rsid w:val="00E87F7D"/>
     <w:rsid w:val="00E90287"/>
     <w:rsid w:val="00E94B65"/>
     <w:rsid w:val="00E9763D"/>
     <w:rsid w:val="00EA050D"/>
     <w:rsid w:val="00EA1CAD"/>
     <w:rsid w:val="00EA2474"/>
     <w:rsid w:val="00EA3634"/>
     <w:rsid w:val="00EA3870"/>
     <w:rsid w:val="00EA4C9B"/>
     <w:rsid w:val="00EA58E2"/>
     <w:rsid w:val="00EA7EAD"/>
     <w:rsid w:val="00EB126C"/>
     <w:rsid w:val="00EB163F"/>
     <w:rsid w:val="00EB18FE"/>
     <w:rsid w:val="00EB23EF"/>
     <w:rsid w:val="00EB33CB"/>
     <w:rsid w:val="00EB3E4A"/>
     <w:rsid w:val="00EB3F68"/>
     <w:rsid w:val="00EB404A"/>
     <w:rsid w:val="00EB4B47"/>
     <w:rsid w:val="00EB6DCB"/>
     <w:rsid w:val="00EB7746"/>
     <w:rsid w:val="00EB7A4A"/>
     <w:rsid w:val="00EBF777"/>
+    <w:rsid w:val="00EC30D7"/>
     <w:rsid w:val="00EC450D"/>
     <w:rsid w:val="00EC52C4"/>
     <w:rsid w:val="00EC6866"/>
     <w:rsid w:val="00EC6F34"/>
     <w:rsid w:val="00EC7C7C"/>
     <w:rsid w:val="00ECFA4F"/>
     <w:rsid w:val="00ED0C6A"/>
     <w:rsid w:val="00ED1336"/>
     <w:rsid w:val="00ED26F5"/>
     <w:rsid w:val="00ED28D8"/>
     <w:rsid w:val="00ED32AD"/>
     <w:rsid w:val="00ED4261"/>
     <w:rsid w:val="00ED5FA1"/>
     <w:rsid w:val="00ED6B9C"/>
     <w:rsid w:val="00ED6EF4"/>
     <w:rsid w:val="00ED7EE4"/>
     <w:rsid w:val="00ED7F19"/>
     <w:rsid w:val="00EE09A7"/>
     <w:rsid w:val="00EE1195"/>
     <w:rsid w:val="00EE1393"/>
     <w:rsid w:val="00EE1C98"/>
     <w:rsid w:val="00EE1EA5"/>
     <w:rsid w:val="00EE1F7A"/>
     <w:rsid w:val="00EE45B9"/>
     <w:rsid w:val="00EE4CE7"/>
     <w:rsid w:val="00EE54B3"/>
     <w:rsid w:val="00EE75A0"/>
     <w:rsid w:val="00EF0216"/>
     <w:rsid w:val="00EF0660"/>
     <w:rsid w:val="00EF1DE8"/>
     <w:rsid w:val="00EF59B0"/>
     <w:rsid w:val="00EF6FE3"/>
     <w:rsid w:val="00EF7627"/>
     <w:rsid w:val="00EF7DF5"/>
     <w:rsid w:val="00F00549"/>
     <w:rsid w:val="00F047F0"/>
     <w:rsid w:val="00F04BFF"/>
     <w:rsid w:val="00F05180"/>
     <w:rsid w:val="00F05D66"/>
     <w:rsid w:val="00F105C8"/>
     <w:rsid w:val="00F105E2"/>
     <w:rsid w:val="00F11144"/>
     <w:rsid w:val="00F11ABB"/>
     <w:rsid w:val="00F139C2"/>
     <w:rsid w:val="00F13B98"/>
     <w:rsid w:val="00F13E52"/>
     <w:rsid w:val="00F20CF7"/>
     <w:rsid w:val="00F22A8B"/>
     <w:rsid w:val="00F22D27"/>
     <w:rsid w:val="00F23441"/>
+    <w:rsid w:val="00F24618"/>
     <w:rsid w:val="00F26E9A"/>
     <w:rsid w:val="00F26F35"/>
     <w:rsid w:val="00F27C4B"/>
     <w:rsid w:val="00F319C8"/>
     <w:rsid w:val="00F31CC4"/>
     <w:rsid w:val="00F32C0F"/>
     <w:rsid w:val="00F332D9"/>
     <w:rsid w:val="00F33872"/>
     <w:rsid w:val="00F34036"/>
     <w:rsid w:val="00F35A79"/>
     <w:rsid w:val="00F37EB2"/>
     <w:rsid w:val="00F40370"/>
     <w:rsid w:val="00F40441"/>
     <w:rsid w:val="00F40888"/>
     <w:rsid w:val="00F41C8E"/>
     <w:rsid w:val="00F41CBF"/>
     <w:rsid w:val="00F42E4A"/>
     <w:rsid w:val="00F43619"/>
     <w:rsid w:val="00F4499F"/>
+    <w:rsid w:val="00F4576F"/>
     <w:rsid w:val="00F46199"/>
     <w:rsid w:val="00F47162"/>
     <w:rsid w:val="00F47167"/>
     <w:rsid w:val="00F47503"/>
     <w:rsid w:val="00F5209E"/>
     <w:rsid w:val="00F53733"/>
     <w:rsid w:val="00F57EBE"/>
     <w:rsid w:val="00F601C9"/>
     <w:rsid w:val="00F61288"/>
     <w:rsid w:val="00F619B0"/>
     <w:rsid w:val="00F6296B"/>
     <w:rsid w:val="00F636EB"/>
     <w:rsid w:val="00F63CBC"/>
     <w:rsid w:val="00F64A91"/>
     <w:rsid w:val="00F64AF1"/>
     <w:rsid w:val="00F64C42"/>
     <w:rsid w:val="00F65BB6"/>
     <w:rsid w:val="00F700C1"/>
     <w:rsid w:val="00F70C2C"/>
     <w:rsid w:val="00F71F56"/>
     <w:rsid w:val="00F72EBE"/>
+    <w:rsid w:val="00F754A4"/>
     <w:rsid w:val="00F75D4D"/>
     <w:rsid w:val="00F766E6"/>
     <w:rsid w:val="00F76AAD"/>
     <w:rsid w:val="00F7777B"/>
     <w:rsid w:val="00F777F0"/>
     <w:rsid w:val="00F77EC6"/>
     <w:rsid w:val="00F80F69"/>
     <w:rsid w:val="00F81788"/>
     <w:rsid w:val="00F82106"/>
     <w:rsid w:val="00F827AE"/>
     <w:rsid w:val="00F82BCA"/>
     <w:rsid w:val="00F83C43"/>
     <w:rsid w:val="00F84C66"/>
     <w:rsid w:val="00F85E0A"/>
     <w:rsid w:val="00F90938"/>
     <w:rsid w:val="00F91720"/>
     <w:rsid w:val="00F92D7D"/>
     <w:rsid w:val="00F93409"/>
     <w:rsid w:val="00F936C2"/>
     <w:rsid w:val="00F94863"/>
     <w:rsid w:val="00F948A3"/>
     <w:rsid w:val="00F95661"/>
     <w:rsid w:val="00FA1608"/>
     <w:rsid w:val="00FA366E"/>
     <w:rsid w:val="00FA496A"/>
@@ -36121,1653 +37765,2135 @@
     <w:rsid w:val="00FC25A5"/>
     <w:rsid w:val="00FC2826"/>
     <w:rsid w:val="00FC391B"/>
     <w:rsid w:val="00FC4146"/>
     <w:rsid w:val="00FC7C2C"/>
     <w:rsid w:val="00FD02B7"/>
     <w:rsid w:val="00FD1549"/>
     <w:rsid w:val="00FD3A58"/>
     <w:rsid w:val="00FD4260"/>
     <w:rsid w:val="00FDDE3C"/>
     <w:rsid w:val="00FE00E3"/>
     <w:rsid w:val="00FE0B27"/>
     <w:rsid w:val="00FE10DD"/>
     <w:rsid w:val="00FE27E2"/>
     <w:rsid w:val="00FE281D"/>
     <w:rsid w:val="00FE3CA8"/>
     <w:rsid w:val="00FE5EDB"/>
     <w:rsid w:val="00FE6CF5"/>
     <w:rsid w:val="00FF01C2"/>
     <w:rsid w:val="00FF1013"/>
     <w:rsid w:val="00FF1DD6"/>
     <w:rsid w:val="00FF43A1"/>
     <w:rsid w:val="00FF4583"/>
     <w:rsid w:val="00FF5434"/>
     <w:rsid w:val="010B732D"/>
+    <w:rsid w:val="011A60FA"/>
     <w:rsid w:val="011A7571"/>
     <w:rsid w:val="01296DFC"/>
     <w:rsid w:val="013A061E"/>
+    <w:rsid w:val="015E4735"/>
     <w:rsid w:val="0164A45E"/>
     <w:rsid w:val="017078D8"/>
     <w:rsid w:val="018DEBCE"/>
     <w:rsid w:val="01926969"/>
     <w:rsid w:val="0195CFC9"/>
     <w:rsid w:val="0199CC06"/>
     <w:rsid w:val="019C9DCA"/>
     <w:rsid w:val="01A19431"/>
     <w:rsid w:val="01CCBFF1"/>
     <w:rsid w:val="01CCF27A"/>
     <w:rsid w:val="01CE205E"/>
+    <w:rsid w:val="01D3FC32"/>
+    <w:rsid w:val="01DC9D77"/>
+    <w:rsid w:val="01DEE9E2"/>
     <w:rsid w:val="01FD028F"/>
     <w:rsid w:val="020EDEB6"/>
     <w:rsid w:val="0211E969"/>
     <w:rsid w:val="02128979"/>
     <w:rsid w:val="021FB4BF"/>
     <w:rsid w:val="022559E6"/>
+    <w:rsid w:val="0244DD57"/>
     <w:rsid w:val="02471FCF"/>
     <w:rsid w:val="02517AD9"/>
     <w:rsid w:val="02552969"/>
+    <w:rsid w:val="0261B2CD"/>
     <w:rsid w:val="0283BB14"/>
     <w:rsid w:val="02A06A5E"/>
     <w:rsid w:val="02F1649C"/>
     <w:rsid w:val="02FDBAE1"/>
     <w:rsid w:val="0301239B"/>
     <w:rsid w:val="0303420F"/>
     <w:rsid w:val="03109482"/>
     <w:rsid w:val="0314F1C6"/>
     <w:rsid w:val="032B7BAC"/>
     <w:rsid w:val="03399788"/>
     <w:rsid w:val="036C13A4"/>
     <w:rsid w:val="03868095"/>
     <w:rsid w:val="03933E53"/>
     <w:rsid w:val="03B959D7"/>
     <w:rsid w:val="03D4D426"/>
     <w:rsid w:val="03E8642A"/>
     <w:rsid w:val="03EAA702"/>
     <w:rsid w:val="03FAEAE0"/>
     <w:rsid w:val="04237BEE"/>
     <w:rsid w:val="0433ED2F"/>
     <w:rsid w:val="0437A0B0"/>
     <w:rsid w:val="044C9EF5"/>
     <w:rsid w:val="0460F59D"/>
     <w:rsid w:val="04666903"/>
     <w:rsid w:val="0468BE77"/>
     <w:rsid w:val="046EE710"/>
+    <w:rsid w:val="0475FE6F"/>
     <w:rsid w:val="047DD4DD"/>
+    <w:rsid w:val="0484F69C"/>
     <w:rsid w:val="04A5BDF3"/>
     <w:rsid w:val="04AACC28"/>
     <w:rsid w:val="04DD5BF2"/>
     <w:rsid w:val="04DF6B9C"/>
     <w:rsid w:val="04F60F92"/>
     <w:rsid w:val="0501F6DD"/>
     <w:rsid w:val="050EE354"/>
+    <w:rsid w:val="0527ECB1"/>
     <w:rsid w:val="053374E2"/>
     <w:rsid w:val="054B3F48"/>
     <w:rsid w:val="055023DA"/>
     <w:rsid w:val="05591C78"/>
+    <w:rsid w:val="0559841E"/>
     <w:rsid w:val="0571CA8E"/>
     <w:rsid w:val="05825B29"/>
     <w:rsid w:val="05A6BA15"/>
     <w:rsid w:val="05B2C56B"/>
     <w:rsid w:val="05C0EDA3"/>
     <w:rsid w:val="05ED94CB"/>
+    <w:rsid w:val="05EF6726"/>
     <w:rsid w:val="05F7FBB3"/>
     <w:rsid w:val="061580A0"/>
+    <w:rsid w:val="06198DCB"/>
+    <w:rsid w:val="061F2A92"/>
     <w:rsid w:val="061FAAD1"/>
     <w:rsid w:val="0624AAF2"/>
+    <w:rsid w:val="0624F99F"/>
+    <w:rsid w:val="0627FE31"/>
     <w:rsid w:val="06470E25"/>
     <w:rsid w:val="0647ADE7"/>
     <w:rsid w:val="064CB1E6"/>
     <w:rsid w:val="066BF5BA"/>
     <w:rsid w:val="066BFD84"/>
     <w:rsid w:val="06B518D9"/>
     <w:rsid w:val="06BE9B3E"/>
     <w:rsid w:val="06C5A09A"/>
     <w:rsid w:val="06D15FEC"/>
     <w:rsid w:val="06E488EE"/>
     <w:rsid w:val="07044B01"/>
     <w:rsid w:val="07193AAD"/>
+    <w:rsid w:val="0728981E"/>
     <w:rsid w:val="072A7450"/>
     <w:rsid w:val="072B181D"/>
     <w:rsid w:val="072E3ADF"/>
     <w:rsid w:val="0730EE2B"/>
     <w:rsid w:val="0759C1B6"/>
+    <w:rsid w:val="075CC057"/>
+    <w:rsid w:val="076026EF"/>
+    <w:rsid w:val="076079B7"/>
     <w:rsid w:val="0761A90D"/>
     <w:rsid w:val="0779CA9A"/>
     <w:rsid w:val="0780269F"/>
+    <w:rsid w:val="07A34EA7"/>
     <w:rsid w:val="07A8C036"/>
     <w:rsid w:val="07AE6A9A"/>
     <w:rsid w:val="07BD0A19"/>
     <w:rsid w:val="07C352E2"/>
     <w:rsid w:val="07CD754C"/>
     <w:rsid w:val="07DA5CBD"/>
     <w:rsid w:val="07EB4920"/>
     <w:rsid w:val="0802D273"/>
     <w:rsid w:val="081377AA"/>
     <w:rsid w:val="08179630"/>
     <w:rsid w:val="08252CFC"/>
     <w:rsid w:val="083A3B66"/>
     <w:rsid w:val="084BAD29"/>
     <w:rsid w:val="086D9DA2"/>
+    <w:rsid w:val="087A0B4A"/>
     <w:rsid w:val="087EE87A"/>
     <w:rsid w:val="087F764E"/>
     <w:rsid w:val="088754DC"/>
     <w:rsid w:val="0890FD0C"/>
     <w:rsid w:val="089BC43B"/>
     <w:rsid w:val="08B7F1EE"/>
+    <w:rsid w:val="08BAE714"/>
     <w:rsid w:val="08CFB980"/>
     <w:rsid w:val="08D43585"/>
     <w:rsid w:val="08DFF9D9"/>
     <w:rsid w:val="08EA14EF"/>
     <w:rsid w:val="08F248F1"/>
     <w:rsid w:val="08F9EE47"/>
     <w:rsid w:val="08FF5747"/>
     <w:rsid w:val="0945C820"/>
+    <w:rsid w:val="094D04B4"/>
     <w:rsid w:val="09663406"/>
+    <w:rsid w:val="096BB415"/>
     <w:rsid w:val="09889459"/>
     <w:rsid w:val="098D5492"/>
     <w:rsid w:val="09A01FB0"/>
+    <w:rsid w:val="09A24E58"/>
     <w:rsid w:val="09B6CDDB"/>
     <w:rsid w:val="09C8CBEB"/>
     <w:rsid w:val="09ED334F"/>
     <w:rsid w:val="09F034B0"/>
     <w:rsid w:val="0A02A58E"/>
+    <w:rsid w:val="0A0627DC"/>
     <w:rsid w:val="0A0A2B64"/>
+    <w:rsid w:val="0A226265"/>
     <w:rsid w:val="0A44867D"/>
     <w:rsid w:val="0A6FCCDE"/>
     <w:rsid w:val="0A7BA589"/>
+    <w:rsid w:val="0A974A0A"/>
     <w:rsid w:val="0AA5C7BB"/>
     <w:rsid w:val="0ADA742D"/>
     <w:rsid w:val="0B06974A"/>
     <w:rsid w:val="0B2075C8"/>
     <w:rsid w:val="0B2E71A8"/>
     <w:rsid w:val="0B40C2C1"/>
     <w:rsid w:val="0B5F71A4"/>
     <w:rsid w:val="0B6F1818"/>
     <w:rsid w:val="0B7F5ED0"/>
     <w:rsid w:val="0B84D5AE"/>
     <w:rsid w:val="0B9A574A"/>
+    <w:rsid w:val="0BB14E0B"/>
+    <w:rsid w:val="0BB614B4"/>
+    <w:rsid w:val="0BB6B262"/>
     <w:rsid w:val="0BB829EB"/>
     <w:rsid w:val="0BD6A5BC"/>
     <w:rsid w:val="0BE262AE"/>
+    <w:rsid w:val="0BE3907B"/>
+    <w:rsid w:val="0BEA8AB4"/>
     <w:rsid w:val="0BEAA182"/>
     <w:rsid w:val="0BF223BE"/>
     <w:rsid w:val="0BF389D4"/>
+    <w:rsid w:val="0BF98875"/>
+    <w:rsid w:val="0C1084BF"/>
     <w:rsid w:val="0C1326B4"/>
     <w:rsid w:val="0C144A22"/>
     <w:rsid w:val="0C14BF7B"/>
     <w:rsid w:val="0C23CD50"/>
     <w:rsid w:val="0C295B23"/>
     <w:rsid w:val="0C2B000F"/>
     <w:rsid w:val="0C3A69A8"/>
     <w:rsid w:val="0C467012"/>
     <w:rsid w:val="0C4846D2"/>
+    <w:rsid w:val="0C57C506"/>
     <w:rsid w:val="0C650770"/>
     <w:rsid w:val="0C7F6EA0"/>
     <w:rsid w:val="0C840E0B"/>
     <w:rsid w:val="0C84B50D"/>
+    <w:rsid w:val="0C8D236A"/>
     <w:rsid w:val="0C8EEABF"/>
     <w:rsid w:val="0CAD20FA"/>
     <w:rsid w:val="0CB81246"/>
     <w:rsid w:val="0CBBC77A"/>
     <w:rsid w:val="0CBD763F"/>
     <w:rsid w:val="0CBF136A"/>
     <w:rsid w:val="0CD4561B"/>
+    <w:rsid w:val="0D06DE0F"/>
+    <w:rsid w:val="0D072C5F"/>
     <w:rsid w:val="0D14EB83"/>
     <w:rsid w:val="0D25B35C"/>
     <w:rsid w:val="0D3A68BA"/>
     <w:rsid w:val="0D4A718A"/>
     <w:rsid w:val="0D4B5152"/>
     <w:rsid w:val="0D508271"/>
     <w:rsid w:val="0D5AB3D3"/>
     <w:rsid w:val="0D651AF8"/>
     <w:rsid w:val="0D87A669"/>
     <w:rsid w:val="0D90CBF2"/>
     <w:rsid w:val="0D96E34C"/>
     <w:rsid w:val="0D98996D"/>
+    <w:rsid w:val="0DC541D8"/>
     <w:rsid w:val="0DD185EC"/>
     <w:rsid w:val="0DD31517"/>
     <w:rsid w:val="0DE27EB1"/>
     <w:rsid w:val="0DF70C97"/>
     <w:rsid w:val="0DF72F0C"/>
     <w:rsid w:val="0E02070C"/>
     <w:rsid w:val="0E07BB13"/>
     <w:rsid w:val="0E09950E"/>
     <w:rsid w:val="0E25B77E"/>
     <w:rsid w:val="0E2B1872"/>
     <w:rsid w:val="0E3CE879"/>
     <w:rsid w:val="0E46B77E"/>
     <w:rsid w:val="0E4A3DC2"/>
+    <w:rsid w:val="0E4DDF53"/>
+    <w:rsid w:val="0E5C2D6B"/>
     <w:rsid w:val="0E72B659"/>
     <w:rsid w:val="0E7C198D"/>
     <w:rsid w:val="0E9DC3C1"/>
     <w:rsid w:val="0E9E1FB5"/>
+    <w:rsid w:val="0EACD2E7"/>
     <w:rsid w:val="0EB18378"/>
     <w:rsid w:val="0EB4FE5E"/>
+    <w:rsid w:val="0EBB4EE3"/>
     <w:rsid w:val="0EC58892"/>
     <w:rsid w:val="0EC5A4FB"/>
     <w:rsid w:val="0ED463E7"/>
     <w:rsid w:val="0ED70044"/>
     <w:rsid w:val="0EE2591A"/>
     <w:rsid w:val="0EE84D15"/>
     <w:rsid w:val="0EE98A9D"/>
+    <w:rsid w:val="0EF828C5"/>
     <w:rsid w:val="0EFBD25B"/>
     <w:rsid w:val="0F05CC4F"/>
     <w:rsid w:val="0F1718B0"/>
     <w:rsid w:val="0F699F56"/>
     <w:rsid w:val="0F8975E8"/>
     <w:rsid w:val="0F8A73C8"/>
+    <w:rsid w:val="0F908D71"/>
     <w:rsid w:val="0F969527"/>
     <w:rsid w:val="0F9A3207"/>
+    <w:rsid w:val="0F9EAC9E"/>
     <w:rsid w:val="0FB80ABC"/>
+    <w:rsid w:val="0FDCC3BB"/>
     <w:rsid w:val="1006004B"/>
     <w:rsid w:val="100AE477"/>
     <w:rsid w:val="101FACC3"/>
     <w:rsid w:val="1026FCF3"/>
     <w:rsid w:val="1028143D"/>
     <w:rsid w:val="10294716"/>
     <w:rsid w:val="1045B24C"/>
+    <w:rsid w:val="105C4835"/>
+    <w:rsid w:val="10619E0A"/>
+    <w:rsid w:val="10777A46"/>
+    <w:rsid w:val="107ACA9A"/>
     <w:rsid w:val="10AE2F0E"/>
     <w:rsid w:val="10C9EA7D"/>
     <w:rsid w:val="10CEDEA5"/>
     <w:rsid w:val="10DAADE6"/>
     <w:rsid w:val="10DF465E"/>
     <w:rsid w:val="10E159D4"/>
+    <w:rsid w:val="10EF59BF"/>
     <w:rsid w:val="11073B90"/>
     <w:rsid w:val="111790C4"/>
     <w:rsid w:val="11184270"/>
+    <w:rsid w:val="1144A785"/>
     <w:rsid w:val="114D5952"/>
     <w:rsid w:val="1162C4ED"/>
+    <w:rsid w:val="116D915E"/>
     <w:rsid w:val="117473F8"/>
     <w:rsid w:val="118023BD"/>
     <w:rsid w:val="11A6E415"/>
     <w:rsid w:val="11B0694C"/>
     <w:rsid w:val="11D796AD"/>
     <w:rsid w:val="11E365ED"/>
     <w:rsid w:val="11E55574"/>
     <w:rsid w:val="1213BBEC"/>
     <w:rsid w:val="1224B20C"/>
     <w:rsid w:val="12380825"/>
     <w:rsid w:val="12624BE3"/>
     <w:rsid w:val="126B3711"/>
     <w:rsid w:val="12B091C5"/>
+    <w:rsid w:val="12B55372"/>
     <w:rsid w:val="12B78662"/>
+    <w:rsid w:val="12B98ADB"/>
     <w:rsid w:val="12C03B20"/>
     <w:rsid w:val="12D353CB"/>
+    <w:rsid w:val="12E51F36"/>
+    <w:rsid w:val="12E84FF9"/>
+    <w:rsid w:val="1323F9C4"/>
     <w:rsid w:val="132783FD"/>
+    <w:rsid w:val="1330E239"/>
     <w:rsid w:val="13404C76"/>
+    <w:rsid w:val="13681305"/>
     <w:rsid w:val="136F430E"/>
     <w:rsid w:val="13704017"/>
+    <w:rsid w:val="139B6A14"/>
+    <w:rsid w:val="139F6A76"/>
     <w:rsid w:val="13B3397B"/>
     <w:rsid w:val="13B351E8"/>
+    <w:rsid w:val="13C7C93E"/>
     <w:rsid w:val="13CBB034"/>
     <w:rsid w:val="13CBC7A6"/>
     <w:rsid w:val="13D7035C"/>
+    <w:rsid w:val="13E41E86"/>
     <w:rsid w:val="13E451B3"/>
     <w:rsid w:val="13E6D0FB"/>
     <w:rsid w:val="13F2808E"/>
     <w:rsid w:val="14029BF8"/>
     <w:rsid w:val="1414EA6D"/>
     <w:rsid w:val="1416ADDB"/>
     <w:rsid w:val="1434A3ED"/>
     <w:rsid w:val="1439A375"/>
+    <w:rsid w:val="1446CAD6"/>
+    <w:rsid w:val="144CD9CB"/>
     <w:rsid w:val="145BDB50"/>
     <w:rsid w:val="146088B4"/>
     <w:rsid w:val="14651110"/>
     <w:rsid w:val="1472A998"/>
+    <w:rsid w:val="147FA9D3"/>
+    <w:rsid w:val="14A006E7"/>
+    <w:rsid w:val="14BC9B28"/>
     <w:rsid w:val="14DE6B75"/>
     <w:rsid w:val="14EB1636"/>
     <w:rsid w:val="14EB592C"/>
+    <w:rsid w:val="14F1E03C"/>
     <w:rsid w:val="14FA7337"/>
     <w:rsid w:val="1521036D"/>
     <w:rsid w:val="1537DA02"/>
+    <w:rsid w:val="154B91CC"/>
     <w:rsid w:val="156F6357"/>
     <w:rsid w:val="1581749E"/>
     <w:rsid w:val="1590C127"/>
     <w:rsid w:val="159F20B7"/>
     <w:rsid w:val="15D372FB"/>
+    <w:rsid w:val="15D6CD29"/>
     <w:rsid w:val="15E2B20B"/>
+    <w:rsid w:val="15E51E71"/>
     <w:rsid w:val="15E9F580"/>
     <w:rsid w:val="15FE2823"/>
     <w:rsid w:val="162043AF"/>
+    <w:rsid w:val="163ED25E"/>
     <w:rsid w:val="1657AD62"/>
     <w:rsid w:val="167DC39E"/>
+    <w:rsid w:val="16840E3C"/>
     <w:rsid w:val="1693B10B"/>
+    <w:rsid w:val="16BB21F8"/>
     <w:rsid w:val="16D3172C"/>
     <w:rsid w:val="17017227"/>
+    <w:rsid w:val="17069D14"/>
     <w:rsid w:val="171F4ACB"/>
+    <w:rsid w:val="172A99A3"/>
+    <w:rsid w:val="172F71FC"/>
     <w:rsid w:val="17321A86"/>
+    <w:rsid w:val="1740C72E"/>
+    <w:rsid w:val="1770EEE4"/>
     <w:rsid w:val="177566E1"/>
     <w:rsid w:val="1791B975"/>
     <w:rsid w:val="179C5A17"/>
     <w:rsid w:val="17DBD031"/>
+    <w:rsid w:val="18021696"/>
     <w:rsid w:val="180E2215"/>
     <w:rsid w:val="18393E72"/>
     <w:rsid w:val="183C55C2"/>
     <w:rsid w:val="18417C10"/>
     <w:rsid w:val="1842FB7E"/>
     <w:rsid w:val="184A2C18"/>
+    <w:rsid w:val="186BA388"/>
     <w:rsid w:val="186E4FF6"/>
+    <w:rsid w:val="18729B6F"/>
     <w:rsid w:val="18765B80"/>
+    <w:rsid w:val="1884A060"/>
     <w:rsid w:val="188DB3FB"/>
     <w:rsid w:val="18BD4DBA"/>
+    <w:rsid w:val="18C9DC41"/>
     <w:rsid w:val="18C9E2FC"/>
     <w:rsid w:val="18CA03E2"/>
     <w:rsid w:val="18CA133E"/>
     <w:rsid w:val="18CABE37"/>
     <w:rsid w:val="18DDCAD2"/>
+    <w:rsid w:val="18E8131F"/>
     <w:rsid w:val="18F035B7"/>
     <w:rsid w:val="1920AC5B"/>
     <w:rsid w:val="192E2042"/>
     <w:rsid w:val="192F11E4"/>
+    <w:rsid w:val="19385D3F"/>
     <w:rsid w:val="194834EF"/>
     <w:rsid w:val="1951E5A9"/>
     <w:rsid w:val="195A2A15"/>
     <w:rsid w:val="19696C7F"/>
     <w:rsid w:val="197EF6A0"/>
+    <w:rsid w:val="1995D7E0"/>
+    <w:rsid w:val="199DF9EA"/>
+    <w:rsid w:val="19A27CA8"/>
     <w:rsid w:val="19B3C7BF"/>
+    <w:rsid w:val="19BDD09D"/>
     <w:rsid w:val="19C79DC0"/>
+    <w:rsid w:val="19D89A49"/>
     <w:rsid w:val="19E4E1F7"/>
+    <w:rsid w:val="19F80775"/>
     <w:rsid w:val="19FA4360"/>
+    <w:rsid w:val="19FC4869"/>
     <w:rsid w:val="1A0DBE23"/>
     <w:rsid w:val="1A1DB186"/>
     <w:rsid w:val="1A29DD60"/>
     <w:rsid w:val="1A2B0E69"/>
+    <w:rsid w:val="1A2DED70"/>
     <w:rsid w:val="1A67B8EA"/>
+    <w:rsid w:val="1A7DC360"/>
     <w:rsid w:val="1AAF079C"/>
     <w:rsid w:val="1AB021F9"/>
     <w:rsid w:val="1AB49134"/>
     <w:rsid w:val="1ABB28FF"/>
     <w:rsid w:val="1AE8E88F"/>
     <w:rsid w:val="1AEA8DCD"/>
     <w:rsid w:val="1AF6FD77"/>
     <w:rsid w:val="1AF7DBF2"/>
     <w:rsid w:val="1AFFD302"/>
+    <w:rsid w:val="1B0565D8"/>
+    <w:rsid w:val="1B0D5463"/>
+    <w:rsid w:val="1B1BA959"/>
     <w:rsid w:val="1B302FB9"/>
     <w:rsid w:val="1B4D458B"/>
     <w:rsid w:val="1B606427"/>
+    <w:rsid w:val="1B722782"/>
+    <w:rsid w:val="1B7DB54D"/>
     <w:rsid w:val="1B90CA4B"/>
+    <w:rsid w:val="1BA01BAE"/>
+    <w:rsid w:val="1BAD1ECE"/>
     <w:rsid w:val="1BAEF6BC"/>
     <w:rsid w:val="1BC05FDB"/>
     <w:rsid w:val="1BDD338A"/>
     <w:rsid w:val="1BE43D1F"/>
     <w:rsid w:val="1BEF91DC"/>
     <w:rsid w:val="1BEFC703"/>
     <w:rsid w:val="1C0183E5"/>
     <w:rsid w:val="1C01B622"/>
+    <w:rsid w:val="1C133F05"/>
+    <w:rsid w:val="1C204C1E"/>
     <w:rsid w:val="1C30A570"/>
     <w:rsid w:val="1C34E09B"/>
     <w:rsid w:val="1C35D8DB"/>
     <w:rsid w:val="1C37A1D4"/>
+    <w:rsid w:val="1C51DF10"/>
+    <w:rsid w:val="1C6053A8"/>
     <w:rsid w:val="1C66B680"/>
     <w:rsid w:val="1C68F59B"/>
     <w:rsid w:val="1C91A3FF"/>
     <w:rsid w:val="1C959211"/>
     <w:rsid w:val="1C9E8B82"/>
     <w:rsid w:val="1CA75D21"/>
+    <w:rsid w:val="1CB2905E"/>
     <w:rsid w:val="1CB9EE58"/>
     <w:rsid w:val="1CD7588B"/>
     <w:rsid w:val="1CEBFD70"/>
     <w:rsid w:val="1CF0F672"/>
     <w:rsid w:val="1CFC055B"/>
     <w:rsid w:val="1D065272"/>
     <w:rsid w:val="1D0DB18F"/>
     <w:rsid w:val="1D0F0964"/>
     <w:rsid w:val="1D77EDD5"/>
+    <w:rsid w:val="1D791D74"/>
+    <w:rsid w:val="1D7DD97D"/>
     <w:rsid w:val="1D87041F"/>
+    <w:rsid w:val="1DB7F382"/>
     <w:rsid w:val="1DE68F54"/>
     <w:rsid w:val="1E0AB9EF"/>
     <w:rsid w:val="1E133B43"/>
+    <w:rsid w:val="1E4A09D0"/>
     <w:rsid w:val="1E5BD9BF"/>
+    <w:rsid w:val="1E81102E"/>
     <w:rsid w:val="1E9D5220"/>
     <w:rsid w:val="1EAC9812"/>
     <w:rsid w:val="1ECB41A1"/>
     <w:rsid w:val="1ED5F8E4"/>
     <w:rsid w:val="1EDC86A4"/>
     <w:rsid w:val="1EE36217"/>
     <w:rsid w:val="1F004CD8"/>
     <w:rsid w:val="1F02AFF8"/>
+    <w:rsid w:val="1F17C6E3"/>
     <w:rsid w:val="1F210430"/>
+    <w:rsid w:val="1F29E12F"/>
+    <w:rsid w:val="1F35595D"/>
+    <w:rsid w:val="1F4C3698"/>
     <w:rsid w:val="1F5A0507"/>
     <w:rsid w:val="1F622DA2"/>
     <w:rsid w:val="1F64574E"/>
     <w:rsid w:val="1F72285B"/>
     <w:rsid w:val="1F86523A"/>
     <w:rsid w:val="1F87611F"/>
     <w:rsid w:val="1F8A8BA6"/>
     <w:rsid w:val="1F9BBAF2"/>
     <w:rsid w:val="1F9ECF8D"/>
     <w:rsid w:val="1FB3F331"/>
     <w:rsid w:val="1FB5E2D2"/>
     <w:rsid w:val="1FB856BA"/>
     <w:rsid w:val="1FF62C8B"/>
+    <w:rsid w:val="200264D3"/>
     <w:rsid w:val="200E1078"/>
     <w:rsid w:val="200E8D8B"/>
     <w:rsid w:val="20144447"/>
     <w:rsid w:val="201A8FA0"/>
+    <w:rsid w:val="201D7A8F"/>
     <w:rsid w:val="202C3EB4"/>
     <w:rsid w:val="20404B6E"/>
     <w:rsid w:val="206F329F"/>
     <w:rsid w:val="2070AB48"/>
+    <w:rsid w:val="20A473F5"/>
     <w:rsid w:val="20B2561B"/>
     <w:rsid w:val="20B562D2"/>
+    <w:rsid w:val="20C4237F"/>
+    <w:rsid w:val="20E22D56"/>
     <w:rsid w:val="20E9DEA9"/>
     <w:rsid w:val="2100C148"/>
+    <w:rsid w:val="21237B50"/>
     <w:rsid w:val="2128D1A3"/>
     <w:rsid w:val="212E86D0"/>
     <w:rsid w:val="2139C37D"/>
     <w:rsid w:val="214C57D2"/>
+    <w:rsid w:val="2151BC87"/>
+    <w:rsid w:val="2161FF9D"/>
     <w:rsid w:val="216C2119"/>
     <w:rsid w:val="218D0B6B"/>
+    <w:rsid w:val="219FBDFB"/>
     <w:rsid w:val="21AA656F"/>
     <w:rsid w:val="21B020C6"/>
     <w:rsid w:val="21DA4116"/>
     <w:rsid w:val="21E01180"/>
     <w:rsid w:val="222B02EA"/>
     <w:rsid w:val="222EE794"/>
     <w:rsid w:val="2231B358"/>
     <w:rsid w:val="22461C2B"/>
     <w:rsid w:val="2251D297"/>
     <w:rsid w:val="22599C80"/>
     <w:rsid w:val="225AA082"/>
     <w:rsid w:val="22778A3D"/>
     <w:rsid w:val="227DCEEC"/>
     <w:rsid w:val="22879681"/>
     <w:rsid w:val="2288B9C5"/>
+    <w:rsid w:val="228F8577"/>
     <w:rsid w:val="22AA13C8"/>
     <w:rsid w:val="22CAB2C5"/>
+    <w:rsid w:val="22D1C707"/>
     <w:rsid w:val="22D33D2C"/>
     <w:rsid w:val="22EBF61B"/>
     <w:rsid w:val="22F18DDD"/>
     <w:rsid w:val="22F3C8A5"/>
     <w:rsid w:val="22F9164A"/>
     <w:rsid w:val="230D513A"/>
+    <w:rsid w:val="2314B101"/>
     <w:rsid w:val="23233503"/>
     <w:rsid w:val="2326E765"/>
     <w:rsid w:val="234A8883"/>
     <w:rsid w:val="23784840"/>
     <w:rsid w:val="23824302"/>
     <w:rsid w:val="2387A164"/>
+    <w:rsid w:val="23995710"/>
     <w:rsid w:val="23AB05AD"/>
     <w:rsid w:val="23AB1C5E"/>
     <w:rsid w:val="23AB6CE0"/>
     <w:rsid w:val="23AEB768"/>
     <w:rsid w:val="23C4CCA0"/>
     <w:rsid w:val="23D02A3E"/>
     <w:rsid w:val="23E68441"/>
     <w:rsid w:val="23F54D7A"/>
     <w:rsid w:val="23F8F587"/>
     <w:rsid w:val="23FB6FDB"/>
+    <w:rsid w:val="2400130A"/>
     <w:rsid w:val="241539DB"/>
     <w:rsid w:val="2437E7A2"/>
     <w:rsid w:val="243B71E5"/>
     <w:rsid w:val="24508A91"/>
+    <w:rsid w:val="2474ABBA"/>
+    <w:rsid w:val="247DBD85"/>
+    <w:rsid w:val="247E061B"/>
     <w:rsid w:val="248C3868"/>
     <w:rsid w:val="2490E876"/>
     <w:rsid w:val="24BFA94F"/>
     <w:rsid w:val="24D01E20"/>
     <w:rsid w:val="24DDE1ED"/>
     <w:rsid w:val="24DECEF9"/>
     <w:rsid w:val="24DF715C"/>
+    <w:rsid w:val="24F6DFB5"/>
+    <w:rsid w:val="24F8BEF1"/>
     <w:rsid w:val="2527D41B"/>
     <w:rsid w:val="25499CE7"/>
     <w:rsid w:val="257F7AF1"/>
+    <w:rsid w:val="258D983F"/>
     <w:rsid w:val="25A525B3"/>
+    <w:rsid w:val="25A563F0"/>
     <w:rsid w:val="25C04601"/>
     <w:rsid w:val="25DF13C2"/>
     <w:rsid w:val="25F15F58"/>
+    <w:rsid w:val="25F6214F"/>
     <w:rsid w:val="26004EAE"/>
     <w:rsid w:val="2600B98B"/>
+    <w:rsid w:val="260674CB"/>
     <w:rsid w:val="261CC91F"/>
     <w:rsid w:val="265A98CA"/>
     <w:rsid w:val="2688AB93"/>
     <w:rsid w:val="2698A9B3"/>
+    <w:rsid w:val="26A9B800"/>
     <w:rsid w:val="26BA887A"/>
     <w:rsid w:val="26D21CF5"/>
     <w:rsid w:val="26D8969C"/>
     <w:rsid w:val="26E1F531"/>
     <w:rsid w:val="272CFAC8"/>
     <w:rsid w:val="2754BAC8"/>
     <w:rsid w:val="27559C1C"/>
+    <w:rsid w:val="275CDA57"/>
     <w:rsid w:val="277F116E"/>
     <w:rsid w:val="27801E4F"/>
     <w:rsid w:val="27833D46"/>
     <w:rsid w:val="279D466F"/>
+    <w:rsid w:val="27B7AD6A"/>
+    <w:rsid w:val="27D5F54C"/>
+    <w:rsid w:val="27E14B45"/>
+    <w:rsid w:val="27E1795A"/>
     <w:rsid w:val="27F9216F"/>
     <w:rsid w:val="2808929E"/>
     <w:rsid w:val="286AD1A9"/>
     <w:rsid w:val="286C35BD"/>
+    <w:rsid w:val="2887DE69"/>
     <w:rsid w:val="289FFEA1"/>
     <w:rsid w:val="28C558D5"/>
+    <w:rsid w:val="28CB5084"/>
+    <w:rsid w:val="28DEA98D"/>
     <w:rsid w:val="28E2584A"/>
+    <w:rsid w:val="28F188F4"/>
     <w:rsid w:val="28FAF24E"/>
+    <w:rsid w:val="291246AE"/>
+    <w:rsid w:val="2914C3BF"/>
     <w:rsid w:val="292EB935"/>
     <w:rsid w:val="294645FA"/>
     <w:rsid w:val="296F58AA"/>
     <w:rsid w:val="29864C26"/>
     <w:rsid w:val="29C47A8B"/>
     <w:rsid w:val="29C9836D"/>
     <w:rsid w:val="29D26795"/>
     <w:rsid w:val="29D56E80"/>
     <w:rsid w:val="29D633B2"/>
+    <w:rsid w:val="29D6EC27"/>
     <w:rsid w:val="29E8B7C3"/>
     <w:rsid w:val="29F70E62"/>
     <w:rsid w:val="2A00E614"/>
+    <w:rsid w:val="2A01161F"/>
     <w:rsid w:val="2A03B706"/>
     <w:rsid w:val="2A2C7B0B"/>
     <w:rsid w:val="2A2DB7C2"/>
     <w:rsid w:val="2A377093"/>
     <w:rsid w:val="2A39C739"/>
     <w:rsid w:val="2A487B6A"/>
     <w:rsid w:val="2A52242D"/>
+    <w:rsid w:val="2A7270F3"/>
+    <w:rsid w:val="2A823B95"/>
     <w:rsid w:val="2A82D6FD"/>
     <w:rsid w:val="2A896E4E"/>
+    <w:rsid w:val="2A8C6035"/>
     <w:rsid w:val="2A8F0DA3"/>
     <w:rsid w:val="2A94C070"/>
+    <w:rsid w:val="2AAF29C8"/>
+    <w:rsid w:val="2AD42D5A"/>
     <w:rsid w:val="2AD76709"/>
     <w:rsid w:val="2AECF6A6"/>
+    <w:rsid w:val="2B003634"/>
     <w:rsid w:val="2B095A4E"/>
     <w:rsid w:val="2B19FC17"/>
     <w:rsid w:val="2B22156C"/>
     <w:rsid w:val="2B2B7D3A"/>
     <w:rsid w:val="2B62FACA"/>
+    <w:rsid w:val="2B647A7B"/>
     <w:rsid w:val="2B7AAF2F"/>
     <w:rsid w:val="2B7C96D7"/>
     <w:rsid w:val="2B7E814D"/>
     <w:rsid w:val="2B92A844"/>
     <w:rsid w:val="2B9EF0C8"/>
     <w:rsid w:val="2BAD9D61"/>
     <w:rsid w:val="2BAEDBE2"/>
     <w:rsid w:val="2BE6BACD"/>
+    <w:rsid w:val="2BEA3120"/>
+    <w:rsid w:val="2BEBA046"/>
     <w:rsid w:val="2BEC2D4A"/>
     <w:rsid w:val="2C1E56FC"/>
     <w:rsid w:val="2C371223"/>
     <w:rsid w:val="2C41DE4B"/>
     <w:rsid w:val="2C47791B"/>
     <w:rsid w:val="2C5735CA"/>
+    <w:rsid w:val="2C5BFB3E"/>
     <w:rsid w:val="2C62BC71"/>
     <w:rsid w:val="2C9A9F69"/>
     <w:rsid w:val="2CA59C57"/>
     <w:rsid w:val="2CB10ED2"/>
     <w:rsid w:val="2CB189E3"/>
     <w:rsid w:val="2CB6BDD8"/>
     <w:rsid w:val="2CB8C668"/>
     <w:rsid w:val="2CD69952"/>
+    <w:rsid w:val="2CE8BAA7"/>
     <w:rsid w:val="2CF3AEC4"/>
+    <w:rsid w:val="2D0C2247"/>
     <w:rsid w:val="2D0C57E6"/>
     <w:rsid w:val="2D1597FA"/>
     <w:rsid w:val="2D15EED3"/>
     <w:rsid w:val="2D265277"/>
     <w:rsid w:val="2D3AF950"/>
+    <w:rsid w:val="2D3B44C1"/>
     <w:rsid w:val="2D5619B1"/>
     <w:rsid w:val="2D64D84C"/>
     <w:rsid w:val="2D671FB7"/>
     <w:rsid w:val="2D82619F"/>
     <w:rsid w:val="2D8EECA9"/>
     <w:rsid w:val="2DD1A91E"/>
     <w:rsid w:val="2DF681E7"/>
     <w:rsid w:val="2DFA90AF"/>
     <w:rsid w:val="2E15CC98"/>
     <w:rsid w:val="2E1C896A"/>
     <w:rsid w:val="2E30F41E"/>
     <w:rsid w:val="2E4C63D0"/>
     <w:rsid w:val="2E535223"/>
     <w:rsid w:val="2E6CB623"/>
     <w:rsid w:val="2E760C41"/>
     <w:rsid w:val="2E7E71A1"/>
+    <w:rsid w:val="2E97EACE"/>
     <w:rsid w:val="2E988CDD"/>
     <w:rsid w:val="2E9AA91A"/>
     <w:rsid w:val="2EC2BA0E"/>
     <w:rsid w:val="2F02E3B4"/>
     <w:rsid w:val="2F0C3F1A"/>
     <w:rsid w:val="2F232A1D"/>
     <w:rsid w:val="2F24595D"/>
+    <w:rsid w:val="2F2CDD5A"/>
     <w:rsid w:val="2F3FDAB4"/>
     <w:rsid w:val="2F98CAB6"/>
     <w:rsid w:val="2FA56BBD"/>
     <w:rsid w:val="2FD772DD"/>
+    <w:rsid w:val="2FD773D6"/>
     <w:rsid w:val="2FE55CC0"/>
     <w:rsid w:val="2FF78A96"/>
+    <w:rsid w:val="2FFAD308"/>
     <w:rsid w:val="300762D6"/>
+    <w:rsid w:val="300CA0E1"/>
     <w:rsid w:val="300FBB3F"/>
     <w:rsid w:val="30154BC8"/>
     <w:rsid w:val="3039FF77"/>
+    <w:rsid w:val="303EC454"/>
     <w:rsid w:val="3079301B"/>
     <w:rsid w:val="307E4E04"/>
     <w:rsid w:val="30929737"/>
+    <w:rsid w:val="30936DE2"/>
     <w:rsid w:val="3097D9EF"/>
     <w:rsid w:val="309D7590"/>
     <w:rsid w:val="30BD924B"/>
     <w:rsid w:val="30C9DB90"/>
     <w:rsid w:val="30CB1829"/>
+    <w:rsid w:val="30F09C6F"/>
     <w:rsid w:val="30F0FF14"/>
     <w:rsid w:val="30FD62A6"/>
+    <w:rsid w:val="310EF127"/>
     <w:rsid w:val="310FE285"/>
     <w:rsid w:val="31135E1F"/>
     <w:rsid w:val="31186AB2"/>
     <w:rsid w:val="312CD0EB"/>
     <w:rsid w:val="312E0899"/>
     <w:rsid w:val="31303CC4"/>
     <w:rsid w:val="31555F7E"/>
     <w:rsid w:val="316F5862"/>
     <w:rsid w:val="31713344"/>
+    <w:rsid w:val="31828D39"/>
     <w:rsid w:val="31876818"/>
     <w:rsid w:val="31902759"/>
+    <w:rsid w:val="31A57006"/>
     <w:rsid w:val="31B134AB"/>
+    <w:rsid w:val="31BF7E01"/>
     <w:rsid w:val="31C46804"/>
     <w:rsid w:val="31C75858"/>
+    <w:rsid w:val="31D63407"/>
+    <w:rsid w:val="31DE05E2"/>
     <w:rsid w:val="320E369B"/>
     <w:rsid w:val="3221A575"/>
     <w:rsid w:val="3236E417"/>
     <w:rsid w:val="324601F0"/>
     <w:rsid w:val="325E9F57"/>
     <w:rsid w:val="32883349"/>
     <w:rsid w:val="32C14765"/>
     <w:rsid w:val="32C4887F"/>
     <w:rsid w:val="32D56BDC"/>
     <w:rsid w:val="32D587F0"/>
     <w:rsid w:val="32EEA5B7"/>
     <w:rsid w:val="32EF3E95"/>
     <w:rsid w:val="330F56D4"/>
     <w:rsid w:val="3314871D"/>
     <w:rsid w:val="331F03C3"/>
     <w:rsid w:val="332A684D"/>
     <w:rsid w:val="332BCE6F"/>
     <w:rsid w:val="33499A7D"/>
     <w:rsid w:val="3351E2C4"/>
     <w:rsid w:val="33631B94"/>
     <w:rsid w:val="33708659"/>
     <w:rsid w:val="3372EE4A"/>
     <w:rsid w:val="3391B9CF"/>
+    <w:rsid w:val="33AA5CC9"/>
     <w:rsid w:val="33AD9E85"/>
     <w:rsid w:val="33C6F62D"/>
+    <w:rsid w:val="33D33676"/>
     <w:rsid w:val="33DE8ADC"/>
     <w:rsid w:val="33DFA430"/>
+    <w:rsid w:val="33EDCD9A"/>
+    <w:rsid w:val="33F6A574"/>
     <w:rsid w:val="34167CD2"/>
     <w:rsid w:val="34189D87"/>
     <w:rsid w:val="341CDA89"/>
     <w:rsid w:val="342F3D75"/>
+    <w:rsid w:val="344F4A7D"/>
     <w:rsid w:val="3456C9CD"/>
     <w:rsid w:val="3457966B"/>
     <w:rsid w:val="34655B14"/>
     <w:rsid w:val="349A8D91"/>
     <w:rsid w:val="34A072A9"/>
     <w:rsid w:val="34A308EF"/>
     <w:rsid w:val="34ABD44C"/>
     <w:rsid w:val="34ADA6F2"/>
     <w:rsid w:val="34B47248"/>
+    <w:rsid w:val="34C34855"/>
     <w:rsid w:val="34CE765A"/>
+    <w:rsid w:val="34D8B96A"/>
+    <w:rsid w:val="34DAE49B"/>
     <w:rsid w:val="34DD1EFB"/>
     <w:rsid w:val="34EB63F0"/>
     <w:rsid w:val="35150D18"/>
     <w:rsid w:val="353BC599"/>
     <w:rsid w:val="35444F1E"/>
+    <w:rsid w:val="35477856"/>
+    <w:rsid w:val="35486E36"/>
     <w:rsid w:val="35646B0F"/>
     <w:rsid w:val="35772C4A"/>
     <w:rsid w:val="35851E47"/>
+    <w:rsid w:val="35BF8913"/>
     <w:rsid w:val="35C94F52"/>
     <w:rsid w:val="35D73D66"/>
     <w:rsid w:val="35DA221A"/>
+    <w:rsid w:val="35DA4066"/>
     <w:rsid w:val="35E2FF01"/>
     <w:rsid w:val="35F31FDF"/>
     <w:rsid w:val="35F7E37E"/>
+    <w:rsid w:val="35F9F5F0"/>
     <w:rsid w:val="360632CF"/>
+    <w:rsid w:val="361C5EEB"/>
+    <w:rsid w:val="3642BCCF"/>
     <w:rsid w:val="3674313F"/>
     <w:rsid w:val="367D6373"/>
+    <w:rsid w:val="368AAF95"/>
     <w:rsid w:val="36AFB3A5"/>
+    <w:rsid w:val="36B23E93"/>
     <w:rsid w:val="36CE89F3"/>
     <w:rsid w:val="36D49559"/>
     <w:rsid w:val="36DC2668"/>
+    <w:rsid w:val="36EA1A97"/>
+    <w:rsid w:val="36F1B0C9"/>
     <w:rsid w:val="36F304FB"/>
     <w:rsid w:val="37029095"/>
     <w:rsid w:val="370432C4"/>
     <w:rsid w:val="370F14CE"/>
     <w:rsid w:val="37749A7A"/>
     <w:rsid w:val="378337FB"/>
     <w:rsid w:val="37877A47"/>
     <w:rsid w:val="378AED25"/>
     <w:rsid w:val="378FFBD2"/>
     <w:rsid w:val="3797254E"/>
     <w:rsid w:val="37A3088E"/>
     <w:rsid w:val="37B3F979"/>
     <w:rsid w:val="37BE7B7B"/>
     <w:rsid w:val="37F1D68A"/>
     <w:rsid w:val="37F1E507"/>
     <w:rsid w:val="385FED50"/>
+    <w:rsid w:val="38768331"/>
     <w:rsid w:val="387B956D"/>
     <w:rsid w:val="388B5312"/>
     <w:rsid w:val="388CA94F"/>
     <w:rsid w:val="3895C2C8"/>
+    <w:rsid w:val="38A62C4C"/>
     <w:rsid w:val="38B0C7BC"/>
+    <w:rsid w:val="38BCA79C"/>
+    <w:rsid w:val="38CCC9DA"/>
     <w:rsid w:val="38CDD886"/>
     <w:rsid w:val="38D54EDB"/>
     <w:rsid w:val="38D76363"/>
+    <w:rsid w:val="38E08280"/>
     <w:rsid w:val="38EF427D"/>
     <w:rsid w:val="38F23F2B"/>
+    <w:rsid w:val="38F5FB58"/>
     <w:rsid w:val="391BCD9D"/>
     <w:rsid w:val="3932ADA6"/>
     <w:rsid w:val="3934F794"/>
     <w:rsid w:val="394DA525"/>
     <w:rsid w:val="39589A53"/>
     <w:rsid w:val="397B9306"/>
     <w:rsid w:val="398B021C"/>
     <w:rsid w:val="3994FA99"/>
     <w:rsid w:val="3994FE11"/>
     <w:rsid w:val="39A1B76C"/>
     <w:rsid w:val="39B04867"/>
+    <w:rsid w:val="39B738EF"/>
     <w:rsid w:val="39BB90C7"/>
     <w:rsid w:val="39DBCA8F"/>
     <w:rsid w:val="39EBC9D3"/>
     <w:rsid w:val="39EE4437"/>
     <w:rsid w:val="39EE63C8"/>
+    <w:rsid w:val="39FA958E"/>
     <w:rsid w:val="3A106BF3"/>
     <w:rsid w:val="3A1442A2"/>
     <w:rsid w:val="3A1BBB27"/>
     <w:rsid w:val="3A29D364"/>
     <w:rsid w:val="3A2C58C6"/>
+    <w:rsid w:val="3A3355EC"/>
+    <w:rsid w:val="3A3D3A4C"/>
     <w:rsid w:val="3A44E32B"/>
     <w:rsid w:val="3A4A6F4B"/>
     <w:rsid w:val="3A5259BA"/>
     <w:rsid w:val="3A7B304A"/>
     <w:rsid w:val="3A81B7ED"/>
     <w:rsid w:val="3A831B57"/>
     <w:rsid w:val="3A841F3E"/>
     <w:rsid w:val="3AA90075"/>
     <w:rsid w:val="3AAB0BC2"/>
+    <w:rsid w:val="3ABC046A"/>
+    <w:rsid w:val="3AC4270A"/>
+    <w:rsid w:val="3AC5FE24"/>
+    <w:rsid w:val="3AC91D22"/>
     <w:rsid w:val="3AC94171"/>
     <w:rsid w:val="3ACD532B"/>
     <w:rsid w:val="3AD2EADF"/>
     <w:rsid w:val="3B0992F4"/>
     <w:rsid w:val="3B15124C"/>
     <w:rsid w:val="3B258BC8"/>
+    <w:rsid w:val="3B459B26"/>
     <w:rsid w:val="3B5B054A"/>
     <w:rsid w:val="3B617063"/>
     <w:rsid w:val="3B801E2F"/>
     <w:rsid w:val="3B8937A2"/>
     <w:rsid w:val="3B9F3D00"/>
     <w:rsid w:val="3BBE880C"/>
+    <w:rsid w:val="3BD57FCF"/>
     <w:rsid w:val="3C032494"/>
     <w:rsid w:val="3C0F3ECB"/>
     <w:rsid w:val="3C11B79B"/>
     <w:rsid w:val="3C129364"/>
     <w:rsid w:val="3C16FB0F"/>
+    <w:rsid w:val="3C219962"/>
     <w:rsid w:val="3C222C40"/>
     <w:rsid w:val="3C24A9B6"/>
     <w:rsid w:val="3C499355"/>
+    <w:rsid w:val="3C512453"/>
+    <w:rsid w:val="3C55F5B9"/>
     <w:rsid w:val="3C6071B8"/>
+    <w:rsid w:val="3C7A9A4D"/>
+    <w:rsid w:val="3C7ED193"/>
     <w:rsid w:val="3C80CDC1"/>
+    <w:rsid w:val="3C84A502"/>
     <w:rsid w:val="3C8AD4D1"/>
     <w:rsid w:val="3C939A63"/>
     <w:rsid w:val="3C964CA9"/>
     <w:rsid w:val="3CA46D8C"/>
     <w:rsid w:val="3CAFAA25"/>
     <w:rsid w:val="3CCA7BE6"/>
     <w:rsid w:val="3CCEB8C5"/>
     <w:rsid w:val="3CEFE3DA"/>
+    <w:rsid w:val="3CF9D47C"/>
     <w:rsid w:val="3D0A8CEC"/>
     <w:rsid w:val="3D2D32B2"/>
+    <w:rsid w:val="3D2DDD73"/>
+    <w:rsid w:val="3D31273E"/>
     <w:rsid w:val="3D5891F0"/>
     <w:rsid w:val="3D729E0F"/>
     <w:rsid w:val="3D854CA6"/>
+    <w:rsid w:val="3D87B031"/>
     <w:rsid w:val="3D9A5F8A"/>
+    <w:rsid w:val="3DA927C0"/>
+    <w:rsid w:val="3DC157E2"/>
+    <w:rsid w:val="3DC749E7"/>
     <w:rsid w:val="3DCAE146"/>
     <w:rsid w:val="3E1C9E22"/>
     <w:rsid w:val="3E1F8D8F"/>
     <w:rsid w:val="3E3090AC"/>
     <w:rsid w:val="3E49CF0B"/>
     <w:rsid w:val="3E50F8AE"/>
     <w:rsid w:val="3E708890"/>
     <w:rsid w:val="3E71BFF2"/>
     <w:rsid w:val="3E99F85F"/>
+    <w:rsid w:val="3EA03CEC"/>
     <w:rsid w:val="3ECB9FE1"/>
+    <w:rsid w:val="3EE28CBE"/>
+    <w:rsid w:val="3EF502EC"/>
     <w:rsid w:val="3EFD0F9F"/>
     <w:rsid w:val="3F289F62"/>
     <w:rsid w:val="3F33264A"/>
     <w:rsid w:val="3F380A53"/>
     <w:rsid w:val="3F62D812"/>
+    <w:rsid w:val="3F637C82"/>
     <w:rsid w:val="3F80AA09"/>
     <w:rsid w:val="3F8591D2"/>
+    <w:rsid w:val="3F8809B7"/>
     <w:rsid w:val="3FAA58E2"/>
     <w:rsid w:val="3FAE1F2D"/>
     <w:rsid w:val="3FB86E83"/>
     <w:rsid w:val="3FBA4430"/>
     <w:rsid w:val="3FBCAE85"/>
+    <w:rsid w:val="3FC599E9"/>
     <w:rsid w:val="3FDCB63D"/>
     <w:rsid w:val="3FDD77FC"/>
+    <w:rsid w:val="3FE87601"/>
+    <w:rsid w:val="3FEC38B7"/>
     <w:rsid w:val="401A23E9"/>
+    <w:rsid w:val="4022D49B"/>
     <w:rsid w:val="4026BB67"/>
     <w:rsid w:val="403253F6"/>
     <w:rsid w:val="40387EB6"/>
     <w:rsid w:val="404E6182"/>
     <w:rsid w:val="40570830"/>
     <w:rsid w:val="40588F74"/>
     <w:rsid w:val="4061D437"/>
     <w:rsid w:val="4072FF1B"/>
     <w:rsid w:val="40780B32"/>
+    <w:rsid w:val="408EB604"/>
+    <w:rsid w:val="40A21FD1"/>
     <w:rsid w:val="40AC86EE"/>
     <w:rsid w:val="40B1205C"/>
+    <w:rsid w:val="40B28B23"/>
     <w:rsid w:val="40BE6CDD"/>
     <w:rsid w:val="40BFF993"/>
     <w:rsid w:val="40CB0832"/>
     <w:rsid w:val="40FF11E4"/>
     <w:rsid w:val="410EAF0A"/>
     <w:rsid w:val="412FCBE6"/>
     <w:rsid w:val="414C8A3B"/>
     <w:rsid w:val="4151A2A7"/>
     <w:rsid w:val="4151CB64"/>
     <w:rsid w:val="415A55EB"/>
+    <w:rsid w:val="4160D4EE"/>
     <w:rsid w:val="416382DD"/>
     <w:rsid w:val="417261C5"/>
     <w:rsid w:val="4177FD92"/>
     <w:rsid w:val="41843A9F"/>
     <w:rsid w:val="4189E5B7"/>
     <w:rsid w:val="419B4615"/>
+    <w:rsid w:val="41BA7792"/>
     <w:rsid w:val="41BD76D1"/>
     <w:rsid w:val="41C2D155"/>
     <w:rsid w:val="41D1970E"/>
     <w:rsid w:val="41D5CFBB"/>
     <w:rsid w:val="41DBB708"/>
     <w:rsid w:val="41F6720B"/>
     <w:rsid w:val="422DB337"/>
     <w:rsid w:val="423FCBB3"/>
+    <w:rsid w:val="4260CD62"/>
     <w:rsid w:val="428324CA"/>
     <w:rsid w:val="4294B259"/>
     <w:rsid w:val="4295B50D"/>
     <w:rsid w:val="42A19C11"/>
     <w:rsid w:val="42AA18A9"/>
     <w:rsid w:val="42AFCF08"/>
     <w:rsid w:val="42BB19D7"/>
     <w:rsid w:val="42D6E26B"/>
     <w:rsid w:val="42E256DC"/>
     <w:rsid w:val="42F6C289"/>
     <w:rsid w:val="42FBCFC3"/>
     <w:rsid w:val="43115095"/>
+    <w:rsid w:val="431C2B17"/>
     <w:rsid w:val="4320234E"/>
     <w:rsid w:val="43225BF0"/>
+    <w:rsid w:val="4334BA47"/>
     <w:rsid w:val="4349FFF1"/>
     <w:rsid w:val="436C2DB1"/>
+    <w:rsid w:val="43740C08"/>
     <w:rsid w:val="437DCE94"/>
     <w:rsid w:val="439A0295"/>
+    <w:rsid w:val="43C47F53"/>
     <w:rsid w:val="43C7D84A"/>
+    <w:rsid w:val="43CEBAAF"/>
     <w:rsid w:val="43EB3316"/>
     <w:rsid w:val="43F50674"/>
     <w:rsid w:val="43F81539"/>
     <w:rsid w:val="44220D5B"/>
+    <w:rsid w:val="442CE48C"/>
     <w:rsid w:val="4442A124"/>
     <w:rsid w:val="4449E5D9"/>
     <w:rsid w:val="4453EBA2"/>
     <w:rsid w:val="44636D35"/>
     <w:rsid w:val="448CA46C"/>
     <w:rsid w:val="4496383A"/>
+    <w:rsid w:val="44B0977C"/>
+    <w:rsid w:val="44BFE9DD"/>
     <w:rsid w:val="44C1F267"/>
     <w:rsid w:val="44C34536"/>
     <w:rsid w:val="44D2D420"/>
     <w:rsid w:val="44E425E2"/>
     <w:rsid w:val="44F9A130"/>
     <w:rsid w:val="44FEBB93"/>
     <w:rsid w:val="44FFDF8B"/>
+    <w:rsid w:val="450E7ED1"/>
     <w:rsid w:val="4520F4EC"/>
     <w:rsid w:val="454EB77D"/>
     <w:rsid w:val="4555D6E9"/>
     <w:rsid w:val="45866875"/>
     <w:rsid w:val="4586816F"/>
     <w:rsid w:val="45CF1AB6"/>
     <w:rsid w:val="45D0B8D6"/>
     <w:rsid w:val="46255333"/>
     <w:rsid w:val="462A91B3"/>
     <w:rsid w:val="462F94B2"/>
+    <w:rsid w:val="4638ABAB"/>
+    <w:rsid w:val="46442B39"/>
     <w:rsid w:val="466B311F"/>
     <w:rsid w:val="466F0D63"/>
     <w:rsid w:val="46717F76"/>
     <w:rsid w:val="46727969"/>
     <w:rsid w:val="4697E2E3"/>
     <w:rsid w:val="469EADEB"/>
     <w:rsid w:val="46A6F4A4"/>
     <w:rsid w:val="46AC7241"/>
     <w:rsid w:val="46D09EF6"/>
+    <w:rsid w:val="46EA3542"/>
     <w:rsid w:val="46EB8054"/>
     <w:rsid w:val="47057919"/>
     <w:rsid w:val="47217943"/>
     <w:rsid w:val="4728D8BD"/>
     <w:rsid w:val="472CF1C2"/>
     <w:rsid w:val="472E2B69"/>
     <w:rsid w:val="47389A48"/>
+    <w:rsid w:val="47394993"/>
     <w:rsid w:val="47406631"/>
+    <w:rsid w:val="474B93CA"/>
     <w:rsid w:val="47932114"/>
     <w:rsid w:val="4795AC7E"/>
     <w:rsid w:val="4795C6EC"/>
     <w:rsid w:val="479C1322"/>
     <w:rsid w:val="47A43F29"/>
     <w:rsid w:val="47A973B4"/>
     <w:rsid w:val="47B9CD21"/>
     <w:rsid w:val="47C7F3F3"/>
     <w:rsid w:val="47CCA6F8"/>
     <w:rsid w:val="47DFBDD9"/>
     <w:rsid w:val="47F33292"/>
+    <w:rsid w:val="47FBF992"/>
+    <w:rsid w:val="47FE40BF"/>
     <w:rsid w:val="4802F679"/>
     <w:rsid w:val="4803D572"/>
     <w:rsid w:val="481419AE"/>
+    <w:rsid w:val="481E70AE"/>
+    <w:rsid w:val="48481EB7"/>
     <w:rsid w:val="484C8E74"/>
     <w:rsid w:val="4865772E"/>
     <w:rsid w:val="486D896B"/>
     <w:rsid w:val="48711E88"/>
     <w:rsid w:val="48760555"/>
     <w:rsid w:val="488E3FCD"/>
     <w:rsid w:val="48AC65AD"/>
     <w:rsid w:val="48BDCA0F"/>
     <w:rsid w:val="48CB64D8"/>
     <w:rsid w:val="48D55EF2"/>
     <w:rsid w:val="491CC0E7"/>
     <w:rsid w:val="49296703"/>
+    <w:rsid w:val="492A4144"/>
     <w:rsid w:val="494D25AD"/>
     <w:rsid w:val="49527A9D"/>
     <w:rsid w:val="496A3F0F"/>
     <w:rsid w:val="496D5EF2"/>
+    <w:rsid w:val="497F60EA"/>
+    <w:rsid w:val="499707D2"/>
     <w:rsid w:val="49982FC5"/>
     <w:rsid w:val="49AFD705"/>
     <w:rsid w:val="49B78550"/>
     <w:rsid w:val="49B91DD4"/>
+    <w:rsid w:val="49BAFE4F"/>
     <w:rsid w:val="49D22E4C"/>
     <w:rsid w:val="49DD8481"/>
     <w:rsid w:val="49E19993"/>
     <w:rsid w:val="49ED6C18"/>
     <w:rsid w:val="49F24AA8"/>
     <w:rsid w:val="49F6AAF3"/>
+    <w:rsid w:val="4A0C1A7D"/>
+    <w:rsid w:val="4A179ED6"/>
+    <w:rsid w:val="4A1ADF8D"/>
     <w:rsid w:val="4A1EC1A0"/>
+    <w:rsid w:val="4A21DFCC"/>
+    <w:rsid w:val="4A3F4812"/>
+    <w:rsid w:val="4A722D55"/>
+    <w:rsid w:val="4A7757ED"/>
     <w:rsid w:val="4A77F2EE"/>
     <w:rsid w:val="4A7837E3"/>
     <w:rsid w:val="4A8F56DC"/>
     <w:rsid w:val="4A9B40AD"/>
+    <w:rsid w:val="4AB84EBB"/>
     <w:rsid w:val="4ABD1D25"/>
     <w:rsid w:val="4AC333EB"/>
     <w:rsid w:val="4AD57AB7"/>
     <w:rsid w:val="4AE5AD30"/>
+    <w:rsid w:val="4AEE4C88"/>
+    <w:rsid w:val="4AF702CA"/>
     <w:rsid w:val="4AFA8868"/>
     <w:rsid w:val="4B02D509"/>
     <w:rsid w:val="4B1F40E9"/>
     <w:rsid w:val="4B20711A"/>
     <w:rsid w:val="4B21808B"/>
     <w:rsid w:val="4B359827"/>
     <w:rsid w:val="4B363361"/>
     <w:rsid w:val="4B3B5AC1"/>
     <w:rsid w:val="4B40BD27"/>
+    <w:rsid w:val="4B4750CC"/>
+    <w:rsid w:val="4B4EBC29"/>
     <w:rsid w:val="4B537F06"/>
     <w:rsid w:val="4B559BDB"/>
+    <w:rsid w:val="4B6E489A"/>
+    <w:rsid w:val="4B77178D"/>
     <w:rsid w:val="4B7B7E75"/>
+    <w:rsid w:val="4B81156D"/>
     <w:rsid w:val="4B9CFCC4"/>
     <w:rsid w:val="4BABDF76"/>
+    <w:rsid w:val="4BCD404D"/>
     <w:rsid w:val="4BDDEEAF"/>
     <w:rsid w:val="4BE58E72"/>
     <w:rsid w:val="4BF920C2"/>
     <w:rsid w:val="4C23CD80"/>
     <w:rsid w:val="4C28B19B"/>
+    <w:rsid w:val="4C301E99"/>
     <w:rsid w:val="4C411058"/>
     <w:rsid w:val="4C469E23"/>
     <w:rsid w:val="4C576035"/>
     <w:rsid w:val="4C63F6ED"/>
     <w:rsid w:val="4C6A7D6B"/>
     <w:rsid w:val="4C729A64"/>
     <w:rsid w:val="4C7B2BD2"/>
     <w:rsid w:val="4C860FC1"/>
+    <w:rsid w:val="4C887829"/>
     <w:rsid w:val="4C94DEB4"/>
+    <w:rsid w:val="4CBD19C3"/>
+    <w:rsid w:val="4CC59E17"/>
     <w:rsid w:val="4CCD1134"/>
     <w:rsid w:val="4D11D189"/>
     <w:rsid w:val="4D2A59DE"/>
     <w:rsid w:val="4D2F1FA4"/>
     <w:rsid w:val="4D31163E"/>
     <w:rsid w:val="4D556D9E"/>
     <w:rsid w:val="4D55EFBB"/>
     <w:rsid w:val="4D6D04F8"/>
     <w:rsid w:val="4D72A31E"/>
     <w:rsid w:val="4D7A057E"/>
     <w:rsid w:val="4D7DF3C1"/>
     <w:rsid w:val="4D97040A"/>
     <w:rsid w:val="4D9E79A1"/>
+    <w:rsid w:val="4DA86E0E"/>
+    <w:rsid w:val="4DAD6B7A"/>
+    <w:rsid w:val="4DB4BF9B"/>
     <w:rsid w:val="4DBED68E"/>
     <w:rsid w:val="4DC1E3DE"/>
     <w:rsid w:val="4DD20E2A"/>
     <w:rsid w:val="4DE488C2"/>
     <w:rsid w:val="4DEC93A2"/>
     <w:rsid w:val="4DF9A390"/>
+    <w:rsid w:val="4E0B48D1"/>
     <w:rsid w:val="4E3CC751"/>
     <w:rsid w:val="4E6CA804"/>
     <w:rsid w:val="4EB19EF3"/>
     <w:rsid w:val="4EB419FD"/>
     <w:rsid w:val="4EB64002"/>
     <w:rsid w:val="4ED1F599"/>
+    <w:rsid w:val="4EF914B8"/>
+    <w:rsid w:val="4F0A4777"/>
     <w:rsid w:val="4F0C69AF"/>
     <w:rsid w:val="4F26C230"/>
+    <w:rsid w:val="4F32C5D4"/>
     <w:rsid w:val="4F530B9A"/>
     <w:rsid w:val="4F6B7B9D"/>
     <w:rsid w:val="4F76534F"/>
+    <w:rsid w:val="4F794ECF"/>
+    <w:rsid w:val="4F9639B3"/>
     <w:rsid w:val="4F96A984"/>
     <w:rsid w:val="4F9B949C"/>
     <w:rsid w:val="4FA88DE4"/>
     <w:rsid w:val="4FBD06EE"/>
     <w:rsid w:val="4FC484D4"/>
     <w:rsid w:val="4FCA496E"/>
     <w:rsid w:val="4FF95B9E"/>
     <w:rsid w:val="501BD558"/>
+    <w:rsid w:val="501FED5B"/>
     <w:rsid w:val="5038D93B"/>
     <w:rsid w:val="504FF4A5"/>
     <w:rsid w:val="5054FFFA"/>
+    <w:rsid w:val="505D8A78"/>
     <w:rsid w:val="50677813"/>
+    <w:rsid w:val="506F2B9C"/>
     <w:rsid w:val="506F8EF6"/>
+    <w:rsid w:val="5082BADA"/>
     <w:rsid w:val="5090C44E"/>
     <w:rsid w:val="5099CBC3"/>
+    <w:rsid w:val="50A4378A"/>
+    <w:rsid w:val="50AB959B"/>
     <w:rsid w:val="50C0C2B5"/>
     <w:rsid w:val="50D70A17"/>
     <w:rsid w:val="50DA6D39"/>
     <w:rsid w:val="50DBDFF2"/>
+    <w:rsid w:val="50DD39C0"/>
     <w:rsid w:val="50E25BB4"/>
     <w:rsid w:val="50ECEE39"/>
+    <w:rsid w:val="50EF2860"/>
     <w:rsid w:val="51092033"/>
     <w:rsid w:val="510967E5"/>
     <w:rsid w:val="51153324"/>
     <w:rsid w:val="51290F5D"/>
+    <w:rsid w:val="514F686F"/>
     <w:rsid w:val="5158B084"/>
     <w:rsid w:val="515AA541"/>
     <w:rsid w:val="5166C0A3"/>
     <w:rsid w:val="5177196E"/>
     <w:rsid w:val="51815D33"/>
     <w:rsid w:val="518A4976"/>
     <w:rsid w:val="519591FE"/>
     <w:rsid w:val="519F2506"/>
     <w:rsid w:val="51A5AC89"/>
+    <w:rsid w:val="51A8E8F5"/>
+    <w:rsid w:val="51B591F0"/>
     <w:rsid w:val="51BC1529"/>
     <w:rsid w:val="5219B430"/>
     <w:rsid w:val="523AF27E"/>
     <w:rsid w:val="524A5DF6"/>
+    <w:rsid w:val="5256BE94"/>
+    <w:rsid w:val="525C7CDB"/>
     <w:rsid w:val="5263556B"/>
     <w:rsid w:val="52704800"/>
     <w:rsid w:val="5279EB7E"/>
     <w:rsid w:val="528B7B73"/>
     <w:rsid w:val="5296623D"/>
     <w:rsid w:val="52AD0EC4"/>
+    <w:rsid w:val="52C02517"/>
+    <w:rsid w:val="52E73D27"/>
     <w:rsid w:val="52EC9427"/>
     <w:rsid w:val="52F44679"/>
     <w:rsid w:val="53024871"/>
     <w:rsid w:val="5304EBB3"/>
+    <w:rsid w:val="5305FA28"/>
     <w:rsid w:val="530BF0C0"/>
     <w:rsid w:val="530C5B39"/>
     <w:rsid w:val="532283A9"/>
     <w:rsid w:val="5325E442"/>
+    <w:rsid w:val="53414DF5"/>
     <w:rsid w:val="53422B6A"/>
     <w:rsid w:val="53460F62"/>
     <w:rsid w:val="536ABE29"/>
     <w:rsid w:val="53715A35"/>
+    <w:rsid w:val="537ED1A9"/>
     <w:rsid w:val="5392BA7A"/>
     <w:rsid w:val="53AF5392"/>
     <w:rsid w:val="53B2D510"/>
     <w:rsid w:val="53C35741"/>
     <w:rsid w:val="53C9E82F"/>
     <w:rsid w:val="53FB74C6"/>
     <w:rsid w:val="53FBA61E"/>
     <w:rsid w:val="541A8399"/>
+    <w:rsid w:val="541C34A5"/>
     <w:rsid w:val="541D248A"/>
+    <w:rsid w:val="5433FF09"/>
+    <w:rsid w:val="544579FE"/>
     <w:rsid w:val="544A1DB5"/>
+    <w:rsid w:val="544CF14C"/>
     <w:rsid w:val="544D5CAF"/>
     <w:rsid w:val="545284FC"/>
     <w:rsid w:val="54573EE7"/>
     <w:rsid w:val="5483E03F"/>
     <w:rsid w:val="548801E0"/>
     <w:rsid w:val="548ECF2B"/>
     <w:rsid w:val="5492CF34"/>
     <w:rsid w:val="549F0DFF"/>
     <w:rsid w:val="54A11562"/>
     <w:rsid w:val="54A4E739"/>
     <w:rsid w:val="54AB2EE3"/>
     <w:rsid w:val="54ACE164"/>
     <w:rsid w:val="54C64192"/>
     <w:rsid w:val="54F8C809"/>
     <w:rsid w:val="5512364A"/>
+    <w:rsid w:val="553F2257"/>
     <w:rsid w:val="554F205B"/>
+    <w:rsid w:val="55504DB4"/>
+    <w:rsid w:val="55781DFE"/>
     <w:rsid w:val="5588F01F"/>
+    <w:rsid w:val="55D82B21"/>
     <w:rsid w:val="55E9C159"/>
     <w:rsid w:val="55EB28D7"/>
     <w:rsid w:val="56035035"/>
+    <w:rsid w:val="56043370"/>
+    <w:rsid w:val="5609DCAB"/>
     <w:rsid w:val="560F4F41"/>
+    <w:rsid w:val="561E9841"/>
     <w:rsid w:val="5632335E"/>
     <w:rsid w:val="563BEEC4"/>
     <w:rsid w:val="565425D5"/>
     <w:rsid w:val="5672D8CE"/>
     <w:rsid w:val="5674A547"/>
+    <w:rsid w:val="567AEB37"/>
     <w:rsid w:val="569CD314"/>
     <w:rsid w:val="56BEC226"/>
     <w:rsid w:val="56C1DBD7"/>
     <w:rsid w:val="56C94C9E"/>
+    <w:rsid w:val="56CC8BC7"/>
     <w:rsid w:val="56D2DDA9"/>
     <w:rsid w:val="56D713AA"/>
+    <w:rsid w:val="56DEE791"/>
+    <w:rsid w:val="57059BBB"/>
     <w:rsid w:val="570C8CA9"/>
     <w:rsid w:val="571AC56C"/>
+    <w:rsid w:val="57326E81"/>
     <w:rsid w:val="573499D6"/>
+    <w:rsid w:val="573BB0CC"/>
     <w:rsid w:val="573E385B"/>
     <w:rsid w:val="5748F62A"/>
     <w:rsid w:val="575AA956"/>
     <w:rsid w:val="5771ACEA"/>
+    <w:rsid w:val="57869E8D"/>
     <w:rsid w:val="5787AE04"/>
     <w:rsid w:val="57A3D80C"/>
     <w:rsid w:val="57AC827E"/>
     <w:rsid w:val="57CF22A3"/>
+    <w:rsid w:val="57E89B80"/>
     <w:rsid w:val="5813440D"/>
+    <w:rsid w:val="5836801F"/>
     <w:rsid w:val="584B4B6D"/>
     <w:rsid w:val="585CA777"/>
     <w:rsid w:val="58641F75"/>
     <w:rsid w:val="587614C1"/>
     <w:rsid w:val="587BCC99"/>
     <w:rsid w:val="587FD44E"/>
+    <w:rsid w:val="588E3279"/>
+    <w:rsid w:val="589126A9"/>
     <w:rsid w:val="58C099A5"/>
     <w:rsid w:val="58C3B53E"/>
     <w:rsid w:val="58EEF4E1"/>
     <w:rsid w:val="59001713"/>
     <w:rsid w:val="5943F4C2"/>
+    <w:rsid w:val="594807B5"/>
+    <w:rsid w:val="594E2567"/>
     <w:rsid w:val="5962AE1C"/>
+    <w:rsid w:val="59661945"/>
     <w:rsid w:val="596D24AC"/>
     <w:rsid w:val="59713BAC"/>
     <w:rsid w:val="5994B74F"/>
     <w:rsid w:val="599B433B"/>
     <w:rsid w:val="599E53A0"/>
+    <w:rsid w:val="59BD2B2F"/>
     <w:rsid w:val="59C0558B"/>
     <w:rsid w:val="59E5946B"/>
     <w:rsid w:val="59F2238C"/>
     <w:rsid w:val="59F95669"/>
     <w:rsid w:val="59FC6B80"/>
     <w:rsid w:val="5A00001A"/>
     <w:rsid w:val="5A119148"/>
+    <w:rsid w:val="5A1ACBF7"/>
     <w:rsid w:val="5A22182B"/>
     <w:rsid w:val="5A3CE676"/>
     <w:rsid w:val="5A3F7D8E"/>
     <w:rsid w:val="5A3FD825"/>
+    <w:rsid w:val="5A69D9B5"/>
     <w:rsid w:val="5A76F6AD"/>
+    <w:rsid w:val="5A7F0D87"/>
     <w:rsid w:val="5A8149B0"/>
     <w:rsid w:val="5A831AED"/>
     <w:rsid w:val="5A8DFCA0"/>
+    <w:rsid w:val="5AA86E0E"/>
     <w:rsid w:val="5AA92DFC"/>
     <w:rsid w:val="5ADEF912"/>
     <w:rsid w:val="5AF01538"/>
     <w:rsid w:val="5AF7B466"/>
+    <w:rsid w:val="5B11DDF8"/>
+    <w:rsid w:val="5B12B427"/>
+    <w:rsid w:val="5B1571A5"/>
     <w:rsid w:val="5B16191C"/>
+    <w:rsid w:val="5B26A647"/>
+    <w:rsid w:val="5B32F200"/>
     <w:rsid w:val="5B55BBD4"/>
     <w:rsid w:val="5B562E10"/>
     <w:rsid w:val="5B73485F"/>
     <w:rsid w:val="5B7EA212"/>
     <w:rsid w:val="5B929E32"/>
     <w:rsid w:val="5B96E3B0"/>
     <w:rsid w:val="5B9D942C"/>
     <w:rsid w:val="5BCF073B"/>
     <w:rsid w:val="5BED71C4"/>
     <w:rsid w:val="5BFF22A7"/>
     <w:rsid w:val="5C06B589"/>
+    <w:rsid w:val="5C3C437B"/>
     <w:rsid w:val="5C3CF22E"/>
     <w:rsid w:val="5C46E467"/>
     <w:rsid w:val="5C56C25F"/>
     <w:rsid w:val="5C5C8EBB"/>
+    <w:rsid w:val="5C680BB0"/>
     <w:rsid w:val="5C69B5C3"/>
     <w:rsid w:val="5C77D747"/>
     <w:rsid w:val="5C7C35EF"/>
+    <w:rsid w:val="5C84C544"/>
     <w:rsid w:val="5CA61980"/>
     <w:rsid w:val="5CB55264"/>
     <w:rsid w:val="5CD6D504"/>
     <w:rsid w:val="5CE8ACB8"/>
     <w:rsid w:val="5D22CA18"/>
     <w:rsid w:val="5D32DA18"/>
+    <w:rsid w:val="5D464FD0"/>
     <w:rsid w:val="5D4B65E8"/>
     <w:rsid w:val="5D635132"/>
     <w:rsid w:val="5D676EC9"/>
     <w:rsid w:val="5D72DE6F"/>
     <w:rsid w:val="5D8469EC"/>
+    <w:rsid w:val="5D974898"/>
     <w:rsid w:val="5D98A597"/>
     <w:rsid w:val="5DA779CB"/>
     <w:rsid w:val="5DAA6335"/>
+    <w:rsid w:val="5DAF0C02"/>
+    <w:rsid w:val="5DBDD5E7"/>
     <w:rsid w:val="5DBF98C1"/>
     <w:rsid w:val="5DE64C46"/>
     <w:rsid w:val="5DE84ACE"/>
     <w:rsid w:val="5DE9241B"/>
     <w:rsid w:val="5E0794BA"/>
     <w:rsid w:val="5E0967F2"/>
     <w:rsid w:val="5E1153B9"/>
+    <w:rsid w:val="5E1260A7"/>
     <w:rsid w:val="5E246868"/>
     <w:rsid w:val="5E25E241"/>
+    <w:rsid w:val="5E2AA56E"/>
+    <w:rsid w:val="5E44528E"/>
+    <w:rsid w:val="5E4C9755"/>
+    <w:rsid w:val="5E5B9C0F"/>
+    <w:rsid w:val="5E60BBBA"/>
+    <w:rsid w:val="5E6897E1"/>
     <w:rsid w:val="5E71E231"/>
     <w:rsid w:val="5E92FE79"/>
     <w:rsid w:val="5EC1FFFE"/>
+    <w:rsid w:val="5ED91B35"/>
+    <w:rsid w:val="5EE35964"/>
     <w:rsid w:val="5F1306F9"/>
     <w:rsid w:val="5F18C9F5"/>
     <w:rsid w:val="5F1AC2A8"/>
     <w:rsid w:val="5F1B42AE"/>
     <w:rsid w:val="5F25E448"/>
     <w:rsid w:val="5F90064E"/>
     <w:rsid w:val="5F91341E"/>
     <w:rsid w:val="5FAD645C"/>
+    <w:rsid w:val="5FB14FAF"/>
+    <w:rsid w:val="5FB6F85A"/>
     <w:rsid w:val="5FBE0308"/>
     <w:rsid w:val="5FBE2E7E"/>
     <w:rsid w:val="5FC44360"/>
     <w:rsid w:val="5FC5FB65"/>
+    <w:rsid w:val="5FCC3838"/>
     <w:rsid w:val="60022F74"/>
     <w:rsid w:val="60212561"/>
     <w:rsid w:val="6042FC86"/>
     <w:rsid w:val="606F5F9B"/>
     <w:rsid w:val="6073FA57"/>
     <w:rsid w:val="60825A5E"/>
     <w:rsid w:val="608D7559"/>
     <w:rsid w:val="6096EB52"/>
     <w:rsid w:val="60990765"/>
     <w:rsid w:val="60A4788A"/>
     <w:rsid w:val="60AD2569"/>
     <w:rsid w:val="60ADD7CF"/>
     <w:rsid w:val="60AEFDED"/>
     <w:rsid w:val="60C9AE55"/>
     <w:rsid w:val="60D276EA"/>
+    <w:rsid w:val="60E0F4C3"/>
     <w:rsid w:val="60E7D8C5"/>
     <w:rsid w:val="60E82CFB"/>
+    <w:rsid w:val="60FB4CD1"/>
     <w:rsid w:val="610D46E8"/>
     <w:rsid w:val="61280FD1"/>
     <w:rsid w:val="6132A74A"/>
     <w:rsid w:val="6154CD35"/>
+    <w:rsid w:val="619C680D"/>
     <w:rsid w:val="61BAAE44"/>
+    <w:rsid w:val="61BAF5E2"/>
     <w:rsid w:val="61BC2009"/>
     <w:rsid w:val="61C07963"/>
     <w:rsid w:val="61D1CCDE"/>
     <w:rsid w:val="61E1C91B"/>
     <w:rsid w:val="61F9C53D"/>
     <w:rsid w:val="62189366"/>
     <w:rsid w:val="62299799"/>
+    <w:rsid w:val="6244E6A3"/>
     <w:rsid w:val="624C3E4A"/>
     <w:rsid w:val="625CEA15"/>
     <w:rsid w:val="626499CA"/>
     <w:rsid w:val="627C3AF1"/>
     <w:rsid w:val="62A5CBEC"/>
+    <w:rsid w:val="62BAAC79"/>
     <w:rsid w:val="62DF58C5"/>
     <w:rsid w:val="62FDFB17"/>
     <w:rsid w:val="63212D05"/>
     <w:rsid w:val="63390412"/>
+    <w:rsid w:val="63432915"/>
     <w:rsid w:val="6367A1D2"/>
     <w:rsid w:val="6373F180"/>
     <w:rsid w:val="63BD5611"/>
     <w:rsid w:val="63BF5366"/>
     <w:rsid w:val="63C8879A"/>
     <w:rsid w:val="63D72529"/>
     <w:rsid w:val="63E66889"/>
+    <w:rsid w:val="63ECA8F6"/>
+    <w:rsid w:val="63EF00BD"/>
     <w:rsid w:val="63F7328C"/>
     <w:rsid w:val="63F931FD"/>
     <w:rsid w:val="64069A11"/>
     <w:rsid w:val="64133035"/>
     <w:rsid w:val="641F026C"/>
+    <w:rsid w:val="643587C9"/>
     <w:rsid w:val="645321B7"/>
     <w:rsid w:val="645A526E"/>
     <w:rsid w:val="646095EA"/>
     <w:rsid w:val="64812E1E"/>
     <w:rsid w:val="648B9CD4"/>
     <w:rsid w:val="64A14542"/>
     <w:rsid w:val="64A212A8"/>
     <w:rsid w:val="64A7F78A"/>
     <w:rsid w:val="64AB79DF"/>
     <w:rsid w:val="64AC1785"/>
     <w:rsid w:val="64B4007B"/>
     <w:rsid w:val="64B4510A"/>
+    <w:rsid w:val="64B65808"/>
     <w:rsid w:val="64DE377E"/>
     <w:rsid w:val="6523095D"/>
+    <w:rsid w:val="6526375B"/>
     <w:rsid w:val="65275B4A"/>
     <w:rsid w:val="6527E59B"/>
     <w:rsid w:val="65353ED4"/>
+    <w:rsid w:val="653CF323"/>
     <w:rsid w:val="6548DAE7"/>
     <w:rsid w:val="6559C189"/>
     <w:rsid w:val="657BD0D9"/>
     <w:rsid w:val="657C525B"/>
     <w:rsid w:val="65821F7D"/>
     <w:rsid w:val="65849FC0"/>
     <w:rsid w:val="65872D67"/>
     <w:rsid w:val="659EFE16"/>
     <w:rsid w:val="65AA2D62"/>
     <w:rsid w:val="65ABECCD"/>
+    <w:rsid w:val="65BA91FC"/>
     <w:rsid w:val="65BB00ED"/>
+    <w:rsid w:val="65C0A4F5"/>
     <w:rsid w:val="65C7A332"/>
     <w:rsid w:val="65DDFDD0"/>
     <w:rsid w:val="65F3B218"/>
+    <w:rsid w:val="65FD7DB1"/>
     <w:rsid w:val="66106E32"/>
     <w:rsid w:val="661805E0"/>
+    <w:rsid w:val="661A75F2"/>
     <w:rsid w:val="66206A7A"/>
     <w:rsid w:val="662B6833"/>
     <w:rsid w:val="66428085"/>
     <w:rsid w:val="6655B262"/>
     <w:rsid w:val="6659CF47"/>
     <w:rsid w:val="6672B0F5"/>
     <w:rsid w:val="667FADFE"/>
+    <w:rsid w:val="66836744"/>
+    <w:rsid w:val="668F4F0E"/>
     <w:rsid w:val="6692A555"/>
     <w:rsid w:val="66AFC5C0"/>
+    <w:rsid w:val="66CB1AD2"/>
     <w:rsid w:val="66D33CED"/>
+    <w:rsid w:val="66EF1205"/>
     <w:rsid w:val="66F84423"/>
     <w:rsid w:val="670DEF80"/>
     <w:rsid w:val="670F7955"/>
     <w:rsid w:val="6744BA69"/>
+    <w:rsid w:val="6746B4B5"/>
     <w:rsid w:val="67491FA5"/>
     <w:rsid w:val="67496F4F"/>
     <w:rsid w:val="674B0A8F"/>
     <w:rsid w:val="675D5D6B"/>
+    <w:rsid w:val="675F09BB"/>
     <w:rsid w:val="67B89AAA"/>
     <w:rsid w:val="67C7BC1D"/>
     <w:rsid w:val="67E1D6B0"/>
+    <w:rsid w:val="680B50D7"/>
+    <w:rsid w:val="681997B8"/>
     <w:rsid w:val="6823CFC7"/>
+    <w:rsid w:val="682EEC77"/>
     <w:rsid w:val="6831D4FD"/>
     <w:rsid w:val="6836930F"/>
     <w:rsid w:val="684122E5"/>
     <w:rsid w:val="6856770E"/>
+    <w:rsid w:val="686A7AFB"/>
     <w:rsid w:val="686D80FA"/>
+    <w:rsid w:val="688D0C59"/>
     <w:rsid w:val="68A4AA51"/>
     <w:rsid w:val="68A54156"/>
+    <w:rsid w:val="68A883C3"/>
+    <w:rsid w:val="68A8DD23"/>
     <w:rsid w:val="68B2E40D"/>
     <w:rsid w:val="68D8A3C8"/>
     <w:rsid w:val="68F09564"/>
     <w:rsid w:val="68FE1FB6"/>
     <w:rsid w:val="690F4557"/>
     <w:rsid w:val="6962B969"/>
     <w:rsid w:val="6963EE7B"/>
     <w:rsid w:val="69658046"/>
+    <w:rsid w:val="696CC6AE"/>
+    <w:rsid w:val="6970BEBD"/>
     <w:rsid w:val="697BFDCF"/>
+    <w:rsid w:val="697C4568"/>
     <w:rsid w:val="6995477B"/>
     <w:rsid w:val="699CAB02"/>
     <w:rsid w:val="69A4104C"/>
     <w:rsid w:val="69B766E7"/>
     <w:rsid w:val="69E59A82"/>
     <w:rsid w:val="69EEFA49"/>
+    <w:rsid w:val="69FB854C"/>
     <w:rsid w:val="6A01B321"/>
+    <w:rsid w:val="6A066C2A"/>
     <w:rsid w:val="6A0C8607"/>
     <w:rsid w:val="6A0DCE89"/>
     <w:rsid w:val="6A111064"/>
     <w:rsid w:val="6A1A6AB0"/>
+    <w:rsid w:val="6A31826E"/>
     <w:rsid w:val="6A416CBC"/>
     <w:rsid w:val="6A5054DE"/>
     <w:rsid w:val="6A523042"/>
     <w:rsid w:val="6A68851C"/>
     <w:rsid w:val="6A8680BA"/>
     <w:rsid w:val="6A9EAD18"/>
+    <w:rsid w:val="6AC91208"/>
     <w:rsid w:val="6AE4ABD9"/>
     <w:rsid w:val="6AFE3F26"/>
     <w:rsid w:val="6B01085B"/>
+    <w:rsid w:val="6B17B4A3"/>
+    <w:rsid w:val="6B195B3F"/>
     <w:rsid w:val="6B2A5C7C"/>
     <w:rsid w:val="6B2F1C15"/>
     <w:rsid w:val="6B30F22B"/>
     <w:rsid w:val="6B426C57"/>
     <w:rsid w:val="6B6C8F1A"/>
     <w:rsid w:val="6B6EC0DE"/>
     <w:rsid w:val="6B719DB3"/>
+    <w:rsid w:val="6B8C6A87"/>
+    <w:rsid w:val="6B8D1D23"/>
     <w:rsid w:val="6BA32D1C"/>
     <w:rsid w:val="6BAB3B22"/>
+    <w:rsid w:val="6BB329A6"/>
     <w:rsid w:val="6BC3348F"/>
     <w:rsid w:val="6BC3DFA3"/>
+    <w:rsid w:val="6BFEFDB4"/>
     <w:rsid w:val="6C02F913"/>
     <w:rsid w:val="6C2E5B4A"/>
+    <w:rsid w:val="6C4229CA"/>
     <w:rsid w:val="6C54F52A"/>
+    <w:rsid w:val="6C55E031"/>
+    <w:rsid w:val="6C7B52AD"/>
     <w:rsid w:val="6C7C35AC"/>
     <w:rsid w:val="6C8890E6"/>
+    <w:rsid w:val="6C972025"/>
     <w:rsid w:val="6CB43F6E"/>
+    <w:rsid w:val="6CC3592A"/>
+    <w:rsid w:val="6CCD0A0B"/>
     <w:rsid w:val="6D0FA266"/>
     <w:rsid w:val="6D16D338"/>
     <w:rsid w:val="6D28211C"/>
     <w:rsid w:val="6D6A9427"/>
+    <w:rsid w:val="6D77DE88"/>
     <w:rsid w:val="6D7C66FB"/>
     <w:rsid w:val="6D82933B"/>
     <w:rsid w:val="6D851206"/>
     <w:rsid w:val="6D88DA24"/>
     <w:rsid w:val="6D8AC258"/>
     <w:rsid w:val="6D95F4ED"/>
     <w:rsid w:val="6D9D08D6"/>
     <w:rsid w:val="6DA69361"/>
     <w:rsid w:val="6DB1ADB2"/>
     <w:rsid w:val="6DB689D4"/>
     <w:rsid w:val="6DF6A4A1"/>
+    <w:rsid w:val="6E00095B"/>
     <w:rsid w:val="6E05AC61"/>
     <w:rsid w:val="6E0AD269"/>
     <w:rsid w:val="6E0BBCFB"/>
     <w:rsid w:val="6E19E0D5"/>
+    <w:rsid w:val="6E1C1757"/>
     <w:rsid w:val="6E297677"/>
     <w:rsid w:val="6E3DB688"/>
     <w:rsid w:val="6E4D83A0"/>
+    <w:rsid w:val="6E686181"/>
     <w:rsid w:val="6E6AB553"/>
     <w:rsid w:val="6E6CD873"/>
     <w:rsid w:val="6EC1C477"/>
     <w:rsid w:val="6EEF90A1"/>
     <w:rsid w:val="6F1F30B7"/>
     <w:rsid w:val="6F45A9AB"/>
     <w:rsid w:val="6F531C5A"/>
     <w:rsid w:val="6F63F6E1"/>
     <w:rsid w:val="6F6EB335"/>
     <w:rsid w:val="6F7A1688"/>
     <w:rsid w:val="6F7A52F1"/>
     <w:rsid w:val="6F81C8FF"/>
+    <w:rsid w:val="6FE2F138"/>
     <w:rsid w:val="6FF902A1"/>
     <w:rsid w:val="6FFC5ECA"/>
     <w:rsid w:val="6FFCF3A9"/>
     <w:rsid w:val="701FBECC"/>
     <w:rsid w:val="7026DD8C"/>
     <w:rsid w:val="7040CFEA"/>
     <w:rsid w:val="7044172D"/>
     <w:rsid w:val="7055090A"/>
     <w:rsid w:val="7056A9C0"/>
     <w:rsid w:val="707DB0B5"/>
+    <w:rsid w:val="70821D80"/>
     <w:rsid w:val="70A3C00D"/>
     <w:rsid w:val="70CD71AA"/>
     <w:rsid w:val="70CE08EC"/>
     <w:rsid w:val="70D19F63"/>
     <w:rsid w:val="70DC3553"/>
     <w:rsid w:val="70E69B38"/>
     <w:rsid w:val="70E91B50"/>
     <w:rsid w:val="70F16497"/>
     <w:rsid w:val="70FA4A55"/>
     <w:rsid w:val="71092177"/>
     <w:rsid w:val="710DB8CC"/>
     <w:rsid w:val="71288301"/>
     <w:rsid w:val="71294FBA"/>
     <w:rsid w:val="7137200B"/>
     <w:rsid w:val="71623351"/>
     <w:rsid w:val="7165F1E6"/>
     <w:rsid w:val="716FB74A"/>
     <w:rsid w:val="7175C124"/>
     <w:rsid w:val="7177390F"/>
     <w:rsid w:val="71795712"/>
     <w:rsid w:val="718D74D9"/>
     <w:rsid w:val="718E96B5"/>
     <w:rsid w:val="71901F60"/>
+    <w:rsid w:val="71ABD567"/>
     <w:rsid w:val="71D6A9AD"/>
     <w:rsid w:val="71DF58EA"/>
     <w:rsid w:val="71E2F2AD"/>
     <w:rsid w:val="71E63D4A"/>
     <w:rsid w:val="71F21D2A"/>
     <w:rsid w:val="71F3DC3B"/>
     <w:rsid w:val="7203B4FA"/>
     <w:rsid w:val="721FFAC1"/>
     <w:rsid w:val="722059E1"/>
     <w:rsid w:val="72297E84"/>
     <w:rsid w:val="722B52D4"/>
     <w:rsid w:val="7236FF93"/>
     <w:rsid w:val="72374B30"/>
+    <w:rsid w:val="72402E28"/>
     <w:rsid w:val="72454F01"/>
     <w:rsid w:val="7249C350"/>
     <w:rsid w:val="724B1A5A"/>
     <w:rsid w:val="7253EBF5"/>
     <w:rsid w:val="7255805D"/>
     <w:rsid w:val="727546A6"/>
     <w:rsid w:val="72772BD7"/>
     <w:rsid w:val="727D90D4"/>
+    <w:rsid w:val="72825B5B"/>
     <w:rsid w:val="72902461"/>
     <w:rsid w:val="729B9B4E"/>
+    <w:rsid w:val="72AAFD6F"/>
     <w:rsid w:val="72AE7565"/>
     <w:rsid w:val="72D8B9D8"/>
     <w:rsid w:val="72E5A7FB"/>
     <w:rsid w:val="72F7A2F9"/>
     <w:rsid w:val="731E6BA9"/>
     <w:rsid w:val="7323645A"/>
     <w:rsid w:val="733ECCC6"/>
     <w:rsid w:val="733EEFA1"/>
     <w:rsid w:val="7349FF8F"/>
     <w:rsid w:val="735B4E92"/>
+    <w:rsid w:val="73606C7E"/>
+    <w:rsid w:val="736660E4"/>
+    <w:rsid w:val="736664C3"/>
     <w:rsid w:val="736EB1DF"/>
+    <w:rsid w:val="73A4C970"/>
     <w:rsid w:val="73ADFF98"/>
+    <w:rsid w:val="73CF5652"/>
     <w:rsid w:val="73EB5B19"/>
     <w:rsid w:val="73F4AF5B"/>
+    <w:rsid w:val="73F99449"/>
     <w:rsid w:val="73FA17C0"/>
     <w:rsid w:val="7401D2B0"/>
+    <w:rsid w:val="74155FEB"/>
     <w:rsid w:val="741F0D2E"/>
+    <w:rsid w:val="741FBE3F"/>
     <w:rsid w:val="74285D9C"/>
+    <w:rsid w:val="7432424E"/>
     <w:rsid w:val="7437A0EA"/>
+    <w:rsid w:val="744255F2"/>
     <w:rsid w:val="74478CE9"/>
     <w:rsid w:val="744A308A"/>
     <w:rsid w:val="74697AE4"/>
     <w:rsid w:val="7494B01B"/>
     <w:rsid w:val="749C7251"/>
     <w:rsid w:val="74AD2F69"/>
     <w:rsid w:val="74AECDC9"/>
     <w:rsid w:val="74BCE01F"/>
     <w:rsid w:val="74CC168A"/>
+    <w:rsid w:val="74D03F97"/>
+    <w:rsid w:val="74D3AE0D"/>
     <w:rsid w:val="74E1396D"/>
     <w:rsid w:val="74EBEE5B"/>
     <w:rsid w:val="74EC0234"/>
     <w:rsid w:val="74EC0B81"/>
     <w:rsid w:val="74EC8A71"/>
     <w:rsid w:val="75008DA5"/>
     <w:rsid w:val="750D8AE1"/>
     <w:rsid w:val="751F52F6"/>
     <w:rsid w:val="752DFF13"/>
     <w:rsid w:val="753BEA0A"/>
     <w:rsid w:val="75408A4E"/>
+    <w:rsid w:val="75674C9B"/>
     <w:rsid w:val="756BB2A3"/>
     <w:rsid w:val="756E3279"/>
     <w:rsid w:val="757043A3"/>
     <w:rsid w:val="759D4B3B"/>
+    <w:rsid w:val="75AD5038"/>
     <w:rsid w:val="75D628C5"/>
+    <w:rsid w:val="75E038E0"/>
     <w:rsid w:val="75FC1E23"/>
     <w:rsid w:val="75FE1858"/>
+    <w:rsid w:val="76259AD3"/>
+    <w:rsid w:val="76441007"/>
     <w:rsid w:val="764677D3"/>
     <w:rsid w:val="764ECA78"/>
     <w:rsid w:val="764F8FC4"/>
     <w:rsid w:val="766C018D"/>
     <w:rsid w:val="766EFBEF"/>
     <w:rsid w:val="767B22D6"/>
     <w:rsid w:val="767D5597"/>
     <w:rsid w:val="7682D190"/>
     <w:rsid w:val="76932D26"/>
+    <w:rsid w:val="769788FD"/>
+    <w:rsid w:val="76ADD3ED"/>
     <w:rsid w:val="76BFA1A2"/>
     <w:rsid w:val="76C7A1E6"/>
     <w:rsid w:val="76D5E5F7"/>
     <w:rsid w:val="76E60A1A"/>
+    <w:rsid w:val="76EB526B"/>
     <w:rsid w:val="76EFEBEF"/>
     <w:rsid w:val="770AAFAA"/>
     <w:rsid w:val="770F7CBC"/>
     <w:rsid w:val="77274EA2"/>
+    <w:rsid w:val="772AAD6F"/>
     <w:rsid w:val="77462E4E"/>
     <w:rsid w:val="774674E0"/>
     <w:rsid w:val="775725F6"/>
     <w:rsid w:val="77653C37"/>
+    <w:rsid w:val="7771D15E"/>
     <w:rsid w:val="777F308A"/>
     <w:rsid w:val="778FA96B"/>
+    <w:rsid w:val="77938C23"/>
     <w:rsid w:val="77BB9192"/>
+    <w:rsid w:val="77CAF68D"/>
     <w:rsid w:val="77E04EB9"/>
     <w:rsid w:val="77F25CFB"/>
     <w:rsid w:val="77F43730"/>
     <w:rsid w:val="77F7DA1E"/>
+    <w:rsid w:val="77FA3946"/>
     <w:rsid w:val="77FC2B54"/>
+    <w:rsid w:val="7809B2DD"/>
+    <w:rsid w:val="780FD811"/>
     <w:rsid w:val="7838F38D"/>
     <w:rsid w:val="783DBB81"/>
+    <w:rsid w:val="78661FF0"/>
     <w:rsid w:val="7870E3D1"/>
     <w:rsid w:val="788E3D7B"/>
     <w:rsid w:val="7892CB8F"/>
     <w:rsid w:val="78955047"/>
     <w:rsid w:val="789DA9B0"/>
+    <w:rsid w:val="78A57C3D"/>
     <w:rsid w:val="78A6C1A7"/>
     <w:rsid w:val="78A7D12E"/>
     <w:rsid w:val="78BDB766"/>
     <w:rsid w:val="78D21C41"/>
     <w:rsid w:val="78D7B8C4"/>
     <w:rsid w:val="78DD93E8"/>
     <w:rsid w:val="78F161B1"/>
     <w:rsid w:val="78FD0092"/>
     <w:rsid w:val="78FFADBB"/>
+    <w:rsid w:val="790532B2"/>
+    <w:rsid w:val="791A459C"/>
     <w:rsid w:val="792D48EA"/>
     <w:rsid w:val="793C335C"/>
+    <w:rsid w:val="79482794"/>
     <w:rsid w:val="794EE7A4"/>
+    <w:rsid w:val="795B852D"/>
     <w:rsid w:val="7976DC43"/>
     <w:rsid w:val="7988D1D7"/>
+    <w:rsid w:val="798BE585"/>
     <w:rsid w:val="798C2CF3"/>
     <w:rsid w:val="79A5024C"/>
+    <w:rsid w:val="79B238BD"/>
     <w:rsid w:val="79B58AB0"/>
     <w:rsid w:val="79BB160D"/>
     <w:rsid w:val="79BD04D6"/>
     <w:rsid w:val="79CAF8EE"/>
     <w:rsid w:val="79CCA223"/>
     <w:rsid w:val="7A00EA10"/>
     <w:rsid w:val="7A1A36CF"/>
+    <w:rsid w:val="7A229E6A"/>
+    <w:rsid w:val="7A45266E"/>
     <w:rsid w:val="7A5812AC"/>
     <w:rsid w:val="7A673C83"/>
     <w:rsid w:val="7A7D5CE9"/>
     <w:rsid w:val="7A825FFB"/>
+    <w:rsid w:val="7A8DCB4D"/>
     <w:rsid w:val="7A91E66E"/>
     <w:rsid w:val="7ABEEC31"/>
+    <w:rsid w:val="7ACEFAE7"/>
     <w:rsid w:val="7AD035C6"/>
     <w:rsid w:val="7AE94FFC"/>
     <w:rsid w:val="7B126112"/>
     <w:rsid w:val="7B23F4B9"/>
     <w:rsid w:val="7B265057"/>
     <w:rsid w:val="7B2D8F16"/>
     <w:rsid w:val="7B326769"/>
     <w:rsid w:val="7B3A2568"/>
+    <w:rsid w:val="7B4B279C"/>
     <w:rsid w:val="7B597291"/>
+    <w:rsid w:val="7B88611E"/>
     <w:rsid w:val="7BA8F509"/>
     <w:rsid w:val="7BB67BF0"/>
     <w:rsid w:val="7BD332D1"/>
     <w:rsid w:val="7BD4C7BA"/>
     <w:rsid w:val="7BDA758A"/>
     <w:rsid w:val="7BDC6061"/>
     <w:rsid w:val="7BE0D17D"/>
+    <w:rsid w:val="7BFC6914"/>
     <w:rsid w:val="7C09B328"/>
     <w:rsid w:val="7C1B9E30"/>
+    <w:rsid w:val="7C2FD975"/>
+    <w:rsid w:val="7C38B01F"/>
     <w:rsid w:val="7C3D8DAA"/>
     <w:rsid w:val="7C3F11CE"/>
     <w:rsid w:val="7C418A8A"/>
+    <w:rsid w:val="7C431643"/>
+    <w:rsid w:val="7C61B36A"/>
     <w:rsid w:val="7C6E5157"/>
     <w:rsid w:val="7C7004F3"/>
+    <w:rsid w:val="7C76453B"/>
+    <w:rsid w:val="7C774328"/>
     <w:rsid w:val="7C7B608F"/>
     <w:rsid w:val="7C7ED071"/>
     <w:rsid w:val="7CB2214B"/>
     <w:rsid w:val="7CD873A5"/>
+    <w:rsid w:val="7CE81821"/>
     <w:rsid w:val="7CEE93CC"/>
     <w:rsid w:val="7D001C0F"/>
+    <w:rsid w:val="7D2D111E"/>
     <w:rsid w:val="7D3117E5"/>
     <w:rsid w:val="7D65BCB2"/>
     <w:rsid w:val="7D69C4A6"/>
     <w:rsid w:val="7D74496D"/>
     <w:rsid w:val="7D75D5EF"/>
     <w:rsid w:val="7D85463E"/>
     <w:rsid w:val="7D9784C1"/>
+    <w:rsid w:val="7DA3E169"/>
     <w:rsid w:val="7DA497DF"/>
     <w:rsid w:val="7DC6B84A"/>
     <w:rsid w:val="7DD72CB2"/>
     <w:rsid w:val="7DDD9685"/>
     <w:rsid w:val="7DED25CB"/>
     <w:rsid w:val="7DF2FAA3"/>
     <w:rsid w:val="7E117D4E"/>
     <w:rsid w:val="7E214237"/>
     <w:rsid w:val="7E249B66"/>
+    <w:rsid w:val="7E27FA80"/>
     <w:rsid w:val="7E2A2DBE"/>
     <w:rsid w:val="7E33D1A0"/>
     <w:rsid w:val="7E6CB94E"/>
     <w:rsid w:val="7E6DCDF1"/>
     <w:rsid w:val="7E933A49"/>
     <w:rsid w:val="7E989F42"/>
     <w:rsid w:val="7EA12CAF"/>
     <w:rsid w:val="7EAA8B6E"/>
     <w:rsid w:val="7EB21D8A"/>
     <w:rsid w:val="7EBB7384"/>
     <w:rsid w:val="7EBEB64B"/>
     <w:rsid w:val="7ED7659A"/>
     <w:rsid w:val="7F01B613"/>
     <w:rsid w:val="7F062C9D"/>
     <w:rsid w:val="7F2530CF"/>
     <w:rsid w:val="7F3E1A5C"/>
     <w:rsid w:val="7F408CEA"/>
     <w:rsid w:val="7F51EF43"/>
     <w:rsid w:val="7F6EF6AD"/>
     <w:rsid w:val="7F783DDD"/>
     <w:rsid w:val="7F84CD5C"/>
     <w:rsid w:val="7F991765"/>
     <w:rsid w:val="7F99CE83"/>
     <w:rsid w:val="7FA8D8AA"/>
     <w:rsid w:val="7FAD0CB5"/>
@@ -37781,51 +39907,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="682B0B09"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -38847,51 +40973,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006665CC"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C80093"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="348680788">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="441219444">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -39135,51 +41261,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1746805519">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/availability-table-adult-0/download" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/vaccine-transport-sop-2024-0/download" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/media/159898/download" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/vaccines/hcp/admin/admin-protocols.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vaers.hhs.gov/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/availability-table-childhood-0/download" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/vaccine-management-sop-2024/download" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/media/167209/download" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/division-of-health-care-facility-licensure-and-certification" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/medwatch/index.cfm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/agreement-to-comply-with-federal-and-state-requirements-for-participation-in-the-mdph-immunization-division-2024-0/download" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/vaccines/index.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/vaccines/hcp/vis/current-vis.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/media/167212/download" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/vaccine-administration-and-clinical-guidance" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@vaers.org" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resources.miisresourcecenter.com/trainingcenter/Storage%20Handling%20Problem_2018_Mini%20Guide.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.immunize.org/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.immunize.org/vaccines/vis/about-vis/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vaers.hhs.gov/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/vaccines/hcp/imz-best-practices/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/vaccines/hcp/vis/current-vis.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/vaccine-borrowing-report-0/download" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/immunization-training/hcp/pink-book-education-series/index.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hrsa.gov/vaccine-compensation" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.immunize.org/vaccines/vis/about-vis/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vaers.hhs.gov/docs/VAERS_Table_of_Reportable_Events_Following_Vaccination.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/availability-table-childhood-0/download" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ma-vaccine-program-guidelines-for-reporting-out-of-range-temperatures/download" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/vaccine-transport-sop-2024-0/download" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.immunize.org/vaccines/vis/about-vis/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/data-logger-requirements-2025/download" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/immunization-training/hcp/pink-book-education-series/index.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/division-of-health-care-facility-licensure-and-certification" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/medwatch/index.cfm" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/availability-table-adult-0/download" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/availability-table-childhood-0/download" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/vaccine-management-sop-2024/download" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/vaccines/hcp/admin/admin-protocols.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/vaccines/hcp/vis/current-vis.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@vaers.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/availability-table-adult-0/download" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ma-vaccine-program-guidelines-for-reporting-out-of-range-temperatures/download" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/dph-recommended-guidance-for-vaccines" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/vaccine-administration-and-clinical-guidance" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/availability-table-childhood-0/download" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/agreement-to-comply-with-federal-and-state-requirements-for-participation-in-the-mdph-immunization-division-2024-0/download" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/vaccines/index.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.immunize.org/vaccines/vis/about-vis/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/vaccines/hcp/vis/current-vis.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vaers.hhs.gov/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/replacement-worksheet/download" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resources.miisresourcecenter.com/trainingcenter/Storage%20Handling%20Problem_2018_Mini%20Guide.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/vaccines/hcp/imz-best-practices/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hrsa.gov/vaccine-compensation" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/cdc-packing-for-emergency-transport/download" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/dph-recommended-guidance-for-vaccines" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vaers.hhs.gov/docs/VAERS_Table_of_Reportable_Events_Following_Vaccination.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/availability-table-adult-0/download" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/dph-recommended-guidance-for-vaccines" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/data-logger-requirements-2025/download" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/dph-recommended-guidance-for-vaccines" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.immunize.org/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vaers.hhs.gov/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -39464,52 +41590,65 @@
     <we:reference id="wa200001011" version="1.1.0.0" store="en-001" storeType="OMEX"/>
   </we:alternateReferences>
   <we:properties/>
   <we:bindings/>
   <we:snapshot xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </we:webextension>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003936B605C953E34C8476A9FD9E49AC16" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5a6988bc82efc16dbc4fef89c0970097">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a782362c-0017-44d2-8700-f603c3e5ed9a" xmlns:ns3="78ea2335-8007-4ae4-b674-628de3bfd69a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f757d18a715390f3da1f93b167fc760a" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003936B605C953E34C8476A9FD9E49AC16" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fb9e7e813f837fd5b9acab9729d3e480">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a782362c-0017-44d2-8700-f603c3e5ed9a" xmlns:ns3="78ea2335-8007-4ae4-b674-628de3bfd69a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="31b071675c4d6feaa5ec6297d3b7489e" ns2:_="" ns3:_="">
     <xsd:import namespace="a782362c-0017-44d2-8700-f603c3e5ed9a"/>
     <xsd:import namespace="78ea2335-8007-4ae4-b674-628de3bfd69a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -39692,168 +41831,158 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <SharedWithUsers xmlns="78ea2335-8007-4ae4-b674-628de3bfd69a">
       <UserInfo>
         <DisplayName>Lenane, Megan B (DPH)</DisplayName>
         <AccountId>23</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
     <TaxCatchAll xmlns="78ea2335-8007-4ae4-b674-628de3bfd69a" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a782362c-0017-44d2-8700-f603c3e5ed9a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B071DFBF-44F5-4A35-A004-6F59AA4A8B18}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4BA1A1AE-D3B6-4C3F-8175-08575480189E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{76A95077-C4C4-4A80-9F34-A7C73327D130}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F263E24-29AD-454E-B7EE-3A510191669B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a782362c-0017-44d2-8700-f603c3e5ed9a"/>
     <ds:schemaRef ds:uri="78ea2335-8007-4ae4-b674-628de3bfd69a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F19FB2C-5037-486D-ABB3-9E3AF3F56330}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="78ea2335-8007-4ae4-b674-628de3bfd69a"/>
     <ds:schemaRef ds:uri="a782362c-0017-44d2-8700-f603c3e5ed9a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>19</Pages>
-[...1 lines deleted...]
-  <Characters>45109</Characters>
+  <Pages>17</Pages>
+  <Words>8867</Words>
+  <Characters>50544</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>375</Lines>
-  <Paragraphs>105</Paragraphs>
+  <Lines>421</Lines>
+  <Paragraphs>118</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>52917</CharactersWithSpaces>
+  <CharactersWithSpaces>59293</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description>Vaccine Administration</dc:description>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="grammarly_documentId">
     <vt:lpwstr>documentId_7833</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="grammarly_documentContext">
     <vt:lpwstr>{"goals":[],"domain":"general","emotions":[],"dialect":"american"}</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ContentTypeId">
     <vt:lpwstr>0x0101003936B605C953E34C8476A9FD9E49AC16</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="GrammarlyDocumentId">
+    <vt:lpwstr>e0ef7a88-1993-443e-a7f7-e6e0d249a927</vt:lpwstr>
+  </property>
 </Properties>
 </file>