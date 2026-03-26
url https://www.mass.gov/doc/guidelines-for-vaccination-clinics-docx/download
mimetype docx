--- v0 (2025-11-22)
+++ v1 (2026-03-26)
@@ -2178,54 +2178,54 @@
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Handling</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29978E69" w14:textId="78DE4AFB" w:rsidR="008D5150" w:rsidRDefault="008636B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
         </w:tabs>
         <w:spacing w:before="119"/>
         <w:ind w:right="3539"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Refer to the </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00862752">
         <w:rPr>
           <w:b/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
         </w:rPr>
         <w:t xml:space="preserve">MDPH Vaccine Transport SOP </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">for detailed information: </w:t>
       </w:r>
       <w:hyperlink r:id="rId24">
         <w:r w:rsidR="008D6E17">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>https://www.mass.gov/doc/vaccine-transport-sop-2025/download</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="29978E6A" w14:textId="77777777" w:rsidR="008D5150" w:rsidRDefault="008636B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
@@ -2993,131 +2993,131 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">are using, the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>vaccines must be monitored by an external digital data logger device</w:t>
       </w:r>
       <w:r>
         <w:t>. Do not add vaccines until the external data logger device is reading in-range temperatures and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29978E71" w14:textId="77777777" w:rsidR="008D5150" w:rsidRDefault="008636B5">
       <w:pPr>
         <w:spacing w:line="266" w:lineRule="exact"/>
         <w:ind w:left="1821"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00862752">
         <w:rPr>
           <w:b/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:u w:val="single" w:color="FF0000"/>
         </w:rPr>
         <w:t>never</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00862752">
         <w:rPr>
           <w:b/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>transport</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>refrigerated</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>vaccines</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00862752">
         <w:rPr>
           <w:b/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:u w:val="single" w:color="FF0000"/>
         </w:rPr>
         <w:t>frozen</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00862752">
         <w:rPr>
           <w:b/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:spacing w:val="-3"/>
           <w:u w:val="single" w:color="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00862752">
         <w:rPr>
           <w:b/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:u w:val="single" w:color="FF0000"/>
         </w:rPr>
         <w:t>ice</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00862752">
         <w:rPr>
           <w:b/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single" w:color="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> packs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29978E72" w14:textId="77777777" w:rsidR="008D5150" w:rsidRDefault="008636B5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="12"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
@@ -24208,58 +24208,58 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>vaccines</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="29978F56" w14:textId="77777777" w:rsidR="00B47706" w:rsidRDefault="00B47706"/>
     <w:sectPr w:rsidR="00B47706">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1240" w:right="360" w:bottom="880" w:left="1060" w:header="771" w:footer="696" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="684DB776" w14:textId="77777777" w:rsidR="00966300" w:rsidRDefault="00966300">
+    <w:p w14:paraId="0BD03445" w14:textId="77777777" w:rsidR="00C11614" w:rsidRDefault="00C11614">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4FF015FD" w14:textId="77777777" w:rsidR="00966300" w:rsidRDefault="00966300">
+    <w:p w14:paraId="29CFFA07" w14:textId="77777777" w:rsidR="00C11614" w:rsidRDefault="00C11614">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -24695,58 +24695,58 @@
                       <w:t>10</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-5"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3207DF15" w14:textId="77777777" w:rsidR="00966300" w:rsidRDefault="00966300">
+    <w:p w14:paraId="3A3A7CFD" w14:textId="77777777" w:rsidR="00C11614" w:rsidRDefault="00C11614">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="47B3919D" w14:textId="77777777" w:rsidR="00966300" w:rsidRDefault="00966300">
+    <w:p w14:paraId="6DCD5863" w14:textId="77777777" w:rsidR="00C11614" w:rsidRDefault="00C11614">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="29978F5E" w14:textId="77777777" w:rsidR="008D5150" w:rsidRDefault="008636B5">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:before="0" w:line="14" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
@@ -26395,104 +26395,109 @@
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1570339321">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1024789121">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1620722080">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="786461738">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1548758199">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="15547624">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008D5150"/>
     <w:rsid w:val="000C2740"/>
     <w:rsid w:val="0018284C"/>
     <w:rsid w:val="00185CB0"/>
     <w:rsid w:val="003136E9"/>
     <w:rsid w:val="003B05BD"/>
+    <w:rsid w:val="004303F6"/>
+    <w:rsid w:val="00431251"/>
     <w:rsid w:val="00512336"/>
+    <w:rsid w:val="00574081"/>
     <w:rsid w:val="005950DD"/>
     <w:rsid w:val="005C6AFE"/>
     <w:rsid w:val="00674590"/>
     <w:rsid w:val="007049DF"/>
+    <w:rsid w:val="00862752"/>
     <w:rsid w:val="008636B5"/>
     <w:rsid w:val="008A6096"/>
     <w:rsid w:val="008B2D82"/>
     <w:rsid w:val="008D5150"/>
     <w:rsid w:val="008D6E17"/>
     <w:rsid w:val="008F73D9"/>
     <w:rsid w:val="00966300"/>
     <w:rsid w:val="009C1F6C"/>
     <w:rsid w:val="00A30254"/>
     <w:rsid w:val="00A45C0B"/>
     <w:rsid w:val="00A970D8"/>
     <w:rsid w:val="00AA4A46"/>
     <w:rsid w:val="00AF7E01"/>
     <w:rsid w:val="00B03D01"/>
     <w:rsid w:val="00B101F5"/>
     <w:rsid w:val="00B47706"/>
     <w:rsid w:val="00BD4A61"/>
+    <w:rsid w:val="00C11614"/>
+    <w:rsid w:val="00D201FD"/>
     <w:rsid w:val="00DC3245"/>
     <w:rsid w:val="00DC7B29"/>
     <w:rsid w:val="00E4458F"/>
     <w:rsid w:val="00E52555"/>
     <w:rsid w:val="00E96540"/>
     <w:rsid w:val="00EA7611"/>
     <w:rsid w:val="00FB4CA6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>