--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -7,91 +7,91 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11003"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov.sharepoint.com/sites/GIC-OperationsDepartment/Audit/audit/AGil/FY26 Rates/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/lesliemonteiro/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="19" documentId="8_{6EFA6F23-FE84-4F57-92A0-ED5CA5F29EB3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{30CCEBAE-7A45-4094-9EC3-9B8EFEBCE214}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6EBB45DA-1D68-8D4E-A927-DDE8D2068A2F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="804" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="760" windowWidth="34560" windowHeight="19640" tabRatio="804" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="chart1" sheetId="1" r:id="rId1"/>
-[...3 lines deleted...]
-    <sheet name="chart 5" sheetId="5" r:id="rId5"/>
+    <sheet name="chart1 rates" sheetId="1" r:id="rId1"/>
+    <sheet name="chart2 rates" sheetId="2" r:id="rId2"/>
+    <sheet name="chart3 rates" sheetId="3" r:id="rId3"/>
+    <sheet name="chart 4 rates" sheetId="4" r:id="rId4"/>
+    <sheet name="chart 5 rates" sheetId="5" r:id="rId5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="3">'chart 4'!$A$1:$K$19</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="1">chart2!$A$1:$E$36</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'chart 4 rates'!$A$1:$K$19</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">'chart 5 rates'!$A$1:$I$25</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'chart1 rates'!$A$1:$G$39</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'chart2 rates'!$A$1:$E$36</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="185" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="185" uniqueCount="79">
   <si>
     <t>Chart 1</t>
   </si>
   <si>
     <t>Monthly Insurance Rates</t>
   </si>
   <si>
     <t>Rates For Monthly Pension Deduction Purposes</t>
   </si>
   <si>
     <t>For Pension Deductions</t>
   </si>
   <si>
     <t xml:space="preserve">Full Cost </t>
   </si>
   <si>
     <t>Type of Coverage</t>
   </si>
   <si>
     <t>Retiree's  Premium</t>
   </si>
   <si>
     <t>Premium</t>
   </si>
   <si>
@@ -272,64 +272,76 @@
     <t xml:space="preserve">Wellpoint State Indemnity Plan/Medicare Extension (OME) </t>
   </si>
   <si>
     <t>For Retired Municipal Teachers (RMTs) Insured For HMO/Indemnity Medicare Plan-Part A&amp;B</t>
   </si>
   <si>
     <t>Wellpoint State Indemnity Plan/Medicare Extension (OME), And Health Maintenance Organization (HMO) Medicare Plan</t>
   </si>
   <si>
     <t xml:space="preserve">Retiree's </t>
   </si>
   <si>
     <t>Altus Retiree Dental Coverage</t>
   </si>
   <si>
     <t>Effective For The Premium Due July 1, 2025</t>
   </si>
   <si>
     <t>Basic Life $1,000, Altus Dental Coverage, Wellpoint State Indemnity Plan, and Health Maintenance Organization (HMO)</t>
   </si>
   <si>
     <t xml:space="preserve">The Altus Dental Coverage, when elected by an enrollee, is paid entirely by the enrollee. </t>
   </si>
   <si>
     <t>Wellpoint Indemnity Plan, Altus Dental Coverage, and Health Maintenance Organization (HMO)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                        RMTs who retired</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                          On or Before July 1, 1990</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                           On or Before July 1, 1990</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                            RMTs who retired</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="mmmm\ d\,\ yyyy"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
-  <fonts count="17">
+  <fonts count="18">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -377,50 +389,56 @@
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="22"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="9"/>
+      <color theme="1" tint="0.34998626667073579"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="65"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -1062,51 +1080,51 @@
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="236">
+  <cellXfs count="241">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
@@ -1319,53 +1337,50 @@
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="7" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="7" fontId="15" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="39" fontId="15" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="39" fontId="15" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="13" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="13" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="7" fontId="16" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="4" fontId="13" fillId="4" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="13" fillId="4" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="4" fontId="13" fillId="4" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="13" fillId="4" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
@@ -1478,190 +1493,208 @@
     <xf numFmtId="39" fontId="5" fillId="4" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="39" fontId="5" fillId="4" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="7" fontId="14" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="7" fontId="13" fillId="3" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="7" fontId="13" fillId="3" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="7" fontId="13" fillId="3" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="7" fontId="13" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="13" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="13" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="13" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="13" fillId="3" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="13" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="13" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="13" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="13" fillId="3" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="13" fillId="3" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="13" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="13" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="7" fontId="13" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...25 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="7" fontId="17" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...20 lines deleted...]
-      <alignment horizontal="center"/>
+      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -2020,583 +2053,582 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
   <dimension ref="A1:G39"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" showRuler="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" showRuler="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D11" sqref="D11:E11"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="16" customHeight="1"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="16" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="48" style="1" customWidth="1"/>
-    <col min="2" max="5" width="13.54296875" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="9" max="16384" width="9.1796875" style="1"/>
+    <col min="2" max="5" width="13.5" style="1" customWidth="1"/>
+    <col min="6" max="7" width="12.5" style="1" customWidth="1"/>
+    <col min="8" max="8" width="10.5" style="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="60" customFormat="1" ht="14.15" customHeight="1">
+    <row r="1" spans="1:7" s="60" customFormat="1" ht="14.25" customHeight="1">
       <c r="A1" s="58" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="59"/>
       <c r="C1" s="59"/>
       <c r="D1" s="59"/>
       <c r="E1" s="59"/>
       <c r="F1" s="59"/>
       <c r="G1" s="59"/>
     </row>
-    <row r="2" spans="1:7" s="60" customFormat="1" ht="14.15" customHeight="1">
+    <row r="2" spans="1:7" s="60" customFormat="1" ht="14.25" customHeight="1">
       <c r="A2" s="59" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="59"/>
       <c r="C2" s="59"/>
       <c r="D2" s="59"/>
       <c r="E2" s="59"/>
       <c r="F2" s="59"/>
       <c r="G2" s="59"/>
     </row>
-    <row r="3" spans="1:7" s="60" customFormat="1" ht="14.15" customHeight="1">
+    <row r="3" spans="1:7" s="60" customFormat="1" ht="14.25" customHeight="1">
       <c r="A3" s="59" t="s">
         <v>72</v>
       </c>
       <c r="B3" s="59"/>
       <c r="C3" s="59"/>
       <c r="D3" s="59"/>
       <c r="E3" s="59"/>
       <c r="F3" s="59"/>
       <c r="G3" s="59"/>
     </row>
-    <row r="4" spans="1:7" s="60" customFormat="1" ht="14.15" customHeight="1">
+    <row r="4" spans="1:7" s="60" customFormat="1" ht="14.25" customHeight="1">
       <c r="A4" s="59" t="s">
         <v>47</v>
       </c>
       <c r="B4" s="59"/>
       <c r="C4" s="59"/>
       <c r="D4" s="59"/>
       <c r="E4" s="59"/>
       <c r="F4" s="59"/>
       <c r="G4" s="59"/>
     </row>
-    <row r="5" spans="1:7" s="60" customFormat="1" ht="14.15" customHeight="1">
+    <row r="5" spans="1:7" s="60" customFormat="1" ht="14.25" customHeight="1">
       <c r="A5" s="59" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="59"/>
       <c r="C5" s="59"/>
       <c r="D5" s="59"/>
       <c r="E5" s="59"/>
       <c r="F5" s="59"/>
       <c r="G5" s="59"/>
     </row>
-    <row r="6" spans="1:7" s="60" customFormat="1" ht="14.15" customHeight="1">
+    <row r="6" spans="1:7" s="60" customFormat="1" ht="14.25" customHeight="1">
       <c r="A6" s="58" t="s">
         <v>71</v>
       </c>
       <c r="B6" s="58"/>
       <c r="C6" s="58"/>
       <c r="D6" s="58"/>
       <c r="E6" s="58"/>
       <c r="F6" s="59"/>
       <c r="G6" s="59"/>
     </row>
     <row r="7" spans="1:7" s="60" customFormat="1" ht="18.5" customHeight="1" thickBot="1"/>
     <row r="8" spans="1:7" s="78" customFormat="1" ht="13" customHeight="1">
       <c r="A8" s="79"/>
       <c r="B8" s="80" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="81"/>
       <c r="D8" s="82"/>
       <c r="E8" s="82"/>
       <c r="F8" s="83" t="s">
         <v>4</v>
       </c>
       <c r="G8" s="84"/>
     </row>
     <row r="9" spans="1:7" s="78" customFormat="1" ht="13" customHeight="1" thickBot="1">
       <c r="A9" s="85" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="86" t="s">
         <v>6</v>
       </c>
       <c r="C9" s="87"/>
       <c r="D9" s="86"/>
       <c r="E9" s="86"/>
       <c r="F9" s="88" t="s">
         <v>7</v>
       </c>
       <c r="G9" s="87"/>
     </row>
     <row r="10" spans="1:7" s="78" customFormat="1" ht="13" customHeight="1">
       <c r="A10" s="89"/>
-      <c r="B10" s="203" t="s">
+      <c r="B10" s="192" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" s="193"/>
+      <c r="D10" s="201" t="s">
         <v>45</v>
       </c>
-      <c r="C10" s="204"/>
-[...5 lines deleted...]
-      <c r="G10" s="181"/>
+      <c r="E10" s="202"/>
+      <c r="F10" s="179"/>
+      <c r="G10" s="180"/>
     </row>
     <row r="11" spans="1:7" s="78" customFormat="1" ht="13" customHeight="1" thickBot="1">
       <c r="A11" s="89"/>
-      <c r="B11" s="199" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="200"/>
+      <c r="B11" s="188" t="s">
+        <v>77</v>
+      </c>
+      <c r="C11" s="189"/>
       <c r="D11" s="199" t="s">
         <v>48</v>
       </c>
-      <c r="E11" s="206"/>
-[...1 lines deleted...]
-      <c r="G11" s="183"/>
+      <c r="E11" s="203"/>
+      <c r="F11" s="181"/>
+      <c r="G11" s="182"/>
     </row>
     <row r="12" spans="1:7" s="78" customFormat="1" ht="13" customHeight="1" thickBot="1">
-      <c r="A12" s="132" t="s">
+      <c r="A12" s="131" t="s">
         <v>8</v>
       </c>
-      <c r="B12" s="201">
+      <c r="B12" s="190">
         <v>0.76</v>
       </c>
-      <c r="C12" s="202"/>
-      <c r="D12" s="201">
+      <c r="C12" s="191"/>
+      <c r="D12" s="200">
         <v>0.76</v>
       </c>
-      <c r="E12" s="207"/>
-      <c r="F12" s="120">
+      <c r="E12" s="204"/>
+      <c r="F12" s="239">
         <v>0</v>
       </c>
-      <c r="G12" s="121"/>
+      <c r="G12" s="120"/>
     </row>
     <row r="13" spans="1:7" s="78" customFormat="1" ht="13" customHeight="1">
       <c r="A13" s="90"/>
-      <c r="B13" s="184" t="s">
+      <c r="B13" s="183" t="s">
         <v>9</v>
       </c>
-      <c r="C13" s="185" t="s">
+      <c r="C13" s="184" t="s">
         <v>10</v>
       </c>
-      <c r="D13" s="186" t="s">
+      <c r="D13" s="185" t="s">
         <v>9</v>
       </c>
-      <c r="E13" s="187" t="s">
+      <c r="E13" s="186" t="s">
         <v>10</v>
       </c>
-      <c r="F13" s="188" t="s">
+      <c r="F13" s="187" t="s">
         <v>9</v>
       </c>
-      <c r="G13" s="185" t="s">
+      <c r="G13" s="184" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:7" s="78" customFormat="1" ht="13" customHeight="1" thickBot="1">
       <c r="A14" s="85" t="s">
         <v>70</v>
       </c>
       <c r="B14" s="91">
         <v>29.66</v>
       </c>
       <c r="C14" s="92">
         <v>71.48</v>
       </c>
       <c r="D14" s="93">
         <v>29.66</v>
       </c>
       <c r="E14" s="94">
         <v>71.48</v>
       </c>
       <c r="F14" s="95">
         <v>29.66</v>
       </c>
       <c r="G14" s="92">
         <v>71.48</v>
       </c>
     </row>
     <row r="15" spans="1:7" s="78" customFormat="1" ht="13" customHeight="1">
-      <c r="A15" s="122" t="s">
+      <c r="A15" s="121" t="s">
         <v>54</v>
       </c>
-      <c r="B15" s="123" t="s">
+      <c r="B15" s="122" t="s">
         <v>9</v>
       </c>
-      <c r="C15" s="124" t="s">
+      <c r="C15" s="123" t="s">
         <v>10</v>
       </c>
-      <c r="D15" s="123" t="s">
+      <c r="D15" s="122" t="s">
         <v>9</v>
       </c>
-      <c r="E15" s="124" t="s">
+      <c r="E15" s="123" t="s">
         <v>10</v>
       </c>
-      <c r="F15" s="125" t="s">
+      <c r="F15" s="124" t="s">
         <v>9</v>
       </c>
-      <c r="G15" s="124" t="s">
+      <c r="G15" s="123" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:7" s="78" customFormat="1" ht="13" customHeight="1">
-      <c r="A16" s="122" t="s">
+      <c r="A16" s="121" t="s">
         <v>53</v>
       </c>
-      <c r="B16" s="123" t="s">
+      <c r="B16" s="122" t="s">
         <v>38</v>
       </c>
-      <c r="C16" s="124" t="s">
+      <c r="C16" s="123" t="s">
         <v>38</v>
       </c>
-      <c r="D16" s="123" t="s">
+      <c r="D16" s="122" t="s">
         <v>38</v>
       </c>
-      <c r="E16" s="124" t="s">
+      <c r="E16" s="123" t="s">
         <v>38</v>
       </c>
-      <c r="F16" s="125" t="s">
+      <c r="F16" s="124" t="s">
         <v>38</v>
       </c>
-      <c r="G16" s="124" t="s">
+      <c r="G16" s="123" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:7" s="78" customFormat="1" ht="20.5" customHeight="1">
       <c r="A17" s="99" t="s">
         <v>58</v>
       </c>
       <c r="B17" s="116">
         <v>144.26</v>
       </c>
       <c r="C17" s="117">
         <v>320.83999999999997</v>
       </c>
       <c r="D17" s="116">
         <v>216.01</v>
       </c>
       <c r="E17" s="117">
         <v>480.88</v>
       </c>
       <c r="F17" s="116">
         <v>1435.03</v>
       </c>
       <c r="G17" s="117">
         <v>3200.78</v>
       </c>
     </row>
     <row r="18" spans="1:7" s="78" customFormat="1" ht="20.5" customHeight="1">
-      <c r="A18" s="126" t="s">
+      <c r="A18" s="125" t="s">
         <v>62</v>
       </c>
-      <c r="B18" s="127">
+      <c r="B18" s="126">
         <v>175.78</v>
       </c>
-      <c r="C18" s="128">
+      <c r="C18" s="127">
         <v>389.77</v>
       </c>
-      <c r="D18" s="127">
+      <c r="D18" s="126">
         <v>263.28999999999996</v>
       </c>
-      <c r="E18" s="128">
+      <c r="E18" s="127">
         <v>584.28</v>
       </c>
-      <c r="F18" s="127">
+      <c r="F18" s="126">
         <v>1750.22</v>
       </c>
-      <c r="G18" s="128">
+      <c r="G18" s="127">
         <v>3890.1</v>
       </c>
     </row>
     <row r="19" spans="1:7" s="78" customFormat="1" ht="20.5" customHeight="1">
       <c r="A19" s="99" t="s">
         <v>63</v>
       </c>
       <c r="B19" s="97">
         <v>109.69000000000001</v>
       </c>
       <c r="C19" s="98">
         <v>260.70999999999998</v>
       </c>
       <c r="D19" s="97">
         <v>164.16</v>
       </c>
       <c r="E19" s="98">
         <v>390.69</v>
       </c>
       <c r="F19" s="97">
         <v>1089.31</v>
       </c>
       <c r="G19" s="98">
         <v>2599.5300000000002</v>
       </c>
     </row>
     <row r="20" spans="1:7" s="78" customFormat="1" ht="20.5" customHeight="1">
-      <c r="A20" s="126" t="s">
+      <c r="A20" s="125" t="s">
         <v>59</v>
       </c>
-      <c r="B20" s="127">
+      <c r="B20" s="126">
         <v>119.26</v>
       </c>
-      <c r="C20" s="128">
+      <c r="C20" s="127">
         <v>294.13</v>
       </c>
-      <c r="D20" s="127">
+      <c r="D20" s="126">
         <v>178.51</v>
       </c>
-      <c r="E20" s="128">
+      <c r="E20" s="127">
         <v>440.82</v>
       </c>
-      <c r="F20" s="127">
+      <c r="F20" s="126">
         <v>1185.01</v>
       </c>
-      <c r="G20" s="128">
+      <c r="G20" s="127">
         <v>2933.73</v>
       </c>
     </row>
     <row r="21" spans="1:7" s="78" customFormat="1" ht="20.5" customHeight="1">
       <c r="A21" s="96" t="s">
         <v>60</v>
       </c>
       <c r="B21" s="97">
         <v>109.63000000000001</v>
       </c>
       <c r="C21" s="98">
         <v>288.5</v>
       </c>
       <c r="D21" s="97">
         <v>164.07</v>
       </c>
       <c r="E21" s="98">
         <v>432.37</v>
       </c>
       <c r="F21" s="97">
         <v>1088.74</v>
       </c>
       <c r="G21" s="98">
         <v>2877.39</v>
       </c>
     </row>
     <row r="22" spans="1:7" s="78" customFormat="1" ht="20.5" customHeight="1">
-      <c r="A22" s="126" t="s">
+      <c r="A22" s="125" t="s">
         <v>61</v>
       </c>
-      <c r="B22" s="127">
+      <c r="B22" s="126">
         <v>89.100000000000009</v>
       </c>
-      <c r="C22" s="128">
+      <c r="C22" s="127">
         <v>225.45</v>
       </c>
-      <c r="D22" s="127">
+      <c r="D22" s="126">
         <v>133.26999999999998</v>
       </c>
-      <c r="E22" s="128">
+      <c r="E22" s="127">
         <v>337.78999999999996</v>
       </c>
-      <c r="F22" s="127">
+      <c r="F22" s="126">
         <v>883.42</v>
       </c>
-      <c r="G22" s="128">
+      <c r="G22" s="127">
         <v>2246.89</v>
       </c>
     </row>
     <row r="23" spans="1:7" s="78" customFormat="1" ht="20.5" customHeight="1">
       <c r="A23" s="99" t="s">
         <v>64</v>
       </c>
       <c r="B23" s="97">
         <v>84.29</v>
       </c>
       <c r="C23" s="98">
         <v>208.37</v>
       </c>
       <c r="D23" s="97">
         <v>126.05000000000001</v>
       </c>
       <c r="E23" s="98">
         <v>312.18</v>
       </c>
       <c r="F23" s="97">
         <v>835.29</v>
       </c>
       <c r="G23" s="98">
         <v>2076.1</v>
       </c>
     </row>
     <row r="24" spans="1:7" s="78" customFormat="1" ht="20.5" customHeight="1" thickBot="1">
-      <c r="A24" s="129" t="s">
+      <c r="A24" s="128" t="s">
         <v>11</v>
       </c>
-      <c r="B24" s="130">
+      <c r="B24" s="129">
         <v>86.48</v>
       </c>
-      <c r="C24" s="131">
+      <c r="C24" s="130">
         <v>206.35999999999999</v>
       </c>
-      <c r="D24" s="130">
+      <c r="D24" s="129">
         <v>129.34</v>
       </c>
-      <c r="E24" s="131">
+      <c r="E24" s="130">
         <v>309.15999999999997</v>
       </c>
-      <c r="F24" s="130">
+      <c r="F24" s="129">
         <v>857.22</v>
       </c>
-      <c r="G24" s="131">
+      <c r="G24" s="130">
         <v>2056.02</v>
       </c>
     </row>
-    <row r="25" spans="1:7" s="60" customFormat="1" ht="6.65" customHeight="1">
+    <row r="25" spans="1:7" s="60" customFormat="1" ht="6.75" customHeight="1">
       <c r="A25" s="74"/>
       <c r="B25" s="20"/>
       <c r="C25" s="20"/>
       <c r="D25" s="20"/>
       <c r="E25" s="20"/>
       <c r="F25" s="20"/>
       <c r="G25" s="20"/>
     </row>
-    <row r="26" spans="1:7" s="60" customFormat="1" ht="14.15" customHeight="1">
+    <row r="26" spans="1:7" s="60" customFormat="1" ht="14.25" customHeight="1">
       <c r="E26" s="75"/>
     </row>
-    <row r="27" spans="1:7" s="60" customFormat="1" ht="6.65" customHeight="1">
+    <row r="27" spans="1:7" s="60" customFormat="1" ht="6.75" customHeight="1">
       <c r="A27" s="76"/>
     </row>
-    <row r="28" spans="1:7" s="60" customFormat="1" ht="14.15" customHeight="1">
+    <row r="28" spans="1:7" s="60" customFormat="1" ht="14.25" customHeight="1">
       <c r="A28" s="20"/>
-      <c r="B28" s="198"/>
-[...6 lines deleted...]
-      <c r="A30" s="133" t="s">
+      <c r="B28" s="214"/>
+      <c r="C28" s="214"/>
+      <c r="D28" s="214"/>
+      <c r="E28" s="214"/>
+    </row>
+    <row r="29" spans="1:7" s="60" customFormat="1" ht="6.75" customHeight="1" thickBot="1"/>
+    <row r="30" spans="1:7" s="60" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A30" s="132" t="s">
         <v>49</v>
       </c>
-      <c r="B30" s="189" t="s">
+      <c r="B30" s="205" t="s">
         <v>52</v>
       </c>
-      <c r="C30" s="190"/>
-[...3 lines deleted...]
-    <row r="31" spans="1:7" s="60" customFormat="1" ht="14.15" customHeight="1">
+      <c r="C30" s="206"/>
+      <c r="D30" s="206"/>
+      <c r="E30" s="207"/>
+    </row>
+    <row r="31" spans="1:7" s="60" customFormat="1" ht="14.25" customHeight="1">
       <c r="A31" s="77" t="s">
         <v>46</v>
       </c>
-      <c r="B31" s="192">
+      <c r="B31" s="208">
         <v>0.1</v>
       </c>
-      <c r="C31" s="193"/>
-[...3 lines deleted...]
-    <row r="32" spans="1:7" s="60" customFormat="1" ht="14.15" customHeight="1" thickBot="1">
+      <c r="C31" s="209"/>
+      <c r="D31" s="209"/>
+      <c r="E31" s="210"/>
+    </row>
+    <row r="32" spans="1:7" s="60" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
       <c r="A32" s="51" t="s">
         <v>48</v>
       </c>
-      <c r="B32" s="195">
+      <c r="B32" s="211">
         <v>0.15</v>
       </c>
-      <c r="C32" s="196"/>
-[...1 lines deleted...]
-      <c r="E32" s="197"/>
+      <c r="C32" s="212"/>
+      <c r="D32" s="212"/>
+      <c r="E32" s="213"/>
     </row>
     <row r="33" spans="1:1" s="60" customFormat="1" ht="5.5" customHeight="1"/>
     <row r="34" spans="1:1" s="60" customFormat="1" ht="13" customHeight="1">
       <c r="A34" s="78"/>
     </row>
     <row r="35" spans="1:1" s="60" customFormat="1" ht="13" customHeight="1">
       <c r="A35" s="78"/>
     </row>
     <row r="36" spans="1:1" s="60" customFormat="1" ht="4" customHeight="1">
       <c r="A36" s="78"/>
     </row>
     <row r="37" spans="1:1" s="60" customFormat="1" ht="13" customHeight="1">
       <c r="A37" s="78"/>
     </row>
     <row r="38" spans="1:1" s="60" customFormat="1" ht="13" customHeight="1">
       <c r="A38" s="78"/>
     </row>
     <row r="39" spans="1:1" ht="4.5" customHeight="1"/>
   </sheetData>
-  <mergeCells count="11">
-[...5 lines deleted...]
-    <mergeCell ref="D12:E12"/>
+  <mergeCells count="8">
     <mergeCell ref="B30:E30"/>
     <mergeCell ref="B31:E31"/>
     <mergeCell ref="B32:E32"/>
     <mergeCell ref="B28:C28"/>
     <mergeCell ref="D28:E28"/>
+    <mergeCell ref="D10:E10"/>
+    <mergeCell ref="D11:E11"/>
+    <mergeCell ref="D12:E12"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.5" right="0.45" top="0.4" bottom="0.4" header="0.5" footer="0.5"/>
   <pageSetup orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
   <dimension ref="A1:E35"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" view="pageLayout" zoomScaleNormal="150" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="16" customHeight="1"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="16" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="53.453125" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="6" max="16384" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="53.5" style="1" customWidth="1"/>
+    <col min="2" max="5" width="18.5" style="1" customWidth="1"/>
+    <col min="6" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" s="60" customFormat="1" ht="13" customHeight="1">
       <c r="A1" s="58" t="s">
         <v>12</v>
       </c>
       <c r="B1" s="59"/>
       <c r="C1" s="59"/>
       <c r="D1" s="59"/>
       <c r="E1" s="59"/>
     </row>
     <row r="2" spans="1:5" s="60" customFormat="1" ht="13" customHeight="1">
       <c r="A2" s="59" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="59"/>
       <c r="C2" s="59"/>
       <c r="D2" s="59"/>
       <c r="E2" s="59"/>
     </row>
     <row r="3" spans="1:5" s="60" customFormat="1" ht="13" customHeight="1">
       <c r="A3" s="59" t="s">
         <v>74</v>
       </c>
       <c r="B3" s="59"/>
@@ -2627,250 +2659,250 @@
       <c r="A7" s="61"/>
       <c r="B7" s="63" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="62"/>
       <c r="D7" s="100" t="s">
         <v>4</v>
       </c>
       <c r="E7" s="64"/>
     </row>
     <row r="8" spans="1:5" s="60" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A8" s="65" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="66" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="67"/>
       <c r="D8" s="66" t="s">
         <v>7</v>
       </c>
       <c r="E8" s="67"/>
     </row>
     <row r="9" spans="1:5" s="60" customFormat="1" ht="15" customHeight="1">
       <c r="A9" s="68"/>
-      <c r="B9" s="144" t="s">
+      <c r="B9" s="143" t="s">
         <v>9</v>
       </c>
-      <c r="C9" s="134" t="s">
+      <c r="C9" s="133" t="s">
         <v>10</v>
       </c>
-      <c r="D9" s="145" t="s">
+      <c r="D9" s="144" t="s">
         <v>9</v>
       </c>
-      <c r="E9" s="134" t="s">
+      <c r="E9" s="133" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:5" s="60" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A10" s="65" t="s">
         <v>70</v>
       </c>
       <c r="B10" s="69">
         <v>29.66</v>
       </c>
       <c r="C10" s="70">
         <v>71.48</v>
       </c>
       <c r="D10" s="71">
         <v>29.66</v>
       </c>
       <c r="E10" s="70">
         <v>71.48</v>
       </c>
     </row>
     <row r="11" spans="1:5" s="60" customFormat="1" ht="15" customHeight="1">
-      <c r="A11" s="135" t="s">
+      <c r="A11" s="134" t="s">
         <v>54</v>
       </c>
-      <c r="B11" s="136" t="s">
+      <c r="B11" s="135" t="s">
         <v>9</v>
       </c>
-      <c r="C11" s="137" t="s">
+      <c r="C11" s="136" t="s">
         <v>10</v>
       </c>
-      <c r="D11" s="138" t="s">
+      <c r="D11" s="137" t="s">
         <v>9</v>
       </c>
-      <c r="E11" s="139" t="s">
+      <c r="E11" s="138" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:5" s="60" customFormat="1" ht="21" customHeight="1">
       <c r="A12" s="99" t="s">
         <v>58</v>
       </c>
       <c r="B12" s="118">
         <v>143.5</v>
       </c>
       <c r="C12" s="119">
         <v>320.08</v>
       </c>
       <c r="D12" s="118">
         <v>1435.03</v>
       </c>
       <c r="E12" s="119">
         <v>3200.78</v>
       </c>
     </row>
     <row r="13" spans="1:5" s="60" customFormat="1" ht="21" customHeight="1">
-      <c r="A13" s="126" t="s">
+      <c r="A13" s="125" t="s">
         <v>62</v>
       </c>
-      <c r="B13" s="140">
+      <c r="B13" s="139">
         <v>175.02</v>
       </c>
-      <c r="C13" s="141">
+      <c r="C13" s="140">
         <v>389.01</v>
       </c>
-      <c r="D13" s="140">
+      <c r="D13" s="139">
         <v>1750.22</v>
       </c>
-      <c r="E13" s="141">
+      <c r="E13" s="140">
         <v>3890.1</v>
       </c>
     </row>
     <row r="14" spans="1:5" s="60" customFormat="1" ht="21" customHeight="1">
       <c r="A14" s="99" t="s">
         <v>63</v>
       </c>
       <c r="B14" s="72">
         <v>108.93</v>
       </c>
       <c r="C14" s="73">
         <v>259.95</v>
       </c>
       <c r="D14" s="72">
         <v>1089.31</v>
       </c>
       <c r="E14" s="73">
         <v>2599.5300000000002</v>
       </c>
     </row>
     <row r="15" spans="1:5" s="60" customFormat="1" ht="21" customHeight="1">
-      <c r="A15" s="126" t="s">
+      <c r="A15" s="125" t="s">
         <v>59</v>
       </c>
-      <c r="B15" s="140">
+      <c r="B15" s="139">
         <v>118.5</v>
       </c>
-      <c r="C15" s="141">
+      <c r="C15" s="140">
         <v>293.37</v>
       </c>
-      <c r="D15" s="140">
+      <c r="D15" s="139">
         <v>1185.01</v>
       </c>
-      <c r="E15" s="141">
+      <c r="E15" s="140">
         <v>2933.73</v>
       </c>
     </row>
     <row r="16" spans="1:5" s="60" customFormat="1" ht="21" customHeight="1">
       <c r="A16" s="96" t="s">
         <v>60</v>
       </c>
       <c r="B16" s="72">
         <v>108.87</v>
       </c>
       <c r="C16" s="73">
         <v>287.74</v>
       </c>
       <c r="D16" s="72">
         <v>1088.74</v>
       </c>
       <c r="E16" s="73">
         <v>2877.39</v>
       </c>
     </row>
     <row r="17" spans="1:5" s="60" customFormat="1" ht="21" customHeight="1">
-      <c r="A17" s="126" t="s">
+      <c r="A17" s="125" t="s">
         <v>61</v>
       </c>
-      <c r="B17" s="140">
+      <c r="B17" s="139">
         <v>88.34</v>
       </c>
-      <c r="C17" s="141">
+      <c r="C17" s="140">
         <v>224.69</v>
       </c>
-      <c r="D17" s="140">
+      <c r="D17" s="139">
         <v>883.42</v>
       </c>
-      <c r="E17" s="141">
+      <c r="E17" s="140">
         <v>2246.89</v>
       </c>
     </row>
     <row r="18" spans="1:5" s="60" customFormat="1" ht="21" customHeight="1">
       <c r="A18" s="99" t="s">
         <v>64</v>
       </c>
       <c r="B18" s="72">
         <v>83.53</v>
       </c>
       <c r="C18" s="73">
         <v>207.61</v>
       </c>
       <c r="D18" s="72">
         <v>835.29</v>
       </c>
       <c r="E18" s="73">
         <v>2076.1</v>
       </c>
     </row>
     <row r="19" spans="1:5" s="60" customFormat="1" ht="21" customHeight="1" thickBot="1">
-      <c r="A19" s="129" t="s">
+      <c r="A19" s="128" t="s">
         <v>11</v>
       </c>
-      <c r="B19" s="142">
+      <c r="B19" s="141">
         <v>85.72</v>
       </c>
-      <c r="C19" s="143">
+      <c r="C19" s="142">
         <v>205.6</v>
       </c>
-      <c r="D19" s="142">
+      <c r="D19" s="141">
         <v>857.22</v>
       </c>
-      <c r="E19" s="143">
+      <c r="E19" s="142">
         <v>2056.02</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="6" customHeight="1"/>
     <row r="21" spans="1:5" s="78" customFormat="1" ht="13" customHeight="1"/>
     <row r="22" spans="1:5" s="60" customFormat="1" ht="15" customHeight="1">
       <c r="A22" s="20"/>
-      <c r="B22" s="208"/>
-[...2 lines deleted...]
-      <c r="E22" s="208"/>
+      <c r="B22" s="215"/>
+      <c r="C22" s="215"/>
+      <c r="D22" s="215"/>
+      <c r="E22" s="215"/>
     </row>
     <row r="23" spans="1:5" s="60" customFormat="1" ht="15" customHeight="1">
       <c r="A23" s="20"/>
-      <c r="B23" s="198"/>
-[...4 lines deleted...]
-    <row r="24" spans="1:5" s="78" customFormat="1" ht="6.65" customHeight="1"/>
+      <c r="B23" s="214"/>
+      <c r="C23" s="214"/>
+      <c r="D23" s="214"/>
+      <c r="E23" s="214"/>
+    </row>
+    <row r="24" spans="1:5" s="78" customFormat="1" ht="6.75" customHeight="1"/>
     <row r="25" spans="1:5" s="78" customFormat="1" ht="13" customHeight="1">
       <c r="A25" s="78" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="26" spans="1:5" s="78" customFormat="1" ht="6" customHeight="1"/>
     <row r="27" spans="1:5" s="78" customFormat="1" ht="13" customHeight="1">
       <c r="A27" s="78" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:5" s="78" customFormat="1" ht="13" customHeight="1">
       <c r="A28" s="78" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:5" s="78" customFormat="1" ht="13" customHeight="1">
       <c r="A29" s="78" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:5" s="78" customFormat="1" ht="6" customHeight="1"/>
     <row r="31" spans="1:5" s="78" customFormat="1" ht="13" customHeight="1"/>
     <row r="32" spans="1:5" s="78" customFormat="1" ht="13" customHeight="1"/>
     <row r="33" s="78" customFormat="1" ht="6" customHeight="1"/>
@@ -2881,148 +2913,148 @@
     <mergeCell ref="B22:C22"/>
     <mergeCell ref="D22:E22"/>
     <mergeCell ref="B23:C23"/>
     <mergeCell ref="D23:E23"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
   <dimension ref="A1:E35"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A4" sqref="A4:E4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15" customHeight="1"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="15" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="30.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="16384" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="30.5" style="1" customWidth="1"/>
+    <col min="2" max="2" width="19.5" style="1" customWidth="1"/>
+    <col min="3" max="3" width="22.5" style="1" customWidth="1"/>
+    <col min="4" max="4" width="22.5" style="49" customWidth="1"/>
+    <col min="5" max="5" width="22.5" style="1" customWidth="1"/>
+    <col min="6" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15" customHeight="1">
-      <c r="A1" s="221" t="s">
+      <c r="A1" s="218" t="s">
         <v>18</v>
       </c>
-      <c r="B1" s="221"/>
-[...2 lines deleted...]
-      <c r="E1" s="221"/>
+      <c r="B1" s="218"/>
+      <c r="C1" s="218"/>
+      <c r="D1" s="218"/>
+      <c r="E1" s="218"/>
     </row>
     <row r="2" spans="1:5" ht="15" customHeight="1">
-      <c r="A2" s="208" t="s">
+      <c r="A2" s="215" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="208"/>
-[...2 lines deleted...]
-      <c r="E2" s="208"/>
+      <c r="B2" s="215"/>
+      <c r="C2" s="215"/>
+      <c r="D2" s="215"/>
+      <c r="E2" s="215"/>
     </row>
     <row r="3" spans="1:5" ht="15" customHeight="1">
-      <c r="A3" s="208" t="s">
+      <c r="A3" s="215" t="s">
         <v>65</v>
       </c>
-      <c r="B3" s="208"/>
-[...2 lines deleted...]
-      <c r="E3" s="208"/>
+      <c r="B3" s="215"/>
+      <c r="C3" s="215"/>
+      <c r="D3" s="215"/>
+      <c r="E3" s="215"/>
     </row>
     <row r="4" spans="1:5" ht="15" customHeight="1">
-      <c r="A4" s="208" t="s">
+      <c r="A4" s="215" t="s">
         <v>50</v>
       </c>
-      <c r="B4" s="208"/>
-[...2 lines deleted...]
-      <c r="E4" s="208"/>
+      <c r="B4" s="215"/>
+      <c r="C4" s="215"/>
+      <c r="D4" s="215"/>
+      <c r="E4" s="215"/>
     </row>
     <row r="5" spans="1:5" ht="15" customHeight="1">
-      <c r="A5" s="208" t="s">
+      <c r="A5" s="215" t="s">
         <v>39</v>
       </c>
-      <c r="B5" s="208"/>
-[...2 lines deleted...]
-      <c r="E5" s="208"/>
+      <c r="B5" s="215"/>
+      <c r="C5" s="215"/>
+      <c r="D5" s="215"/>
+      <c r="E5" s="215"/>
     </row>
     <row r="6" spans="1:5" ht="15" customHeight="1">
-      <c r="A6" s="221" t="s">
+      <c r="A6" s="218" t="s">
         <v>71</v>
       </c>
-      <c r="B6" s="221"/>
-[...2 lines deleted...]
-      <c r="E6" s="221"/>
+      <c r="B6" s="218"/>
+      <c r="C6" s="218"/>
+      <c r="D6" s="218"/>
+      <c r="E6" s="218"/>
     </row>
     <row r="7" spans="1:5" ht="13" customHeight="1" thickBot="1">
       <c r="A7" s="6"/>
       <c r="B7" s="6"/>
       <c r="C7" s="6"/>
       <c r="D7" s="45"/>
       <c r="E7" s="6"/>
     </row>
     <row r="8" spans="1:5" ht="16" customHeight="1" thickBot="1">
       <c r="A8" s="12"/>
       <c r="B8" s="8"/>
-      <c r="C8" s="219" t="s">
+      <c r="C8" s="216" t="s">
         <v>3</v>
       </c>
-      <c r="D8" s="220"/>
+      <c r="D8" s="217"/>
       <c r="E8" s="115"/>
     </row>
     <row r="9" spans="1:5" ht="16" customHeight="1">
       <c r="A9" s="13"/>
       <c r="B9" s="14"/>
-      <c r="C9" s="146" t="s">
+      <c r="C9" s="145" t="s">
         <v>45</v>
       </c>
-      <c r="D9" s="146" t="s">
+      <c r="D9" s="145" t="s">
         <v>45</v>
       </c>
       <c r="E9" s="15"/>
     </row>
     <row r="10" spans="1:5" ht="16" customHeight="1" thickBot="1">
       <c r="A10" s="13"/>
       <c r="B10" s="14"/>
-      <c r="C10" s="147" t="s">
+      <c r="C10" s="146" t="s">
         <v>46</v>
       </c>
-      <c r="D10" s="147" t="s">
+      <c r="D10" s="146" t="s">
         <v>48</v>
       </c>
       <c r="E10" s="110"/>
     </row>
     <row r="11" spans="1:5" ht="16" customHeight="1">
       <c r="A11" s="13"/>
       <c r="B11" s="14"/>
       <c r="C11" s="4"/>
       <c r="D11" s="111"/>
       <c r="E11" s="15"/>
     </row>
     <row r="12" spans="1:5" ht="16" customHeight="1">
       <c r="A12" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>69</v>
       </c>
       <c r="D12" s="111" t="s">
         <v>19</v>
       </c>
       <c r="E12" s="15" t="s">
@@ -3031,734 +3063,730 @@
     </row>
     <row r="13" spans="1:5" ht="16" customHeight="1">
       <c r="A13" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="111" t="s">
         <v>7</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="16" customHeight="1" thickBot="1">
       <c r="A14" s="16"/>
       <c r="B14" s="17"/>
       <c r="C14" s="5"/>
       <c r="D14" s="40"/>
       <c r="E14" s="110"/>
     </row>
-    <row r="15" spans="1:5" ht="17.149999999999999" customHeight="1">
+    <row r="15" spans="1:5" ht="17.25" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>24</v>
       </c>
       <c r="B15" s="28" t="s">
         <v>25</v>
       </c>
       <c r="C15" s="50">
         <v>48.269999999999996</v>
       </c>
       <c r="D15" s="50">
         <v>72.03</v>
       </c>
       <c r="E15" s="112">
         <v>475.14</v>
       </c>
     </row>
-    <row r="16" spans="1:5" ht="17.149999999999999" customHeight="1">
-      <c r="A16" s="149" t="s">
+    <row r="16" spans="1:5" ht="17.25" customHeight="1">
+      <c r="A16" s="148" t="s">
         <v>24</v>
       </c>
-      <c r="B16" s="150" t="s">
+      <c r="B16" s="149" t="s">
         <v>26</v>
       </c>
-      <c r="C16" s="152">
+      <c r="C16" s="151">
         <v>95.78</v>
       </c>
-      <c r="D16" s="152">
+      <c r="D16" s="151">
         <v>143.29999999999998</v>
       </c>
-      <c r="E16" s="153">
+      <c r="E16" s="152">
         <v>950.28</v>
       </c>
     </row>
-    <row r="17" spans="1:5" ht="17.149999999999999" customHeight="1">
+    <row r="17" spans="1:5" ht="17.25" customHeight="1">
       <c r="A17" s="27" t="s">
         <v>24</v>
       </c>
       <c r="B17" s="21" t="s">
         <v>44</v>
       </c>
       <c r="C17" s="41">
         <v>223.29000000000002</v>
       </c>
       <c r="D17" s="42">
         <v>334.55999999999995</v>
       </c>
       <c r="E17" s="113">
         <v>2225.36</v>
       </c>
     </row>
-    <row r="18" spans="1:5" ht="17.149999999999999" customHeight="1">
-      <c r="A18" s="149" t="s">
+    <row r="18" spans="1:5" ht="17.25" customHeight="1">
+      <c r="A18" s="148" t="s">
         <v>43</v>
       </c>
-      <c r="B18" s="150" t="s">
+      <c r="B18" s="149" t="s">
         <v>26</v>
       </c>
-      <c r="C18" s="151">
+      <c r="C18" s="150">
         <v>223.29000000000002</v>
       </c>
-      <c r="D18" s="152">
+      <c r="D18" s="151">
         <v>334.55999999999995</v>
       </c>
-      <c r="E18" s="153">
+      <c r="E18" s="152">
         <v>2225.36</v>
       </c>
     </row>
-    <row r="19" spans="1:5" ht="17.149999999999999" customHeight="1">
+    <row r="19" spans="1:5" ht="17.25" customHeight="1">
       <c r="A19" s="27" t="s">
         <v>27</v>
       </c>
       <c r="B19" s="28" t="s">
         <v>25</v>
       </c>
       <c r="C19" s="43">
         <v>100.07</v>
       </c>
       <c r="D19" s="46">
         <v>149.73000000000002</v>
       </c>
       <c r="E19" s="113">
         <v>993.14</v>
       </c>
     </row>
-    <row r="20" spans="1:5" ht="17.149999999999999" customHeight="1">
-      <c r="A20" s="149" t="s">
+    <row r="20" spans="1:5" ht="17.25" customHeight="1">
+      <c r="A20" s="148" t="s">
         <v>27</v>
       </c>
-      <c r="B20" s="150" t="s">
+      <c r="B20" s="149" t="s">
         <v>26</v>
       </c>
-      <c r="C20" s="154">
+      <c r="C20" s="153">
         <v>147.57999999999998</v>
       </c>
-      <c r="D20" s="155">
+      <c r="D20" s="154">
         <v>221</v>
       </c>
-      <c r="E20" s="153">
+      <c r="E20" s="152">
         <v>1468.28</v>
       </c>
     </row>
-    <row r="21" spans="1:5" ht="17.149999999999999" customHeight="1">
+    <row r="21" spans="1:5" ht="17.25" customHeight="1">
       <c r="A21" s="27" t="s">
         <v>27</v>
       </c>
       <c r="B21" s="21" t="s">
         <v>28</v>
       </c>
       <c r="C21" s="43">
         <v>199.38</v>
       </c>
       <c r="D21" s="46">
         <v>298.7</v>
       </c>
       <c r="E21" s="113">
         <v>1986.28</v>
       </c>
     </row>
-    <row r="22" spans="1:5" ht="17.149999999999999" customHeight="1">
-      <c r="A22" s="149" t="s">
+    <row r="22" spans="1:5" ht="17.25" customHeight="1">
+      <c r="A22" s="148" t="s">
         <v>43</v>
       </c>
-      <c r="B22" s="150" t="s">
+      <c r="B22" s="149" t="s">
         <v>28</v>
       </c>
-      <c r="C22" s="156">
+      <c r="C22" s="155">
         <v>275.08999999999997</v>
       </c>
-      <c r="D22" s="155">
+      <c r="D22" s="154">
         <v>412.25999999999993</v>
       </c>
-      <c r="E22" s="153">
+      <c r="E22" s="152">
         <v>2743.36</v>
       </c>
     </row>
-    <row r="23" spans="1:5" ht="17.149999999999999" customHeight="1" thickBot="1">
+    <row r="23" spans="1:5" ht="17.25" customHeight="1" thickBot="1">
       <c r="A23" s="29" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="22" t="s">
         <v>44</v>
       </c>
       <c r="C23" s="44">
         <v>275.08999999999997</v>
       </c>
       <c r="D23" s="47">
         <v>412.25999999999993</v>
       </c>
       <c r="E23" s="114">
         <v>2743.36</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="15" customHeight="1">
       <c r="A24" s="60"/>
       <c r="C24" s="60"/>
       <c r="D24" s="48"/>
       <c r="E24" s="7"/>
     </row>
     <row r="25" spans="1:5" ht="15" customHeight="1">
-      <c r="A25" s="218"/>
-      <c r="B25" s="218"/>
+      <c r="A25" s="228"/>
+      <c r="B25" s="228"/>
       <c r="C25" s="107"/>
       <c r="D25" s="107"/>
       <c r="E25"/>
     </row>
     <row r="26" spans="1:5" ht="15" customHeight="1">
-      <c r="A26" s="218"/>
-      <c r="B26" s="218"/>
+      <c r="A26" s="228"/>
+      <c r="B26" s="228"/>
       <c r="C26" s="108"/>
       <c r="D26" s="109"/>
       <c r="E26"/>
     </row>
     <row r="27" spans="1:5" ht="9.75" customHeight="1" thickBot="1"/>
     <row r="28" spans="1:5" ht="15" customHeight="1">
-      <c r="A28" s="148" t="s">
+      <c r="A28" s="147" t="s">
         <v>49</v>
       </c>
-      <c r="B28" s="209" t="s">
+      <c r="B28" s="219" t="s">
         <v>52</v>
       </c>
-      <c r="C28" s="210"/>
-      <c r="D28" s="211"/>
+      <c r="C28" s="220"/>
+      <c r="D28" s="221"/>
     </row>
     <row r="29" spans="1:5" ht="15" customHeight="1">
       <c r="A29" s="32" t="s">
         <v>46</v>
       </c>
-      <c r="B29" s="212">
+      <c r="B29" s="222">
         <v>0.1</v>
       </c>
-      <c r="C29" s="213"/>
-      <c r="D29" s="214"/>
+      <c r="C29" s="223"/>
+      <c r="D29" s="224"/>
     </row>
     <row r="30" spans="1:5" ht="15" customHeight="1" thickBot="1">
       <c r="A30" s="30" t="s">
         <v>48</v>
       </c>
-      <c r="B30" s="215">
+      <c r="B30" s="225">
         <v>0.15</v>
       </c>
-      <c r="C30" s="216"/>
-      <c r="D30" s="217"/>
+      <c r="C30" s="226"/>
+      <c r="D30" s="227"/>
     </row>
     <row r="31" spans="1:5" ht="5.25" customHeight="1"/>
     <row r="32" spans="1:5" s="78" customFormat="1" ht="13" customHeight="1">
       <c r="A32" s="78" t="s">
         <v>37</v>
       </c>
       <c r="D32" s="106"/>
     </row>
     <row r="33" spans="4:4" s="78" customFormat="1" ht="4" customHeight="1">
       <c r="D33" s="106"/>
     </row>
     <row r="34" spans="4:4" s="78" customFormat="1" ht="13" customHeight="1">
       <c r="D34" s="106"/>
     </row>
     <row r="35" spans="4:4" s="78" customFormat="1" ht="13" customHeight="1">
       <c r="D35" s="106"/>
     </row>
   </sheetData>
   <mergeCells count="12">
+    <mergeCell ref="B28:D28"/>
+    <mergeCell ref="B29:D29"/>
+    <mergeCell ref="B30:D30"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="A26:B26"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A5:E5"/>
-    <mergeCell ref="B28:D28"/>
-[...3 lines deleted...]
-    <mergeCell ref="A26:B26"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.4" right="0.3" top="0.35" bottom="0.35" header="0.5" footer="0.35"/>
   <pageSetup orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
   <dimension ref="A1:K19"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" showRuler="0" view="pageLayout" zoomScaleNormal="150" workbookViewId="0">
-      <selection activeCell="J4" sqref="J4"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" showRuler="0" view="pageLayout" zoomScaleNormal="150" workbookViewId="0">
+      <selection activeCell="C10" sqref="C10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="16"/>
   <cols>
-    <col min="1" max="1" width="4.81640625" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="12" max="16384" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="4.83203125" style="1" customWidth="1"/>
+    <col min="2" max="4" width="9.1640625" style="1"/>
+    <col min="5" max="5" width="8.5" style="1" customWidth="1"/>
+    <col min="6" max="11" width="14.5" style="1" customWidth="1"/>
+    <col min="12" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="16.5">
+    <row r="1" spans="1:11" ht="17">
       <c r="A1" s="6" t="s">
         <v>29</v>
       </c>
       <c r="B1" s="23"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="6"/>
     </row>
-    <row r="2" spans="1:11" ht="16.5">
+    <row r="2" spans="1:11" ht="17">
       <c r="A2" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B2" s="23"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="6"/>
     </row>
-    <row r="3" spans="1:11" ht="16.5">
+    <row r="3" spans="1:11" ht="17">
       <c r="A3" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B3" s="23"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="6"/>
     </row>
-    <row r="4" spans="1:11" ht="16.5">
+    <row r="4" spans="1:11" ht="17">
       <c r="A4" s="6" t="s">
         <v>71</v>
       </c>
       <c r="B4" s="23"/>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="6"/>
       <c r="F4" s="6"/>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="6"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
     </row>
-    <row r="5" spans="1:11" ht="16" thickBot="1">
+    <row r="5" spans="1:11" ht="17" thickBot="1">
       <c r="A5" s="40"/>
       <c r="B5" s="11"/>
       <c r="C5" s="11"/>
       <c r="D5" s="11"/>
       <c r="E5" s="11"/>
       <c r="F5" s="11"/>
       <c r="G5" s="11"/>
       <c r="H5" s="11"/>
       <c r="I5" s="11"/>
       <c r="J5" s="11"/>
       <c r="K5" s="11"/>
     </row>
-    <row r="6" spans="1:11" ht="25.4" customHeight="1" thickBot="1">
+    <row r="6" spans="1:11" ht="25.5" customHeight="1" thickBot="1">
       <c r="A6" s="9"/>
       <c r="E6" s="14"/>
       <c r="F6" s="2" t="s">
         <v>3</v>
       </c>
       <c r="G6" s="19"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
-      <c r="J6" s="166" t="s">
+      <c r="J6" s="165" t="s">
         <v>51</v>
       </c>
-      <c r="K6" s="167"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:11" ht="25.4" customHeight="1">
+      <c r="K6" s="166"/>
+    </row>
+    <row r="7" spans="1:11" ht="25.5" customHeight="1">
       <c r="A7" s="9"/>
       <c r="E7" s="14"/>
-      <c r="F7" s="230" t="s">
+      <c r="F7" s="195" t="s">
+        <v>75</v>
+      </c>
+      <c r="G7" s="196"/>
+      <c r="H7" s="229" t="s">
         <v>45</v>
       </c>
-      <c r="G7" s="231"/>
-[...4 lines deleted...]
-      <c r="J7" s="168" t="s">
+      <c r="I7" s="231"/>
+      <c r="J7" s="167" t="s">
         <v>20</v>
       </c>
-      <c r="K7" s="169"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:11" ht="25.4" customHeight="1" thickBot="1">
+      <c r="K7" s="168"/>
+    </row>
+    <row r="8" spans="1:11" ht="25.5" customHeight="1" thickBot="1">
       <c r="A8" s="18"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="19"/>
-      <c r="F8" s="232" t="s">
-[...3 lines deleted...]
-      <c r="H8" s="232" t="s">
+      <c r="F8" s="197" t="s">
+        <v>76</v>
+      </c>
+      <c r="G8" s="198"/>
+      <c r="H8" s="230" t="s">
         <v>48</v>
       </c>
-      <c r="I8" s="235"/>
-      <c r="J8" s="170" t="s">
+      <c r="I8" s="232"/>
+      <c r="J8" s="169" t="s">
         <v>7</v>
       </c>
-      <c r="K8" s="171"/>
-[...1 lines deleted...]
-    <row r="9" spans="1:11" ht="25.4" customHeight="1">
+      <c r="K8" s="170"/>
+    </row>
+    <row r="9" spans="1:11" ht="25.5" customHeight="1">
       <c r="A9" s="18" t="s">
         <v>54</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="19"/>
-      <c r="F9" s="162" t="s">
+      <c r="F9" s="161" t="s">
         <v>32</v>
       </c>
-      <c r="G9" s="163" t="s">
+      <c r="G9" s="162" t="s">
         <v>32</v>
       </c>
-      <c r="H9" s="162" t="s">
+      <c r="H9" s="161" t="s">
         <v>32</v>
       </c>
-      <c r="I9" s="164" t="s">
+      <c r="I9" s="163" t="s">
         <v>32</v>
       </c>
-      <c r="J9" s="165" t="s">
+      <c r="J9" s="164" t="s">
         <v>32</v>
       </c>
-      <c r="K9" s="163" t="s">
+      <c r="K9" s="162" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="10" spans="1:11" ht="25.4" customHeight="1" thickBot="1">
-      <c r="A10" s="228" t="s">
+    <row r="10" spans="1:11" ht="25.5" customHeight="1" thickBot="1">
+      <c r="A10" s="240" t="s">
         <v>53</v>
       </c>
-      <c r="B10" s="208"/>
-[...3 lines deleted...]
-      <c r="F10" s="162" t="s">
+      <c r="B10" s="20"/>
+      <c r="C10" s="20"/>
+      <c r="D10" s="20"/>
+      <c r="E10" s="194"/>
+      <c r="F10" s="161" t="s">
         <v>33</v>
       </c>
-      <c r="G10" s="163" t="s">
+      <c r="G10" s="162" t="s">
         <v>34</v>
       </c>
-      <c r="H10" s="162" t="s">
+      <c r="H10" s="161" t="s">
         <v>33</v>
       </c>
-      <c r="I10" s="164" t="s">
+      <c r="I10" s="163" t="s">
         <v>34</v>
       </c>
-      <c r="J10" s="165" t="s">
+      <c r="J10" s="164" t="s">
         <v>33</v>
       </c>
-      <c r="K10" s="163" t="s">
+      <c r="K10" s="162" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="11" spans="1:11" ht="25.4" customHeight="1">
+    <row r="11" spans="1:11" ht="25.5" customHeight="1">
       <c r="A11" s="52" t="s">
         <v>41</v>
       </c>
       <c r="B11" s="53"/>
       <c r="C11" s="53"/>
       <c r="D11" s="53"/>
       <c r="E11" s="54"/>
       <c r="F11" s="101">
         <v>39.78</v>
       </c>
       <c r="G11" s="102">
         <v>91.58</v>
       </c>
       <c r="H11" s="101">
         <v>59.29</v>
       </c>
       <c r="I11" s="102">
         <v>136.99</v>
       </c>
       <c r="J11" s="101">
         <v>390.21</v>
       </c>
       <c r="K11" s="102">
         <v>908.21</v>
       </c>
     </row>
-    <row r="12" spans="1:11" ht="25.4" customHeight="1">
-      <c r="A12" s="157" t="s">
+    <row r="12" spans="1:11" ht="25.5" customHeight="1">
+      <c r="A12" s="156" t="s">
         <v>40</v>
       </c>
-      <c r="B12" s="158"/>
-[...3 lines deleted...]
-      <c r="F12" s="160">
+      <c r="B12" s="157"/>
+      <c r="C12" s="157"/>
+      <c r="D12" s="157"/>
+      <c r="E12" s="158"/>
+      <c r="F12" s="159">
         <v>47.47</v>
       </c>
-      <c r="G12" s="161">
+      <c r="G12" s="160">
         <v>99.27</v>
       </c>
-      <c r="H12" s="160">
+      <c r="H12" s="159">
         <v>70.820000000000007</v>
       </c>
-      <c r="I12" s="161">
+      <c r="I12" s="160">
         <v>148.52000000000001</v>
       </c>
-      <c r="J12" s="160">
+      <c r="J12" s="159">
         <v>467.05</v>
       </c>
-      <c r="K12" s="161">
+      <c r="K12" s="160">
         <v>985.05</v>
       </c>
     </row>
-    <row r="13" spans="1:11" ht="25.4" customHeight="1" thickBot="1">
+    <row r="13" spans="1:11" ht="25.5" customHeight="1" thickBot="1">
       <c r="A13" s="103" t="s">
         <v>42</v>
       </c>
       <c r="B13" s="104"/>
       <c r="C13" s="104"/>
       <c r="D13" s="104"/>
       <c r="E13" s="105"/>
       <c r="F13" s="56">
         <v>47.71</v>
       </c>
       <c r="G13" s="57">
         <v>99.509999999999991</v>
       </c>
       <c r="H13" s="56">
         <v>71.190000000000012</v>
       </c>
       <c r="I13" s="57">
         <v>148.89000000000001</v>
       </c>
       <c r="J13" s="56">
         <v>469.54</v>
       </c>
       <c r="K13" s="57">
         <v>987.54</v>
       </c>
     </row>
-    <row r="14" spans="1:11" ht="25.4" customHeight="1" thickBot="1">
+    <row r="14" spans="1:11" ht="25.5" customHeight="1" thickBot="1">
       <c r="F14" s="33"/>
       <c r="G14" s="33"/>
       <c r="H14" s="33"/>
       <c r="I14" s="33"/>
       <c r="J14" s="33"/>
       <c r="K14" s="33"/>
     </row>
     <row r="15" spans="1:11" ht="15" customHeight="1">
-      <c r="A15" s="222" t="s">
+      <c r="A15" s="233" t="s">
         <v>49</v>
       </c>
-      <c r="B15" s="223"/>
-[...3 lines deleted...]
-      <c r="F15" s="209" t="s">
+      <c r="B15" s="234"/>
+      <c r="C15" s="234"/>
+      <c r="D15" s="234"/>
+      <c r="E15" s="234"/>
+      <c r="F15" s="219" t="s">
         <v>52</v>
       </c>
-      <c r="G15" s="210"/>
-[...1 lines deleted...]
-      <c r="I15" s="211"/>
+      <c r="G15" s="220"/>
+      <c r="H15" s="220"/>
+      <c r="I15" s="221"/>
       <c r="J15" s="33"/>
       <c r="K15" s="33"/>
     </row>
     <row r="16" spans="1:11" ht="15" customHeight="1">
-      <c r="A16" s="224" t="s">
+      <c r="A16" s="235" t="s">
         <v>46</v>
       </c>
-      <c r="B16" s="225"/>
-[...3 lines deleted...]
-      <c r="F16" s="212">
+      <c r="B16" s="236"/>
+      <c r="C16" s="236"/>
+      <c r="D16" s="236"/>
+      <c r="E16" s="236"/>
+      <c r="F16" s="222">
         <v>0.1</v>
       </c>
-      <c r="G16" s="213"/>
-[...1 lines deleted...]
-      <c r="I16" s="214"/>
+      <c r="G16" s="223"/>
+      <c r="H16" s="223"/>
+      <c r="I16" s="224"/>
     </row>
     <row r="17" spans="1:9" ht="15" customHeight="1" thickBot="1">
-      <c r="A17" s="226" t="s">
+      <c r="A17" s="237" t="s">
         <v>48</v>
       </c>
-      <c r="B17" s="227"/>
-[...3 lines deleted...]
-      <c r="F17" s="215">
+      <c r="B17" s="238"/>
+      <c r="C17" s="238"/>
+      <c r="D17" s="238"/>
+      <c r="E17" s="238"/>
+      <c r="F17" s="225">
         <v>0.15</v>
       </c>
-      <c r="G17" s="216"/>
-[...1 lines deleted...]
-      <c r="I17" s="217"/>
+      <c r="G17" s="226"/>
+      <c r="H17" s="226"/>
+      <c r="I17" s="227"/>
     </row>
     <row r="18" spans="1:9">
       <c r="B18"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B19"/>
       <c r="C19"/>
     </row>
   </sheetData>
-  <mergeCells count="11">
-[...4 lines deleted...]
-    <mergeCell ref="F15:I15"/>
+  <mergeCells count="8">
     <mergeCell ref="F17:I17"/>
     <mergeCell ref="A15:E15"/>
     <mergeCell ref="A16:E16"/>
     <mergeCell ref="A17:E17"/>
-    <mergeCell ref="A10:E10"/>
     <mergeCell ref="F16:I16"/>
+    <mergeCell ref="H7:I7"/>
+    <mergeCell ref="H8:I8"/>
+    <mergeCell ref="F15:I15"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.5" right="0.45" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup orientation="landscape" horizontalDpi="4294967292" verticalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
   <dimension ref="A1:I23"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" showRuler="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showGridLines="0" showRowColHeaders="0" showRuler="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="17.149999999999999" customHeight="1"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="17.25" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="4.81640625" style="1" customWidth="1"/>
-    <col min="2" max="3" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="4.83203125" style="1" customWidth="1"/>
+    <col min="2" max="3" width="9.1640625" style="1"/>
     <col min="4" max="4" width="13" style="1" customWidth="1"/>
     <col min="5" max="5" width="33" style="1" customWidth="1"/>
-    <col min="6" max="7" width="14.54296875" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="16384" width="9.1796875" style="1"/>
+    <col min="6" max="9" width="14.5" style="1" customWidth="1"/>
+    <col min="10" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="17.149999999999999" customHeight="1">
+    <row r="1" spans="1:9" ht="17.25" customHeight="1">
       <c r="A1" s="58" t="s">
         <v>35</v>
       </c>
       <c r="B1" s="23"/>
       <c r="C1" s="6"/>
       <c r="D1" s="6"/>
       <c r="E1" s="6"/>
       <c r="F1" s="6"/>
       <c r="G1" s="6"/>
       <c r="H1" s="6"/>
       <c r="I1" s="6"/>
     </row>
-    <row r="2" spans="1:9" ht="17.149999999999999" customHeight="1">
+    <row r="2" spans="1:9" ht="17.25" customHeight="1">
       <c r="A2" s="59" t="s">
         <v>68</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
     </row>
-    <row r="3" spans="1:9" ht="17.149999999999999" customHeight="1">
+    <row r="3" spans="1:9" ht="17.25" customHeight="1">
       <c r="A3" s="59" t="s">
         <v>56</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="6"/>
     </row>
-    <row r="4" spans="1:9" ht="17.149999999999999" customHeight="1">
+    <row r="4" spans="1:9" ht="17.25" customHeight="1">
       <c r="A4" s="59" t="s">
         <v>36</v>
       </c>
       <c r="B4" s="6"/>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="6"/>
       <c r="F4" s="6"/>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="6"/>
     </row>
-    <row r="5" spans="1:9" ht="17.149999999999999" customHeight="1">
+    <row r="5" spans="1:9" ht="17.25" customHeight="1">
       <c r="A5" s="58" t="s">
         <v>71</v>
       </c>
       <c r="B5" s="6"/>
       <c r="C5" s="6"/>
       <c r="D5" s="6"/>
       <c r="E5" s="6"/>
       <c r="F5" s="6"/>
       <c r="G5" s="6"/>
       <c r="H5" s="6"/>
       <c r="I5" s="6"/>
     </row>
     <row r="6" spans="1:9" ht="20.5" customHeight="1" thickBot="1">
       <c r="A6" s="11"/>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
     </row>
     <row r="7" spans="1:9" ht="19" customHeight="1">
       <c r="A7" s="9"/>
@@ -3773,245 +3801,236 @@
       <c r="I7" s="19"/>
     </row>
     <row r="8" spans="1:9" ht="19" customHeight="1">
       <c r="A8" s="18"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="14"/>
       <c r="F8" s="34" t="s">
         <v>14</v>
       </c>
       <c r="G8" s="35"/>
       <c r="H8" s="36" t="s">
         <v>7</v>
       </c>
       <c r="I8" s="24"/>
     </row>
     <row r="9" spans="1:9" ht="19" customHeight="1">
       <c r="A9" s="39" t="s">
         <v>57</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="19"/>
-      <c r="F9" s="172" t="s">
+      <c r="F9" s="171" t="s">
         <v>32</v>
       </c>
-      <c r="G9" s="173" t="s">
+      <c r="G9" s="172" t="s">
         <v>32</v>
       </c>
-      <c r="H9" s="172" t="s">
+      <c r="H9" s="171" t="s">
         <v>32</v>
       </c>
-      <c r="I9" s="173" t="s">
+      <c r="I9" s="172" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="19" customHeight="1" thickBot="1">
       <c r="A10" s="10"/>
       <c r="B10" s="11"/>
       <c r="C10" s="11"/>
       <c r="D10" s="11"/>
       <c r="E10" s="17"/>
-      <c r="F10" s="172" t="s">
+      <c r="F10" s="171" t="s">
         <v>33</v>
       </c>
-      <c r="G10" s="173" t="s">
+      <c r="G10" s="172" t="s">
         <v>34</v>
       </c>
-      <c r="H10" s="172" t="s">
+      <c r="H10" s="171" t="s">
         <v>33</v>
       </c>
-      <c r="I10" s="173" t="s">
+      <c r="I10" s="172" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="27.5" customHeight="1">
       <c r="A11" s="52" t="s">
         <v>41</v>
       </c>
       <c r="B11" s="53"/>
       <c r="C11" s="53"/>
       <c r="D11" s="53"/>
       <c r="E11" s="53"/>
       <c r="F11" s="101">
         <v>39.020000000000003</v>
       </c>
       <c r="G11" s="102">
         <v>90.82</v>
       </c>
       <c r="H11" s="101">
         <v>390.21</v>
       </c>
       <c r="I11" s="102">
         <v>908.21</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="27.5" customHeight="1">
-      <c r="A12" s="157" t="s">
+      <c r="A12" s="156" t="s">
         <v>66</v>
       </c>
-      <c r="B12" s="158"/>
-[...3 lines deleted...]
-      <c r="F12" s="174">
+      <c r="B12" s="157"/>
+      <c r="C12" s="157"/>
+      <c r="D12" s="157"/>
+      <c r="E12" s="157"/>
+      <c r="F12" s="173">
         <v>47.51</v>
       </c>
-      <c r="G12" s="175">
+      <c r="G12" s="174">
         <v>99.31</v>
       </c>
-      <c r="H12" s="174">
+      <c r="H12" s="173">
         <v>475.14</v>
       </c>
-      <c r="I12" s="175">
+      <c r="I12" s="174">
         <v>993.14</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="27.5" customHeight="1">
       <c r="A13" s="25" t="s">
         <v>40</v>
       </c>
       <c r="B13" s="26"/>
       <c r="C13" s="26"/>
       <c r="D13" s="26"/>
       <c r="E13" s="26"/>
       <c r="F13" s="31">
         <v>46.71</v>
       </c>
       <c r="G13" s="55">
         <v>98.509999999999991</v>
       </c>
       <c r="H13" s="31">
         <v>467.05</v>
       </c>
       <c r="I13" s="55">
         <v>985.05</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="27.5" customHeight="1" thickBot="1">
-      <c r="A14" s="176" t="s">
+      <c r="A14" s="175" t="s">
         <v>42</v>
       </c>
-      <c r="B14" s="177"/>
-[...3 lines deleted...]
-      <c r="F14" s="178">
+      <c r="B14" s="176"/>
+      <c r="C14" s="176"/>
+      <c r="D14" s="176"/>
+      <c r="E14" s="176"/>
+      <c r="F14" s="177">
         <v>46.95</v>
       </c>
-      <c r="G14" s="179">
+      <c r="G14" s="178">
         <v>98.75</v>
       </c>
-      <c r="H14" s="178">
+      <c r="H14" s="177">
         <v>469.54</v>
       </c>
-      <c r="I14" s="179">
+      <c r="I14" s="178">
         <v>987.54</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="19" customHeight="1"/>
     <row r="16" spans="1:9" ht="10.5" customHeight="1"/>
-    <row r="17" spans="1:9" ht="17.149999999999999" customHeight="1">
+    <row r="17" spans="1:9" ht="17.25" customHeight="1">
       <c r="A17" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B17"/>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17"/>
       <c r="G17"/>
       <c r="H17"/>
       <c r="I17"/>
     </row>
     <row r="18" spans="1:9" ht="8.25" customHeight="1">
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18"/>
       <c r="G18"/>
       <c r="H18"/>
       <c r="I18"/>
     </row>
-    <row r="19" spans="1:9" ht="17.149999999999999" customHeight="1">
+    <row r="19" spans="1:9" ht="17.25" customHeight="1">
       <c r="A19" s="1" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="20" spans="1:9" ht="17.149999999999999" customHeight="1">
+    <row r="20" spans="1:9" ht="17.25" customHeight="1">
       <c r="A20" s="1" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="21" spans="1:9" ht="17.149999999999999" customHeight="1">
+    <row r="21" spans="1:9" ht="17.25" customHeight="1">
       <c r="A21" s="1" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="22" spans="1:9" ht="14.15" customHeight="1">
+    <row r="22" spans="1:9" ht="14.25" customHeight="1">
       <c r="B22"/>
       <c r="C22" s="7"/>
       <c r="D22" s="7"/>
       <c r="E22" s="7"/>
     </row>
     <row r="23" spans="1:9" ht="10.5" customHeight="1"/>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.55000000000000004" right="0.5" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C20F6928D52C82458E417991CBCE85CE" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="def9dde6eefe657c08e59dd8ef34952f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="14d9695c-504e-42d3-bbe5-3afafe4352e5" xmlns:ns3="17eb2ca1-151e-4498-8659-dcf34d506d6e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f4b1c2c92ed01f116dd2280cc4c1da2e" ns2:_="" ns3:_="">
     <xsd:import namespace="14d9695c-504e-42d3-bbe5-3afafe4352e5"/>
     <xsd:import namespace="17eb2ca1-151e-4498-8659-dcf34d506d6e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -4202,123 +4221,149 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <MediaLengthInSeconds xmlns="14d9695c-504e-42d3-bbe5-3afafe4352e5" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="14d9695c-504e-42d3-bbe5-3afafe4352e5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="17eb2ca1-151e-4498-8659-dcf34d506d6e" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{826F44F0-87D4-4111-8466-80116E09DDF4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="14d9695c-504e-42d3-bbe5-3afafe4352e5"/>
+    <ds:schemaRef ds:uri="17eb2ca1-151e-4498-8659-dcf34d506d6e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FC01F9B-772E-4839-A5EB-BA6A23EBA700}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...2 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{826F44F0-87D4-4111-8466-80116E09DDF4}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{906DC67D-B789-4F7B-9AB4-779B3477B311}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="08218398-255d-4417-a386-ad589d921abe"/>
     <ds:schemaRef ds:uri="3f83906a-44c9-40a5-b57b-580814ca79c1"/>
+    <ds:schemaRef ds:uri="14d9695c-504e-42d3-bbe5-3afafe4352e5"/>
+    <ds:schemaRef ds:uri="17eb2ca1-151e-4498-8659-dcf34d506d6e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="9" baseType="lpstr">
-      <vt:lpstr>chart1</vt:lpstr>
-[...7 lines deleted...]
-      <vt:lpstr>chart2!Print_Area</vt:lpstr>
+      <vt:lpstr>chart1 rates</vt:lpstr>
+      <vt:lpstr>chart2 rates</vt:lpstr>
+      <vt:lpstr>chart3 rates</vt:lpstr>
+      <vt:lpstr>chart 4 rates</vt:lpstr>
+      <vt:lpstr>chart 5 rates</vt:lpstr>
+      <vt:lpstr>'chart 4 rates'!Print_Area</vt:lpstr>
+      <vt:lpstr>'chart 5 rates'!Print_Area</vt:lpstr>
+      <vt:lpstr>'chart1 rates'!Print_Area</vt:lpstr>
+      <vt:lpstr>'chart2 rates'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>GIC</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C20F6928D52C82458E417991CBCE85CE</vt:lpwstr>
   </property>