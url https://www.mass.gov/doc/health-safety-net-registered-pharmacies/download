--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -5,51 +5,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="221AE488" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
           <w:color w:val="333399"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_gjdgxs" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
           <w:color w:val="333399"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>The Commonwealth of Massachusetts</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
@@ -159,62 +159,68 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
           <w:color w:val="333399"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Executive Office of Health and Human Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D6AEE77" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t>Office of Medicaid, Health Safety Net</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A4B0899" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
+    <w:p w14:paraId="2A4B0899" w14:textId="1A30112A" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
-        <w:t>100 Hancock Street, 6</w:t>
+        <w:t xml:space="preserve">100 Hancock Street, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A552AA">
+        <w:rPr>
+          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i w:val="0"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Floor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B95A65B" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i w:val="0"/>
@@ -252,91 +258,163 @@
                 </wp:positionV>
                 <wp:extent cx="1635760" cy="1226820"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Rectangle 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="4532883" y="3171353"/>
                           <a:ext cx="1626235" cy="1217295"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="7911F738" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
+                          <w:p w14:paraId="37ED6CF2" w14:textId="77777777" w:rsidR="00A552AA" w:rsidRDefault="00A552AA">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:textDirection w:val="btLr"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                                <w:color w:val="333399"/>
+                                <w:sz w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="41460F10" w14:textId="2A390BED" w:rsidR="0061224F" w:rsidRDefault="00EB6CB9" w:rsidP="00EB6CB9">
+                            <w:pPr>
+                              <w:textDirection w:val="btLr"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                                <w:color w:val="333399"/>
+                                <w:sz w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">   </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00A552AA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                                <w:color w:val="333399"/>
+                                <w:sz w:val="16"/>
+                              </w:rPr>
+                              <w:t>Dr</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00F10D44">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                                <w:color w:val="333399"/>
+                                <w:sz w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00A552AA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                                <w:color w:val="333399"/>
+                                <w:sz w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">KIAME </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                                <w:color w:val="333399"/>
+                                <w:sz w:val="16"/>
+                              </w:rPr>
+                              <w:t>MAHANIAH, MD, MBA</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="37BCAC0F" w14:textId="4D128950" w:rsidR="0061224F" w:rsidRDefault="00EB6CB9">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:textDirection w:val="btLr"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                                <w:color w:val="333399"/>
+                                <w:sz w:val="16"/>
+                              </w:rPr>
+                              <w:t>S</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00F10D44">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                                <w:color w:val="333399"/>
+                                <w:sz w:val="16"/>
+                              </w:rPr>
+                              <w:t>ecretary for MassHealth</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5C218DB8" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="41460F10" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
+                          <w:p w14:paraId="4263D103" w14:textId="77777777" w:rsidR="00A552AA" w:rsidRDefault="00A552AA" w:rsidP="00A552AA">
                             <w:pPr>
-                              <w:jc w:val="center"/>
+                              <w:ind w:firstLine="720"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
                                 <w:color w:val="333399"/>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>MIKE LEVINE</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="37BCAC0F" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
+                          <w:p w14:paraId="0A562567" w14:textId="77777777" w:rsidR="00A552AA" w:rsidRDefault="00A552AA" w:rsidP="00A552AA">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
                                 <w:color w:val="333399"/>
                                 <w:sz w:val="16"/>
                               </w:rPr>
-                              <w:t>Assistant Secretary for MassHealth</w:t>
+                              <w:t>Undersecretary for MassHealth</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="5C218DB8" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
-[...5 lines deleted...]
-                          <w:p w14:paraId="0E46B69F" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
+                          <w:p w14:paraId="6130DD00" w14:textId="77777777" w:rsidR="00A552AA" w:rsidRDefault="00A552AA">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="49D89F05" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
                                 <w:color w:val="333399"/>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>www.mass.gov/eohhs</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="16595192" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
                             <w:pPr>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="7B9AFDD7" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
@@ -344,91 +422,163 @@
                               <w:jc w:val="center"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="04091CF7" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
                             <w:pPr>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="2A1039B0" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:411pt;margin-top:14pt;width:128.8pt;height:96.6pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAQkKBYvQEAAFsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC813pZtiNYDooGLgoE&#10;rYGkH0BTpEVAItklbcl/3yXlxE56K3qhltzF7Mzsav0w9h05CXDK6Jpms5QSoblplD7U9NfL9vOK&#10;EueZblhntKjpWTj6sLn7tB5sJXLTmq4RQBBEu2qwNW29t1WSON6KnrmZsUJjUhromccrHJIG2IDo&#10;fZfkabpIBgONBcOFc/j6OCXpJuJLKbj/KaUTnnQ1RW4+nhDPfTiTzZpVB2C2VfxCg/0Di54pjU3f&#10;oB6ZZ+QI6i+oXnEwzkg/46ZPjJSKi6gB1WTpBzXPLbMiakFznH2zyf0/WP7j9Gx3gDYM1lUOw6Bi&#10;lNCHL/IjY03nZZGvVgUl55oW2TIrymIyToyecCzIFvkiL0pKOFZkebbM78tQkVyhLDj/TZiehKCm&#10;gJOJhrHTk/NT6WtJ6KzNVnVdnE6n3z0gZnhJrnxD5Mf9eBGxN815B8RZvlXY64k5v2OAU80oGXDS&#10;NXW/jwwEJd13jVbeZ/Mcqft4mZfLFPcEbjP72wzTvDW4QJ6SKfzq4zpNHL8cvZEq6gmsJioXsjjB&#10;6Mhl28KK3N5j1fWf2PwBAAD//wMAUEsDBBQABgAIAAAAIQCqgXZ43QAAAAsBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI8xT8MwEIV3JP6DdUhs1I4FIYQ4FUIwMJJ2YHTjI4mwz5HttOm/x51gOt29p3ff&#10;a7ars+yIIU6eFBQbAQyp92aiQcF+935XAYtJk9HWEyo4Y4Rte33V6Nr4E33isUsDyyEUa61gTGmu&#10;OY/9iE7HjZ+Rsvbtg9Mpr2HgJuhTDneWSyFK7vRE+cOoZ3wdsf/pFqdgRmsWe9+Jr56/BSrKjx0/&#10;Pyh1e7O+PANLuKY/M1zwMzq0mengFzKRWQWVlLlLUiCrPC8G8fhUAjvkiywk8Lbh/zu0vwAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAQkKBYvQEAAFsDAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCqgXZ43QAAAAsBAAAPAAAAAAAAAAAAAAAAABcE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAIQUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox inset="2.53958mm,1.2694mm,2.53958mm,1.2694mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="7911F738" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
+                    <w:p w14:paraId="37ED6CF2" w14:textId="77777777" w:rsidR="00A552AA" w:rsidRDefault="00A552AA">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:textDirection w:val="btLr"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                          <w:color w:val="333399"/>
+                          <w:sz w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="41460F10" w14:textId="2A390BED" w:rsidR="0061224F" w:rsidRDefault="00EB6CB9" w:rsidP="00EB6CB9">
+                      <w:pPr>
+                        <w:textDirection w:val="btLr"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                          <w:color w:val="333399"/>
+                          <w:sz w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">   </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00A552AA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                          <w:color w:val="333399"/>
+                          <w:sz w:val="16"/>
+                        </w:rPr>
+                        <w:t>Dr</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00F10D44">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                          <w:color w:val="333399"/>
+                          <w:sz w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00A552AA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                          <w:color w:val="333399"/>
+                          <w:sz w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">KIAME </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                          <w:color w:val="333399"/>
+                          <w:sz w:val="16"/>
+                        </w:rPr>
+                        <w:t>MAHANIAH, MD, MBA</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="37BCAC0F" w14:textId="4D128950" w:rsidR="0061224F" w:rsidRDefault="00EB6CB9">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:textDirection w:val="btLr"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                          <w:color w:val="333399"/>
+                          <w:sz w:val="16"/>
+                        </w:rPr>
+                        <w:t>S</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00F10D44">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                          <w:color w:val="333399"/>
+                          <w:sz w:val="16"/>
+                        </w:rPr>
+                        <w:t>ecretary for MassHealth</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5C218DB8" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="41460F10" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
+                    <w:p w14:paraId="4263D103" w14:textId="77777777" w:rsidR="00A552AA" w:rsidRDefault="00A552AA" w:rsidP="00A552AA">
                       <w:pPr>
-                        <w:jc w:val="center"/>
+                        <w:ind w:firstLine="720"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
                           <w:color w:val="333399"/>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>MIKE LEVINE</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="37BCAC0F" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
+                    <w:p w14:paraId="0A562567" w14:textId="77777777" w:rsidR="00A552AA" w:rsidRDefault="00A552AA" w:rsidP="00A552AA">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
                           <w:color w:val="333399"/>
                           <w:sz w:val="16"/>
                         </w:rPr>
-                        <w:t>Assistant Secretary for MassHealth</w:t>
+                        <w:t>Undersecretary for MassHealth</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="5C218DB8" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
-[...5 lines deleted...]
-                    <w:p w14:paraId="0E46B69F" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
+                    <w:p w14:paraId="6130DD00" w14:textId="77777777" w:rsidR="00A552AA" w:rsidRDefault="00A552AA">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="49D89F05" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
                           <w:color w:val="333399"/>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>www.mass.gov/eohhs</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="16595192" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
                       <w:pPr>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="7B9AFDD7" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
@@ -550,63 +700,55 @@
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>KIM DRISCOLL</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="47FEDC80" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
                                 <w:color w:val="333399"/>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>Lieutenant Governor</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="175DFBC2" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="0B90127A" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
+                          <w:p w14:paraId="0B90127A" w14:textId="23088161" w:rsidR="0061224F" w:rsidRDefault="0061224F">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
-                            <w:r>
-[...6 lines deleted...]
-                            </w:r>
                           </w:p>
                           <w:p w14:paraId="3121935C" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
                                 <w:color w:val="333399"/>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>Secretary</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="701EFD5F" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="6FEB1441" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:textDirection w:val="btLr"/>
@@ -680,63 +822,55 @@
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>KIM DRISCOLL</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="47FEDC80" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
                           <w:color w:val="333399"/>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>Lieutenant Governor</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="175DFBC2" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="0B90127A" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
+                    <w:p w14:paraId="0B90127A" w14:textId="23088161" w:rsidR="0061224F" w:rsidRDefault="0061224F">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
-                      <w:r>
-[...6 lines deleted...]
-                      </w:r>
                     </w:p>
                     <w:p w14:paraId="3121935C" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
                           <w:color w:val="333399"/>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>Secretary</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="701EFD5F" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="6FEB1441" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:textDirection w:val="btLr"/>
@@ -813,21185 +947,25699 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2232D729" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="137517B7" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="4925"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AD21F46" w14:textId="5BC0CEBA" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
+    <w:p w14:paraId="7834C0B7" w14:textId="456EA194" w:rsidR="0061224F" w:rsidRPr="00130E43" w:rsidRDefault="00F10D44" w:rsidP="00130E43">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Health Safety Net Active Pharmacy </w:t>
+        <w:t xml:space="preserve">Health Safety Net Active </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6498">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pharmacy </w:t>
+      </w:r>
+      <w:r w:rsidR="007C7A90">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Facility </w:t>
+      </w:r>
+      <w:r w:rsidR="005C0CDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="003507B7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:tab/>
-[...7 lines deleted...]
-        <w:t>January</w:t>
+        <w:t>November</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:r w:rsidR="00B4178F">
+      <w:r w:rsidR="00A552AA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E6CF5FA" w14:textId="77777777" w:rsidR="00BB4FE5" w:rsidRDefault="00BB4FE5">
-[...7 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11250" w:type="dxa"/>
-        <w:tblInd w:w="-730" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="1921"/>
+        <w:tblW w:w="12062" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3423"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1827"/>
+        <w:gridCol w:w="3369"/>
+        <w:gridCol w:w="3473"/>
+        <w:gridCol w:w="1800"/>
+        <w:gridCol w:w="1350"/>
+        <w:gridCol w:w="2070"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B4178F" w:rsidRPr="00B4178F" w14:paraId="794304DD" w14:textId="77777777" w:rsidTr="00BB4FE5">
+      <w:tr w:rsidR="001C6498" w14:paraId="6F461B0F" w14:textId="77777777" w:rsidTr="00130E43">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3423" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:tcW w:w="12062" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15797339" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>HSN Massachusetts Pharmacy (2025)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="75CD2FA3" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="2F5396"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3AF49F6C" w14:textId="77777777" w:rsidR="00B4178F" w:rsidRPr="00B4178F" w:rsidRDefault="00B4178F" w:rsidP="00B4178F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+          <w:p w14:paraId="6F8907FB" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:ind w:firstLineChars="800" w:firstLine="1606"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFF00"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_Hlk187141253"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFF00"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pharmacy Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3283" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="2F5396"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5594C88D" w14:textId="77777777" w:rsidR="00B4178F" w:rsidRPr="00B4178F" w:rsidRDefault="00B4178F" w:rsidP="00B4178F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+          <w:p w14:paraId="770419FF" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFF00"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFF00"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2064" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="2F5396"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47DEACA7" w14:textId="77777777" w:rsidR="00B4178F" w:rsidRPr="00B4178F" w:rsidRDefault="00B4178F" w:rsidP="00B4178F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+          <w:p w14:paraId="7366488A" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFF00"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFF00"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>City</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="2F5396"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44925DEE" w14:textId="77777777" w:rsidR="00B4178F" w:rsidRPr="00B4178F" w:rsidRDefault="00B4178F" w:rsidP="00B4178F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+          <w:p w14:paraId="35F9CE8B" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFF00"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFF00"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1827" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="2F5396"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E2A5671" w14:textId="77777777" w:rsidR="00B4178F" w:rsidRPr="00B4178F" w:rsidRDefault="00B4178F" w:rsidP="00B4178F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+          <w:p w14:paraId="4B758070" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFF00"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFF00"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Phone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="1"/>
-      <w:tr w:rsidR="00B4178F" w:rsidRPr="00B4178F" w14:paraId="25695B7F" w14:textId="77777777" w:rsidTr="00BB4FE5">
+      <w:tr w:rsidR="001C6498" w14:paraId="06DF29B4" w14:textId="77777777" w:rsidTr="00130E43">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3423" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BA97015" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>WALGREENS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3283" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E3DB6D0" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>60 SPRINGFIELD ST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2064" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="709B1397" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>AGAWAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="084B7362" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1827" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51961CE4" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(413) 786</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1126</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4178F" w:rsidRPr="00B4178F" w14:paraId="48A488AB" w14:textId="77777777" w:rsidTr="00BB4FE5">
+      <w:tr w:rsidR="001C6498" w14:paraId="0576EA96" w14:textId="77777777" w:rsidTr="00130E43">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3423" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A4F8DD2" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>BHCHP PHARMACY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3283" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19008A4E" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>780 ALBANY STREET</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2064" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44C6A415" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>BOSTON</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="139199FD" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1827" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53CD4903" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(857) 654</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1790</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4178F" w:rsidRPr="00B4178F" w14:paraId="1EB1CB29" w14:textId="77777777" w:rsidTr="00BB4FE5">
+      <w:tr w:rsidR="001C6498" w14:paraId="254FDB62" w14:textId="77777777" w:rsidTr="00130E43">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3423" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E121E96" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>BIDMC PHARMACY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3283" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="582C2CC5" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>364 BROOKLINE AVE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2064" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31BE57F6" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>BOSTON</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E413C66" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1827" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57B7128F" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(617) 667</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4178F" w:rsidRPr="00B4178F" w14:paraId="529E2102" w14:textId="77777777" w:rsidTr="00BB4FE5">
+      <w:tr w:rsidR="001C6498" w14:paraId="2B67989D" w14:textId="77777777" w:rsidTr="00130E43">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3423" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="039FF381" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>BMC OUTPATIENT PHARMACY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3283" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4D587B" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>732 HARRISON AVE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2064" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74483E7F" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>BOSTON</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="129289D9" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1827" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1ABEF91D" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(617) 638</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8130</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4178F" w:rsidRPr="00B4178F" w14:paraId="6BFF4C74" w14:textId="77777777" w:rsidTr="00BB4FE5">
+      <w:tr w:rsidR="001C6498" w14:paraId="5ED88231" w14:textId="77777777" w:rsidTr="00130E43">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3423" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40569906" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>BMC OUTPATIENT PHARMACY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3283" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55395ACA" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>850 HARRISON AVE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2064" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="145CC888" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>BOSTON</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4685D861" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1827" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17CAEC50" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(617) 414</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4883</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4178F" w:rsidRPr="00B4178F" w14:paraId="49C5967A" w14:textId="77777777" w:rsidTr="00BB4FE5">
+      <w:tr w:rsidR="001C6498" w14:paraId="1544AE5D" w14:textId="77777777" w:rsidTr="00130E43">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3423" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3307766E" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PHARMACY AT SHAPIRO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3283" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="405731A1" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>725 ALBANY ST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2064" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C17B4E5" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>BOSTON</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64839300" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1827" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26AB50BA" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(617) 414</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4880</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4178F" w:rsidRPr="00B4178F" w14:paraId="6ED08226" w14:textId="77777777" w:rsidTr="00BB4FE5">
+      <w:tr w:rsidR="001C6498" w14:paraId="627A0BBD" w14:textId="77777777" w:rsidTr="00130E43">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3423" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06E1E182" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>BRIGHAM &amp; WOMEN'S HOSPITAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3283" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2294E2CA" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>45 FRANCIS ST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2064" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44CD1974" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>BOSTON</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B564837" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1827" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="081D2DFE" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(617) 732</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4178F" w:rsidRPr="00B4178F" w14:paraId="3F8FF181" w14:textId="77777777" w:rsidTr="00BB4FE5">
+      <w:tr w:rsidR="001C6498" w14:paraId="5413D414" w14:textId="77777777" w:rsidTr="00130E43">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3423" w:type="dxa"/>
-[...121 lines deleted...]
-                <w:color w:val="323232"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F2140C6" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dana-Farber Cancer Institute Outpatient Pharmacy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="39BEFA72" w14:textId="3E23BB18" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>44 Binney Street -- Dana L1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E9AAD78" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Boston</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3EFDCE6D" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1827" w:type="dxa"/>
-[...44 lines deleted...]
-              <w:t>7081</w:t>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29E512ED" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 632-3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4178F" w:rsidRPr="00B4178F" w14:paraId="164B47E3" w14:textId="77777777" w:rsidTr="00BB4FE5">
-[...13925 lines deleted...]
-      <w:tr w:rsidR="00BB4FE5" w:rsidRPr="00B4178F" w14:paraId="62335288" w14:textId="77777777" w:rsidTr="00BB4FE5">
+      <w:tr w:rsidR="001C6498" w14:paraId="656CC5C0" w14:textId="77777777" w:rsidTr="00130E43">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3423" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17BBF622" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Crosstown Center Pharmacy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20DE3B4A" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>801 Massachusetts Ave</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08953D8F" w14:textId="7BCD52F2" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Boston</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="606748DA" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7562ABFB" w14:textId="6D49C433" w:rsidR="001C6498" w:rsidRDefault="006C380C" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>617</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>638</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8220</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="4912B14C" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="18EB4379" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FENWAY PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="148841F1" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1340 BOYLSTON ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A566AE1" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BOSTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="704F19A5" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2597BBF7" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 927</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6330</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="3684BA8F" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D287DC8" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FENWAY PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="456E654E" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>142 BERKELEY ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="373140B8" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BOSTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="778CB572" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C19D81D" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 267</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="6EFE0FE3" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1CF5DAB1" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Walgreens</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1ED36A81" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>825 Morton St</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2FA9A52A" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Boston</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A320EFB" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D757B0B" w14:textId="2BD9B194" w:rsidR="001C6498" w:rsidRDefault="006C380C" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>617</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>298</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3114</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="5C0852B9" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23B46ED4" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Walgreens</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C0C7C20" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1603 Washington Street</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6602D1E8" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Boston</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="153B9BE8" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2AD8D8F7" w14:textId="2E0E3CCE" w:rsidR="001C6498" w:rsidRDefault="006C380C" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>617</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>267</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5109</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="75EF7DA2" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="465A58A0" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MASS GENERAL HOSPITAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1306CEAA" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>55 FRUIT ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07330FC0" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BOSTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CEFF0DF" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BF876BA" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 724</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="5D76EB4E" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FB3954D" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MCINNIS HOUSE CLINIC PHARM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2773A914" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>780 ALBANY ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B2A32B8" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BOSTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CE87723" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D2F5FB1" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(857) 654</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1791</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="7E8647AB" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="362DFFA8" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NORTH END WATERFRONT HEALTH PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB58E39" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>332 HANOVER ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="591DF167" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BOSTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6CC2EE4E" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D3D2A23" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 643</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2737</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="6859B614" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00786BDA" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>TAI TUNG PHARMACY INC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26CE4012" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>256 HARRISON AVE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="517CBD05" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BOSTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="396C3CED" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="086A12A3" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 482</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7419</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="058B9B03" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54AB0650" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>TUFTS MEDICINE PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="401E1E3A" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>800 WASHINGTON ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E7A77E0" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BOSTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B55C04B" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43BEB0A6" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 636</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5381</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="501DCA63" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57C6793C" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>COMMUNITY HEALTH CTR OF CAPE COD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7425E702" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>123 WATERHOUSE RD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D1C2D5D" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BOURNE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D052984" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A1699F8" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 477</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7090</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="0D09D070" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21EA0538" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CHARLES RIVER COMMUNITY HEALTH INC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29D6F33C" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>495 WESTERN AVE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="363E1FFC" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BRIGHTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="085DE290" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14C963E4" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 783</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="2A8159FE" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C8E0B6A" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Eaton Apothecary #2120 Brockton</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0058BA3A" w14:textId="0EF3F5D8" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>160 Main Street</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66ECF8F1" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Brockton</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C172665" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F28C7B0" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>(508) 580-3000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="1675177D" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6641CF" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BNHC PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50F7888D" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>63 MAIN STREET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="433E67B5" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BROCKTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C1D6677" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1EF0C9A9" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 427</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4633</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="5B5778B4" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2512C7A4" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SIGNATURE HEALTHCARE PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C819F04" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>680 CENTRE ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73BE3E62" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BROCKTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="646C1EF3" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22EC391B" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 942</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="1993BC4E" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45BE7E90" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SIGNATURE HEALTHCARE PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="380A26BD" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>110 LIBERTY ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="787D04FC" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BROCKTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F354010" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68E7A437" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 894</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="0A861DB1" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53ABCC82" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>WALGREENS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3283" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00D17EB5" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>610 PLEASANT ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FF6934F" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BROCKTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="317E2853" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FDDC973" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 427</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6223</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="1AF4C803" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="562DCBC4" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MassGeneral</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Brigham Specialty Pharmacy--Brigham and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Womens</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hospital/Partners Specialty Pharmacy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35EF0E72" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>31 North Ave</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F0A0900" w14:textId="402B108C" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Burlington</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F0819D2" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64D35871" w14:textId="00B69111" w:rsidR="001C6498" w:rsidRDefault="006C380C" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>877</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>468</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8717</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="2BE3B706" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3BA9D037" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CAMBRIDGE HEALTH ALLIANCE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CA59F80" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1493 CAMBRIDGE ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78E4E350" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CAMBRIDGE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FF170F7" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C87AC23" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 665</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="25357412" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59F121D7" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CAMBRIDGE HEALTH ALLIANCE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12AC2BF2" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>163 GORE ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="721E9989" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CAMBRIDGE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF50692" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4509D4CC" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 665</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="65FB195C" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0EB2A7D7" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>New Health Charlestown Pharmacy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76DD99A6" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15 Tufts Street</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E5C7E80" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Charlestown</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D6DBE75" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66304CB1" w14:textId="2D44DE81" w:rsidR="001C6498" w:rsidRDefault="006C380C" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>617</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>724</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3212</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="41D5B405" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D08D04F" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BRIGHAM &amp; WOMEN'S HOSPITAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="062C6A80" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>850 BOYLSTON ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70FE7774" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CHESTNUT HILL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D399DDD" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="566A29E2" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(800) 294</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9999</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="535F5B81" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E67F364" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DANA FARBER CANCER INSTITUTE PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34F1196C" w14:textId="4F26A3B9" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>300 BOYLSTON ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="206912C3" w14:textId="1863DA62" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CHESTNUT HILL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A018419" w14:textId="49BDA3D7" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2735BB4E" w14:textId="0B433877" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 632</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="4EE51058" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C46383C" w14:textId="2CD9DA0A" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CHICOPEE HEALTH CENTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CE81D80" w14:textId="3C8E7CF0" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>505 FRONT STREET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6FC0B12E" w14:textId="415BCBB8" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CHICOPEE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E5A3150" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7522B0C9" w14:textId="79A32516" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(413) 420</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6222</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="18309D05" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44B0ED97" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>WALGREENS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="529789BA" w14:textId="02D2B5A1" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>583 JAMES ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A8B968A" w14:textId="4384FBEB" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CHICOPEE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="781AEA2C" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B96831C" w14:textId="5FC143E1" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(413) 493</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1860</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="2B18572F" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C04861C" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WALGREENS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7499A9F9" w14:textId="42BC19EA" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>735 CHIEF JUSTICE CUSHING HWY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="461AB270" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>COHASSET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="093C4BA2" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="692E2A44" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(781) 383</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1772</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="6D1D07C0" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5FD56FCD" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Neponset Health Center Pharmacy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A2F017D" w14:textId="453B0697" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>398 Neponset Avenue</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1858CF1C" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dorchester</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="220E2F94" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15440268" w14:textId="63364C00" w:rsidR="001C6498" w:rsidRDefault="006C380C" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>617</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>282-3200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="7243857A" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0DBF44E4" w14:textId="0478ADDE" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BILH PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7DC2A748" w14:textId="24B2DD6A" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>230 BOWDOIN ST /130</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F9867CC" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DORCHESTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04D2D3A8" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="270E7FA4" w14:textId="7CE4F516" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 754</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0160</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="53847C25" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23647D6D" w14:textId="769B3511" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHARMACY AT CODMAN SQUARE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="612C8BD9" w14:textId="3B4FB28E" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>637 WASHINGTON ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04FDE817" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DORCHESTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1BBD6F2F" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D5F13B9" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 638</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="6570979C" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C9B6C6A" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DORCHESTER HOUSE MULTI SERVICE CENTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="119AD13D" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1353 DORCHESTER AVE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B59C382" w14:textId="7B81C248" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DORCHESTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3DAE54D4" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63F91391" w14:textId="3C07360C" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 288</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3230</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="1F23D223" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B753821" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>GEIGER GIBSON COMMUNITY HEALTH CENTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AF71883" w14:textId="7BB147CB" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>250 MOUNT VERNON ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04744138" w14:textId="5B1C23FD" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DORCHESTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF6BCD5" w14:textId="619D9AD1" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66B7401F" w14:textId="76493211" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 288</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1140</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="60AE7904" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C413945" w14:textId="7112B6D3" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HARVARD NEIGHBORHOOD PHARMACY INC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D3EDA85" w14:textId="75FCB835" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>632 BLUE HILL AVE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F51DA9C" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DORCHESTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="623C78A6" w14:textId="7B33B752" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44ED5A50" w14:textId="0A0CBE8D" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617)265</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0171</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="32EDF610" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20657302" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>UPHAMS CORNER HEALTH CENTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6EF9E46C" w14:textId="25F6E125" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>415 COLUMBIA ROAD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03BCF521" w14:textId="0B280B95" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DORCHESTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0314AA11" w14:textId="1A50FD04" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4ACCEEB2" w14:textId="30074A89" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 265</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1310</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="7D80D03D" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E0594A8" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Walgreens</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6724F0DB" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>585 Washington Street</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F38FD45" w14:textId="22C33992" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dorchester</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1858EF46" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26E0148B" w14:textId="04A22AF1" w:rsidR="001C6498" w:rsidRDefault="006C380C" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>617</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>825</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2401</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="65C0C39B" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51C1B9C2" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WALGREENS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10001C39" w14:textId="0E976103" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>757 GALLIVAN BLVD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F477AE4" w14:textId="7B41899C" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DORCHESTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="244261E9" w14:textId="1C4916F7" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21B2DC79" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 282</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5246</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="1CD4E091" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F1CED3F" w14:textId="3B02CDC9" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>EAST BOSTON NEIGHBORHOOD HEALTH CENTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03C65EDC" w14:textId="759D5981" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10 GOVE ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C31D0A5" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>EAST BOSTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E1E4905" w14:textId="307FA0A0" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7AE4210D" w14:textId="2B41F038" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 569</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="065124D7" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2DB7E36F" w14:textId="1BA962DF" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Walgreens #5756</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="029CDB1E" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 Central Square</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="568EAD71" w14:textId="4C42C646" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>East Boston</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3AA0B3F3" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42245156" w14:textId="2E0CF746" w:rsidR="001C6498" w:rsidRDefault="006C380C" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>617</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>569</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5278</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="3079F9B0" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71FF025A" w14:textId="38BD4D49" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EAST BOSTON NEIGHBORHOOD HEALTH </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CENTER  MAVERICK</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F0A2404" w14:textId="514ACBE6" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20 MAVERICK SQUARE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="231487E5" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>EAST BOSTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65AE18E2" w14:textId="3D7D235A" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62FD74E2" w14:textId="04C203A6" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 568</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="19D0501A" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="526CAAE1" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>East Boston Neighborhood Health Center Pharmacy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE460B1" w14:textId="2212A384" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10 Gove Street</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D5E2FCF" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>East Boston</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="115CD2F2" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="311550FA" w14:textId="195899A9" w:rsidR="001C6498" w:rsidRDefault="006C380C" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>617</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>569-5800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="2298E69E" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="679DC1A5" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Stop &amp; Shop Pharmacy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A1ACCBB" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>221 Huttleston Ave</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="612CEA16" w14:textId="4017B8DF" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fairhaven</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="131D4B20" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65D7CB23" w14:textId="77777777" w:rsidR="001C6498" w:rsidRPr="006C380C" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C380C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 990-4700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="03F4542A" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5ED3FA43" w14:textId="691C2C82" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SOUTHCOAST PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0534C565" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>208 MILL ROAD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54855A21" w14:textId="78E46DD6" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FAIRHAVEN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1ADF84CC" w14:textId="6E56992F" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BF653AA" w14:textId="0B3F9664" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 973</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2420</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="2B3741F4" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F4D7399" w14:textId="3FCB15EC" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>STOP &amp; SHOP PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69589217" w14:textId="6D14E41C" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>221 HUTTLESON AVE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05E97093" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FAIRHAVEN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67906050" w14:textId="557FFD28" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28CBBDA6" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 990</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="16C2CD9E" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01E9ED69" w14:textId="2A1FD275" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SOUTHCOAST PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0645785D" w14:textId="21D98DB3" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>363 HIGHLAND AVE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32274980" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FALL RIVER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="283B896F" w14:textId="321DD289" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F143F08" w14:textId="3D22A8B0" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 973</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7375</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="48D09371" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A56EEF7" w14:textId="75AE3662" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>STANDARD PHARMACY AT HEALTHFIRST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="041A63A5" w14:textId="376954A0" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>387 QUARRY STREET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="036D6DF0" w14:textId="5EE03DE3" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FALL RIVER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="181F3E1F" w14:textId="5BB31D68" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="019EEC01" w14:textId="017C06DC" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(774) 322</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1335</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="022C0CC2" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04B52EEC" w14:textId="0E1FE4DD" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CAPE COD HEALTHCARE PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35D5BCA5" w14:textId="789BBBF0" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>100 TER HEUN DR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63B2E686" w14:textId="0985E0BD" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FALMOUTH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="614281B0" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F762310" w14:textId="700B55CD" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 495</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7520</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="2002BA93" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6EF23030" w14:textId="7DE77A94" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CHC FALMOUTH PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C2F86BE" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>200 JONES ROAD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="265107C2" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FALMOUTH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0DA36410" w14:textId="34566931" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50427155" w14:textId="720E4627" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 477</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7090</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="436B7453" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23BC5413" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Community Health Connections Pharmacy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0AF21900" w14:textId="28A63FB4" w:rsidR="001C6498" w:rsidRPr="006C380C" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C380C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>275 Nichols Road</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04B5BC0B" w14:textId="0CE6A7D9" w:rsidR="001C6498" w:rsidRPr="006C380C" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C380C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fitchburg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AFB9776" w14:textId="77777777" w:rsidR="001C6498" w:rsidRPr="006C380C" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C380C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30EE5CD0" w14:textId="07C1DFF1" w:rsidR="001C6498" w:rsidRPr="006C380C" w:rsidRDefault="006C380C" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498" w:rsidRPr="006C380C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>978</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498" w:rsidRPr="006C380C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>878-8100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="4C211167" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C5A690D" w14:textId="33B8C531" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CVS PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="037CC37C" w14:textId="5271BBD2" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>161 MAIN ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64642285" w14:textId="703F4B04" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FITCHBURG</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="708D242D" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71B1C6B5" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(978) 342</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8941</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="58CE3F42" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA57BCE" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Walgreens</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="068B4A15" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>571 John Fitch Highway</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28A5BC9B" w14:textId="472DCF97" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FITCHBURG</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="794149E4" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58BCA9E3" w14:textId="328F8A18" w:rsidR="001C6498" w:rsidRDefault="006C380C" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>978</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>343</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8329</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="1B18C2BA" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B5D9FFD" w14:textId="4381A680" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WALGREENS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51CFA505" w14:textId="5FDD63C0" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>70 MAIN STREET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25FA9140" w14:textId="4B48A221" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FLORENCE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="18A31553" w14:textId="3C809C9D" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4375D929" w14:textId="2D04F799" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(413) 586</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1190</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="2A8E128B" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FF32254" w14:textId="329B63C7" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BRIGHAM &amp; WOMEN'S HOSPITAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D78B24D" w14:textId="0E4F8FCE" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20 PATRIOT PLACE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A5D203F" w14:textId="1D4C8264" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FOXBOROUGH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51AAD66B" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21F0B64B" w14:textId="1B3304C8" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(866) 378</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9164</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="56E81030" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="276A3A49" w14:textId="0F4B26F4" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>KENNEDY COMMUNITY PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="314AC98E" w14:textId="51221E41" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>354 WAVERLY ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D23078F" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FRAMINGHAM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63E5AA8D" w14:textId="24EF859F" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CCCC680" w14:textId="13E5EEB8" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 270</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5799</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="3D1125EC" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FC1ECAA" w14:textId="7703C708" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CVS PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6DA0E675" w14:textId="66F774F7" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>314 MAIN ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50B61941" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>GARDNER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74F3AB1A" w14:textId="3E4F19B2" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42F7F224" w14:textId="7B99A611" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(978) 632</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1760</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="5E97F12A" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55E89637" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Walgreens</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56D7A0C2" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>232 Main Street</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="293F1815" w14:textId="5084C34D" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>GARDNER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="748B9CCA" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B0AF64F" w14:textId="5FE7E68B" w:rsidR="001C6498" w:rsidRDefault="006C380C" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>978</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>630</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2808</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="0268572E" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="060BC881" w14:textId="104534D2" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WALGREENS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D17B417" w14:textId="33CA32EF" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>201 MAIN STREET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="616484CF" w14:textId="6F10D170" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>GLOUCESTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6847EAB7" w14:textId="733FB4FD" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A044F70" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(978) 283</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7361</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="38F0C414" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77E52ADE" w14:textId="6E0F3F20" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HARWICH PORT OUTER CAPE PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2DAA7878" w14:textId="59F59A25" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>710  ROUTE</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FDC5AB2" w14:textId="3E277075" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HARWICHPORT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43906D54" w14:textId="0A120B61" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16BF035D" w14:textId="714B37AA" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(774) 237</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="655F66E9" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="079EFD13" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HAVERHILL FAMILY HEALTH CENTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="795F7227" w14:textId="6DA37422" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>755 MAIN ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DAB4178" w14:textId="32AB3476" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HAVERHILL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0DFB89D0" w14:textId="6D08734C" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05E2B5A6" w14:textId="783C220B" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(978) 683</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="4C8A7528" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17FBEF09" w14:textId="35F2EE84" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HOLYOKE HEALTH CENTER INC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="370DDF72" w14:textId="43B514CC" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>230 MAPLE STREET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A41F494" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HOLYOKE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F509547" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="117B9186" w14:textId="14EB9D98" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(413) 420</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6210</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="7877C7F9" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E13F90E" w14:textId="3FB1C274" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CAPE COD HEALTHCARE PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F46757D" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>27 PARK ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D16095D" w14:textId="217DC1AC" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HYANNIS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2171FD2B" w14:textId="707B9BAE" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D0A1FEE" w14:textId="511044E4" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 862</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="5F5D7B4E" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="263F857C" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HARBOR CHC HYANNIS PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6DF09A6B" w14:textId="782FC135" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>735 ATTUCKS LN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4260F9CD" w14:textId="5B13FB0C" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HYANNIS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D5BFBED" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6CDC6D64" w14:textId="2892F1AC" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 778</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5414</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="1724AF60" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2050416B" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Boston HealthCare for the Homeless</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41EA76CB" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>461 Walnut Ave</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5ADC2A2D" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Jamaica Plain</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B4AF7C8" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1610A207" w14:textId="2E68C219" w:rsidR="001C6498" w:rsidRDefault="00F2796D" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>85</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>654-1550</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="38D5AF29" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7568BEA1" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>GREATER LAWRENCE FAMILY HEALTH CENT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E660EA3" w14:textId="284E260F" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>73A WINTHROP AVE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C4C6FA3" w14:textId="5916C75E" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>LAWRENCE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B6393AF" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="162587C1" w14:textId="59EB4AA5" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(978) 689</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6790</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="2248CAD2" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78AD8CA3" w14:textId="329B928E" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>GREATER LAWRENCE FAMILY HEALTH CENT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34F933C4" w14:textId="155219AB" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>34 HAVERHILL ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5743A511" w14:textId="09AF84EC" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>LAWRENCE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59206639" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AFE8BDF" w14:textId="2D8B165F" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(978) 688</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1567</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="412180CA" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D99A7D7" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>GREATER LAWRENCE FAMILY HEALTH CENT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6AC8BCDE" w14:textId="4BE5FCAC" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>700 ESSEX ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="320281B7" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>LAWRENCE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25372711" w14:textId="511B3B3C" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FE28BFE" w14:textId="1CBC4417" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(978) 691</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6248</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="532C0CE3" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D56A657" w14:textId="7D8CF148" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>GREATER LAWRENCE FAMILY HEALTH CENT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40383318" w14:textId="23114993" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>150 PARK ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="470CF13E" w14:textId="69404DF6" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>LAWRENCE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="568FA2FA" w14:textId="62FBD418" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F6C2749" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(978) 686</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4453</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="42B86EBB" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BF7337C" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CVS PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="357EFFC7" w14:textId="720494FA" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9 NELSON STREET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64274610" w14:textId="34D4291E" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>LEOMINSTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51B7CCAC" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1333BBCD" w14:textId="4A3A25C3" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(978) 840</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8343</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="4B61629F" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="387CCBCF" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CVS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26A38FCE" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>188 Central Street</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BD08FE0" w14:textId="33C776B8" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>LEOMINSTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B2C6D80" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32719B59" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(978) 537-7940</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="33ABF870" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72115DED" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Walgreens</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F4D4A15" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>35 Central Street</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="731FBA34" w14:textId="06223243" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>LEOMINSTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23374E09" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1BB96D8A" w14:textId="6E5D76F6" w:rsidR="001C6498" w:rsidRDefault="00F2796D" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>978</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>840-9959</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="04EF7D02" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6766A818" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lowell Community Health Center Pharmacy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="684B7E87" w14:textId="68EED767" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>161 JACKSON ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3341EAC5" w14:textId="4E4046EA" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>LOWELL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02D8465C" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E0FF324" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(978) 805</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="3A66464C" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="729B606F" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CVS PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4DCF70B1" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>200 SOUTH COMMON ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A232592" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>LYNN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="216521C4" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FCD19DF" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(781) 592</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1470</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="12241482" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00A393A0" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>LYNN COMMUNITY HEALTH CENTER PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E631594" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>269 UNION ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A3F87F0" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>LYNN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="524ED7DE" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35BC415B" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(781) 586</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="650C6495" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D33678B" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CAMBRIDGE HEALTH ALLIANCE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0817E856" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>195 CANAL ST STE 104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1838DE7F" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MALDEN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58BC6AE7" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F5E05AC" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(781) 338</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0055</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="6E74EF17" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="277BA4D0" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>COMM. HLTH CTR OF CAPE COD PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D6E7CA1" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>107 COMMERCIAL ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22B007C1" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MASHPEE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="562633BB" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="129B64C1" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 477</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="11040756" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1705414A" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DANA FARBER CANCER INSTITUTE PHARMA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FA67825" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5 BRANCH ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="705BE91F" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>METHUEN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="110B479F" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78C74DE3" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(978) 620</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="269D91DF" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="629A2A1C" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>METHUEN FAMILY HEALTH CENT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F4E5308" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>147 PELHAM ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0AD4321A" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>METHUEN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0992BAE8" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D19173E" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(978) 655</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5731</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="71066E7A" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05F1E484" w14:textId="12ED6E48" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>KENNEDY COMMUNITY PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BD860E4" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>41 Cape Road</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2709C280" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Milford</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C7780C4" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F93B7FE" w14:textId="368E6165" w:rsidR="001C6498" w:rsidRDefault="00F2796D" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>508</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>270</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5744</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="2B6E22C1" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1EC92B0B" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NANTUCKET COTTAGE PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26850E0E" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10 VESPER LANE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5978E662" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NANTUCKET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E2B1964" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2679D85D" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 825</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="01A4313D" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B381E14" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SOUTHCOAST PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72E6C88B" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>101 PAGE ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1AA87030" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NEW BEDFORD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AE4A64C" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40CC88AD" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 973</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5449</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="181AFEDE" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1301A337" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>STOP &amp; SHOP PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40DF3558" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1001 KINGS HIGHWAY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E0E576F" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NEW BEDFORD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="173D130C" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D105F0C" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 998</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0999</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="7EA666F4" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5EB04444" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>STOP &amp; SHOP PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B37D8B2" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>438 DARTMOUTH ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1880DF09" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NEW BEDFORD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22F922DB" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4ABAE315" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 996</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5090</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="778A713A" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50C8A609" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WALGREENS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C9689CD" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>854 PURCHASE ST/874</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="763151D7" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NEW BEDFORD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D1D932C" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52A3F8BE" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 992</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3209</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="5480AC53" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1526C6F8" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dana-Farber Cancer Institute Outpatient Pharmacy-Newton</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BABC62E" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>300 Boylston Street, Suite 310</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57DE7B05" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Newton</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D226462" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B71B6D9" w14:textId="1933D6D9" w:rsidR="001C6498" w:rsidRDefault="006C380C" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>617</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>632-3000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="36FA9A2F" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="675FD1FA" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BERKSHIRE COMMUNITY PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62075E40" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>71 HOSPITAL AVE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FB7B5CF" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NORTH ADAMS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55C6AA01" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4174C01B" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(413) 664</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5333</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="6701A7DD" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46F9D6C3" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WALGREENS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79B0E0EF" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>225R KING ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11B238D2" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NORTHAMPTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D3A9DD6" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CC61ADE" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(413) 587</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2802</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="320D0101" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4591B4BB" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WALGREENS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01CF55E9" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>35 MAIN ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A1F754F" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PEABODY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73E40AE0" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E822689" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(978) 977</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9211</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="4725CA8E" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37EC55C9" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BERKSHIRE COMMUNITY PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00A3D25F" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>725 NORTH ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27CA2B87" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PITTSFIELD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11F4A98C" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7219141E" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(413) 395</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7610</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="2829A1AF" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FD8915D" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PROVINCETOWN OUTER CAPE PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="024D6638" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>49 HARRY KEMP WAY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E57261E" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PROVINCETOWN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="205E3A73" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59F50765" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 487</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9395</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="6AF1BA6E" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="602C70F1" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHARMACY AT MANET COMMUNITY HEALTH CENTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23F5BA80" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>110 W SQUANTUM ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25007806" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>QUINCY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E094883" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="652F8442" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 638</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8140</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="3C6F5ECA" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="568A01B9" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SOUTHCOAST COMMUNITY HEALTH PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0771087A" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>435 HANCOCK ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="165EE3E0" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>QUINCY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5158BAA7" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53FD6DEF" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 318</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3310</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="24547BC3" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1794339E" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WALGREENS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B8CEBC6" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>418 QUINCY AVE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="583DC752" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>QUINCY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55147E10" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E350D86" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 472</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4483</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="3CF8F9E7" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="581CB683" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WALGREENS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6092B527" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>324 HANCOCK ST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2064" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="773C72C7" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>QUINCY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="650C45C9" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1827" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22DE15D9" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(617) 471</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0517</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB4FE5" w:rsidRPr="00B4178F" w14:paraId="560D5FC7" w14:textId="77777777" w:rsidTr="00BB4FE5">
+      <w:tr w:rsidR="001C6498" w14:paraId="3D445E0A" w14:textId="77777777" w:rsidTr="00130E43">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3423" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3697E51D" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>WALGREENS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3283" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C3D6D56" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>550 ADAMS STREET</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2064" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B987A58" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>QUINCY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="039A76C9" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1827" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57CBB750" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(617) 770</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3435</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB4FE5" w:rsidRPr="00B4178F" w14:paraId="35E90EAA" w14:textId="77777777" w:rsidTr="00BB4FE5">
+      <w:tr w:rsidR="001C6498" w14:paraId="6CA04D42" w14:textId="77777777" w:rsidTr="00130E43">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3423" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02D887A5" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CORNERSTONE HEALTH SOLUTIONS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3283" w:type="dxa"/>
-[...54 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47D86888" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>41 TEED DR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="542F0DF6" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RANDOLPH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C377E12" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1827" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67EC3B00" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(781) 805</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8220</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB4FE5" w:rsidRPr="00B4178F" w14:paraId="612C48DF" w14:textId="77777777" w:rsidTr="00BB4FE5">
+      <w:tr w:rsidR="001C6498" w14:paraId="12C4F5E0" w14:textId="77777777" w:rsidTr="00130E43">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3423" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CC0CA25" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>WALGREENS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3283" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B17E04E" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>170 N MAIN ST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2064" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E04FBA3" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RANDOLPH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="703653E2" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1827" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F3D03BA" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(781) 963</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7713</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB4FE5" w:rsidRPr="00B4178F" w14:paraId="0E70CDA3" w14:textId="77777777" w:rsidTr="00BB4FE5">
+      <w:tr w:rsidR="001C6498" w14:paraId="09DB42A3" w14:textId="77777777" w:rsidTr="00130E43">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3423" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29195D3B" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Cambridge Health Alliance Outpatient Pharmacy Revere - Retail</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1A6584" w14:textId="39AC6984" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>454 Broadway</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08B564EE" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Revere</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31EDA81F" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="055786CE" w14:textId="55B14F33" w:rsidR="001C6498" w:rsidRDefault="006C380C" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>781</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>485-8250</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="57965496" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B982ABA" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>REVERE HEALTHCARE CENTER PHARMACY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3283" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57ABEE4C" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>300 OCEAN AVE, Suite 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2064" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79E1B372" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>REVERE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62AE1473" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1827" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B535951" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(781) 485</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB4FE5" w:rsidRPr="00B4178F" w14:paraId="6E32B9D3" w14:textId="77777777" w:rsidTr="00BB4FE5">
+      <w:tr w:rsidR="001C6498" w14:paraId="312F95AD" w14:textId="77777777" w:rsidTr="00130E43">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3423" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D37E85E" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DIMOCK HEALTH CENTER PHARMACY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3283" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24DA2AE1" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>45 DIMOCK ST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2064" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60ABAD36" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ROXBURY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3520E8A7" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1827" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A8A280F" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(617) 427</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9800</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB4FE5" w:rsidRPr="00B4178F" w14:paraId="5801F152" w14:textId="77777777" w:rsidTr="00BB4FE5">
+      <w:tr w:rsidR="001C6498" w14:paraId="6A679087" w14:textId="77777777" w:rsidTr="00130E43">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3423" w:type="dxa"/>
-[...121 lines deleted...]
-                <w:color w:val="323232"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="098DD99B" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Whittier Street Health Pharmacy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21E1B4ED" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1290 Tremont Street</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6AE6A29D" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Roxbury</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CF95BEB" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1827" w:type="dxa"/>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75481C03" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>617) 606-3777</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="212A3C58" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22208B8C" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>EATON APOTHECARY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5596410A" w14:textId="77777777" w:rsidR="001C6498" w:rsidRPr="006C380C" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C380C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>63 MAIN STREET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="004A0BE8" w14:textId="77777777" w:rsidR="001C6498" w:rsidRPr="006C380C" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C380C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Brockton</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33B76CA5" w14:textId="77777777" w:rsidR="001C6498" w:rsidRPr="006C380C" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C380C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1ECFB39C" w14:textId="77777777" w:rsidR="001C6498" w:rsidRPr="006C380C" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C380C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 580-3000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="7EA51361" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C59B92F" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>EATON APOTHECARY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49222946" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>47 CONGRESS ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E963D2B" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SALEM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24B57330" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6010C6BC" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(978) 744</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...6 lines deleted...]
-              <w:t>3777</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB4FE5" w:rsidRPr="00B4178F" w14:paraId="29149554" w14:textId="77777777" w:rsidTr="00BB4FE5">
+      <w:tr w:rsidR="001C6498" w14:paraId="4DE82771" w14:textId="77777777" w:rsidTr="00130E43">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3423" w:type="dxa"/>
-[...87 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE55E76" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WALGREENS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03658FD7" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>29 NEW DERBY ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A4BDCB5" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SALEM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B5EEF08" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1827" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0404F999" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(978) 744</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...6 lines deleted...]
-              <w:t>0300</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7442</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB4FE5" w:rsidRPr="00B4178F" w14:paraId="78DD37D0" w14:textId="77777777" w:rsidTr="00BB4FE5">
+      <w:tr w:rsidR="001C6498" w14:paraId="4E02838B" w14:textId="77777777" w:rsidTr="00130E43">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3423" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E3DF11E" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">South Boston </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Communuty</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Health Center</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0957E84A" w14:textId="2658D0FC" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>409 West Broadway</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C7710F0" w14:textId="385619D5" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>South Boston</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4ED1878D" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="574A072F" w14:textId="2D6F6B5C" w:rsidR="001C6498" w:rsidRDefault="006C380C" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>617</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>269</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="58CCBE90" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="517D53CC" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Walgreens</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50048CF4" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1041 Routh 28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59A0504B" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>South Yarmouth</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76353D69" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7381E21F" w14:textId="7F79F4BB" w:rsidR="001C6498" w:rsidRDefault="006C380C" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>508</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>394</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1325</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="03A2ABEC" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41B78B88" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BAYSTATE PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3970A57E" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3300 MAIN ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31899862" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SPRINGFIELD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06A7B7A1" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B3C4EA9" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(855) 865</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5432</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="314EB2CA" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12AA4066" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BAYSTATE PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28753D5B" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>759 CHESTNUT ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34BF9DA8" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SPRINGFIELD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36100874" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20211C7D" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(413) 794</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3291</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="03697394" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="332DBEE2" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BAYSTATE PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D00B339" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>380 PLAINFIELD ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1EE88AB8" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SPRINGFIELD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A1E75CE" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D9A4C2E" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(413) 794</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9442</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="0895DDB3" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F83B9B2" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BAYSTATE PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B77E60F" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>140 HIGH ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41C1CC27" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SPRINGFIELD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42C1D400" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20EEEA0E" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(413) 794</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9960</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="6CC523B5" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7866E1DB" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CARING HEALTH CENTER PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1DF399DA" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1049 MAIN ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25620D73" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SPRINGFIELD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3DAAB2AB" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5895254F" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(413) 693</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="2F8FBE39" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61F7D90D" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHARMACY AT MERCY MEDICAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C4EC320" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>299 CAREW ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74A0A90B" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SPRINGFIELD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5282061A" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6130FE11" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(413) 452</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6377</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="6F647A3E" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="388167B3" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SPRINGFIELD PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57741372" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2547 MAIN ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B1AD8F4" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SPRINGFIELD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7001C8A0" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F7AA6FA" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(413)266</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3462</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="41445BF6" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CB289EA" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mercy Community Pharmacy at Mercy Medical Center</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6861DDB3" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>299 Carew Street</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D831A6F" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Springfield</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7999D835" w14:textId="3DC71E59" w:rsidR="001C6498" w:rsidRDefault="006C380C" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E0858D3" w14:textId="61E573C9" w:rsidR="001C6498" w:rsidRDefault="006C380C" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>413</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>452</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6337</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="35BB7479" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7688C6E1" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CHARLES RIVER COMMUNITY HEALTH INC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78428FC2" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>43 FOUNDRY AVE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C920694" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WALTHAM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79133467" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70CE4F0C" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(781) 693</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="6F9749C2" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73701C32" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DUFFY PHARMACY AT OUTER CAPE HEALTH SERVICES PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2EF6ACFE" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2700 STATE </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HIGHWAY,ROUTE</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48574572" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WELLFLEET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="570FF098" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="198DCA51" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 214</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0187</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="2440D4B6" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19F58A7F" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Conroy Apothecary Inc.- Retail</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BCED6B7" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>459 State Road</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49102D9B" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>West Tisbury</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0CB2685B" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="335A24C1" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 693-7070</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="6B560642" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="662D005D" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BIDMC PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6773DD1A" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>80 WILSON WAY SUITE B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62F62F2C" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WESTWOOD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="197C8713" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5956A071" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(781) 352</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6498" w14:paraId="27EBF1CC" w14:textId="77777777" w:rsidTr="00130E43">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E3B11CD" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>WALGREENS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3283" w:type="dxa"/>
-[...87 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B26E12F" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>750 WASHINGTON ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D997748" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WEYMOUTH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4381C944" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1827" w:type="dxa"/>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="651313D0" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(781) 331</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...6 lines deleted...]
-              <w:t>7442</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5301</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB4FE5" w:rsidRPr="00B4178F" w14:paraId="1CC8EC6C" w14:textId="77777777" w:rsidTr="00BB4FE5">
+      <w:tr w:rsidR="001C6498" w14:paraId="4549D96D" w14:textId="77777777" w:rsidTr="00130E43">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3423" w:type="dxa"/>
-[...120 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21A7F3C8" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WALGREENS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="433FFCDF" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>969 MAIN ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08D4E037" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WEYMOUTH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69AA525A" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1827" w:type="dxa"/>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="462645A0" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(781) 340</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...6 lines deleted...]
-              <w:t>5432</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5620</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB4FE5" w:rsidRPr="00B4178F" w14:paraId="302AA249" w14:textId="77777777" w:rsidTr="00BB4FE5">
+      <w:tr w:rsidR="001C6498" w14:paraId="37EA7C95" w14:textId="77777777" w:rsidTr="00130E43">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3423" w:type="dxa"/>
-[...120 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D26FD52" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>EDWARD M KENNEDY COMMUNITY HEALTH CENTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1BD0FAA6" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>19 TACOMA ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B2C6D33" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WORCESTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32660E87" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1827" w:type="dxa"/>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10481215" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 854</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...6 lines deleted...]
-              <w:t>3291</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2128</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB4FE5" w:rsidRPr="00B4178F" w14:paraId="4F52EE84" w14:textId="77777777" w:rsidTr="00BB4FE5">
+      <w:tr w:rsidR="001C6498" w14:paraId="0AD2DA67" w14:textId="77777777" w:rsidTr="00130E43">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3423" w:type="dxa"/>
-[...120 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="39BA2883" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ESSENTIALRX LLC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35B0EEE6" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>123 SUMMER STREET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5FC9C811" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WORCESTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B0D1E33" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1827" w:type="dxa"/>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="214C6531" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 363</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...6 lines deleted...]
-              <w:t>9442</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6602</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB4FE5" w:rsidRPr="00B4178F" w14:paraId="6C5360DA" w14:textId="77777777" w:rsidTr="00BB4FE5">
+      <w:tr w:rsidR="001C6498" w14:paraId="7B66AD33" w14:textId="77777777" w:rsidTr="00130E43">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3423" w:type="dxa"/>
-[...120 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56114D7A" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FAMILY HEALTH CTR INC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70D613AA" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>26 QUEEN ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5FBD527F" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WORCESTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D12C825" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1827" w:type="dxa"/>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="549536DD" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 860</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...6 lines deleted...]
-              <w:t>9960</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB4FE5" w:rsidRPr="00B4178F" w14:paraId="3CFEA261" w14:textId="77777777" w:rsidTr="00BB4FE5">
+      <w:tr w:rsidR="001C6498" w14:paraId="33AA8FAF" w14:textId="77777777" w:rsidTr="00130E43">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3423" w:type="dxa"/>
-[...120 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D0F7377" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PRESCRIPTION CENTER PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44CD7279" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>119 BELMONT ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="18AD686C" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WORCESTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F8BB041" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1827" w:type="dxa"/>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CF59038" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 421</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...6 lines deleted...]
-              <w:t>1005</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1990</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB4FE5" w:rsidRPr="00B4178F" w14:paraId="4921D15E" w14:textId="77777777" w:rsidTr="00BB4FE5">
+      <w:tr w:rsidR="001C6498" w14:paraId="3B0B1DED" w14:textId="77777777" w:rsidTr="00130E43">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3423" w:type="dxa"/>
-[...120 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3156F029" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PRESCRIPTION CENTER PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F482896" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>55 LAKE AVE NORTH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E49FE93" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WORCESTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37B81F73" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1827" w:type="dxa"/>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D9B54A6" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 421</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...6 lines deleted...]
-              <w:t>6377</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1900</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB4FE5" w:rsidRPr="00B4178F" w14:paraId="7352CF2E" w14:textId="77777777" w:rsidTr="00BB4FE5">
+      <w:tr w:rsidR="001C6498" w14:paraId="1AC86772" w14:textId="77777777" w:rsidTr="00130E43">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3423" w:type="dxa"/>
-[...120 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3487DAB9" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>UMMMC SPECIALTY PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5ADECBF0" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>55 LAKE AVENUE NORTH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3042A322" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WORCESTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07792D3E" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1827" w:type="dxa"/>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4EC9477D" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(888) 639</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4178F">
-[...6 lines deleted...]
-              <w:t>3462</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3988</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB4FE5" w:rsidRPr="00B4178F" w14:paraId="70BCD131" w14:textId="77777777" w:rsidTr="00BB4FE5">
+      <w:tr w:rsidR="001C6498" w14:paraId="40A35D32" w14:textId="77777777" w:rsidTr="00130E43">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3423" w:type="dxa"/>
-[...121 lines deleted...]
-                <w:color w:val="323232"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15353C82" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>UMass Memorial Medical Center Pharmacy - Belmont Street</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="365F14A1" w14:textId="5A29C264" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>119 Belmont Street</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78A73050" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Worcester</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40F5665F" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1827" w:type="dxa"/>
-[...44 lines deleted...]
-              <w:t>3800</w:t>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2165275A" w14:textId="625762BC" w:rsidR="001C6498" w:rsidRDefault="006C380C" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>508</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>421-1990</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB4FE5" w:rsidRPr="00B4178F" w14:paraId="43240DFE" w14:textId="77777777" w:rsidTr="00BB4FE5">
+      <w:tr w:rsidR="001C6498" w14:paraId="1EE6F3CA" w14:textId="77777777" w:rsidTr="00130E43">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3423" w:type="dxa"/>
-[...121 lines deleted...]
-                <w:color w:val="323232"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="563B152A" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="444444"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="444444"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Prescription Center Pharmacy- Hahnemann Campus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33A7C978" w14:textId="0F135125" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>281 Lincoln Street</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46E8D8EF" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Worcester</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6DD72895" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1827" w:type="dxa"/>
-[...44 lines deleted...]
-              <w:t>4390</w:t>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="723CBB36" w14:textId="45538B03" w:rsidR="001C6498" w:rsidRDefault="006C380C" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>508</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>421</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1990</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB4FE5" w:rsidRPr="00B4178F" w14:paraId="4E29657F" w14:textId="77777777" w:rsidTr="00BB4FE5">
+      <w:tr w:rsidR="001C6498" w14:paraId="611D5851" w14:textId="77777777" w:rsidTr="00130E43">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3423" w:type="dxa"/>
-[...141 lines deleted...]
-                <w:color w:val="323232"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D2358E3" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WALGREENS #10460</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7015C165" w14:textId="731CB19C" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1041 Route 28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0DA94418" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yarmouth</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31A5FEB2" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1827" w:type="dxa"/>
-[...1736 lines deleted...]
-              <w:t>3988</w:t>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4828D26C" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 394-1325</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0A067E66" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F" w:rsidP="002243C4">
+    <w:p w14:paraId="0A067E66" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0061224F">
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1080" w:bottom="1080" w:left="1080" w:header="720" w:footer="490" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="50ED1D60" w14:textId="77777777" w:rsidR="00041815" w:rsidRDefault="00041815">
+    <w:p w14:paraId="5564EDF6" w14:textId="77777777" w:rsidR="00EF5749" w:rsidRDefault="00F10D44">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3A86EF48" w14:textId="77777777" w:rsidR="00041815" w:rsidRDefault="00041815">
+    <w:p w14:paraId="3FB91099" w14:textId="77777777" w:rsidR="00EF5749" w:rsidRDefault="00F10D44">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Inherit">
+    <w:altName w:val="Cambria"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Narrow">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="60145849" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -22014,51 +26662,51 @@
     </w:r>
   </w:p>
   <w:p w14:paraId="078BC19D" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="70F1F033" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
@@ -22094,51 +26742,51 @@
     </w:r>
   </w:p>
   <w:p w14:paraId="0C98C55F" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="688A550B" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="114300" distR="114300" wp14:anchorId="600D4A1F" wp14:editId="78E15F4D">
           <wp:extent cx="182880" cy="182880"/>
@@ -22158,186 +26806,175 @@
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="182880" cy="182880"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="083A4406" w14:textId="77777777" w:rsidR="00041815" w:rsidRDefault="00041815">
+    <w:p w14:paraId="15427F84" w14:textId="77777777" w:rsidR="00EF5749" w:rsidRDefault="00F10D44">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2CB565A1" w14:textId="77777777" w:rsidR="00041815" w:rsidRDefault="00041815">
+    <w:p w14:paraId="5640C44C" w14:textId="77777777" w:rsidR="00EF5749" w:rsidRDefault="00F10D44">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...19 lines deleted...]
-  <w:p w14:paraId="4DED1577" w14:textId="02C29DD8" w:rsidR="0061224F" w:rsidRDefault="0061224F">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4DED1577" w14:textId="40E639F6" w:rsidR="0061224F" w:rsidRDefault="0061224F">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0061224F"/>
-    <w:rsid w:val="00041815"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00521FC0"/>
+    <w:rsid w:val="00130E43"/>
+    <w:rsid w:val="001C6498"/>
+    <w:rsid w:val="001F5364"/>
+    <w:rsid w:val="003507B7"/>
+    <w:rsid w:val="004A1ED1"/>
+    <w:rsid w:val="005328DB"/>
+    <w:rsid w:val="005C0CDF"/>
+    <w:rsid w:val="005C6851"/>
     <w:rsid w:val="0061224F"/>
+    <w:rsid w:val="0061358C"/>
     <w:rsid w:val="006863DE"/>
-    <w:rsid w:val="007156BD"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00B4178F"/>
+    <w:rsid w:val="006C380C"/>
+    <w:rsid w:val="00770F00"/>
+    <w:rsid w:val="0079073C"/>
+    <w:rsid w:val="007C7A90"/>
+    <w:rsid w:val="009E5E31"/>
+    <w:rsid w:val="00A552AA"/>
     <w:rsid w:val="00B86CD1"/>
-    <w:rsid w:val="00BB4FE5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E026AE"/>
+    <w:rsid w:val="00B95248"/>
+    <w:rsid w:val="00C12F71"/>
+    <w:rsid w:val="00C3755C"/>
+    <w:rsid w:val="00DC0618"/>
+    <w:rsid w:val="00EB6CB9"/>
     <w:rsid w:val="00EF5749"/>
     <w:rsid w:val="00F10D44"/>
+    <w:rsid w:val="00F2796D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4255BF6C"/>
   <w15:docId w15:val="{979B5290-0643-4CB4-B873-DDEF1D0D2618}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -22879,117 +27516,836 @@
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="msonormal0">
+    <w:name w:val="msonormal"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl34">
+    <w:name w:val="xl34"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="31" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="2F5396"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:ind w:firstLineChars="800" w:firstLine="800"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="FFFF00"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl35">
+    <w:name w:val="xl35"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="2F5396"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="FFFF00"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl46">
+    <w:name w:val="xl46"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="323232"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl47">
+    <w:name w:val="xl47"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl48">
+    <w:name w:val="xl48"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="323232"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl49">
+    <w:name w:val="xl49"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="323232"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl50">
+    <w:name w:val="xl50"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl51">
+    <w:name w:val="xl51"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl52">
+    <w:name w:val="xl52"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl53">
+    <w:name w:val="xl53"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:textAlignment w:val="top"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl54">
+    <w:name w:val="xl54"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="top"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl55">
+    <w:name w:val="xl55"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl56">
+    <w:name w:val="xl56"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="top"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl57">
+    <w:name w:val="xl57"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl58">
+    <w:name w:val="xl58"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl59">
+    <w:name w:val="xl59"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="top"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl60">
+    <w:name w:val="xl60"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl61">
+    <w:name w:val="xl61"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl62">
+    <w:name w:val="xl62"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl63">
+    <w:name w:val="xl63"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl64">
+    <w:name w:val="xl64"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Inherit" w:eastAsia="Times New Roman" w:hAnsi="Inherit" w:cs="Times New Roman"/>
+      <w:color w:val="63666A"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl65">
+    <w:name w:val="xl65"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:textAlignment w:val="top"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl66">
+    <w:name w:val="xl66"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="top"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl67">
+    <w:name w:val="xl67"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl68">
+    <w:name w:val="xl68"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:textAlignment w:val="top"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl69">
+    <w:name w:val="xl69"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:color w:val="444444"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl70">
+    <w:name w:val="xl70"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl74">
+    <w:name w:val="xl74"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl75">
+    <w:name w:val="xl75"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl76">
+    <w:name w:val="xl76"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001C6498"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001C6498"/>
+    <w:rPr>
+      <w:color w:val="467886"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001C6498"/>
+    <w:rPr>
+      <w:color w:val="96607D"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002243C4"/>
+    <w:rsid w:val="009E5E31"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="002243C4"/>
+    <w:rsid w:val="009E5E31"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="112409827">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1861509454">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="154801945">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1036543840">
+    <w:div w:id="486173576">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="734863786">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1179389752">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1699619199">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1869948227">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -23294,67 +28650,67 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>6917</Characters>
+  <Pages>5</Pages>
+  <Words>1465</Words>
+  <Characters>8354</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>86</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>69</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7978</CharactersWithSpaces>
+  <CharactersWithSpaces>9800</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Burwood, Benjamin (EHS)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>