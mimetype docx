--- v1 (2025-12-04)
+++ v2 (2026-01-22)
@@ -159,64 +159,64 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
           <w:color w:val="333399"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Executive Office of Health and Human Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D6AEE77" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t>Office of Medicaid, Health Safety Net</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A4B0899" w14:textId="1A30112A" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
+    <w:p w14:paraId="2A4B0899" w14:textId="69E9219F" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">100 Hancock Street, </w:t>
       </w:r>
-      <w:r w:rsidR="00A552AA">
+      <w:r w:rsidR="00E4212E">
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i w:val="0"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Floor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B95A65B" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
@@ -258,342 +258,376 @@
                 </wp:positionV>
                 <wp:extent cx="1635760" cy="1226820"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Rectangle 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="4532883" y="3171353"/>
                           <a:ext cx="1626235" cy="1217295"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="37ED6CF2" w14:textId="77777777" w:rsidR="00A552AA" w:rsidRDefault="00A552AA">
+                          <w:p w14:paraId="00FBBE29" w14:textId="77777777" w:rsidR="00E4212E" w:rsidRPr="00B35265" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
                             <w:pPr>
                               <w:jc w:val="center"/>
-                              <w:textDirection w:val="btLr"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                                <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
                                 <w:color w:val="333399"/>
                                 <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B35265">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                                <w:color w:val="333399"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>Dr. K</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                                <w:color w:val="333399"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>IAME</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00B35265">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                                <w:color w:val="333399"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> M</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                                <w:color w:val="333399"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>AHANIAH, MD, MBA</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="54BAE710" w14:textId="77777777" w:rsidR="00E4212E" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                                <w:color w:val="333399"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                                <w:color w:val="333399"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>Secretary</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="213F252F" w14:textId="77777777" w:rsidR="00E4212E" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                                <w:color w:val="333399"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="41460F10" w14:textId="2A390BED" w:rsidR="0061224F" w:rsidRDefault="00EB6CB9" w:rsidP="00EB6CB9">
+                          <w:p w14:paraId="0E824F3F" w14:textId="77777777" w:rsidR="00E4212E" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
                             <w:pPr>
-                              <w:textDirection w:val="btLr"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                                <w:color w:val="333399"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
-                                <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                                <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
                                 <w:color w:val="333399"/>
                                 <w:sz w:val="16"/>
-                              </w:rPr>
-[...72 lines deleted...]
-                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>MIKE LEVINE</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="0A562567" w14:textId="77777777" w:rsidR="00A552AA" w:rsidRDefault="00A552AA" w:rsidP="00A552AA">
+                          <w:p w14:paraId="3826EF31" w14:textId="77777777" w:rsidR="00E4212E" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
                             <w:pPr>
                               <w:jc w:val="center"/>
-                              <w:textDirection w:val="btLr"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                                <w:color w:val="333399"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
-                                <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                                <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
                                 <w:color w:val="333399"/>
                                 <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>Undersecretary for MassHealth</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="6130DD00" w14:textId="77777777" w:rsidR="00A552AA" w:rsidRDefault="00A552AA">
+                          <w:p w14:paraId="48B2F355" w14:textId="77777777" w:rsidR="00E4212E" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
                             <w:pPr>
                               <w:jc w:val="center"/>
-                              <w:textDirection w:val="btLr"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                                <w:color w:val="333399"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="49D89F05" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
+                          <w:p w14:paraId="142DD721" w14:textId="77777777" w:rsidR="00E4212E" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
                             <w:pPr>
                               <w:jc w:val="center"/>
-                              <w:textDirection w:val="btLr"/>
-[...1 lines deleted...]
-                            <w:r>
                               <w:rPr>
-                                <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                                <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
                                 <w:color w:val="333399"/>
                                 <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="009F77FD">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                                <w:color w:val="333399"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>www.mass.gov/eohhs</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="16595192" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
                             <w:pPr>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="7B9AFDD7" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="04091CF7" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
                             <w:pPr>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="2A1039B0" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:411pt;margin-top:14pt;width:128.8pt;height:96.6pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAQkKBYvQEAAFsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC813pZtiNYDooGLgoE&#10;rYGkH0BTpEVAItklbcl/3yXlxE56K3qhltzF7Mzsav0w9h05CXDK6Jpms5QSoblplD7U9NfL9vOK&#10;EueZblhntKjpWTj6sLn7tB5sJXLTmq4RQBBEu2qwNW29t1WSON6KnrmZsUJjUhromccrHJIG2IDo&#10;fZfkabpIBgONBcOFc/j6OCXpJuJLKbj/KaUTnnQ1RW4+nhDPfTiTzZpVB2C2VfxCg/0Di54pjU3f&#10;oB6ZZ+QI6i+oXnEwzkg/46ZPjJSKi6gB1WTpBzXPLbMiakFznH2zyf0/WP7j9Gx3gDYM1lUOw6Bi&#10;lNCHL/IjY03nZZGvVgUl55oW2TIrymIyToyecCzIFvkiL0pKOFZkebbM78tQkVyhLDj/TZiehKCm&#10;gJOJhrHTk/NT6WtJ6KzNVnVdnE6n3z0gZnhJrnxD5Mf9eBGxN815B8RZvlXY64k5v2OAU80oGXDS&#10;NXW/jwwEJd13jVbeZ/Mcqft4mZfLFPcEbjP72wzTvDW4QJ6SKfzq4zpNHL8cvZEq6gmsJioXsjjB&#10;6Mhl28KK3N5j1fWf2PwBAAD//wMAUEsDBBQABgAIAAAAIQCqgXZ43QAAAAsBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI8xT8MwEIV3JP6DdUhs1I4FIYQ4FUIwMJJ2YHTjI4mwz5HttOm/x51gOt29p3ff&#10;a7ars+yIIU6eFBQbAQyp92aiQcF+935XAYtJk9HWEyo4Y4Rte33V6Nr4E33isUsDyyEUa61gTGmu&#10;OY/9iE7HjZ+Rsvbtg9Mpr2HgJuhTDneWSyFK7vRE+cOoZ3wdsf/pFqdgRmsWe9+Jr56/BSrKjx0/&#10;Pyh1e7O+PANLuKY/M1zwMzq0mengFzKRWQWVlLlLUiCrPC8G8fhUAjvkiywk8Lbh/zu0vwAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAQkKBYvQEAAFsDAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCqgXZ43QAAAAsBAAAPAAAAAAAAAAAAAAAAABcE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAIQUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox inset="2.53958mm,1.2694mm,2.53958mm,1.2694mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="37ED6CF2" w14:textId="77777777" w:rsidR="00A552AA" w:rsidRDefault="00A552AA">
+                    <w:p w14:paraId="00FBBE29" w14:textId="77777777" w:rsidR="00E4212E" w:rsidRPr="00B35265" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
                       <w:pPr>
                         <w:jc w:val="center"/>
-                        <w:textDirection w:val="btLr"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                          <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
                           <w:color w:val="333399"/>
                           <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00B35265">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                          <w:color w:val="333399"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>Dr. K</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                          <w:color w:val="333399"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>IAME</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00B35265">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                          <w:color w:val="333399"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> M</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                          <w:color w:val="333399"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>AHANIAH, MD, MBA</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="54BAE710" w14:textId="77777777" w:rsidR="00E4212E" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                          <w:color w:val="333399"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                          <w:color w:val="333399"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>Secretary</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="213F252F" w14:textId="77777777" w:rsidR="00E4212E" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                          <w:color w:val="333399"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="41460F10" w14:textId="2A390BED" w:rsidR="0061224F" w:rsidRDefault="00EB6CB9" w:rsidP="00EB6CB9">
+                    <w:p w14:paraId="0E824F3F" w14:textId="77777777" w:rsidR="00E4212E" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
                       <w:pPr>
-                        <w:textDirection w:val="btLr"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                          <w:color w:val="333399"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
-                          <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                          <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
                           <w:color w:val="333399"/>
                           <w:sz w:val="16"/>
-                        </w:rPr>
-[...72 lines deleted...]
-                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>MIKE LEVINE</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="0A562567" w14:textId="77777777" w:rsidR="00A552AA" w:rsidRDefault="00A552AA" w:rsidP="00A552AA">
+                    <w:p w14:paraId="3826EF31" w14:textId="77777777" w:rsidR="00E4212E" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
                       <w:pPr>
                         <w:jc w:val="center"/>
-                        <w:textDirection w:val="btLr"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                          <w:color w:val="333399"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
-                          <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                          <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
                           <w:color w:val="333399"/>
                           <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>Undersecretary for MassHealth</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="6130DD00" w14:textId="77777777" w:rsidR="00A552AA" w:rsidRDefault="00A552AA">
+                    <w:p w14:paraId="48B2F355" w14:textId="77777777" w:rsidR="00E4212E" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
                       <w:pPr>
                         <w:jc w:val="center"/>
-                        <w:textDirection w:val="btLr"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                          <w:color w:val="333399"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="49D89F05" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
+                    <w:p w14:paraId="142DD721" w14:textId="77777777" w:rsidR="00E4212E" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
                       <w:pPr>
                         <w:jc w:val="center"/>
-                        <w:textDirection w:val="btLr"/>
-[...1 lines deleted...]
-                      <w:r>
                         <w:rPr>
-                          <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                          <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
                           <w:color w:val="333399"/>
                           <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="009F77FD">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                          <w:color w:val="333399"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>www.mass.gov/eohhs</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="16595192" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
                       <w:pPr>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="7B9AFDD7" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="04091CF7" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
                       <w:pPr>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
             </w:pict>
           </mc:Fallback>
@@ -626,251 +660,273 @@
                 </wp:positionV>
                 <wp:extent cx="1555115" cy="1226820"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Rectangle 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="4573205" y="3171353"/>
                           <a:ext cx="1545590" cy="1217295"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="2796E91D" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
+                          <w:p w14:paraId="33AC9617" w14:textId="77777777" w:rsidR="00060BCF" w:rsidRPr="007802E3" w:rsidRDefault="00060BCF" w:rsidP="00060BCF">
                             <w:pPr>
                               <w:jc w:val="center"/>
-                              <w:textDirection w:val="btLr"/>
-[...5 lines deleted...]
-                              <w:textDirection w:val="btLr"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                                <w:color w:val="333399"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
-                                <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                                <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
                                 <w:color w:val="333399"/>
                                 <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>MAURA HEALEY</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="546ACDFE" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
+                          <w:p w14:paraId="7F06B8F5" w14:textId="77777777" w:rsidR="00060BCF" w:rsidRDefault="00060BCF" w:rsidP="00060BCF">
                             <w:pPr>
                               <w:jc w:val="center"/>
-                              <w:textDirection w:val="btLr"/>
-[...1 lines deleted...]
-                            <w:r>
                               <w:rPr>
-                                <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                                <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
                                 <w:color w:val="333399"/>
                                 <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007802E3">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                                <w:color w:val="333399"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>Governor</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="206D7DF0" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
+                          <w:p w14:paraId="3FF28F95" w14:textId="77777777" w:rsidR="00060BCF" w:rsidRDefault="00060BCF" w:rsidP="00060BCF">
                             <w:pPr>
                               <w:jc w:val="center"/>
-                              <w:textDirection w:val="btLr"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                                <w:color w:val="333399"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="238532E9" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
+                          <w:p w14:paraId="577B1547" w14:textId="77777777" w:rsidR="00060BCF" w:rsidRDefault="00060BCF" w:rsidP="00060BCF">
                             <w:pPr>
                               <w:jc w:val="center"/>
-                              <w:textDirection w:val="btLr"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                                <w:color w:val="333399"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
-                                <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                                <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
                                 <w:color w:val="333399"/>
                                 <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>KIM DRISCOLL</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="47FEDC80" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
+                          <w:p w14:paraId="27EC2FF1" w14:textId="77777777" w:rsidR="00060BCF" w:rsidRDefault="00060BCF" w:rsidP="00060BCF">
                             <w:pPr>
                               <w:jc w:val="center"/>
-                              <w:textDirection w:val="btLr"/>
-[...1 lines deleted...]
-                            <w:r>
                               <w:rPr>
-                                <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                                <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
                                 <w:color w:val="333399"/>
                                 <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007802E3">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                                <w:color w:val="333399"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>Lieutenant Governor</w:t>
                             </w:r>
-                          </w:p>
-[...10 lines deleted...]
-                            </w:pPr>
                           </w:p>
                           <w:p w14:paraId="3121935C" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
                                 <w:color w:val="333399"/>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>Secretary</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="701EFD5F" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="6FEB1441" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="52CED8AC" id="Rectangle 2" o:spid="_x0000_s1027" style="position:absolute;margin-left:-37pt;margin-top:1pt;width:122.45pt;height:96.6pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuHUTFvgEAAGIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01zaUBo1XSFWRUgr&#10;qLTwAa5jN5YS28y4Tfr3jN3utsAb4sUZz4zOnHPGWT9MQ89OCtA42/BilnOmrHStsYeG//i+ffeB&#10;MwzCtqJ3VjX8rJA/bN6+WY++VqXrXN8qYARisR59w7sQfJ1lKDs1CJw5rywVtYNBBLrCIWtBjIQ+&#10;9FmZ5++z0UHrwUmFSNnHS5FvEr7WSoZvWqMKrG84cQvphHTu45lt1qI+gPCdkVca4h9YDMJYGvoK&#10;9SiCYEcwf0ENRoJDp8NMuiFzWhupkgZSU+R/qHnuhFdJC5mD/tUm/H+w8uvp2e+AbBg91khhVDFp&#10;GOKX+LGp4YtqOS/zirNzw+fFsphX84txagpMUkNRLapqRf5K6ijKYlmuqtiR3aA8YPis3MBi0HCg&#10;zSTDxOkJw6X1pSVOtm5r+j5tp7e/JQgzZrIb3xiFaT8x09L0ODdm9q4974Chl1tDI58Ehp0AWm7B&#10;2UgLbzj+PApQnPVfLDm6KhYlSQzpQopzkgP3lf19RVjZOXpHgbNL+CmkV3Wh+vEYnDZJ1o3KlTMt&#10;MhlzfXTxpdzfU9ft19j8AgAA//8DAFBLAwQUAAYACAAAACEAoqItEN0AAAAJAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPvW7DMAyE9wJ9B4EFuiVyjPw0juWgKNqhY50MHRWLsY1KlCHJifP2ZaZ2Iok7&#10;HL8r95Oz4oIh9p4ULOYZCKTGm55aBcfDx+wFREyajLaeUMENI+yrx4dSF8Zf6QsvdWoFh1AstIIu&#10;paGQMjYdOh3nfkBi7eyD04nP0EoT9JXDnZV5lq2l0z3xh04P+NZh81OPTsGA1ox2WWffjXwPtFh/&#10;HuRtpdTz0/S6A5FwSn9muOMzOlTMdPIjmSisgtlmyV2SgpzHXd9kWxAnXrarHGRVyv8Nql8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbh1Exb4BAABiAwAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAoqItEN0AAAAJAQAADwAAAAAAAAAAAAAAAAAY&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACIFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox inset="2.53958mm,1.2694mm,2.53958mm,1.2694mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="2796E91D" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
+                    <w:p w14:paraId="33AC9617" w14:textId="77777777" w:rsidR="00060BCF" w:rsidRPr="007802E3" w:rsidRDefault="00060BCF" w:rsidP="00060BCF">
                       <w:pPr>
                         <w:jc w:val="center"/>
-                        <w:textDirection w:val="btLr"/>
-[...5 lines deleted...]
-                        <w:textDirection w:val="btLr"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                          <w:color w:val="333399"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
-                          <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                          <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
                           <w:color w:val="333399"/>
                           <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>MAURA HEALEY</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="546ACDFE" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
+                    <w:p w14:paraId="7F06B8F5" w14:textId="77777777" w:rsidR="00060BCF" w:rsidRDefault="00060BCF" w:rsidP="00060BCF">
                       <w:pPr>
                         <w:jc w:val="center"/>
-                        <w:textDirection w:val="btLr"/>
-[...1 lines deleted...]
-                      <w:r>
                         <w:rPr>
-                          <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                          <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
                           <w:color w:val="333399"/>
                           <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007802E3">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                          <w:color w:val="333399"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>Governor</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="206D7DF0" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
+                    <w:p w14:paraId="3FF28F95" w14:textId="77777777" w:rsidR="00060BCF" w:rsidRDefault="00060BCF" w:rsidP="00060BCF">
                       <w:pPr>
                         <w:jc w:val="center"/>
-                        <w:textDirection w:val="btLr"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                          <w:color w:val="333399"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="238532E9" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
+                    <w:p w14:paraId="577B1547" w14:textId="77777777" w:rsidR="00060BCF" w:rsidRDefault="00060BCF" w:rsidP="00060BCF">
                       <w:pPr>
                         <w:jc w:val="center"/>
-                        <w:textDirection w:val="btLr"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                          <w:color w:val="333399"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
-                          <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                          <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
                           <w:color w:val="333399"/>
                           <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>KIM DRISCOLL</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="47FEDC80" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
+                    <w:p w14:paraId="27EC2FF1" w14:textId="77777777" w:rsidR="00060BCF" w:rsidRDefault="00060BCF" w:rsidP="00060BCF">
                       <w:pPr>
                         <w:jc w:val="center"/>
-                        <w:textDirection w:val="btLr"/>
-[...1 lines deleted...]
-                      <w:r>
                         <w:rPr>
-                          <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
+                          <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
                           <w:color w:val="333399"/>
                           <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007802E3">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+                          <w:color w:val="333399"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>Lieutenant Governor</w:t>
                       </w:r>
-                    </w:p>
-[...10 lines deleted...]
-                      </w:pPr>
                     </w:p>
                     <w:p w14:paraId="3121935C" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Bookman" w:eastAsia="Bookman" w:hAnsi="Bookman" w:cs="Bookman"/>
                           <w:color w:val="333399"/>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>Secretary</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="701EFD5F" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="6FEB1441" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:textDirection w:val="btLr"/>
@@ -925,25601 +981,20952 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55F13508" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="4925"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="218C6607" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2232D729" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
+    <w:p w14:paraId="36BDF333" w14:textId="77777777" w:rsidR="00834AE8" w:rsidRDefault="00834AE8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="137517B7" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="4925"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7834C0B7" w14:textId="456EA194" w:rsidR="0061224F" w:rsidRPr="00130E43" w:rsidRDefault="00F10D44" w:rsidP="00130E43">
+    <w:p w14:paraId="0E1B7677" w14:textId="11766166" w:rsidR="0061224F" w:rsidRDefault="00F10D44">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Health Safety Net Active </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Health Safety Net Active Pharmacy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003507B7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>November</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E4212E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>January</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:r w:rsidR="00A552AA">
+      <w:r w:rsidR="00E4212E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="4BBDFB79" w14:textId="77777777" w:rsidR="00834AE8" w:rsidRDefault="00834AE8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="1921"/>
-[...4 lines deleted...]
-        </w:tblCellMar>
+        <w:tblW w:w="11610" w:type="dxa"/>
+        <w:tblInd w:w="-725" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3369"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2070"/>
+        <w:gridCol w:w="4517"/>
+        <w:gridCol w:w="2559"/>
+        <w:gridCol w:w="1595"/>
+        <w:gridCol w:w="649"/>
+        <w:gridCol w:w="2290"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C6498" w14:paraId="6F461B0F" w14:textId="77777777" w:rsidTr="00130E43">
+      <w:tr w:rsidR="006863DE" w:rsidRPr="006863DE" w14:paraId="5FF4BC96" w14:textId="77777777" w:rsidTr="00E4212E">
         <w:trPr>
-          <w:trHeight w:val="330"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12062" w:type="dxa"/>
-[...39 lines deleted...]
-            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcW w:w="4517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="000000" w:fill="2F5396"/>
-[...5 lines deleted...]
-              <w:ind w:firstLineChars="800" w:firstLine="1606"/>
+            <w:shd w:val="clear" w:color="305496" w:fill="305496"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B5F206F" w14:textId="77777777" w:rsidR="006863DE" w:rsidRPr="006863DE" w:rsidRDefault="006863DE" w:rsidP="006863DE">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFF00"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+            <w:r w:rsidRPr="006863DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFF00"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pharmacy Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3473" w:type="dxa"/>
+            <w:tcW w:w="2559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="770419FF" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="305496" w:fill="305496"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B6C1187" w14:textId="77777777" w:rsidR="006863DE" w:rsidRPr="006863DE" w:rsidRDefault="006863DE" w:rsidP="006863DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFF00"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+            <w:r w:rsidRPr="006863DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFF00"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="7366488A" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="305496" w:fill="305496"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1BE91B4C" w14:textId="77777777" w:rsidR="006863DE" w:rsidRPr="006863DE" w:rsidRDefault="006863DE" w:rsidP="006863DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFF00"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+            <w:r w:rsidRPr="006863DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFF00"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>City</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="649" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="35F9CE8B" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="305496" w:fill="305496"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58C8EF60" w14:textId="77777777" w:rsidR="006863DE" w:rsidRPr="006863DE" w:rsidRDefault="006863DE" w:rsidP="006863DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFF00"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+            <w:r w:rsidRPr="006863DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFF00"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcW w:w="2290" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="4B758070" w14:textId="77777777" w:rsidR="001C6498" w:rsidRDefault="001C6498" w:rsidP="00130E43">
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="305496" w:fill="305496"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F941BA1" w14:textId="77777777" w:rsidR="006863DE" w:rsidRPr="006863DE" w:rsidRDefault="006863DE" w:rsidP="006863DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFF00"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+            <w:r w:rsidRPr="006863DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFF00"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Phone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C6498" w14:paraId="06DF29B4" w14:textId="77777777" w:rsidTr="00130E43">
-[...11091 lines deleted...]
-      <w:tr w:rsidR="001C6498" w14:paraId="56E81030" w14:textId="77777777" w:rsidTr="00130E43">
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="3B2B5731" w14:textId="77777777" w:rsidTr="00E4212E">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3369" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...106 lines deleted...]
-                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AF3C32C" w14:textId="10C5C107" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WALGREENS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0493526B" w14:textId="24C6698C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>60 SPRINGFIELD ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22CD87C6" w14:textId="2DBB7F43" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>AGAWAM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41DE738C" w14:textId="6BF75B3F" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2070" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>(508) 270</w:t>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E0399AE" w14:textId="0C5AA706" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(413) 786</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5799</w:t>
+              <w:t>1126</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C6498" w14:paraId="3D1125EC" w14:textId="77777777" w:rsidTr="00130E43">
-[...5590 lines deleted...]
-      <w:tr w:rsidR="001C6498" w14:paraId="36FA9A2F" w14:textId="77777777" w:rsidTr="00130E43">
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="3720F32B" w14:textId="77777777" w:rsidTr="00E4212E">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3369" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08BCC85F" w14:textId="2E448732" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BHCHP PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D5FA89F" w14:textId="17AFB4EE" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>780 ALBANY STREET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69D4B9DF" w14:textId="49122735" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BOSTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20EB7F3F" w14:textId="69D6C557" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="057D688F" w14:textId="7453B104" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(857) 654</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1790</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="6DDCF7F8" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="061D7B76" w14:textId="20CB1CD1" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>BIDMC PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3416123E" w14:textId="1CCE8DA2" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>364 BROOKLINE AVE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4DC6AD17" w14:textId="440F4D82" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BOSTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59EB19A7" w14:textId="6EEFEEE0" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B4414C1" w14:textId="30728F8E" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 667</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="4410CABE" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5121C65A" w14:textId="54E3174C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BMC OUTPATIENT PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17C33BD8" w14:textId="0322A6E0" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>732 HARRISON AVE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37DB9C72" w14:textId="3ED09B9E" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BOSTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F0D861F" w14:textId="5E0223CB" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44DF42C1" w14:textId="6A74EBEF" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 638</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8130</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="52DC1D51" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="533EB2B0" w14:textId="72CB7FE0" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BMC OUTPATIENT PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2759F7B6" w14:textId="7FBC55F2" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>850 HARRISON AVE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4180B890" w14:textId="0D0D9D4E" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BOSTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0235560A" w14:textId="03E29BC1" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53327C6C" w14:textId="225149E5" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 414</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4883</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="60DC545E" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="615D945A" w14:textId="6595083C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHARMACY AT SHAPIRO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E11180F" w14:textId="72BB4CEF" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>725 ALBANY ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50D4EFB5" w14:textId="489912B5" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BOSTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13FCE10D" w14:textId="57C4D3A4" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67527195" w14:textId="2CCC77B1" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 414</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4880</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="5090BED3" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F9D81EC" w14:textId="35F6D470" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BRIGHAM &amp; WOMEN'S HOSPITAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="588E2A87" w14:textId="1EEB4A1B" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>45 FRANCIS ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6102572E" w14:textId="2355AC1C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BOSTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31D76D42" w14:textId="47BA2A1E" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="308745E2" w14:textId="1DD81DA2" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 732</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="24C48CD2" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BF588AE" w14:textId="1670C006" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CVS PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="758967DB" w14:textId="10A5ED1C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>780 ALBANY ST FL 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="336224EF" w14:textId="5A781618" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BOSTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="572FBFB6" w14:textId="7AA8F9F7" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DDA8F9E" w14:textId="3BE7163F" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 488</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7081</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="401FAE82" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="235B27C3" w14:textId="4FD4AEC4" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DANA FARBER CANCER INSTITUTE PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B1124A6" w14:textId="43F457A8" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>450 BROOKLINE AVE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BB7F914" w14:textId="46180C9F" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BOSTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3BDB4903" w14:textId="27AE4170" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="668CBC46" w14:textId="2412FA02" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(866) 408</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3324</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="1093A128" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A768C58" w14:textId="38EF7EEF" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FENWAY PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50F2BAA6" w14:textId="391D7294" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1340 BOYLSTON ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0AEF525E" w14:textId="4E6F2AA0" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BOSTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A378E62" w14:textId="6C8D5222" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="605DFBD9" w14:textId="5B90F844" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 927</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6330</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="58C6C65A" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A9A2F89" w14:textId="51B6225E" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FENWAY PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="581E507E" w14:textId="6F7F2CDE" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>142 BERKELEY ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E02D4AE" w14:textId="16C6926E" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BOSTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6DA5E80E" w14:textId="37861FC5" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10C460EB" w14:textId="7EAD2567" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 267</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="51EFFE0A" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CB44043" w14:textId="115B8F57" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MASS GENERAL HOSPITAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A1234D1" w14:textId="31D97130" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>55 FRUIT ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7780EDAB" w14:textId="63F7B22F" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BOSTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="282ABEB8" w14:textId="10FDE379" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0AE36D97" w14:textId="2FFF376D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 724</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="5D52A7FD" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7EF1AAB5" w14:textId="6B41F84B" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MCINNIS HOUSE CLINIC PHARM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="182EE33C" w14:textId="7A3DA3CE" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>780 ALBANY ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59D0237A" w14:textId="128A155A" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BOSTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20EDDF61" w14:textId="00A2822C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="609F60D5" w14:textId="433CCF6A" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(857) 654</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1791</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="1D80E5D3" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4703823B" w14:textId="599F3405" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NORTH END WATERFRONT HEALTH PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6CA7EBCB" w14:textId="28445B4A" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>332 HANOVER ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="010DCD33" w14:textId="78780358" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BOSTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0985DA26" w14:textId="431FC0A1" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F0E9542" w14:textId="599F96B2" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 643</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2737</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="784DCDDC" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74FD8D9D" w14:textId="70EBF4B6" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>TAI TUNG PHARMACY INC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E2EC88E" w14:textId="5C683365" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>256 HARRISON AVE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23D0C7A1" w14:textId="23647301" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BOSTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B872F60" w14:textId="19206F45" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C313F15" w14:textId="5B35915D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 482</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7419</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="4B1E12DB" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BDF6AD4" w14:textId="4A8053DE" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>TUFTS MEDICINE PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2512353D" w14:textId="7D793146" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>800 WASHINGTON ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4691200E" w14:textId="7D98431D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BOSTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48878A15" w14:textId="03EBF59E" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12C92F08" w14:textId="72FA26D3" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 636</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5381</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="7BD93754" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BC64A4D" w14:textId="68893C83" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>COMMUNITY HEALTH CTR OF CAPE COD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="611D57A5" w14:textId="756E1F23" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>123 WATERHOUSE RD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3DB82F75" w14:textId="4450094B" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BOURNE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E015F2A" w14:textId="78F28FED" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75ACA8EB" w14:textId="68199061" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 477</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7090</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="5F2D36E2" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="572C8A60" w14:textId="12305FC2" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CHARLES RIVER COMMUNITY HEALTH INC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62C55E43" w14:textId="0B26F0E9" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>495 WESTERN AVE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48BE24EE" w14:textId="20434E07" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BRIGHTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="419B8A37" w14:textId="32CC3A8A" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07122BF6" w14:textId="5D34528B" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 783</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="5AF2C2DB" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="649F76FB" w14:textId="77295A79" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BNHC PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54A47730" w14:textId="51E1F46F" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>63 MAIN STREET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="447D5DE1" w14:textId="7CD1DC05" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BROCKTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="18875ABB" w14:textId="0F19DDD8" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1BB0712E" w14:textId="017F683D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 427</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4633</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="29C56740" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E2A40E6" w14:textId="02176130" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SIGNATURE HEALTHCARE PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26087C44" w14:textId="2CDC1CDE" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>110 LIBERTY ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E9405D6" w14:textId="6DB35308" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BROCKTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FB0A101" w14:textId="7D043FBE" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="361DA165" w14:textId="6EE078C6" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 894</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="66BB40D6" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1516C7A3" w14:textId="1DD6BF57" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CAMBRIDGE HEALTH ALLIANCE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25F57356" w14:textId="40EB2239" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1493 CAMBRIDGE ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="545669C8" w14:textId="0A775511" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CAMBRIDGE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1224F8B2" w14:textId="6D96AE32" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F6592BE" w14:textId="13176499" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 665</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="7A12F00F" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38B34C53" w14:textId="1FEFA86D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CAMBRIDGE HEALTH ALLIANCE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5183EC49" w14:textId="1DC03C1A" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>163 GORE ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D0C8815" w14:textId="774F71DF" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CAMBRIDGE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74CD661E" w14:textId="00C071D2" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06D37A99" w14:textId="7F8586BF" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 665</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="09F79D46" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43905D4B" w14:textId="553BA49E" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BRIGHAM &amp; WOMEN'S HOSPITAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1457EB2D" w14:textId="356C0C64" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>850 BOYLSTON ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BE5EA87" w14:textId="3ED981FC" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CHESTNUT HILL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E62F3F8" w14:textId="2CD2AE00" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05362A0B" w14:textId="610629C8" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(800) 294</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9999</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="126EDAFA" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B593F86" w14:textId="28177C3D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DANA FARBER CANCER INSTITUTE PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29E6E141" w14:textId="084D8F9C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">300 BOYLSTON ST </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="195C51E8" w14:textId="4BB7C1CD" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CHESTNUT HILL </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05BEFC37" w14:textId="1002C337" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0ADE6FAC" w14:textId="2A4B1804" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 632</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3000 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="6B234926" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41D352DB" w14:textId="7B8CAFFC" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CHICOPEE HEALTH CENTER  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="631E7193" w14:textId="7385A8E5" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>505 FRONT STREET </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21F80253" w14:textId="362C58D4" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CHICOPEE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="427DEF89" w14:textId="043EE829" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="745B3C40" w14:textId="1D89F8D9" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (413) 420</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6222 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="1D01D035" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48F80781" w14:textId="47C8A6C8" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WALGREENS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E44A9D1" w14:textId="302020B8" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>583 JAMES ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B339B7A" w14:textId="5A91DD6A" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CHICOPEE </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E08E87" w14:textId="6CDF026D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72C8D0DE" w14:textId="6B0A13FA" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (413) 493</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1860 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834AE8" w:rsidRPr="006863DE" w14:paraId="0C778A11" w14:textId="77777777" w:rsidTr="00834AE8">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="6A6519D3" w14:textId="5FB298B9" w:rsidR="00834AE8" w:rsidRDefault="00834AE8" w:rsidP="00834AE8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006863DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFF00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Pharmacy Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="439CA1B9" w14:textId="6199D443" w:rsidR="00834AE8" w:rsidRDefault="00834AE8" w:rsidP="00834AE8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006863DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFF00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF50986" w14:textId="6570ED1F" w:rsidR="00834AE8" w:rsidRDefault="00834AE8" w:rsidP="00834AE8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006863DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFF00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>City</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="557B5948" w14:textId="3845B5D9" w:rsidR="00834AE8" w:rsidRDefault="00834AE8" w:rsidP="00834AE8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006863DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFF00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>State</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="781D05E1" w14:textId="655E1BC6" w:rsidR="00834AE8" w:rsidRDefault="00834AE8" w:rsidP="00834AE8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006863DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFF00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Phone Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="438A3F99" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43BA3835" w14:textId="05081136" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WALGREENS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A0B1767" w14:textId="1BC8633E" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>735 CHIEF JUSTICE CUSHING HWY  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="768DB590" w14:textId="55BD4091" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>COHASSET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="357B4BC6" w14:textId="623AA0BA" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5616CB83" w14:textId="4FC6FD50" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (781) 383</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1772</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="1B0D84A6" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AEEED6C" w14:textId="710D5D73" w:rsidR="00E4212E" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BILH PHARMACY </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B172AB1" w14:textId="76282227" w:rsidR="00E4212E" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">230 BOWDOIN ST </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62CD95B3" w14:textId="7EE5B79B" w:rsidR="00E4212E" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DORCHESTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03F4E639" w14:textId="1BE72E22" w:rsidR="00E4212E" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6530C54A" w14:textId="7C5292C7" w:rsidR="00E4212E" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (617) 754</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0160 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="4389E7B8" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29B6B6B6" w14:textId="56D49629" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PHARMACY AT CODMAN SQUARE </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="618C2DB2" w14:textId="4C5CAA9D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">637 WASHINGTON ST   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59C1EDBD" w14:textId="14EDFA43" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DORCHESTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FCA50F6" w14:textId="796F3084" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F90DD63" w14:textId="120F0C37" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (617) 638</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="2AFE9126" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C8B65FF" w14:textId="4D00DE18" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> DANIEL DRISCOLL NEPONSET HEALTH CENTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2AD4AD8C" w14:textId="1F5C37F0" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>398 NEPONSET AVE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C129965" w14:textId="75EC3011" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DORCHESTER </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="309380BF" w14:textId="053CBD79" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25BEFD0D" w14:textId="00FFDBCC" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (617) 282</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3200 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="7B13F4AC" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="031325D7" w14:textId="79540292" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DORCHESTER HOUSE MULTI SERVICE CENTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="109F6414" w14:textId="6C4C579C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1353 DORCHESTER AVE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4DCF04DF" w14:textId="29E7BCAC" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DORCHESTER </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19FAB2EF" w14:textId="74ED9A54" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41AF3F16" w14:textId="5F7926B2" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (617) 288</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3230 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="7C70E2DD" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="479E67D7" w14:textId="186FC052" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>GEIGER GIBSON COMMUNITY HEALTH CENTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2302789A" w14:textId="1C196A24" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">250 MOUNT VERNON ST   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30D96917" w14:textId="0BAB920B" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DORCHESTER </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FA1533A" w14:textId="534747EA" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B029092" w14:textId="1229493A" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 288</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1140 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="3DDCE985" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11BC3079" w14:textId="515F44EE" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HARVARD NEIGHBORHOOD PHARMACY INC </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B9C52EB" w14:textId="24E62CEC" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>632 BLUE HILL AVE  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3725EDB8" w14:textId="5B95C7A6" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DORCHESTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="451D787F" w14:textId="0618376E" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> MA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16A47303" w14:textId="7AB7AEB8" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617)265</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0171 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="39608311" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5EF76C54" w14:textId="47B01312" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>UPHAMS CORNER HEALTH CENTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5503CAA0" w14:textId="31F4ABBD" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 415 COLUMBIA ROAD </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D813C7C" w14:textId="06D67517" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DORCHESTER </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31FA2B27" w14:textId="510C24EA" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6556434B" w14:textId="102AFCF4" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 265</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1310 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="77CFD3A4" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4690EF74" w14:textId="3C932F50" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WALGREENS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="413F0B88" w14:textId="6E950511" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>757 GALLIVAN BLVD </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2AAA4ACE" w14:textId="51D09D42" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DORCHESTER </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="620497FA" w14:textId="398C8AEE" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6547352C" w14:textId="15CA1250" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 282</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5246</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="33196C99" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF721AD" w14:textId="573CA585" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> EAST BOSTON NEIGHBORHOOD HEALTH CENTER </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75D3E7A6" w14:textId="31DAF38F" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10 GOVE ST  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D6ACA9B" w14:textId="23F752E0" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>EAST BOSTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64EB8D86" w14:textId="6087BC6B" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> MA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3BA13921" w14:textId="06F4BB3A" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 569</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5800 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="738A8373" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7167F99A" w14:textId="47E0D470" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> EAST BOSTON NEIGHBORHOOD HEALTH </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CENTER  MAVERICK</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CDF88D9" w14:textId="717FEBC8" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20 MAVERICK SQUARE </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6691C911" w14:textId="3E7F998C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>EAST BOSTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01DB8206" w14:textId="68A92E39" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> MA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D17C26C" w14:textId="08D72D01" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 568</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4800 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="0303F0E5" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23E1B7EF" w14:textId="36561DFF" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SOUTHCOAST PHARMACY </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="255A07B2" w14:textId="6E0C71C7" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>208 MILL ROAD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="09E5F02A" w14:textId="3A624471" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> FAIRHAVEN </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="553B2D16" w14:textId="7C2F34FC" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A3D76D0" w14:textId="2BAA0661" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 973</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2420 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="57964E5C" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="493D20D0" w14:textId="4A238628" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> SOUTHCOAST PHARMACY </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49209811" w14:textId="291D41EF" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">363 HIGHLAND AVE     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0276A01E" w14:textId="1050AC9F" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FALL RIVER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1BE94D82" w14:textId="15B52CF7" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> MA  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="604F26F4" w14:textId="7E96BA97" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 973</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7375 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="06F7894F" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C48F298" w14:textId="2F9F7A15" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STANDARD PHARMACY AT HEALTHFIRST </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="558F7C85" w14:textId="73232787" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">387 QUARRY STREET   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CA8E935" w14:textId="55EDEC0D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FALL RIVER </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77078FDC" w14:textId="548171BC" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7826E3A1" w14:textId="49845088" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(774) 322</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1335 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="590BCDC8" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="615B4BE0" w14:textId="7E8F8E07" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CAPE COD HEALTHCARE PHARMACY  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="067AC8B7" w14:textId="50451A65" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">100 TER HEUN DR </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F72BD05" w14:textId="0B44134C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FALMOUTH </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5FCA268E" w14:textId="506EE43D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69360933" w14:textId="5679834D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (508) 495</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7520 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="28D591A3" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34E24CD8" w14:textId="6BB8D9A2" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CHC FALMOUTH PHARMACY </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68AAD67B" w14:textId="73C2F386" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>200 JONES ROAD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CF3089E" w14:textId="79A08D17" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FALMOUTH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="129E90BC" w14:textId="1977928F" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> MA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68232F2C" w14:textId="3F9B3227" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 477</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7090 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="0113CB44" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2440EE36" w14:textId="084A7E73" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WALGREENS   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69FF58D8" w14:textId="67DF8835" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>70 MAIN STREET  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04003E66" w14:textId="1A9D985C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FLORENCE </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1866800F" w14:textId="0CB4247E" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F4B9159" w14:textId="7A8F23F6" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(413) 586</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1190 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="75DC3BDA" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F69B190" w14:textId="65A98968" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BRIGHAM &amp; WOMEN'S HOSPITAL </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44CDD48E" w14:textId="63E07F24" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20 PATRIOT PLACE </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2760188A" w14:textId="14FEED03" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FOXBOROUGH </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C9A2E84" w14:textId="6A37E69C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31F74343" w14:textId="1D74714E" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (866) 378</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9164 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="5FABC87F" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1CF10439" w14:textId="7CB57DA4" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KENNEDY COMMUNITY PHARMACY </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="653BB314" w14:textId="334C3A5B" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">354 WAVERLY ST </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E520532" w14:textId="3612BD07" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FRAMINGHAM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B9E1D76" w14:textId="4D7A098A" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> MA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BDD30F4" w14:textId="154A9959" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 270</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5799 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="47922930" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C379164" w14:textId="42925BF7" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> WALGREENS  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5AD1A0B0" w14:textId="1B823F11" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">201 MAIN STREET   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="370E6757" w14:textId="75C1D2FC" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GLOUCESTER </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E9F418F" w14:textId="3E0CAFCB" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7EA2D354" w14:textId="0D36192D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(978) 283</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7361</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="380927CD" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D42F106" w14:textId="4A1F47C4" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> HARWICH PORT OUTER CAPE PHARMACY </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C25642D" w14:textId="7FDDB6C9" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>710  ROUTE</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 28   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6180C286" w14:textId="4018F674" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HARWICHPORT </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23B38704" w14:textId="3B7D96FF" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="394F735A" w14:textId="67BDF77E" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(774) 237</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9000 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="6EFE0FC8" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5248B0B9" w14:textId="29312839" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HAVERHILL FAMILY HEALTH CENTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49B08D76" w14:textId="18A60B1F" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">755 MAIN ST </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="152FC30F" w14:textId="29CCF648" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HAVERHILL </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="645ACC19" w14:textId="1F78887D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A54B706" w14:textId="4B29466E" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(978) 683</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4000 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="550F99FB" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23B06B1D" w14:textId="033CFB88" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HOLYOKE HEALTH CENTER INC </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4209E9F6" w14:textId="33CB4D3E" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">230 MAPLE STREET   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11616593" w14:textId="70B9ED2C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HOLYOKE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60827EC2" w14:textId="6E5DE228" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0945C7D3" w14:textId="55CCF337" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (413) 420</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6210 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="434E7DC3" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52931217" w14:textId="1090ED6F" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WALGREENS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F29E960" w14:textId="24F7CBD8" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>520 W MAIN ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35EAECBB" w14:textId="1838BD71" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HYANNIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1088884B" w14:textId="474B1D1A" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60E16E39" w14:textId="7D0C9425" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 775-9211</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="7AE06882" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="353B81C0" w14:textId="17268D6A" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CAPE COD HEALTHCARE PHARMACY  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46ED6968" w14:textId="0D185CCB" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>27 PARK ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1CF19FA3" w14:textId="4AD59F51" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HYANNIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C85F66B" w14:textId="3FFE5796" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A4B6EA4" w14:textId="210FCA10" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 862</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5900 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="25DF66F0" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E1648C1" w14:textId="040D7250" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HARBOR CHC HYANNIS PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07F1BB9B" w14:textId="47426E2F" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">735 ATTUCKS LN </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5FB6D238" w14:textId="758355F8" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HYANNIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03AB8EEE" w14:textId="13C83039" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6796F91B" w14:textId="3B134477" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 778</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5414 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="11D2DBCA" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="067CCEC5" w14:textId="58D185BE" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>GREATER LAWRENCE FAMILY HEALTH CENT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D151D46" w14:textId="41ECA882" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>73A WINTHROP AVE  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E111219" w14:textId="16E2143A" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LAWRENCE </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF012BC" w14:textId="6E017221" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="180BA558" w14:textId="15733C59" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (978) 689</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6790 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="67BECA4C" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61469E69" w14:textId="0204BD9F" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GREATER LAWRENCE FAMILY HEALTH CENT </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D380DAA" w14:textId="7CB1C54D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">34 HAVERHILL ST   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A7125B3" w14:textId="373B59B2" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LAWRENCE </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01C01015" w14:textId="683B3D3C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4035B71E" w14:textId="4B1BFEBE" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (978) 688</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1567 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="351BEE85" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D63B2A2" w14:textId="3F2DFB5B" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>GREATER LAWRENCE FAMILY HEALTH CENT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14C8AF58" w14:textId="3534E181" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">700 ESSEX ST   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71FB892D" w14:textId="68DE91A2" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>LAWRENCE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59CA64C1" w14:textId="56219811" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> MA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44881F0C" w14:textId="12896147" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(978) 691</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6248 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="77468930" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B9A3205" w14:textId="445A5CB4" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GREATER LAWRENCE FAMILY HEALTH CENT </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="357DAB28" w14:textId="64D4E217" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">150 PARK ST </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="311BDFFE" w14:textId="50B74D48" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LAWRENCE </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="156CF189" w14:textId="1D1E6489" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F7ADB94" w14:textId="4CEEBD51" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(978) 686</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4453</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="65BB291A" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="680A0121" w14:textId="573273AA" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CVS PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62DA3138" w14:textId="2BB427F2" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9 NELSON STREET   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="679F1033" w14:textId="2C42D730" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LEOMINSTER </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C3D7314" w14:textId="6D59C1E9" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C74BE73" w14:textId="348C357F" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (978) 840</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8343 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="6D391659" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5824B6CA" w14:textId="7FBD1580" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CVS PHARMACY </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13855640" w14:textId="4A5E43C1" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>161 JACKSON ST </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D4A9A2E" w14:textId="257FE988" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LOWELL </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3209DB1C" w14:textId="16B203DF" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F279983" w14:textId="4FAB9E6F" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (978) 805</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="66ED268F" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="421B336B" w14:textId="7887D793" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>LYNN COMMUNITY HEALTH CENTER PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="289056AE" w14:textId="7C8FE567" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>269 UNION ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="445A1DA3" w14:textId="1185DF82" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>LYNN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="502FDA8B" w14:textId="37292405" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56DFE8A7" w14:textId="7ADF638B" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(781) 586</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="0D5418EE" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32ED1843" w14:textId="3AF8AB4B" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CAMBRIDGE HEALTH ALLIANCE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CC893C9" w14:textId="7F615408" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>195 CANAL ST STE 104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45DA70DE" w14:textId="133AD5F1" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MALDEN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6828CF3C" w14:textId="2FEE54F2" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00A321CB" w14:textId="08595BF4" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(781) 338</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0055</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="7C67AE75" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E4D0E11" w14:textId="37245A8C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>COMM. HLTH CTR OF CAPE COD PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D21A2F1" w14:textId="40CA1686" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>107 COMMERCIAL ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E74C40E" w14:textId="52DBECEE" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MASHPEE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50921205" w14:textId="2F91B7A3" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0ECA27DB" w14:textId="74B05B63" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 477</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="1F949D41" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="309CBDA9" w14:textId="4B61228A" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DANA FARBER CANCER INSTITUTE PHARMA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0824B951" w14:textId="3420FB1F" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5 BRANCH ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03E5FF64" w14:textId="1382E3C1" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>METHUEN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29836430" w14:textId="7600FE7E" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30A75C81" w14:textId="131ECEBB" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(978) 620</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="03DD9CBB" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="236178AB" w14:textId="7613F2CA" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>METHUEN FAMILY HEALTH CENT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D5EF87B" w14:textId="62F6849D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>147 PELHAM ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F6F8802" w14:textId="110234DF" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>METHUEN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24C1A259" w14:textId="1C3972A7" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="337E0048" w14:textId="31BE7014" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(978) 655</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5731</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="665B2CE8" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67D26BDA" w14:textId="01FC59F3" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NANTUCKET COTTAGE PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E8073B3" w14:textId="0990AE84" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10 VESPER LANE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70E343E9" w14:textId="6E3A6F1F" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NANTUCKET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59B13016" w14:textId="0C8F84F3" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D8EB24D" w14:textId="1272164C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 825</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="2A706779" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52D6A0B7" w14:textId="29365A32" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SOUTHCOAST PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0EE05D8E" w14:textId="16DF2E36" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>101 PAGE ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5071D897" w14:textId="183B55FE" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NEW BEDFORD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A8F080D" w14:textId="449E2E87" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C34A37B" w14:textId="56D4EE7C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 973</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5449</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="6C056AD3" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="353E52DE" w14:textId="11E13501" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>STOP &amp; SHOP PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32FDD42F" w14:textId="3012BB01" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1001 KINGS HIGHWAY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4EC1D821" w14:textId="70CB9B03" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NEW BEDFORD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D8D47A5" w14:textId="74D1438F" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30028718" w14:textId="44B63179" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 998</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0999</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="07F4A888" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26E008F4" w14:textId="11AEB9E2" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>STOP &amp; SHOP PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BC44C7B" w14:textId="4A9A617C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>438 DARTMOUTH ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34B714B4" w14:textId="09B00CF0" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NEW BEDFORD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA20758" w14:textId="3BBB49BA" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59009F85" w14:textId="2391B360" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 996</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5090</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="47535BB3" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF21C82" w14:textId="05E70A2E" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WALGREENS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="163C7C6C" w14:textId="04B9130B" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>854 PURCHASE ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="297E02DE" w14:textId="176EE1C9" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NEW BEDFORD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6240CB00" w14:textId="76F741F1" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6AB89C5C" w14:textId="383A9230" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 992</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3209</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="34A2AF60" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63F1B98B" w14:textId="3D606F9C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>BERKSHIRE COMMUNITY PHARMACY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3473" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B67E954" w14:textId="0D41B8BD" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>71 HOSPITAL AVE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C6F2191" w14:textId="43F8A5C7" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NORTH ADAMS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E67A0A6" w14:textId="58D4A227" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="688AEC93" w14:textId="5304358A" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(413) 664</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5333</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834AE8" w:rsidRPr="006863DE" w14:paraId="252DCEDE" w14:textId="77777777" w:rsidTr="00834AE8">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...27 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="464BBA37" w14:textId="37EF8C13" w:rsidR="00834AE8" w:rsidRDefault="00834AE8" w:rsidP="00834AE8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006863DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFF00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Pharmacy Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="6233AED7" w14:textId="7BDD8AFE" w:rsidR="00834AE8" w:rsidRDefault="00834AE8" w:rsidP="00834AE8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006863DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFF00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="73C7464B" w14:textId="7D2A2728" w:rsidR="00834AE8" w:rsidRDefault="00834AE8" w:rsidP="00834AE8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006863DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFF00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>City</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="3EE0A36E" w14:textId="552D3785" w:rsidR="00834AE8" w:rsidRDefault="00834AE8" w:rsidP="00834AE8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006863DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFF00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>State</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="4AEA9A49" w14:textId="42B7CB3F" w:rsidR="00834AE8" w:rsidRDefault="00834AE8" w:rsidP="00834AE8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006863DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFF00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Phone Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="1EABBE95" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41BD8EBD" w14:textId="4700B14C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>WALGREENS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2019D203" w14:textId="5F48D765" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>225R KING ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="199A7F67" w14:textId="1BAB1907" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>NORTH ADAMS</w:t>
-[...7 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:t>NORTHAMPTON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="571662BD" w14:textId="2D5A7B57" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10D6E213" w14:textId="77AF60FD" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(413) 587</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2802</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="3ED73C76" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="602EC5E6" w14:textId="1F06B5F7" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>HEALTH CENTER PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D6AE217" w14:textId="3D328160" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">119 NEW ATHOL RD, Building 1, Suite 140 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08708EE2" w14:textId="14EA66DF" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>ORANGE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="612637C3" w14:textId="656D776F" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2070" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12360E82" w14:textId="173FDB68" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(978) 673-8933</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="51D1409E" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...19 lines deleted...]
-              <w:t>(413) 664</w:t>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62374D49" w14:textId="76213E50" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WALGREENS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E9CE23A" w14:textId="33B5AF2D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>35 MAIN ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="639FBCCF" w14:textId="27DD93A0" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PEABODY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="021B4737" w14:textId="7E24AA3E" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B87BFAD" w14:textId="358E760A" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(978) 977</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5333</w:t>
+              <w:t>9211</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C6498" w14:paraId="6701A7DD" w14:textId="77777777" w:rsidTr="00130E43">
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="74FF05F9" w14:textId="77777777" w:rsidTr="00E4212E">
         <w:trPr>
-          <w:trHeight w:val="285"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3369" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63A8C609" w14:textId="538F999F" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>BERKSHIRE COMMUNITY PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CC242E6" w14:textId="308837BB" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>725 NORTH ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="238D6685" w14:textId="3B6CF4FA" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>PITTSFIELD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02A2C48D" w14:textId="193086BE" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="395B0C98" w14:textId="29F4AE8D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(413) 395</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7610</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="3FB4CD92" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="769521BB" w14:textId="69250584" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HARBOR COMMUNITY HEALTH CENTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="523C01F0" w14:textId="708D2F4A" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10 CORDAGE PARK CIRCLE, Suite 115</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63232987" w14:textId="2E2409A4" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PLYMOUTH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56FD1BF9" w14:textId="11B10619" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="472709EE" w14:textId="720B8D41" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 778-5470</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="20A90992" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="163F3947" w14:textId="16209344" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PROVINCETOWN OUTER CAPE PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1285071A" w14:textId="701223FE" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>49 HARRY KEMP WAY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="146E2DAA" w14:textId="10DE1C89" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PROVINCETOWN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61DA9598" w14:textId="02709F43" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19A9C2F6" w14:textId="054C4C95" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 487</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9395</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="4AFBD4B7" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FE0F458" w14:textId="5D9A4412" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHARMACY AT MANET COMMUNITY HEALTH CENTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="440A8054" w14:textId="5EAB6616" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>110 W SQUANTUM ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61E9DE5F" w14:textId="5265CD24" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>QUINCY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6404C3C4" w14:textId="76D7DB2C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25D72D91" w14:textId="6B2B6B56" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 638</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8140</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="21280717" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A1C3D6F" w14:textId="5230CDE3" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SOUTHCOAST COMMUNITY HEALTH PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="686D93B4" w14:textId="7654F39F" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>435 HANCOCK ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4EC84C10" w14:textId="59C52115" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>QUINCY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="751ADC53" w14:textId="76731C2A" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2283462E" w14:textId="2D474783" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 318</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3310</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="29ABA4F0" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17A4AF8F" w14:textId="6DDB5823" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>WALGREENS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3473" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23EFCF40" w14:textId="7FB60138" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>418 QUINCY AVE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41EE9CF9" w14:textId="0345FF78" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>QUINCY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A08C44F" w14:textId="02A0F724" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D601252" w14:textId="5001C042" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 472</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4483</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="75EA9AEB" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...27 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38E35A2A" w14:textId="3200A58B" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WALGREENS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0506C1F9" w14:textId="4AE195EB" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>324 HANCOCK ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F4C1039" w14:textId="1EABD93E" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>QUINCY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54173F56" w14:textId="1078FD55" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1AE59DFC" w14:textId="3DEB134D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 471</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0517</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="2396B7A7" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4446296C" w14:textId="68F6E35F" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>WALGREENS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52AFFE68" w14:textId="081CEAEB" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>550 ADAMS STREET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44BFC462" w14:textId="67D23AF7" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>QUINCY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BDDACF6" w14:textId="647368BD" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>NORTHAMPTON</w:t>
-[...7 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5241062C" w14:textId="455426DF" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 770</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3435</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="17CCA4D8" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68104A32" w14:textId="429B8236" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>CORNERSTONE HEALTH SOLUTIONS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53FB59C6" w14:textId="27453129" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>40 TEED DR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6CAFD333" w14:textId="3866E975" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>RANDOLPH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3046364D" w14:textId="112B5086" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2070" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="109DFBAC" w14:textId="79F3BA3C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(781) 805</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8220</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="26701FC7" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...19 lines deleted...]
-              <w:t>(413) 587</w:t>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20DC9E27" w14:textId="28E68A5B" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WALGREENS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AAC1409" w14:textId="288815D3" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>170 N MAIN ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46897D41" w14:textId="06600BC1" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>RANDOLPH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2396F43E" w14:textId="4732A3B5" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7124A8E4" w14:textId="4BF4BD32" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(781) 963</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>2802</w:t>
+              <w:t>7713</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C6498" w14:paraId="320D0101" w14:textId="77777777" w:rsidTr="00130E43">
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="7A5E2224" w14:textId="77777777" w:rsidTr="00BE6279">
         <w:trPr>
-          <w:trHeight w:val="285"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3369" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="367FCCF7" w14:textId="4B5D9E9B" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>REVERE HEALTHCARE CENTER PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5FE6F7FF" w14:textId="7DF0D99D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>300 OCEAN AVE, Suite 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3AC4CA6D" w14:textId="796747ED" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>REVERE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A969ACE" w14:textId="3864FF12" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6EBD9731" w14:textId="54F9265A" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(781) 485</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="5E2C4DC5" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0850BC49" w14:textId="60CFBA2C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DIMOCK HEALTH CENTER PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C540414" w14:textId="7956885B" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>45 DIMOCK ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E2D38A6" w14:textId="066EA52E" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ROXBURY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07E319CA" w14:textId="2EDAC5FC" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E6119EC" w14:textId="46E00AB3" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 427</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="7A0BD4F1" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64B07301" w14:textId="5E7AD70E" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WHITTIER STREET HEALTH CENTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6038D18A" w14:textId="6F2B351B" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1290 TREMONT ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7ECB95B6" w14:textId="2DC74F4C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ROXBURY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="633B6D9D" w14:textId="0ECB1701" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79E8FBAB" w14:textId="0C4A5B9E" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 606</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3777</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="0C9B33E7" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32F50B47" w14:textId="50FBB61A" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>EATON APOTHECARY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7DBE61A8" w14:textId="2424CD0F" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>47 CONGRESS ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BB55316" w14:textId="2C4B9546" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SALEM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46411995" w14:textId="247C52CA" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A7F3182" w14:textId="79F93E79" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(978) 744</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="1EC6D0AB" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3922D912" w14:textId="1ECED418" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>WALGREENS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3473" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08EE4B34" w14:textId="6BD6ECD3" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>29 NEW DERBY ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38C7BE31" w14:textId="0137CA55" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SALEM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61D82F65" w14:textId="162110A3" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D9F2E7A" w14:textId="367C61B1" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(978) 744</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7442</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="221164CE" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...27 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C3FFB80" w14:textId="4BFEF313" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BAYSTATE PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA02D00" w14:textId="7883212C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3300 MAIN ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14EB2821" w14:textId="64FD7C3D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SPRINGFIELD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C6F2646" w14:textId="2A2DC9B7" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F1C0C51" w14:textId="53D86D15" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(855) 865</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5432</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="7B41DA93" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10550389" w14:textId="42CFA701" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>BAYSTATE PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28756A4D" w14:textId="38484564" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>759 CHESTNUT ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B7BC30C" w14:textId="1D836435" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>PEABODY</w:t>
-[...7 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:t>SPRINGFIELD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15F66A3F" w14:textId="4E7EC741" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29569FEC" w14:textId="02E9EE85" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(413) 794</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3291</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="5E3F4604" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="286B424C" w14:textId="5E4218F0" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>BAYSTATE PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35DB320E" w14:textId="7086820C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>380 PLAINFIELD ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="351C11C3" w14:textId="478032B6" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>SPRINGFIELD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10E2350B" w14:textId="04ED024D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2070" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51199A3F" w14:textId="5FDEA73A" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(413) 794</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9442</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="2409096F" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...19 lines deleted...]
-              <w:t>(978) 977</w:t>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C6DED35" w14:textId="67CB5896" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BAYSTATE PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6031D75A" w14:textId="7ED00A79" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>140 HIGH ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="731F9460" w14:textId="352D935D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SPRINGFIELD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D8C0A4F" w14:textId="0010E6CB" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20742DAD" w14:textId="021B8D7F" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(413) 794</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>9211</w:t>
+              <w:t>9960</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C6498" w14:paraId="4725CA8E" w14:textId="77777777" w:rsidTr="00130E43">
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="0945AADC" w14:textId="77777777" w:rsidTr="00BE6279">
         <w:trPr>
-          <w:trHeight w:val="255"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3369" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="09BBBB06" w14:textId="5BF46A8C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>CARING HEALTH CENTER PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0202848A" w14:textId="378B9D45" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1049 MAIN ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35A34DD1" w14:textId="3340ED9D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>BERKSHIRE COMMUNITY PHARMACY</w:t>
-[...7 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:t>SPRINGFIELD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54ED20CC" w14:textId="5C50BDCB" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="281002BC" w14:textId="0003E24C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(413) 693</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="6AE90FCC" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...27 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50B8751D" w14:textId="05ADC455" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHARMACY AT MERCY MEDICAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F71C668" w14:textId="3598131B" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>299 CAREW ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5AD55AB2" w14:textId="78A69A21" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SPRINGFIELD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4605537A" w14:textId="3B8477DC" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55604FFA" w14:textId="147E2B5F" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(413) 452</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6377</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="657F2CB7" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A0FE71F" w14:textId="48BC899F" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SPRINGFIELD PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F2233DB" w14:textId="6C237D32" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2547 MAIN ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E2C16BF" w14:textId="5630E351" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SPRINGFIELD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C719472" w14:textId="4B41B466" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C58CB62" w14:textId="06412D1E" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(413)266</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3462</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="4AD71214" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE35892" w14:textId="1770DBF5" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>PITTSFIELD</w:t>
-[...7 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:t>CHARLES RIVER COMMUNITY HEALTH INC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5EC9CF0D" w14:textId="6FEE974B" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>43 FOUNDRY AVE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F1902C8" w14:textId="3A7C801D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WALTHAM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D8CA36B" w14:textId="506C280F" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17664E50" w14:textId="06722664" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(781) 693</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="18506383" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37DD59E4" w14:textId="4074B2EA" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>MASS GENERAL WEST PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41CE4463" w14:textId="26899AF7" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>40 SECOND AVE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21226B86" w14:textId="218208F2" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>WALTHAM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4083BA30" w14:textId="0B6F8463" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2070" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="188A9A5B" w14:textId="550CCE82" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(781) 487</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4390</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="36F4A53B" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...19 lines deleted...]
-              <w:t>(413) 395</w:t>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F0652E2" w14:textId="2F595F4E" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>OUTER CAPE HEALTH SERVICES PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10A68E15" w14:textId="20F36715" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2700 STATE </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HIGHWAY,ROUTE</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60A57745" w14:textId="375A5885" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WELLFLEET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46DD8262" w14:textId="260B1F43" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3ADFCE28" w14:textId="0D5F46F2" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 214</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>7610</w:t>
+              <w:t>0187</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C6498" w14:paraId="2829A1AF" w14:textId="77777777" w:rsidTr="00130E43">
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="7ADCACAD" w14:textId="77777777" w:rsidTr="00E4212E">
         <w:trPr>
-          <w:trHeight w:val="285"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3369" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="627393F6" w14:textId="548976C7" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>BIDMC PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="070021CE" w14:textId="387BC59D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>80 WILSON WAY SUITE B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B1DA2B8" w14:textId="12BF8A7D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WESTWOOD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2AF8403E" w14:textId="39554D91" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>PROVINCETOWN OUTER CAPE PHARMACY</w:t>
-[...7 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10C5445F" w14:textId="070DEE90" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(781) 352</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="034916B4" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...27 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7ED96394" w14:textId="72E87361" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WALGREENS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74CE12FB" w14:textId="29C4747E" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>750 WASHINGTON ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20BB2EE2" w14:textId="0B4507BD" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WEYMOUTH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="480245C7" w14:textId="181DFEAF" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A3BCD8B" w14:textId="55CF4741" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(781) 331</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5301</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="1E214B9B" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25F8BCA0" w14:textId="30116958" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>WALGREENS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="526919AC" w14:textId="3E67210C" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>969 MAIN ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="250ABA45" w14:textId="5BEAFE03" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>PROVINCETOWN</w:t>
-[...7 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:t>WEYMOUTH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2798BA4A" w14:textId="130F893D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="292F7ED4" w14:textId="59978562" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(781) 340</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5620</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="243719BB" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E5E42CF" w14:textId="79AB7D95" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>EDWARD M KENNEDY COMMUNITY HEALTH CENTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="013606AC" w14:textId="1B6676DA" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>19 TACOMA ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10AAB78C" w14:textId="6C2BA15D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WORCESTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00503F25" w14:textId="371B11A8" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2070" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21931FC9" w14:textId="07AD91DB" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 854</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2128</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="0E18D042" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...19 lines deleted...]
-              <w:t>(508) 487</w:t>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70E2F1E3" w14:textId="189A9E92" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ESSENTIALRX LLC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D667695" w14:textId="750770DA" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>123 SUMMER STREET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6EDFFD94" w14:textId="3131FA19" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WORCESTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22101399" w14:textId="70E4A4EF" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DCC9FBC" w14:textId="02DC63BF" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 363</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>9395</w:t>
+              <w:t>6602</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C6498" w14:paraId="6AF1BA6E" w14:textId="77777777" w:rsidTr="00130E43">
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="3F8D6B56" w14:textId="77777777" w:rsidTr="00E4212E">
         <w:trPr>
-          <w:trHeight w:val="285"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3369" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68FA2919" w14:textId="6BAB9E66" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>FAMILY HEALTH CTR INC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60079BF7" w14:textId="4350EE7D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>PHARMACY AT MANET COMMUNITY HEALTH CENTER</w:t>
-[...7 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:t>26 QUEEN ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1EF7448D" w14:textId="4F452692" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WORCESTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F0D8554" w14:textId="455333CB" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14C0B286" w14:textId="504F6E6D" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 860</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="3BCB6019" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...27 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F5BA5F9" w14:textId="11C8C2E2" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PRESCRIPTION CENTER PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69FB123A" w14:textId="52878641" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>119 BELMONT ST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF733EE" w14:textId="2080AB69" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WORCESTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29900AC7" w14:textId="47E73C86" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15FA3B8D" w14:textId="4B14342B" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 421</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1990</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="31658F44" w14:textId="77777777" w:rsidTr="00E4212E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...27 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04326AB0" w14:textId="7A243546" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PRESCRIPTION CENTER PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D339FFB" w14:textId="1AEFA86E" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>55 LAKE AVE NORTH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="608D22F1" w14:textId="38D01F3F" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WORCESTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="218271B0" w14:textId="225B4355" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24502343" w14:textId="15D988E6" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(508) 421</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4212E" w:rsidRPr="006863DE" w14:paraId="61D7372D" w14:textId="77777777" w:rsidTr="00BE6279">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2035F9F3" w14:textId="37500E5A" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>UMMMC SPECIALTY PHARMACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51C29560" w14:textId="54FE2895" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>55 LAKE AVENUE NORTH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30E96343" w14:textId="66160444" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="323232"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>WORCESTER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0491BD96" w14:textId="437B5DAF" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2070" w:type="dxa"/>
-[...26 lines deleted...]
-              <w:t>(617) 638</w:t>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6622D877" w14:textId="376C22C4" w:rsidR="00E4212E" w:rsidRPr="006863DE" w:rsidRDefault="00E4212E" w:rsidP="00E4212E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(888) 639</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‐</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>8140</w:t>
-[...6610 lines deleted...]
-              </w:rPr>
               <w:t>3988</w:t>
-            </w:r>
-[...556 lines deleted...]
-              <w:t>(508) 394-1325</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w14:paraId="1AD21F46" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="0A067E66" w14:textId="77777777" w:rsidR="0061224F" w:rsidRDefault="0061224F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0061224F">
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1080" w:bottom="1080" w:left="1080" w:header="720" w:footer="490" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
@@ -26531,75 +21938,70 @@
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3FB91099" w14:textId="77777777" w:rsidR="00EF5749" w:rsidRDefault="00F10D44">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman">
     <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="default"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-  </w:font>
-[...6 lines deleted...]
-    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Narrow">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -26826,124 +22228,110 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="15427F84" w14:textId="77777777" w:rsidR="00EF5749" w:rsidRDefault="00F10D44">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5640C44C" w14:textId="77777777" w:rsidR="00EF5749" w:rsidRDefault="00F10D44">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4DED1577" w14:textId="40E639F6" w:rsidR="0061224F" w:rsidRDefault="0061224F">
+  <w:p w14:paraId="4DED1577" w14:textId="477FB3DD" w:rsidR="0061224F" w:rsidRDefault="0061224F">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0061224F"/>
-    <w:rsid w:val="00130E43"/>
-[...6 lines deleted...]
-    <w:rsid w:val="005C6851"/>
+    <w:rsid w:val="00060BCF"/>
+    <w:rsid w:val="001502CF"/>
+    <w:rsid w:val="005864A2"/>
     <w:rsid w:val="0061224F"/>
-    <w:rsid w:val="0061358C"/>
     <w:rsid w:val="006863DE"/>
-    <w:rsid w:val="006C380C"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00A552AA"/>
+    <w:rsid w:val="00834AE8"/>
     <w:rsid w:val="00B86CD1"/>
-    <w:rsid w:val="00B95248"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00EB6CB9"/>
+    <w:rsid w:val="00C55710"/>
+    <w:rsid w:val="00C93599"/>
+    <w:rsid w:val="00E4212E"/>
     <w:rsid w:val="00EF5749"/>
     <w:rsid w:val="00F10D44"/>
-    <w:rsid w:val="00F2796D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4255BF6C"/>
@@ -27516,836 +22904,104 @@
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="msonormal0">
-[...664 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009E5E31"/>
+    <w:rsid w:val="005864A2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="009E5E31"/>
+    <w:rsid w:val="005864A2"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="112409827">
-[...25 lines deleted...]
-    </w:div>
     <w:div w:id="154801945">
-      <w:bodyDiv w:val="1"/>
-[...24 lines deleted...]
-    <w:div w:id="734863786">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1179389752">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1699619199">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="1869948227">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -28650,67 +23306,67 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>8354</Characters>
+  <Pages>3</Pages>
+  <Words>1180</Words>
+  <Characters>6727</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
-  <Lines>69</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>56</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9800</CharactersWithSpaces>
+  <CharactersWithSpaces>7892</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Burwood, Benjamin (EHS)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>