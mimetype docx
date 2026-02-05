--- v0 (2025-11-05)
+++ v1 (2026-02-05)
@@ -37,51 +37,51 @@
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5072A4E1" wp14:editId="592C2666">
             <wp:extent cx="1209675" cy="600075"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="2118679234" name="Graphic 2118679234" descr="MassHealth logo"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Graphic 2118679234"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                          <a16:creationId xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns="" id="{0B90408E-33AD-DEBE-20D0-13E3C8981F00}"/>
+                          <a16:creationId xmlns="" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" id="{0B90408E-33AD-DEBE-20D0-13E3C8981F00}"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1209675" cy="600075"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F825627" w14:textId="2B47CC5D" w:rsidR="008E53B1" w:rsidRPr="00132F52" w:rsidRDefault="0076E01C" w:rsidP="4CB88954">
       <w:pPr>
@@ -656,55 +656,55 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16DACEBC" w14:textId="4A59AAFC" w:rsidR="00611017" w:rsidRPr="00C623C0" w:rsidRDefault="00611017" w:rsidP="00611017">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10008" w:type="dxa"/>
         <w:tblInd w:w="-113" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1705"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="1350"/>
-        <w:gridCol w:w="1620"/>
-        <w:gridCol w:w="3600"/>
+        <w:gridCol w:w="1733"/>
+        <w:gridCol w:w="3487"/>
         <w:gridCol w:w="1013"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008E6BC4" w:rsidRPr="00C623C0" w14:paraId="3EAEF6C6" w14:textId="77777777" w:rsidTr="005D5E78">
+      <w:tr w:rsidR="008E6BC4" w:rsidRPr="00C623C0" w14:paraId="3EAEF6C6" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="479"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E022361" w14:textId="47D59F06" w:rsidR="008E6BC4" w:rsidRPr="00A27DAF" w:rsidRDefault="008E6BC4" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A27DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
@@ -773,79 +773,79 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A27DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Type of Update</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4FB48007" w14:textId="7A88B13B" w:rsidR="008E6BC4" w:rsidRPr="00A27DAF" w:rsidRDefault="008E6BC4" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A27DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Section Header</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55485D80" w14:textId="2120236B" w:rsidR="008E6BC4" w:rsidRPr="00A27DAF" w:rsidRDefault="008E6BC4" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A27DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Update</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -856,51 +856,51 @@
           <w:p w14:paraId="5437C9D8" w14:textId="5FBAFB85" w:rsidR="008E6BC4" w:rsidRPr="00A27DAF" w:rsidRDefault="008E6BC4" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A27DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Update release date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0088525E" w:rsidRPr="00C623C0" w14:paraId="56567FD2" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="0088525E" w:rsidRPr="00C623C0" w14:paraId="56567FD2" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11082112" w14:textId="1D02FBC9" w:rsidR="0088525E" w:rsidRDefault="00AA2716" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -928,73 +928,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37E73DDC" w14:textId="0C06A7A9" w:rsidR="0088525E" w:rsidRDefault="0090000C" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D3CE57B" w14:textId="45C04952" w:rsidR="0088525E" w:rsidRDefault="00AA2716" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Introduction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="643C813D" w14:textId="52C20827" w:rsidR="0088525E" w:rsidRDefault="00AA2716" w:rsidP="64AFDFD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Added language on audit p</w:t>
             </w:r>
             <w:r w:rsidR="007A0F8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>rocess</w:t>
             </w:r>
@@ -1025,51 +1025,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2/</w:t>
             </w:r>
             <w:r w:rsidR="00DE4E2C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F728D1" w:rsidRPr="00C623C0" w14:paraId="300FB1A4" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00F728D1" w:rsidRPr="00C623C0" w14:paraId="300FB1A4" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42D76A75" w14:textId="407CA945" w:rsidR="00F728D1" w:rsidRPr="009310E0" w:rsidRDefault="002E6206" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Health</w:t>
             </w:r>
             <w:r w:rsidR="00C517CB">
               <w:rPr>
@@ -1105,73 +1105,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1289B057" w14:textId="772E7170" w:rsidR="00F728D1" w:rsidRPr="009310E0" w:rsidRDefault="00DE4E2C" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="473EC37C" w14:textId="5DB93978" w:rsidR="00F728D1" w:rsidRDefault="00330B11" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Measure Requirement and Assessment: 3-5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4DDE49A2" w14:textId="0BC5C3A8" w:rsidR="00F728D1" w:rsidRPr="009310E0" w:rsidRDefault="0068274E" w:rsidP="64AFDFD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Audit of </w:t>
             </w:r>
             <w:r w:rsidR="00BC585D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">data submitted </w:t>
             </w:r>
@@ -1210,51 +1210,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2/</w:t>
             </w:r>
             <w:r w:rsidR="00DE4E2C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780D0C" w:rsidRPr="00C623C0" w14:paraId="08803393" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00780D0C" w:rsidRPr="00C623C0" w14:paraId="08803393" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5FC0B536" w14:textId="514A0827" w:rsidR="00780D0C" w:rsidRPr="009310E0" w:rsidRDefault="006B404F" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B404F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Meaningful Access to Healthcare Services for Individuals with a Preferred Language other than English</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1282,81 +1282,81 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10011B0E" w14:textId="1E325517" w:rsidR="00780D0C" w:rsidRPr="009310E0" w:rsidRDefault="00DE4E2C" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="157794F9" w14:textId="6D01F95D" w:rsidR="00780D0C" w:rsidRPr="009310E0" w:rsidRDefault="00330B11" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Measure Requirement and Assessment: 3-5</w:t>
             </w:r>
             <w:r w:rsidR="00A44DE7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="279AC05E" w14:textId="03FA6A6D" w:rsidR="00780D0C" w:rsidRPr="009310E0" w:rsidRDefault="006525D7" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Revised a</w:t>
             </w:r>
             <w:r w:rsidR="0068274E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">udit </w:t>
             </w:r>
@@ -1455,51 +1455,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2/</w:t>
             </w:r>
             <w:r w:rsidR="00DE4E2C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="64AFDFD8" w14:paraId="642A8178" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="64AFDFD8" w14:paraId="642A8178" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="72E32737" w14:textId="542C8A47" w:rsidR="3BBF2DCA" w:rsidRDefault="00CD69DB" w:rsidP="64AFDFD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Disability Accommodation Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1527,73 +1527,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B05B7C5" w14:textId="2D37084F" w:rsidR="3BBF2DCA" w:rsidRDefault="000E17BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="082990B6" w14:textId="1472E6EA" w:rsidR="3BBF2DCA" w:rsidRDefault="00871FE3" w:rsidP="64AFDFD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Measure Requirement and Assessment: 3-5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04F49A78" w14:textId="3B57632E" w:rsidR="3BBF2DCA" w:rsidRDefault="009F0B7A" w:rsidP="64AFDFD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Corrected the date in the examples from March 31 to June 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40BD2386" w14:textId="2EBDA7FC" w:rsidR="64AFDFD8" w:rsidRDefault="000E17BD" w:rsidP="64AFDFD8">
             <w:pPr>
@@ -1608,51 +1608,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2/</w:t>
             </w:r>
             <w:r w:rsidR="00DE4E2C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E6BC4" w:rsidRPr="00C623C0" w14:paraId="4139894C" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="008E6BC4" w:rsidRPr="00C623C0" w14:paraId="4139894C" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="593DCDBD" w14:textId="621A4FAE" w:rsidR="008E6BC4" w:rsidRPr="009310E0" w:rsidRDefault="00CD69DB" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Disability Accommodation Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1680,131 +1680,120 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CB237B2" w14:textId="31360187" w:rsidR="008E6BC4" w:rsidRPr="009310E0" w:rsidRDefault="00DE4E2C" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C0F7AD6" w14:textId="0A8D4586" w:rsidR="008E6BC4" w:rsidRPr="009310E0" w:rsidRDefault="007C4D92" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Measure Requirement and </w:t>
-[...14 lines deleted...]
-            <w:tcW w:w="3600" w:type="dxa"/>
+              <w:t>Measure Requirement and Assessment: 3-5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E61A7E4" w14:textId="1662655B" w:rsidR="008E6BC4" w:rsidRPr="009310E0" w:rsidRDefault="00410ABE" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Revised audit language from MassHealth </w:t>
             </w:r>
             <w:r w:rsidR="006D3974">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>“reserve</w:t>
             </w:r>
             <w:r w:rsidR="008E399E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s”</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> the right to </w:t>
             </w:r>
             <w:r w:rsidR="008E399E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>“</w:t>
             </w:r>
             <w:r w:rsidR="006D3974">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>expect</w:t>
             </w:r>
             <w:r w:rsidR="008E399E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s”</w:t>
             </w:r>
             <w:r w:rsidR="006D3974">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> to a</w:t>
@@ -1823,94 +1812,94 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>data submitted for Rate 1 and Rate 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2372A913" w14:textId="6A30EAC7" w:rsidR="008E6BC4" w:rsidRPr="009310E0" w:rsidRDefault="007C4D92" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2/</w:t>
             </w:r>
             <w:r w:rsidR="0090000C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC4859" w:rsidRPr="00C623C0" w14:paraId="70E1E4F8" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00EC4859" w:rsidRPr="00C623C0" w14:paraId="70E1E4F8" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5754F6C2" w14:textId="5117140F" w:rsidR="00EC4859" w:rsidRPr="009310E0" w:rsidRDefault="00EC4859" w:rsidP="00EC4859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Race Data Completeness</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="718B5B9F" w14:textId="28A7DBB9" w:rsidR="00EC4859" w:rsidRPr="009310E0" w:rsidRDefault="00FD11BF" w:rsidP="00EC4859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -1925,73 +1914,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A46D93A" w14:textId="6C10DF94" w:rsidR="00EC4859" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00EC4859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B08404A" w14:textId="176149EC" w:rsidR="00EC4859" w:rsidRPr="009310E0" w:rsidRDefault="00EC4859" w:rsidP="00EC4859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51FB51F4" w14:textId="0A5D9E62" w:rsidR="00EC4859" w:rsidRPr="009310E0" w:rsidRDefault="00EC4859" w:rsidP="00EC4859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Removed “pending” and replaced with “</w:t>
             </w:r>
             <w:r w:rsidRPr="00851251">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2008,51 +1997,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3183ED96" w14:textId="3C4CCE88" w:rsidR="00EC4859" w:rsidRPr="009310E0" w:rsidRDefault="0067646C" w:rsidP="00EC4859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D20CC1" w:rsidRPr="00C623C0" w14:paraId="776D2076" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00D20CC1" w:rsidRPr="00C623C0" w14:paraId="776D2076" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7EE52CD3" w14:textId="257A715B" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2088,73 +2077,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F6B2A84" w14:textId="5E0A101E" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00121192">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D4ADBA1" w14:textId="528E29CC" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BD86285" w14:textId="32E6645C" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Removed “pending” and replaced with “</w:t>
             </w:r>
             <w:r w:rsidRPr="00851251">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2171,51 +2160,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0748302F" w14:textId="3F5BF3FB" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF5D69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D20CC1" w:rsidRPr="00C623C0" w14:paraId="5CB5A547" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00D20CC1" w:rsidRPr="00C623C0" w14:paraId="5CB5A547" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="240C0A3E" w14:textId="0F6A1CA6" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2267,73 +2256,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6195F7FE" w14:textId="3BB4B8DC" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00121192">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5157A81C" w14:textId="0A895119" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2AD91609" w14:textId="50F8E421" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Removed “pending” and replaced with “</w:t>
             </w:r>
             <w:r w:rsidRPr="00851251">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2350,51 +2339,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="652F2545" w14:textId="69243829" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF5D69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D20CC1" w:rsidRPr="00C623C0" w14:paraId="22F0AAE2" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00D20CC1" w:rsidRPr="00C623C0" w14:paraId="22F0AAE2" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41213AB5" w14:textId="03C0E27C" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2446,73 +2435,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58A176BA" w14:textId="5DEA5FFE" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00121192">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4554983C" w14:textId="770CB576" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59610764" w14:textId="3D9A770A" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Removed “pending” and replaced with “</w:t>
             </w:r>
             <w:r w:rsidRPr="00851251">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2529,51 +2518,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A65801C" w14:textId="570C6AA3" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF5D69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D20CC1" w:rsidRPr="00C623C0" w14:paraId="68E29ED3" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00D20CC1" w:rsidRPr="00C623C0" w14:paraId="68E29ED3" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37AFA320" w14:textId="2038528B" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2625,73 +2614,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="102F73D0" w14:textId="32037CBE" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00121192">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="077A9C14" w14:textId="10B6B18E" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05C25082" w14:textId="4BC6618A" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Removed “pending” and replaced with “</w:t>
             </w:r>
             <w:r w:rsidRPr="00851251">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2708,51 +2697,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A974945" w14:textId="1C8EC872" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF5D69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D20CC1" w:rsidRPr="00C623C0" w14:paraId="6405690C" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00D20CC1" w:rsidRPr="00C623C0" w14:paraId="6405690C" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37D564DD" w14:textId="136CFDCB" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2804,73 +2793,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49F184F0" w14:textId="7471AF4D" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00121192">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5185B7D7" w14:textId="37A33157" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11EA85FB" w14:textId="0AA8A7E8" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Removed “pending” and replaced with “</w:t>
             </w:r>
             <w:r w:rsidRPr="00851251">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2887,51 +2876,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D229D9C" w14:textId="705C5683" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF5D69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D20CC1" w:rsidRPr="00C623C0" w14:paraId="6AD68748" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00D20CC1" w:rsidRPr="00C623C0" w14:paraId="6AD68748" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53ADDED4" w14:textId="023E18DA" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009310E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Health-Related Social Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2959,73 +2948,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E3A4078" w14:textId="35C9E83B" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007035A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BC81895" w14:textId="427F8580" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3663CF91" w14:textId="31315D9C" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Removed “pending” and replaced with “</w:t>
             </w:r>
             <w:r w:rsidRPr="00851251">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3042,51 +3031,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E1EB36F" w14:textId="149C7862" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00117A87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D7325" w:rsidRPr="00C623C0" w14:paraId="4BD14160" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="001D7325" w:rsidRPr="00C623C0" w14:paraId="4BD14160" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40A20799" w14:textId="4D68884B" w:rsidR="001D7325" w:rsidRPr="009310E0" w:rsidRDefault="001D7325" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009310E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Health-Related Social Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3114,73 +3103,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5EB54325" w14:textId="6F8304E4" w:rsidR="001D7325" w:rsidRPr="007035A8" w:rsidRDefault="00263B44" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6ADDD11C" w14:textId="75708FA4" w:rsidR="001D7325" w:rsidRDefault="00263B44" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Administrative Specification—Rate 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5AAC03E0" w14:textId="02B9BA2E" w:rsidR="001D7325" w:rsidRDefault="00CB1730" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Modified the denominator description</w:t>
             </w:r>
             <w:r w:rsidR="003413D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
@@ -3211,51 +3200,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="141D8703" w14:textId="08E4B92B" w:rsidR="001D7325" w:rsidRPr="00117A87" w:rsidRDefault="005F6A13" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D20CC1" w:rsidRPr="00C623C0" w14:paraId="2E7035AA" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00D20CC1" w:rsidRPr="00C623C0" w14:paraId="2E7035AA" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07CD0F46" w14:textId="4D1F80F3" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009310E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Health-Related Social Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3283,73 +3272,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18F24B67" w14:textId="0E8F1E49" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007035A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22437CB8" w14:textId="69A15B94" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Administrative Specification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12147191" w14:textId="380D3A8C" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Removed “pending” and replaced with “</w:t>
             </w:r>
             <w:r w:rsidRPr="00851251">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3366,51 +3355,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35558F88" w14:textId="401000F9" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00117A87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF72D3" w:rsidRPr="00C623C0" w14:paraId="1B5B5888" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00DF72D3" w:rsidRPr="00C623C0" w14:paraId="1B5B5888" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6336E6F9" w14:textId="1974FBD8" w:rsidR="00DF72D3" w:rsidRPr="00345107" w:rsidRDefault="00DF72D3" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Health-Related Social Needs Screening</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3438,107 +3427,105 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="77FCFBB1" w14:textId="5CB4F676" w:rsidR="00DF72D3" w:rsidRPr="0067646C" w:rsidRDefault="000963C3" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15800B8D" w14:textId="4011C17F" w:rsidR="000963C3" w:rsidRDefault="000963C3" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Administrative Data Reporting Requirements-- </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F509DAD" w14:textId="109A962E" w:rsidR="00DF72D3" w:rsidRDefault="000963C3" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Inadequate Housing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12BDD0BD" w14:textId="08011839" w:rsidR="00DF72D3" w:rsidRPr="00776B13" w:rsidRDefault="000963C3" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00776B13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Added</w:t>
             </w:r>
             <w:r w:rsidR="00EC6FB5" w:rsidRPr="00776B13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007943D6" w:rsidRPr="00776B13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Z58.6</w:t>
             </w:r>
             <w:r w:rsidR="00EC6FB5" w:rsidRPr="00776B13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -3585,72 +3572,73 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16FDA2CD" w14:textId="355F9449" w:rsidR="00DF72D3" w:rsidRPr="00117A87" w:rsidRDefault="00776B13" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D20CC1" w:rsidRPr="00C623C0" w14:paraId="59A93805" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00D20CC1" w:rsidRPr="00C623C0" w14:paraId="59A93805" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="458A3D62" w14:textId="63D7B4ED" w:rsidR="00D20CC1" w:rsidRPr="00371F20" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00345107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Quality Performance Disparities Reduction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6361B151" w14:textId="2F32BD7C" w:rsidR="00D20CC1" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>66</w:t>
             </w:r>
           </w:p>
@@ -3658,73 +3646,73 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35DC4CAA" w14:textId="5EBB47D0" w:rsidR="00D20CC1" w:rsidRPr="008254F8" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067646C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Policy Update</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F75E03C" w14:textId="23691299" w:rsidR="00D20CC1" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Table 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10FB2C2F" w14:textId="77777777" w:rsidR="00D20CC1" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Added the following quality measures to the slate:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67F96694" w14:textId="77777777" w:rsidR="00D20CC1" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
@@ -3768,51 +3756,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D15D56B" w14:textId="0A3D415F" w:rsidR="00D20CC1" w:rsidRPr="00851251" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00117A87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D20CC1" w:rsidRPr="00C623C0" w14:paraId="3DA4D200" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00D20CC1" w:rsidRPr="00C623C0" w14:paraId="3DA4D200" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0845992B" w14:textId="0663869F" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00371F20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Meaningful Access to Healthcare Services for Individuals with a Preferred Language other than English </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3840,73 +3828,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4FB5A769" w14:textId="1EA0AAA3" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06E43B98" w14:textId="257C1D03" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7CCEDE87" w14:textId="2571BD21" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Removed “pending” and replaced with “</w:t>
             </w:r>
             <w:r w:rsidRPr="00851251">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3923,51 +3911,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="273BD69B" w14:textId="37A6FF45" w:rsidR="00D20CC1" w:rsidRPr="009310E0" w:rsidRDefault="00D20CC1" w:rsidP="00D20CC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00117A87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D35DB3" w:rsidRPr="00C623C0" w14:paraId="6567FB77" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00D35DB3" w:rsidRPr="00C623C0" w14:paraId="6567FB77" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30A71D26" w14:textId="720B7B89" w:rsidR="00D35DB3" w:rsidRDefault="00D35DB3" w:rsidP="00D35DB3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00371F20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Meaningful Access to Healthcare Services for Individuals with a Preferred Language other than English </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3995,124 +3983,124 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66260680" w14:textId="322E682E" w:rsidR="00D35DB3" w:rsidRDefault="00D35DB3" w:rsidP="00D35DB3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5BD45CC7" w14:textId="397E444D" w:rsidR="00D35DB3" w:rsidRDefault="00D35DB3" w:rsidP="00D35DB3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Administrative Specification—</w:t>
             </w:r>
             <w:r w:rsidR="00670529">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Component 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7CF816EE" w14:textId="1D9D64B8" w:rsidR="00D35DB3" w:rsidRDefault="00D35DB3" w:rsidP="00D35DB3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Modified the denominator description, specifying denominators for inpatient/observation stay and emergency department rates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5494A417" w14:textId="32B2902E" w:rsidR="00D35DB3" w:rsidRPr="00AD258F" w:rsidRDefault="00D35DB3" w:rsidP="00D35DB3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D35DB3" w:rsidRPr="00C623C0" w14:paraId="52D19402" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00D35DB3" w:rsidRPr="00C623C0" w14:paraId="52D19402" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C731583" w14:textId="65887412" w:rsidR="00D35DB3" w:rsidRDefault="00D35DB3" w:rsidP="00D35DB3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Disability Competent Care</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4140,73 +4128,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="000599C4" w14:textId="271DCEB7" w:rsidR="00D35DB3" w:rsidRDefault="00D35DB3" w:rsidP="00D35DB3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="71E8AB59" w14:textId="6E43219E" w:rsidR="00D35DB3" w:rsidRDefault="00D35DB3" w:rsidP="00D35DB3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Administrative Specification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0602698D" w14:textId="0654BFEC" w:rsidR="00D35DB3" w:rsidRDefault="00D35DB3" w:rsidP="00D35DB3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Addition of “Other” that provides clarification on MassHealth expectations for hospitals choosing to </w:t>
             </w:r>
             <w:r w:rsidR="00732D88">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>change</w:t>
             </w:r>
@@ -4238,51 +4226,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2597FCFF" w14:textId="5A907F2C" w:rsidR="00D35DB3" w:rsidRPr="00851251" w:rsidRDefault="00D35DB3" w:rsidP="00D35DB3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD258F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D35DB3" w:rsidRPr="00C623C0" w14:paraId="25503E90" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00D35DB3" w:rsidRPr="00C623C0" w14:paraId="25503E90" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5ED0A20B" w14:textId="74AD50EE" w:rsidR="00D35DB3" w:rsidRPr="009310E0" w:rsidRDefault="00D35DB3" w:rsidP="00D35DB3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Disability Accommodation Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4310,73 +4298,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="71DEA86E" w14:textId="722040F0" w:rsidR="00D35DB3" w:rsidRPr="009310E0" w:rsidRDefault="00D35DB3" w:rsidP="00D35DB3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05F08956" w14:textId="5A68282E" w:rsidR="00D35DB3" w:rsidRPr="009310E0" w:rsidRDefault="00D35DB3" w:rsidP="00D35DB3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Definition— Patient with Self-reported Disability</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="77D16801" w14:textId="68DA4340" w:rsidR="00D35DB3" w:rsidRPr="009310E0" w:rsidRDefault="00D35DB3" w:rsidP="00D35DB3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Revised ages for each of the six questions to align with the ages listed in the </w:t>
             </w:r>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
@@ -4407,51 +4395,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="378FDE4F" w14:textId="5F6426DF" w:rsidR="00D35DB3" w:rsidRPr="009310E0" w:rsidRDefault="00D35DB3" w:rsidP="00D35DB3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD258F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D35DB3" w:rsidRPr="00C623C0" w14:paraId="209C6566" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00D35DB3" w:rsidRPr="00C623C0" w14:paraId="209C6566" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="415CF185" w14:textId="29B9C975" w:rsidR="00D35DB3" w:rsidRPr="009310E0" w:rsidRDefault="00D35DB3" w:rsidP="00D35DB3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0D913A5C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Meaningful Access to Healthcare Services for Individuals with a Preferred Language other than English</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4479,229 +4467,238 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11CE3A00" w14:textId="45119C99" w:rsidR="00D35DB3" w:rsidRPr="009310E0" w:rsidRDefault="00D35DB3" w:rsidP="00D35DB3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0D913A5C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F93D0B7" w14:textId="18DE8A1D" w:rsidR="00D35DB3" w:rsidRPr="009310E0" w:rsidRDefault="00D35DB3" w:rsidP="00D35DB3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0D913A5C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population and Administrative Specifications</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="54BAD798" w14:textId="254B9265" w:rsidR="00D35DB3" w:rsidRPr="009310E0" w:rsidRDefault="00D35DB3" w:rsidP="00D35DB3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D20CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Addition of “language services documentation system (e.g., vendor logs)” as an acceptable source of documentation  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1EEDB744" w14:textId="20343253" w:rsidR="00D35DB3" w:rsidRPr="009310E0" w:rsidRDefault="00D35DB3" w:rsidP="00D35DB3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD258F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C5424" w:rsidRPr="00C623C0" w14:paraId="5ACD52ED" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="007C5424" w:rsidRPr="00C623C0" w14:paraId="5ACD52ED" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="225DD2EF" w14:textId="40AE026E" w:rsidR="007C5424" w:rsidRPr="64AFDFD8" w:rsidRDefault="007C5424" w:rsidP="007C5424">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>RELD SOGI Data Completeness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>RELD SOGI Data Completeness</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> – Race Data Completeness</w:t>
+              <w:t>Race Data Completeness</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0471D3A0" w14:textId="6EA00695" w:rsidR="007C5424" w:rsidRDefault="007C5424" w:rsidP="007C5424">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DD05F78" w14:textId="2D5E8C09" w:rsidR="007C5424" w:rsidRDefault="000805FA" w:rsidP="007C5424">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="00063BF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>echnical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DEB36DD" w14:textId="34992825" w:rsidR="007C5424" w:rsidRDefault="000765AE" w:rsidP="007C5424">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population—Age</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23A4A5F0" w14:textId="17D2436B" w:rsidR="007C5424" w:rsidRDefault="00763400" w:rsidP="007C5424">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Corrected age of eligible population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E7EA001" w14:textId="7382E7DB" w:rsidR="007C5424" w:rsidRPr="0048153F" w:rsidRDefault="008D7233" w:rsidP="007C5424">
             <w:pPr>
@@ -4717,51 +4714,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/</w:t>
             </w:r>
             <w:r w:rsidR="002E4063" w:rsidRPr="002E4063">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r w:rsidR="00CE6E00" w:rsidRPr="002E4063">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C5424" w:rsidRPr="00C623C0" w14:paraId="40FD2D94" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="007C5424" w:rsidRPr="00C623C0" w14:paraId="40FD2D94" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55AB749A" w14:textId="062573E8" w:rsidR="007C5424" w:rsidRPr="64AFDFD8" w:rsidRDefault="007C5424" w:rsidP="007C5424">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -4799,116 +4796,116 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3209ADC9" w14:textId="08474618" w:rsidR="007C5424" w:rsidRDefault="007C5424" w:rsidP="007C5424">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="385CC93E" w14:textId="35DC98DC" w:rsidR="007C5424" w:rsidRDefault="007C5424" w:rsidP="007C5424">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Definitions—Hospital File [“Enhanced Demographics Data File”]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5AA12577" w14:textId="0543AB28" w:rsidR="007C5424" w:rsidRPr="000526AC" w:rsidRDefault="007C5424" w:rsidP="007C5424">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification on MassHealth Member ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73272D2E" w14:textId="1175B6B2" w:rsidR="007C5424" w:rsidRPr="004E03E7" w:rsidRDefault="002E4063" w:rsidP="007C5424">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E4063">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E4063" w:rsidRPr="00C623C0" w14:paraId="27DCFBC0" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="002E4063" w:rsidRPr="00C623C0" w14:paraId="27DCFBC0" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13383ECD" w14:textId="29B0E09F" w:rsidR="002E4063" w:rsidRPr="009310E0" w:rsidRDefault="002E4063" w:rsidP="002E4063">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -4945,73 +4942,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4ABC4977" w14:textId="1E18ACF4" w:rsidR="002E4063" w:rsidRPr="009310E0" w:rsidRDefault="002E4063" w:rsidP="002E4063">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="345B4441" w14:textId="796DFAD6" w:rsidR="002E4063" w:rsidRPr="009310E0" w:rsidRDefault="002E4063" w:rsidP="002E4063">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Definitions—Members</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C564C47" w14:textId="43BFBD61" w:rsidR="002E4063" w:rsidRPr="009310E0" w:rsidRDefault="00B865E8" w:rsidP="002E4063">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Modification</w:t>
             </w:r>
             <w:r w:rsidR="002E4063" w:rsidRPr="000526AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> on MassHealth member definition</w:t>
             </w:r>
@@ -5034,51 +5031,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05B91165" w14:textId="6570DD10" w:rsidR="002E4063" w:rsidRPr="009310E0" w:rsidRDefault="002E4063" w:rsidP="002E4063">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00374939">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E4063" w:rsidRPr="00C623C0" w14:paraId="5C7489B1" w14:textId="77777777" w:rsidTr="00597648">
+      <w:tr w:rsidR="002E4063" w:rsidRPr="00C623C0" w14:paraId="5C7489B1" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EDBC2DA" w14:textId="4534CB1A" w:rsidR="002E4063" w:rsidRPr="64AFDFD8" w:rsidRDefault="002E4063" w:rsidP="002E4063">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5116,116 +5113,116 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11FB5AE1" w14:textId="0DEC9BC3" w:rsidR="002E4063" w:rsidRDefault="002E4063" w:rsidP="002E4063">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="72DA12DF" w14:textId="4920304E" w:rsidR="002E4063" w:rsidRDefault="002E4063" w:rsidP="002E4063">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population—Age</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3312EA80" w14:textId="72E9EE1C" w:rsidR="002E4063" w:rsidRDefault="002E4063" w:rsidP="002E4063">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Corrected age of eligible population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="77BB0325" w14:textId="1003D281" w:rsidR="002E4063" w:rsidRPr="00CE6E00" w:rsidRDefault="002E4063" w:rsidP="002E4063">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00374939">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E4063" w:rsidRPr="00C623C0" w14:paraId="68C65335" w14:textId="77777777" w:rsidTr="00597648">
+      <w:tr w:rsidR="002E4063" w:rsidRPr="00C623C0" w14:paraId="68C65335" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5775364F" w14:textId="4C38C64F" w:rsidR="002E4063" w:rsidRPr="64AFDFD8" w:rsidRDefault="002E4063" w:rsidP="002E4063">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5263,116 +5260,116 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F6324AA" w14:textId="61215D6A" w:rsidR="002E4063" w:rsidRDefault="002E4063" w:rsidP="002E4063">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="398247AE" w14:textId="580982E0" w:rsidR="002E4063" w:rsidRDefault="002E4063" w:rsidP="002E4063">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Definitions—Hospital File [“Enhanced Demographics Data File”]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5604A158" w14:textId="7FEE9D45" w:rsidR="002E4063" w:rsidRPr="000526AC" w:rsidRDefault="002E4063" w:rsidP="002E4063">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification on MassHealth Member ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0AAEA395" w14:textId="4CCDE48F" w:rsidR="002E4063" w:rsidRPr="004E03E7" w:rsidRDefault="002E4063" w:rsidP="002E4063">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00374939">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5200" w:rsidRPr="00C623C0" w14:paraId="670F378F" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="001B5200" w:rsidRPr="00C623C0" w14:paraId="670F378F" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35A3B74C" w14:textId="2BD4DA47" w:rsidR="001B5200" w:rsidRPr="009310E0" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5409,73 +5406,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0EB17BB2" w14:textId="71EB0930" w:rsidR="001B5200" w:rsidRPr="009310E0" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49E320F9" w14:textId="20F3B4B0" w:rsidR="001B5200" w:rsidRPr="009310E0" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Definitions—Members</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2974CAF9" w14:textId="19B3D1BD" w:rsidR="001B5200" w:rsidRPr="009310E0" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Modification</w:t>
             </w:r>
             <w:r w:rsidRPr="000526AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> on MassHealth member definition</w:t>
             </w:r>
@@ -5490,51 +5487,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="009B761F" w14:textId="7710F278" w:rsidR="001B5200" w:rsidRPr="009310E0" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00374939">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5200" w:rsidRPr="00C623C0" w14:paraId="7F615D38" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="001B5200" w:rsidRPr="00C623C0" w14:paraId="7F615D38" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="34BEBCE6" w14:textId="3B99E3F4" w:rsidR="001B5200" w:rsidRPr="64AFDFD8" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5588,116 +5585,116 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FC61E86" w14:textId="438B45DC" w:rsidR="001B5200" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E8DF928" w14:textId="5103DEB7" w:rsidR="001B5200" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population—Age</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="579C64BF" w14:textId="1C83F6F6" w:rsidR="001B5200" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Corrected age of eligible population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25D1DEE9" w14:textId="17A18328" w:rsidR="001B5200" w:rsidRPr="00597648" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00374939">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5200" w:rsidRPr="00C623C0" w14:paraId="6AE4C3D2" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="001B5200" w:rsidRPr="00C623C0" w14:paraId="6AE4C3D2" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B947CC6" w14:textId="55814E10" w:rsidR="001B5200" w:rsidRPr="64AFDFD8" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5751,245 +5748,235 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10B62FB2" w14:textId="4CAFC661" w:rsidR="001B5200" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3850764A" w14:textId="0E5A562D" w:rsidR="001B5200" w:rsidRPr="00D95630" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Definitions—Hospital File [“Enhanced Demographics Data File”]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01D6B853" w14:textId="3AA8B525" w:rsidR="001B5200" w:rsidRPr="000526AC" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification on MassHealth Member ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2569E78D" w14:textId="436559E3" w:rsidR="001B5200" w:rsidRPr="004E03E7" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00374939">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5200" w:rsidRPr="00C623C0" w14:paraId="109423D4" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="001B5200" w:rsidRPr="00C623C0" w14:paraId="109423D4" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="225E7FC1" w14:textId="1D1B1231" w:rsidR="001B5200" w:rsidRPr="009310E0" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="008166FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Preferred </w:t>
-[...8 lines deleted...]
-              <w:t>Language Data</w:t>
+              <w:t>Preferred Language Data</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Completeness</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E57D8FF" w14:textId="2F3AC43F" w:rsidR="001B5200" w:rsidRPr="009310E0" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B2C65DC" w14:textId="3791A33C" w:rsidR="001B5200" w:rsidRPr="009310E0" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="614C7DBD" w14:textId="2D2004FA" w:rsidR="001B5200" w:rsidRPr="009310E0" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D95630">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Definitions—Members</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E80AD2D" w14:textId="4B1CAC2B" w:rsidR="001B5200" w:rsidRPr="009310E0" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Modification</w:t>
             </w:r>
             <w:r w:rsidRPr="000526AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> on MassHealth member definition</w:t>
             </w:r>
@@ -6004,214 +5991,224 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3980784E" w14:textId="1183C9BB" w:rsidR="001B5200" w:rsidRPr="009310E0" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00374939">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5200" w:rsidRPr="00C623C0" w14:paraId="26BEF927" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="001B5200" w:rsidRPr="00C623C0" w14:paraId="26BEF927" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46A7750B" w14:textId="64D2E9B6" w:rsidR="001B5200" w:rsidRPr="64AFDFD8" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>RELD SOGI Data Completeness</w:t>
+              <w:t xml:space="preserve">RELD SOGI Data </w:t>
+            </w:r>
+            <w:r w:rsidRPr="64AFDFD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Disability</w:t>
             </w:r>
             <w:r w:rsidRPr="008166FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Data</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Completeness</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2141EF01" w14:textId="63371315" w:rsidR="001B5200" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="797AC231" w14:textId="134811E8" w:rsidR="001B5200" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7578C0EB" w14:textId="4EE3BF6E" w:rsidR="001B5200" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population—Age</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="348DDF99" w14:textId="1233CA1D" w:rsidR="001B5200" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Corrected age of eligible population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41C7BD89" w14:textId="082FE8D4" w:rsidR="001B5200" w:rsidRPr="00597648" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00374939">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5200" w:rsidRPr="00C623C0" w14:paraId="2FD3C2C4" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="001B5200" w:rsidRPr="00C623C0" w14:paraId="2FD3C2C4" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7110ED36" w14:textId="7C728911" w:rsidR="001B5200" w:rsidRPr="64AFDFD8" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6265,116 +6262,116 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A12CA97" w14:textId="55DCCC57" w:rsidR="001B5200" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DF2D9A0" w14:textId="12980631" w:rsidR="001B5200" w:rsidRPr="00D95630" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Definitions—Hospital File [“Enhanced Demographics Data File”]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58938FA3" w14:textId="6D323E72" w:rsidR="001B5200" w:rsidRPr="00097D62" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification on MassHealth Member ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FFA491E" w14:textId="772A9CE2" w:rsidR="001B5200" w:rsidRPr="00856842" w:rsidRDefault="001B5200" w:rsidP="001B5200">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00374939">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C63265" w:rsidRPr="00C623C0" w14:paraId="5F26822B" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00C63265" w:rsidRPr="00C623C0" w14:paraId="5F26822B" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19C2244D" w14:textId="3AF27F3C" w:rsidR="00C63265" w:rsidRPr="009310E0" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6427,73 +6424,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74F12679" w14:textId="786355A0" w:rsidR="00C63265" w:rsidRPr="009310E0" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="625DEF55" w14:textId="7AC4FC61" w:rsidR="00C63265" w:rsidRPr="009310E0" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D95630">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Definitions—Members</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48B387FD" w14:textId="57E7B1EA" w:rsidR="00C63265" w:rsidRPr="009310E0" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Modification</w:t>
             </w:r>
             <w:r w:rsidRPr="000526AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> on MassHealth member definition</w:t>
             </w:r>
@@ -6508,51 +6505,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A74D545" w14:textId="2D563B65" w:rsidR="00C63265" w:rsidRPr="009310E0" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00294192">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C63265" w:rsidRPr="00C623C0" w14:paraId="22F3D034" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00C63265" w:rsidRPr="00C623C0" w14:paraId="22F3D034" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A576480" w14:textId="21135D3B" w:rsidR="00C63265" w:rsidRPr="64AFDFD8" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6606,109 +6603,109 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="345E9E4C" w14:textId="5BB71C08" w:rsidR="00C63265" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CEBA7A5" w14:textId="7B073F9E" w:rsidR="00C63265" w:rsidRPr="00D95630" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Administrative Specification—Numerator Set</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="678B3D34" w14:textId="16139115" w:rsidR="00C63265" w:rsidRPr="00097D62" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:r w:rsidRPr="6476101D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Revised ages for each of the six questions to align with the ages listed under Eligible Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63B7F30B" w14:textId="5FF4B4BC" w:rsidR="00C63265" w:rsidRPr="00856842" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00294192">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C63265" w:rsidRPr="00C623C0" w14:paraId="2E5377B7" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00C63265" w:rsidRPr="00C623C0" w14:paraId="2E5377B7" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A9CC090" w14:textId="5102B6C1" w:rsidR="00C63265" w:rsidRPr="64AFDFD8" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6762,116 +6759,116 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F7C79B4" w14:textId="5F29DBCD" w:rsidR="00C63265" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6555DA5C" w14:textId="63E23C3F" w:rsidR="00C63265" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population—Age</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29A6F1E3" w14:textId="792E2D47" w:rsidR="00C63265" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Corrected age of eligible population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="049A4B9D" w14:textId="605A9EEA" w:rsidR="00C63265" w:rsidRPr="00597648" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00294192">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C63265" w:rsidRPr="00C623C0" w14:paraId="6F3186F5" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00C63265" w:rsidRPr="00C623C0" w14:paraId="6F3186F5" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26D801BD" w14:textId="6935F81B" w:rsidR="00C63265" w:rsidRPr="64AFDFD8" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6925,116 +6922,116 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A40E436" w14:textId="5E8A20C0" w:rsidR="00C63265" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="367FBC9E" w14:textId="74174D39" w:rsidR="00C63265" w:rsidRPr="00D95630" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Definitions—Hospital File [“Enhanced Demographics Data File”]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D73BA6F" w14:textId="3CFA7DFE" w:rsidR="00C63265" w:rsidRPr="00097D62" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification on MassHealth Member ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BC427A4" w14:textId="097656FD" w:rsidR="00C63265" w:rsidRPr="00856842" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00294192">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C63265" w:rsidRPr="00C623C0" w14:paraId="4DB97481" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00C63265" w:rsidRPr="00C623C0" w14:paraId="4DB97481" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1EDD8411" w14:textId="5D81E071" w:rsidR="00C63265" w:rsidRPr="009310E0" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7087,73 +7084,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A5286D2" w14:textId="01D4EFFE" w:rsidR="00C63265" w:rsidRPr="009310E0" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B0B2837" w14:textId="6B5E1B3A" w:rsidR="00C63265" w:rsidRPr="009310E0" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D95630">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Definitions—Members</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06129EA0" w14:textId="6FB989D4" w:rsidR="00C63265" w:rsidRPr="009310E0" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Modification</w:t>
             </w:r>
             <w:r w:rsidRPr="000526AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> on MassHealth member definition</w:t>
             </w:r>
@@ -7168,51 +7165,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="135C0F08" w14:textId="75C3F02B" w:rsidR="00C63265" w:rsidRPr="009310E0" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00294192">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C63265" w:rsidRPr="00C623C0" w14:paraId="29DC4390" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00C63265" w:rsidRPr="00C623C0" w14:paraId="29DC4390" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="259F4141" w14:textId="1EEF100C" w:rsidR="00C63265" w:rsidRPr="64AFDFD8" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7266,280 +7263,289 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6590DCAB" w14:textId="01877D63" w:rsidR="00C63265" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="016E7D1E" w14:textId="45E1F8BC" w:rsidR="00C63265" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population—Age</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06C29815" w14:textId="09101FDD" w:rsidR="00C63265" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Corrected age of eligible population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7251093C" w14:textId="00D686C0" w:rsidR="00C63265" w:rsidRPr="00597648" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00294192">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C63265" w:rsidRPr="00C623C0" w14:paraId="09C90914" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00C63265" w:rsidRPr="00C623C0" w14:paraId="09C90914" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56849AE1" w14:textId="0E9B8F2D" w:rsidR="00C63265" w:rsidRPr="64AFDFD8" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>RELD SOGI Data Completeness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Gender Identity</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008166FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008166FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>RELD SOGI Data Completeness</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Data</w:t>
+              <w:t>Data</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Completeness</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38368C58" w14:textId="1A25CAFE" w:rsidR="00C63265" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1FB2E74F" w14:textId="6F86B335" w:rsidR="00C63265" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D608549" w14:textId="1D95F084" w:rsidR="00C63265" w:rsidRPr="00D95630" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Definitions—Hospital File [“Enhanced Demographics Data File”]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6AE61536" w14:textId="1C38BFF6" w:rsidR="00C63265" w:rsidRPr="00097D62" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification on MassHealth Member ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17C8B4B4" w14:textId="25C71EBE" w:rsidR="00C63265" w:rsidRPr="00856842" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00294192">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C63265" w:rsidRPr="00C623C0" w14:paraId="6A75E7FF" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00C63265" w:rsidRPr="00C623C0" w14:paraId="6A75E7FF" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73E446AE" w14:textId="74C0F94B" w:rsidR="00C63265" w:rsidRPr="009310E0" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7592,73 +7598,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="047F9777" w14:textId="1B236A06" w:rsidR="00C63265" w:rsidRPr="009310E0" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DE27038" w14:textId="27A120F8" w:rsidR="00C63265" w:rsidRPr="009310E0" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D95630">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Definitions—Members</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62F7F2D4" w14:textId="12256CAA" w:rsidR="00C63265" w:rsidRPr="009310E0" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Modification</w:t>
             </w:r>
             <w:r w:rsidRPr="000526AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> on MassHealth member definition</w:t>
             </w:r>
@@ -7673,51 +7679,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D2B8ABA" w14:textId="26D97378" w:rsidR="00C63265" w:rsidRPr="009310E0" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00294192">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C63265" w:rsidRPr="00C623C0" w14:paraId="54936793" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00C63265" w:rsidRPr="00C623C0" w14:paraId="54936793" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1443F73E" w14:textId="1B65639B" w:rsidR="00C63265" w:rsidRPr="009310E0" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009310E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Health-Related Social Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -7747,116 +7753,116 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1997D715" w14:textId="1490E2E3" w:rsidR="00C63265" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="712305A3" w14:textId="155CD671" w:rsidR="00C63265" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population—Age</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="679C2337" w14:textId="259B5FF7" w:rsidR="00C63265" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Corrected age of eligible population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6BFFEF7C" w14:textId="18354F5C" w:rsidR="00C63265" w:rsidRPr="00856842" w:rsidRDefault="00C63265" w:rsidP="00C63265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E4063">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00057EF3" w:rsidRPr="00C623C0" w14:paraId="798761DB" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00057EF3" w:rsidRPr="00C623C0" w14:paraId="798761DB" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A6078FE" w14:textId="2D59B21A" w:rsidR="00057EF3" w:rsidRPr="009310E0" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009310E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Health-Related Social Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -7885,73 +7891,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1012D630" w14:textId="00F3CD74" w:rsidR="00057EF3" w:rsidRPr="009310E0" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DAF9FD7" w14:textId="6EE72FFC" w:rsidR="00057EF3" w:rsidRPr="009310E0" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Definitions—Members</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1593E1FC" w14:textId="5A096270" w:rsidR="00057EF3" w:rsidRPr="009310E0" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Modification</w:t>
             </w:r>
             <w:r w:rsidRPr="000526AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> on MassHealth member definition</w:t>
             </w:r>
@@ -7966,51 +7972,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="65514315" w14:textId="32D0F83F" w:rsidR="00057EF3" w:rsidRPr="009310E0" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00805343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00057EF3" w:rsidRPr="00C623C0" w14:paraId="49F5599F" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00057EF3" w:rsidRPr="00C623C0" w14:paraId="49F5599F" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="333B85B2" w14:textId="70D939CA" w:rsidR="00057EF3" w:rsidRPr="006D143A" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009310E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Health-Related Social Needs</w:t>
             </w:r>
           </w:p>
@@ -8041,116 +8047,116 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3AB6F3C5" w14:textId="0364205C" w:rsidR="00057EF3" w:rsidRPr="00157041" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17B2AB94" w14:textId="07A065CC" w:rsidR="00057EF3" w:rsidRPr="00157041" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Measure Requirement and Assessment—Measure Requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C6D0C88" w14:textId="75EDC495" w:rsidR="00057EF3" w:rsidRPr="00157041" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification on submission expectations (e.g., time)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E8686FC" w14:textId="727478C3" w:rsidR="00057EF3" w:rsidRPr="00157041" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00805343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007203E7" w:rsidRPr="00C623C0" w14:paraId="7AB53AB8" w14:textId="77777777" w:rsidTr="00F774C3">
+      <w:tr w:rsidR="007203E7" w:rsidRPr="00C623C0" w14:paraId="7AB53AB8" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1BE90EB0" w14:textId="77777777" w:rsidR="007203E7" w:rsidRPr="00B917C0" w:rsidRDefault="007203E7" w:rsidP="00F774C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B917C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Quality Performance Disparities Reduction</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -8180,73 +8186,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3244443B" w14:textId="77777777" w:rsidR="007203E7" w:rsidRPr="00B917C0" w:rsidRDefault="007203E7" w:rsidP="00F774C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B917C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FFA5562" w14:textId="1570D87F" w:rsidR="007203E7" w:rsidRPr="00B917C0" w:rsidRDefault="00B917C0" w:rsidP="00F774C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Administrative Specification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41AA9B85" w14:textId="31F646F1" w:rsidR="007203E7" w:rsidRPr="00B917C0" w:rsidRDefault="00C314FD" w:rsidP="00F774C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Modified </w:t>
             </w:r>
             <w:r w:rsidR="00373864">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">description of the PY3 Measure Assessment Report </w:t>
             </w:r>
@@ -8301,51 +8307,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="491D0E2A" w14:textId="77777777" w:rsidR="007203E7" w:rsidRPr="00B917C0" w:rsidRDefault="007203E7" w:rsidP="00F774C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B917C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007203E7" w:rsidRPr="00C623C0" w14:paraId="46239501" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="007203E7" w:rsidRPr="00C623C0" w14:paraId="46239501" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19C8E98C" w14:textId="5F19E28E" w:rsidR="007203E7" w:rsidRPr="002F19C1" w:rsidRDefault="00681F77" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B917C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Quality Performance Disparities Reduction</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -8384,124 +8390,124 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="603E584B" w14:textId="743DDE27" w:rsidR="007203E7" w:rsidRDefault="00681F77" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B917C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52CE0E56" w14:textId="041C0EAC" w:rsidR="007203E7" w:rsidRDefault="00A46671" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Measure Requirements and Assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4608D1F5" w14:textId="7B6F6911" w:rsidR="007203E7" w:rsidRDefault="00F02B23" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Updated submission date of PY3 Measure Assessment Report</w:t>
             </w:r>
             <w:r w:rsidR="00AD75DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>; removed approval of alternative measures for PY3 Performance Assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B6B803D" w14:textId="0499817D" w:rsidR="007203E7" w:rsidRPr="00805343" w:rsidRDefault="00B0607C" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B917C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00057EF3" w:rsidRPr="00C623C0" w14:paraId="2C447041" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00057EF3" w:rsidRPr="00C623C0" w14:paraId="2C447041" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="370BA5DF" w14:textId="3FB858D5" w:rsidR="00057EF3" w:rsidRPr="002F19C1" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F19C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Equity Improvement Interventions </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -8531,116 +8537,116 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="464E8F41" w14:textId="69123617" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4EDA84AF" w14:textId="7AB2004C" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Performance Requirements and Assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3020FFC6" w14:textId="23860A26" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Revised information to reflect only PY3-5 submission requirements and updated submission date for PIP1 Closure Report for PY4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D010C5E" w14:textId="1EC031F0" w:rsidR="00057EF3" w:rsidRPr="00856842" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00805343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00057EF3" w:rsidRPr="00C623C0" w14:paraId="10C9C8EF" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00057EF3" w:rsidRPr="00C623C0" w14:paraId="10C9C8EF" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13E9C8A6" w14:textId="27BB4AAB" w:rsidR="00057EF3" w:rsidRPr="009310E0" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00371F20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Meaningful Access to Healthcare Services for Individuals with a Preferred Language </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8685,73 +8691,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="007446D7" w14:textId="22117947" w:rsidR="00057EF3" w:rsidRPr="009310E0" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07CE4B46" w14:textId="743AD76A" w:rsidR="00057EF3" w:rsidRPr="009310E0" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population—Component 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="102A7382" w14:textId="0843C4C8" w:rsidR="00057EF3" w:rsidRPr="009310E0" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Modification</w:t>
             </w:r>
             <w:r w:rsidRPr="000526AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> on MassHealth member definition</w:t>
             </w:r>
@@ -8766,207 +8772,216 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="479DEE3F" w14:textId="55105022" w:rsidR="00057EF3" w:rsidRPr="009310E0" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00805343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00057EF3" w:rsidRPr="00C623C0" w14:paraId="56881860" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00057EF3" w:rsidRPr="00C623C0" w14:paraId="56881860" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5EBE479D" w14:textId="7AFA0C37" w:rsidR="00057EF3" w:rsidRPr="00371F20" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00371F20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">Meaningful Access to Healthcare Services for Individuals with a Preferred </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00371F20">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Meaningful Access to Healthcare Services for Individuals with a Preferred Language </w:t>
+              <w:t xml:space="preserve">Language </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Other Than</w:t>
             </w:r>
             <w:r w:rsidRPr="00371F20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> English </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44CE431A" w14:textId="65B38859" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37F119F5" w14:textId="211DE429" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="377D99DB" w14:textId="374ABCAB" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population—Component 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="688435D5" w14:textId="010D9580" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Corrected age of eligible population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33120CF6" w14:textId="215AECD8" w:rsidR="00057EF3" w:rsidRPr="004B3395" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00805343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000979B2" w:rsidRPr="00C623C0" w14:paraId="344C4DAB" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="000979B2" w:rsidRPr="00C623C0" w14:paraId="344C4DAB" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="471D4380" w14:textId="43A0228A" w:rsidR="000979B2" w:rsidRPr="00371F20" w:rsidRDefault="000979B2" w:rsidP="000979B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00371F20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Meaningful Access to Healthcare Services for Individuals with a Preferred Language </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -9012,124 +9027,124 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25CA6DDB" w14:textId="1457EA71" w:rsidR="000979B2" w:rsidRDefault="000979B2" w:rsidP="000979B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61E52B4B" w14:textId="0BC9BD7B" w:rsidR="000979B2" w:rsidRDefault="000979B2" w:rsidP="000979B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population—Component 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FBADA0D" w14:textId="0290CE6E" w:rsidR="000979B2" w:rsidRDefault="000979B2" w:rsidP="000979B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Corrected the typo</w:t>
             </w:r>
             <w:r w:rsidR="004665DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> of PY3 measurement period</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E4BFD97" w14:textId="5A11A584" w:rsidR="000979B2" w:rsidRPr="00805343" w:rsidRDefault="00365E5A" w:rsidP="000979B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00805343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00057EF3" w:rsidRPr="00C623C0" w14:paraId="13F4FA36" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00057EF3" w:rsidRPr="00C623C0" w14:paraId="13F4FA36" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="231892E0" w14:textId="53646A0B" w:rsidR="00057EF3" w:rsidRPr="00371F20" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00371F20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Meaningful Access to Healthcare Services for Individuals with a Preferred Language </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -9175,73 +9190,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7DEB9C08" w14:textId="156995C3" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52CDC9AE" w14:textId="408D7B25" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Definitions—Members</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BBEF772" w14:textId="753BF133" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Modification</w:t>
             </w:r>
             <w:r w:rsidRPr="000526AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> on MassHealth member definition</w:t>
             </w:r>
@@ -9256,51 +9271,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2827A516" w14:textId="10CF41EA" w:rsidR="00057EF3" w:rsidRPr="004B3395" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00805343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00057EF3" w:rsidRPr="00C623C0" w14:paraId="163864AF" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00057EF3" w:rsidRPr="00C623C0" w14:paraId="163864AF" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41BB78FE" w14:textId="402800C0" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00371F20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Meaningful Access to Healthcare Services for Individuals with a Preferred Language </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -9346,116 +9361,116 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15A854A2" w14:textId="67BEE3A4" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction &amp; Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75C39687" w14:textId="651F94E8" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Measure Requirement and Assessment—Measure Requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B72A46A" w14:textId="70ED6862" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Corrected submission date for Component 1 and clarification on submission expectations for Component 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="281A5B96" w14:textId="49EF0533" w:rsidR="00057EF3" w:rsidRPr="004B3395" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00805343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00057EF3" w:rsidRPr="00C623C0" w14:paraId="294B094F" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00057EF3" w:rsidRPr="00C623C0" w14:paraId="294B094F" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1CE77441" w14:textId="21BC367A" w:rsidR="00057EF3" w:rsidRPr="00371F20" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Disability Competent Care</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -9485,116 +9500,116 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66F0B2CA" w14:textId="6B4A6D10" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B07E997" w14:textId="303E67C4" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Measure Requirement and Assessment—Measure Requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39992983" w14:textId="40D381F3" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Modified the deliverable submission date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43DA5065" w14:textId="388BB29E" w:rsidR="00057EF3" w:rsidRPr="004B3395" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00805343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00057EF3" w:rsidRPr="00C623C0" w14:paraId="3770AFE9" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00057EF3" w:rsidRPr="00C623C0" w14:paraId="3770AFE9" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CBAF990" w14:textId="2E583CC1" w:rsidR="00057EF3" w:rsidRPr="009310E0" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Disability Accommodation Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -9623,73 +9638,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11D8E8DC" w14:textId="7E4E37D5" w:rsidR="00057EF3" w:rsidRPr="009310E0" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="496A0C46" w14:textId="7858BB97" w:rsidR="00057EF3" w:rsidRPr="009310E0" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0465B6CB" w14:textId="15F9701A" w:rsidR="00057EF3" w:rsidRPr="009310E0" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Modification</w:t>
             </w:r>
             <w:r w:rsidRPr="000526AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> on MassHealth member definition</w:t>
             </w:r>
@@ -9704,51 +9719,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D2249A9" w14:textId="33497AAC" w:rsidR="00057EF3" w:rsidRPr="009310E0" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008561B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00057EF3" w:rsidRPr="00C623C0" w14:paraId="16CCB238" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00057EF3" w:rsidRPr="00C623C0" w14:paraId="16CCB238" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3458DD04" w14:textId="7DE37D91" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Disability Accommodation Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -9778,116 +9793,116 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03D9337E" w14:textId="3AFD6988" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E992B89" w14:textId="26C64A12" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population—Age</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1527FA8B" w14:textId="201448D7" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Corrected age of eligible population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39C35CD2" w14:textId="3A87EFA6" w:rsidR="00057EF3" w:rsidRPr="004B3395" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008561B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00057EF3" w:rsidRPr="00C623C0" w14:paraId="1F79BDAE" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00057EF3" w:rsidRPr="00C623C0" w14:paraId="1F79BDAE" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6ED39FA0" w14:textId="4833D5F0" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Disability Accommodation Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -9917,265 +9932,275 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="54ADE297" w14:textId="20B9478A" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DDAAA5A" w14:textId="5E02E600" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Measure Requirement and </w:t>
-[...14 lines deleted...]
-            <w:tcW w:w="3600" w:type="dxa"/>
+              <w:t>Measure Requirement and Assessment—Measure Requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38C5FCF6" w14:textId="633E4859" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Clarification on submission expectations (e.g., time)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E864109" w14:textId="3118070E" w:rsidR="00057EF3" w:rsidRPr="00CE6E00" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008561B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00057EF3" w:rsidRPr="00C623C0" w14:paraId="63BDB553" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00057EF3" w:rsidRPr="00C623C0" w14:paraId="63BDB553" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46110A8B" w14:textId="251FF352" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C918A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Achievement of External Standards for Health Equity</w:t>
+              <w:t xml:space="preserve">Achievement of External </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C918A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Standards for Health Equity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16CE44CD" w14:textId="3A53AD17" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="023218D6" w14:textId="2F5D8D08" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56EF6B3C" w14:textId="4EB3AD0F" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Measure Requirement and Assessment—Measure Requirements</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3600" w:type="dxa"/>
+              <w:t xml:space="preserve">Measure Requirement and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Assessment—Measure Requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39F1BE0F" w14:textId="205095EF" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Corrected deliverable submission date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A150717" w14:textId="29EBDAC3" w:rsidR="00057EF3" w:rsidRPr="00CE6E00" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008561B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00057EF3" w:rsidRPr="00C623C0" w14:paraId="32629ED2" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00057EF3" w:rsidRPr="00C623C0" w14:paraId="32629ED2" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C15ED9B" w14:textId="2117BB94" w:rsidR="00057EF3" w:rsidRPr="00C918A8" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00106F01">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Patient Experience: Communication, Courtesy, and Respect </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -10205,73 +10230,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="71E2E1A6" w14:textId="5C8875EF" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27F78216" w14:textId="786492FB" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Measure Requirement and Assessment—Measure Requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D46454E" w14:textId="772E6EC8" w:rsidR="00057EF3" w:rsidRPr="00D679C9" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Clarified age for “1. Total number of MassHealth </w:t>
             </w:r>
             <w:r w:rsidRPr="00D679C9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -10288,51 +10313,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6BDDADD4" w14:textId="6644A684" w:rsidR="00057EF3" w:rsidRPr="00CE6E00" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008561B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00057EF3" w:rsidRPr="00C623C0" w14:paraId="1F6EC4CC" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00057EF3" w:rsidRPr="00C623C0" w14:paraId="1F6EC4CC" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0AF7A6EA" w14:textId="5B19BE04" w:rsidR="00057EF3" w:rsidRPr="00106F01" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Collaboration</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -10362,116 +10387,116 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E34F4DB" w14:textId="6A8F46EB" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30A25FBC" w14:textId="7B1F48C9" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Measure Requirement and Assessment—Measure Requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="603F7188" w14:textId="2EF5A20F" w:rsidR="00057EF3" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Added the deliverable submission date </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7CF35E1F" w14:textId="258AABF3" w:rsidR="00057EF3" w:rsidRPr="00CD3A37" w:rsidRDefault="00057EF3" w:rsidP="00057EF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008561B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9/15/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D5E78" w:rsidRPr="00C623C0" w14:paraId="2EA4B26B" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="005D5E78" w:rsidRPr="00C623C0" w14:paraId="2EA4B26B" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E9D3323" w14:textId="0BC9F5C2" w:rsidR="005D5E78" w:rsidRDefault="005D5E78" w:rsidP="005D5E78">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -10509,73 +10534,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A32A477" w14:textId="2C857364" w:rsidR="005D5E78" w:rsidRDefault="00444D4B" w:rsidP="005D5E78">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23DC3A01" w14:textId="662AA08B" w:rsidR="005D5E78" w:rsidRDefault="00E75136" w:rsidP="005D5E78">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52AA0ADC" w14:textId="69A7DC4D" w:rsidR="005D5E78" w:rsidRDefault="00E75136" w:rsidP="005D5E78">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Standardized the </w:t>
             </w:r>
             <w:r w:rsidR="001C37C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‘</w:t>
             </w:r>
@@ -10630,51 +10655,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/1</w:t>
             </w:r>
             <w:r w:rsidR="00AE750B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE750B" w:rsidRPr="00C623C0" w14:paraId="2C5D2FCC" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00AE750B" w:rsidRPr="00C623C0" w14:paraId="2C5D2FCC" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36552135" w14:textId="5DE5C5FA" w:rsidR="00AE750B" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -10712,116 +10737,116 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A0DC5B8" w14:textId="020A7CCA" w:rsidR="00AE750B" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D66E900" w14:textId="38134A12" w:rsidR="00AE750B" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="200597F1" w14:textId="67BB526F" w:rsidR="00AE750B" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Standardized the ‘Age’ description of under 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11A2C49B" w14:textId="643C94AE" w:rsidR="00AE750B" w:rsidRPr="008561B1" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE2A09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE750B" w:rsidRPr="00C623C0" w14:paraId="1AC12595" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00AE750B" w:rsidRPr="00C623C0" w14:paraId="1AC12595" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69299DA5" w14:textId="52E8F1FE" w:rsidR="00AE750B" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -10875,116 +10900,116 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A6648BF" w14:textId="0FE84492" w:rsidR="00AE750B" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4101BC80" w14:textId="5C9B4332" w:rsidR="00AE750B" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AA950BD" w14:textId="7165F139" w:rsidR="00AE750B" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Standardized the ‘Age’ description of under 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C8B657C" w14:textId="18E46982" w:rsidR="00AE750B" w:rsidRPr="008561B1" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE2A09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE750B" w:rsidRPr="00C623C0" w14:paraId="37B856C0" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00AE750B" w:rsidRPr="00C623C0" w14:paraId="37B856C0" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4067058D" w14:textId="4D9885DF" w:rsidR="00AE750B" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -11038,116 +11063,116 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DB022CD" w14:textId="72205D46" w:rsidR="00AE750B" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4933F155" w14:textId="5EA73DDD" w:rsidR="00AE750B" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68BE2211" w14:textId="18564BB6" w:rsidR="00AE750B" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Standardized the ‘Age’ description of under 65 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="612DDE5C" w14:textId="43090C3A" w:rsidR="00AE750B" w:rsidRPr="008561B1" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE2A09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE750B" w:rsidRPr="00C623C0" w14:paraId="64BD64F4" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00AE750B" w:rsidRPr="00C623C0" w14:paraId="64BD64F4" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D43CC0A" w14:textId="0943DA01" w:rsidR="00AE750B" w:rsidRPr="64AFDFD8" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -11201,138 +11226,137 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="350A8935" w14:textId="1096B6C2" w:rsidR="00AE750B" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="703E9962" w14:textId="7A41A142" w:rsidR="00AE750B" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Administrative Specification— Numerator Set </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C8F2A5B" w14:textId="6C6F6C27" w:rsidR="00AE750B" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Revised age description for each disability question to align with the standardized ‘Age’ description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B58B250" w14:textId="674A57C4" w:rsidR="00AE750B" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE2A09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE750B" w:rsidRPr="00C623C0" w14:paraId="49F36A75" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00AE750B" w:rsidRPr="00C623C0" w14:paraId="49F36A75" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E3532E0" w14:textId="6F54ABBA" w:rsidR="00AE750B" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Sexual Orientation</w:t>
             </w:r>
             <w:r w:rsidRPr="008166FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Data</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Completeness</w:t>
@@ -11365,137 +11389,138 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D25B268" w14:textId="3433119A" w:rsidR="00AE750B" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A3A441B" w14:textId="26370369" w:rsidR="00AE750B" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18539142" w14:textId="2F0F41C3" w:rsidR="00AE750B" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Standardized the ‘Age’ description of under 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58F85576" w14:textId="23603111" w:rsidR="00AE750B" w:rsidRPr="008561B1" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE2A09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE750B" w:rsidRPr="00C623C0" w14:paraId="4BC5716D" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00AE750B" w:rsidRPr="00C623C0" w14:paraId="4BC5716D" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1BCC81A6" w14:textId="709D4BB8" w:rsidR="00AE750B" w:rsidRPr="64AFDFD8" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Gender Identity</w:t>
             </w:r>
             <w:r w:rsidRPr="008166FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Data</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Completeness</w:t>
@@ -11528,116 +11553,116 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E1784CA" w14:textId="64E6E485" w:rsidR="00AE750B" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="074E00A5" w14:textId="08D9AE84" w:rsidR="00AE750B" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="567B6373" w14:textId="69BCBE4A" w:rsidR="00AE750B" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Standardized the ‘Age’ description of under 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56A324BE" w14:textId="0DC5A872" w:rsidR="00AE750B" w:rsidRPr="008561B1" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE2A09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE750B" w:rsidRPr="00C623C0" w14:paraId="3DA342C8" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="00AE750B" w:rsidRPr="00C623C0" w14:paraId="3DA342C8" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B4FA040" w14:textId="5EE2E0C4" w:rsidR="00AE750B" w:rsidRPr="64AFDFD8" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009310E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Health-Related Social Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -11667,116 +11692,116 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="20BBFB60" w14:textId="09FC59A1" w:rsidR="00AE750B" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66A75BAD" w14:textId="31071A81" w:rsidR="00AE750B" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D74F8D4" w14:textId="7890965C" w:rsidR="00AE750B" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Standardized the ‘Age’ description of under 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B7AB5F5" w14:textId="7684C583" w:rsidR="00AE750B" w:rsidRDefault="00AE750B" w:rsidP="00AE750B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE2A09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0063705C" w:rsidRPr="00C623C0" w14:paraId="7A3022EC" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="0063705C" w:rsidRPr="00C623C0" w14:paraId="7A3022EC" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E566C87" w14:textId="6FA95121" w:rsidR="0063705C" w:rsidRPr="00371F20" w:rsidRDefault="0063705C" w:rsidP="0063705C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00345107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Quality Performance Disparities Reduction</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -11805,73 +11830,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="415A6FF0" w14:textId="323ABAE7" w:rsidR="0063705C" w:rsidRDefault="0063705C" w:rsidP="0063705C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067646C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Policy Update</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="458533FC" w14:textId="1220F89A" w:rsidR="0063705C" w:rsidRDefault="0063705C" w:rsidP="0063705C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Table 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="222836AC" w14:textId="5CFAD76D" w:rsidR="0063705C" w:rsidRDefault="002F6F54" w:rsidP="0063705C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Removed</w:t>
             </w:r>
             <w:r w:rsidR="0063705C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -11934,51 +11959,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BC61C14" w14:textId="6CB1DC17" w:rsidR="0063705C" w:rsidRPr="00BE2A09" w:rsidRDefault="001D463A" w:rsidP="0063705C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE2A09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0063705C" w:rsidRPr="00C623C0" w14:paraId="27AAB457" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="0063705C" w:rsidRPr="00C623C0" w14:paraId="27AAB457" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0282B4BD" w14:textId="2BF86B91" w:rsidR="0063705C" w:rsidRPr="64AFDFD8" w:rsidRDefault="0063705C" w:rsidP="0063705C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00371F20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Meaningful Access to Healthcare Services for Individuals with a Preferred Language </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -12024,116 +12049,116 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51414AD5" w14:textId="1C6D4CC9" w:rsidR="0063705C" w:rsidRDefault="0063705C" w:rsidP="0063705C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50E0A305" w14:textId="28276BBA" w:rsidR="0063705C" w:rsidRDefault="0063705C" w:rsidP="0063705C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="54DAE842" w14:textId="0B5C7499" w:rsidR="0063705C" w:rsidRDefault="0063705C" w:rsidP="0063705C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Standardized the ‘Age’ description of under 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D0D05F7" w14:textId="5DAF5B13" w:rsidR="0063705C" w:rsidRDefault="0063705C" w:rsidP="0063705C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE2A09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0063705C" w:rsidRPr="00C623C0" w14:paraId="3782A790" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="0063705C" w:rsidRPr="00C623C0" w14:paraId="3782A790" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05897069" w14:textId="7F73F4D8" w:rsidR="0063705C" w:rsidRPr="64AFDFD8" w:rsidRDefault="0063705C" w:rsidP="0063705C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Disability Accommodation Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -12163,116 +12188,116 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E917CAB" w14:textId="121038A7" w:rsidR="0063705C" w:rsidRDefault="0063705C" w:rsidP="0063705C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E6867C3" w14:textId="135A2208" w:rsidR="0063705C" w:rsidRDefault="0063705C" w:rsidP="0063705C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligible Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06619429" w14:textId="03D84BB3" w:rsidR="0063705C" w:rsidRDefault="0063705C" w:rsidP="0063705C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Standardized the ‘Age’ description of under 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="687DA728" w14:textId="33144EEC" w:rsidR="0063705C" w:rsidRDefault="0063705C" w:rsidP="0063705C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE2A09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0063705C" w:rsidRPr="00C623C0" w14:paraId="0A29CE5A" w14:textId="77777777" w:rsidTr="6476101D">
+      <w:tr w:rsidR="0063705C" w:rsidRPr="00C623C0" w14:paraId="0A29CE5A" w14:textId="77777777" w:rsidTr="005B4138">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6AAA35F9" w14:textId="50DCD3F6" w:rsidR="0063705C" w:rsidRDefault="0063705C" w:rsidP="0063705C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Disability Accommodation Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -12302,159 +12327,1650 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="636327FE" w14:textId="4E32178A" w:rsidR="0063705C" w:rsidRDefault="0063705C" w:rsidP="0063705C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E023328" w14:textId="0CA59E56" w:rsidR="0063705C" w:rsidRDefault="0063705C" w:rsidP="0063705C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Definition—   </w:t>
             </w:r>
             <w:r w:rsidRPr="00A972E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Patient with Self-reported Disability  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="65717758" w14:textId="7796707C" w:rsidR="0063705C" w:rsidRDefault="0063705C" w:rsidP="0063705C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Revised age description for each disability question to align with the standardized ‘Age’ description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CFC67E0" w14:textId="0F5C687C" w:rsidR="0063705C" w:rsidRDefault="0063705C" w:rsidP="0063705C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A173FD" w:rsidRPr="00C623C0" w14:paraId="0ADA48D2" w14:textId="77777777" w:rsidTr="005B4138">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A69F192" w14:textId="6C065633" w:rsidR="00A173FD" w:rsidRDefault="00276388" w:rsidP="0063705C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="64AFDFD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>RELD SOGI Data Completeness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Sexual Orientation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008166FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Completeness</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D6556A3" w14:textId="7335711A" w:rsidR="00A173FD" w:rsidRDefault="00F72AD3" w:rsidP="0063705C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33B99AEF" w14:textId="57E0EF19" w:rsidR="00A173FD" w:rsidRDefault="00F72AD3" w:rsidP="0063705C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72799611" w14:textId="52D5F707" w:rsidR="00A173FD" w:rsidRDefault="00F72AD3" w:rsidP="0063705C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Eligible Population</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D7F02D0" w14:textId="480F47CC" w:rsidR="00A173FD" w:rsidRDefault="00276388" w:rsidP="0063705C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Corrected members age to 19 and older and below 65 years of age</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C9BAA1F" w14:textId="6F101EEA" w:rsidR="00A173FD" w:rsidRDefault="00276388" w:rsidP="0063705C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12/24/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F8121B" w:rsidRPr="00C623C0" w14:paraId="4FDA92FE" w14:textId="77777777" w:rsidTr="005B4138">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66C1FA50" w14:textId="0D722E8F" w:rsidR="00F8121B" w:rsidRDefault="00F8121B" w:rsidP="00F8121B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="64AFDFD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>RELD SOGI Data Completeness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Gender Identity</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008166FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Completeness</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AACC407" w14:textId="78E6B463" w:rsidR="00F8121B" w:rsidRDefault="00F8121B" w:rsidP="00F8121B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10E908C7" w14:textId="76C2DE84" w:rsidR="00F8121B" w:rsidRDefault="00F8121B" w:rsidP="00F8121B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="570271AA" w14:textId="2CDF58BA" w:rsidR="00F8121B" w:rsidRDefault="00F8121B" w:rsidP="00F8121B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Eligible Population</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13CF6984" w14:textId="0F5BAB45" w:rsidR="00F8121B" w:rsidRDefault="00F8121B" w:rsidP="00F8121B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Corrected members age to 19 and older and below 65 years of age</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="170FAFDE" w14:textId="4AC6256C" w:rsidR="00F8121B" w:rsidRDefault="00F8121B" w:rsidP="00F8121B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12/24/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F8121B" w:rsidRPr="00C623C0" w14:paraId="09DABC5F" w14:textId="77777777" w:rsidTr="005B4138">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="513D43D4" w14:textId="65A7232E" w:rsidR="00F8121B" w:rsidRDefault="00115AE6" w:rsidP="00F8121B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009310E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Health-Related Social Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="365FEE36" w14:textId="63EF4710" w:rsidR="00F8121B" w:rsidRDefault="005B1EB6" w:rsidP="00F8121B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>59</w:t>
+            </w:r>
+            <w:r w:rsidR="00905434">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; 60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1942716D" w14:textId="45ACECA1" w:rsidR="00F8121B" w:rsidRDefault="005B1EB6" w:rsidP="00F8121B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="250613FA" w14:textId="2C0F9CC3" w:rsidR="00F8121B" w:rsidRDefault="005B1EB6" w:rsidP="00F8121B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Administrative Data Reporting Requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75392C31" w14:textId="2A84C940" w:rsidR="00F8121B" w:rsidRDefault="005B1EB6" w:rsidP="00F8121B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Added a note</w:t>
+            </w:r>
+            <w:r w:rsidR="003476A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> about G0136 code that will no longer be applicable beginning January 1, 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D6153DB" w14:textId="61CEFEDB" w:rsidR="00F8121B" w:rsidRDefault="003476A3" w:rsidP="00F8121B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12/24/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F8121B" w:rsidRPr="00C623C0" w14:paraId="486A4712" w14:textId="77777777" w:rsidTr="005B4138">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35917477" w14:textId="2C529120" w:rsidR="00F8121B" w:rsidRDefault="00DC6D7B" w:rsidP="00F8121B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="282DB852" w14:textId="5C77401D" w:rsidR="00F8121B" w:rsidRDefault="00DC6D7B" w:rsidP="00F8121B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D04F960" w14:textId="4E2F16ED" w:rsidR="00F8121B" w:rsidRDefault="008C5586" w:rsidP="00F8121B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42DFE50A" w14:textId="27A74DD4" w:rsidR="00F8121B" w:rsidRDefault="009E3A61" w:rsidP="00F8121B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Measure Summary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22629291" w14:textId="331D050C" w:rsidR="00F8121B" w:rsidRDefault="00212B68" w:rsidP="00F8121B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Clarified r</w:t>
+            </w:r>
+            <w:r w:rsidR="009E3A61">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ates will be calculated separately for inpatient</w:t>
+            </w:r>
+            <w:r w:rsidR="006108AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/observation stays and ambulatory radiology</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A9D87AA" w14:textId="1C02C647" w:rsidR="00F8121B" w:rsidRDefault="006108AC" w:rsidP="00F8121B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12/24/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A7338A" w:rsidRPr="00C623C0" w14:paraId="55443516" w14:textId="77777777" w:rsidTr="005B4138">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="486776FE" w14:textId="0052C749" w:rsidR="00A7338A" w:rsidRDefault="00A7338A" w:rsidP="00A7338A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="444CCE55" w14:textId="31028F5B" w:rsidR="00A7338A" w:rsidRDefault="00A7338A" w:rsidP="00A7338A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51946779" w14:textId="4ACACAFC" w:rsidR="00A7338A" w:rsidRDefault="00A7338A" w:rsidP="00A7338A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45526992" w14:textId="5BD76408" w:rsidR="00A7338A" w:rsidRDefault="00A7338A" w:rsidP="00A7338A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Eligible Population</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE7976">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">—Event </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05A8CD00" w14:textId="0F59FA3D" w:rsidR="00A7338A" w:rsidRDefault="00722231" w:rsidP="00A7338A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Included a note about inclusion and exclusion of ambulatory radiology visits</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37CD2D00" w14:textId="1A8E59E6" w:rsidR="00A7338A" w:rsidRDefault="00514A51" w:rsidP="00A7338A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12/24/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00514A51" w:rsidRPr="00C623C0" w14:paraId="6B45AAB8" w14:textId="77777777" w:rsidTr="005B4138">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7040A43E" w14:textId="1BB4E794" w:rsidR="00514A51" w:rsidRDefault="00514A51" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AE9DE93" w14:textId="0624DD41" w:rsidR="00514A51" w:rsidRDefault="00514A51" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="790C9793" w14:textId="4F48BAD6" w:rsidR="00514A51" w:rsidRDefault="00514A51" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="731FCB13" w14:textId="343494BC" w:rsidR="00514A51" w:rsidRDefault="00514A51" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eligible Population—Event </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25BE8EAA" w14:textId="079F1DAB" w:rsidR="00514A51" w:rsidRDefault="0061252C" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Added information on MassHealth ID and use of “</w:t>
+            </w:r>
+            <w:r w:rsidR="00872962" w:rsidRPr="00872962">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>999999999999”</w:t>
+            </w:r>
+            <w:r w:rsidR="00872962" w:rsidRPr="00872962">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in the supplemental file</w:t>
+            </w:r>
+            <w:r w:rsidR="0092431C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that will be excluded from rate calculations</w:t>
+            </w:r>
+            <w:r w:rsidR="00872962" w:rsidRPr="008526BE">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A73E5DA" w14:textId="5FF81DB0" w:rsidR="00514A51" w:rsidRDefault="00A7563A" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12/24/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00514A51" w:rsidRPr="00C623C0" w14:paraId="5E59B4DA" w14:textId="77777777" w:rsidTr="005B4138">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2814C712" w14:textId="4FCB1271" w:rsidR="00514A51" w:rsidRDefault="005B4138" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4025BB81" w14:textId="38099BB3" w:rsidR="00514A51" w:rsidRDefault="005B4138" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02972606" w14:textId="01EDE390" w:rsidR="00514A51" w:rsidRDefault="005B4138" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B9A65B4" w14:textId="3FFB5D4D" w:rsidR="00514A51" w:rsidRDefault="005B4138" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Administrative Specifications—Rate 1: Accommodation Needs Screening and Rate 2: </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE2199">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Accommodation Needs Related to a Disability</w:t>
+            </w:r>
+            <w:r w:rsidR="00E672D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Documented</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D3CAD11" w14:textId="7E9B3B0F" w:rsidR="00514A51" w:rsidRDefault="00BE2199" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Corrected both rates to reflect denominator and numerator </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF0232">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">for </w:t>
+            </w:r>
+            <w:r w:rsidR="00FE2293">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">each </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF0232">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>inpatient/observation stays and ambulatory radiology</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC84DB3" w14:textId="4CC3AEB8" w:rsidR="00514A51" w:rsidRDefault="00DF0232" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12/24/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE5680" w:rsidRPr="00C623C0" w14:paraId="488B3770" w14:textId="77777777" w:rsidTr="005B4138">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="127F5E58" w14:textId="1DFF2EDC" w:rsidR="00CE5680" w:rsidRDefault="00F97A7F" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C918A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Achievement of External </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B532312" w14:textId="7B6F9C2E" w:rsidR="00CE5680" w:rsidRDefault="00F97A7F" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>91</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F753FDA" w14:textId="099833E8" w:rsidR="00CE5680" w:rsidRDefault="00F97A7F" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="501F97FD" w14:textId="29EC49B6" w:rsidR="00CE5680" w:rsidRDefault="00E672D0" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Measure Requirement and Assessment: PY3-5 – Measure Requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6716A03F" w14:textId="16E16EE5" w:rsidR="00CE5680" w:rsidRDefault="00D343B3" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>If applicable, c</w:t>
+            </w:r>
+            <w:r w:rsidR="00B93944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>larified</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF2A5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">certification and maintenance </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF2A5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>requirements a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pply to</w:t>
+            </w:r>
+            <w:r w:rsidR="00B93944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> additional acute care hospital sites operated by hospital</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A0E7AD5" w14:textId="44850584" w:rsidR="00CE5680" w:rsidRDefault="00D343B3" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12/24/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C8354C" w:rsidRPr="00C623C0" w14:paraId="43687F21" w14:textId="77777777" w:rsidTr="005B4138">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D570D0C" w14:textId="0555B4A7" w:rsidR="00C8354C" w:rsidRPr="00C918A8" w:rsidRDefault="00915D5A" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00106F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Patient Experience: Communication, Courtesy, and Respect </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F9C6C17" w14:textId="6C4E1BA1" w:rsidR="00C8354C" w:rsidRDefault="007B0BA0" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EEB62F4" w14:textId="5D44BFFB" w:rsidR="00C8354C" w:rsidRDefault="007B0BA0" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3740181D" w14:textId="7186193F" w:rsidR="00C8354C" w:rsidRDefault="007B0BA0" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Measure Requirement and Assessment: PY3-5 – Measure Requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30E9D279" w14:textId="79BCADDF" w:rsidR="00C8354C" w:rsidRDefault="007B0BA0" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Changed reference to PY2 to PY for </w:t>
+            </w:r>
+            <w:r w:rsidR="00915D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">response </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00862437">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>rate (#</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00915D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="153C3FCE" w14:textId="061685DA" w:rsidR="00C8354C" w:rsidRDefault="00915D5A" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12/24/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="5A361ACD" w14:textId="6720AE47" w:rsidR="00403F2D" w:rsidRPr="00C623C0" w:rsidRDefault="00403F2D" w:rsidP="005F32CB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00403F2D" w:rsidRPr="00C623C0">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="232C3213" w14:textId="77777777" w:rsidR="009816FA" w:rsidRDefault="009816FA" w:rsidP="004261B3">
+    <w:p w14:paraId="6CC30E4F" w14:textId="77777777" w:rsidR="002250B9" w:rsidRDefault="002250B9" w:rsidP="004261B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E7C3280" w14:textId="77777777" w:rsidR="009816FA" w:rsidRDefault="009816FA" w:rsidP="004261B3">
+    <w:p w14:paraId="76A6E303" w14:textId="77777777" w:rsidR="002250B9" w:rsidRDefault="002250B9" w:rsidP="004261B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -12644,81 +14160,97 @@
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r w:rsidR="00C80D48">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>5-2027</w:t>
     </w:r>
     <w:r w:rsidR="006569C9" w:rsidRPr="007A38DD">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6C9C1DF1" w14:textId="2F46E0A5" w:rsidR="002D107A" w:rsidRPr="00366958" w:rsidRDefault="002D107A" w:rsidP="002D107A">
+  <w:p w14:paraId="6C9C1DF1" w14:textId="1E9ACB31" w:rsidR="002D107A" w:rsidRPr="00366958" w:rsidRDefault="002D107A" w:rsidP="002D107A">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D20CC1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Updated</w:t>
     </w:r>
     <w:r w:rsidR="00366958" w:rsidRPr="00D20CC1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
+    <w:r w:rsidR="00915D5A">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>December</w:t>
+    </w:r>
     <w:r w:rsidR="009007D1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>October 17</w:t>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00915D5A">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>24</w:t>
     </w:r>
     <w:r w:rsidR="00D20CC1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>, 2025</w:t>
     </w:r>
   </w:p>
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="951358130"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -12768,61 +14300,61 @@
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="007A38DD">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="32B3D972" w14:textId="3190D3A4" w:rsidR="004261B3" w:rsidRDefault="004261B3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2F6692BC" w14:textId="77777777" w:rsidR="009816FA" w:rsidRDefault="009816FA" w:rsidP="004261B3">
+    <w:p w14:paraId="09AF4705" w14:textId="77777777" w:rsidR="002250B9" w:rsidRDefault="002250B9" w:rsidP="004261B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C670075" w14:textId="77777777" w:rsidR="009816FA" w:rsidRDefault="009816FA" w:rsidP="004261B3">
+    <w:p w14:paraId="694492D9" w14:textId="77777777" w:rsidR="002250B9" w:rsidRDefault="002250B9" w:rsidP="004261B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6388299B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0ECF6AE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -12914,50 +14446,51 @@
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="819425156">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00900E67"/>
     <w:rsid w:val="000113C7"/>
     <w:rsid w:val="00012909"/>
     <w:rsid w:val="00023359"/>
     <w:rsid w:val="00027C76"/>
     <w:rsid w:val="00034C51"/>
@@ -12967,123 +14500,130 @@
     <w:rsid w:val="00051A5F"/>
     <w:rsid w:val="00057EF3"/>
     <w:rsid w:val="00063BF4"/>
     <w:rsid w:val="000758FB"/>
     <w:rsid w:val="000765AE"/>
     <w:rsid w:val="000805FA"/>
     <w:rsid w:val="00085D69"/>
     <w:rsid w:val="00094DA9"/>
     <w:rsid w:val="00095BA3"/>
     <w:rsid w:val="000963C3"/>
     <w:rsid w:val="000979B2"/>
     <w:rsid w:val="000A27BC"/>
     <w:rsid w:val="000A29E7"/>
     <w:rsid w:val="000E08C5"/>
     <w:rsid w:val="000E17BD"/>
     <w:rsid w:val="000E7C0A"/>
     <w:rsid w:val="000E7C97"/>
     <w:rsid w:val="000F2FC1"/>
     <w:rsid w:val="000F44EF"/>
     <w:rsid w:val="000F661B"/>
     <w:rsid w:val="000F6BC7"/>
     <w:rsid w:val="00106088"/>
     <w:rsid w:val="00106F01"/>
     <w:rsid w:val="00110B79"/>
     <w:rsid w:val="00111076"/>
+    <w:rsid w:val="00115AE6"/>
     <w:rsid w:val="001201B0"/>
     <w:rsid w:val="00122075"/>
     <w:rsid w:val="00123843"/>
     <w:rsid w:val="00130BE6"/>
     <w:rsid w:val="00132F52"/>
     <w:rsid w:val="00140046"/>
     <w:rsid w:val="00157041"/>
     <w:rsid w:val="00160C00"/>
     <w:rsid w:val="00162971"/>
     <w:rsid w:val="00162B9A"/>
     <w:rsid w:val="00162EE3"/>
     <w:rsid w:val="00187563"/>
     <w:rsid w:val="001956A1"/>
     <w:rsid w:val="00196949"/>
     <w:rsid w:val="001977F6"/>
     <w:rsid w:val="001A4979"/>
     <w:rsid w:val="001B0402"/>
     <w:rsid w:val="001B183E"/>
     <w:rsid w:val="001B218F"/>
     <w:rsid w:val="001B5200"/>
     <w:rsid w:val="001B759E"/>
     <w:rsid w:val="001C37C2"/>
     <w:rsid w:val="001C4A04"/>
     <w:rsid w:val="001C7FD4"/>
     <w:rsid w:val="001D4410"/>
     <w:rsid w:val="001D463A"/>
     <w:rsid w:val="001D5543"/>
     <w:rsid w:val="001D7325"/>
     <w:rsid w:val="001F2920"/>
     <w:rsid w:val="002001BB"/>
+    <w:rsid w:val="00212B68"/>
     <w:rsid w:val="0022489F"/>
+    <w:rsid w:val="002250B9"/>
     <w:rsid w:val="00225565"/>
     <w:rsid w:val="00226C07"/>
     <w:rsid w:val="00254AA4"/>
     <w:rsid w:val="002550AA"/>
     <w:rsid w:val="00256402"/>
     <w:rsid w:val="00261AC9"/>
     <w:rsid w:val="00262AFA"/>
     <w:rsid w:val="00263B44"/>
+    <w:rsid w:val="00276388"/>
     <w:rsid w:val="00290FC0"/>
     <w:rsid w:val="002A39C6"/>
     <w:rsid w:val="002A6CE2"/>
     <w:rsid w:val="002A6FD8"/>
     <w:rsid w:val="002B0AF9"/>
     <w:rsid w:val="002B72DB"/>
     <w:rsid w:val="002B7DEC"/>
     <w:rsid w:val="002C21BC"/>
+    <w:rsid w:val="002C273A"/>
     <w:rsid w:val="002C3243"/>
     <w:rsid w:val="002C4109"/>
     <w:rsid w:val="002C5D70"/>
     <w:rsid w:val="002D107A"/>
     <w:rsid w:val="002D5777"/>
     <w:rsid w:val="002D6833"/>
     <w:rsid w:val="002D6A2F"/>
     <w:rsid w:val="002E08E4"/>
     <w:rsid w:val="002E2736"/>
     <w:rsid w:val="002E4063"/>
     <w:rsid w:val="002E6206"/>
     <w:rsid w:val="002F09DA"/>
     <w:rsid w:val="002F0D43"/>
     <w:rsid w:val="002F19C1"/>
+    <w:rsid w:val="002F2823"/>
     <w:rsid w:val="002F6F54"/>
     <w:rsid w:val="00301065"/>
     <w:rsid w:val="003128F9"/>
     <w:rsid w:val="003144ED"/>
     <w:rsid w:val="00317620"/>
     <w:rsid w:val="003233A3"/>
     <w:rsid w:val="00327CFA"/>
     <w:rsid w:val="00330B11"/>
     <w:rsid w:val="00333A32"/>
     <w:rsid w:val="003413D8"/>
     <w:rsid w:val="00341FC4"/>
     <w:rsid w:val="00344FDF"/>
+    <w:rsid w:val="003476A3"/>
     <w:rsid w:val="00356FBD"/>
     <w:rsid w:val="00360AC7"/>
     <w:rsid w:val="00364FDA"/>
     <w:rsid w:val="00365E5A"/>
     <w:rsid w:val="00366958"/>
     <w:rsid w:val="00373864"/>
     <w:rsid w:val="00375136"/>
     <w:rsid w:val="00377256"/>
     <w:rsid w:val="003847E6"/>
     <w:rsid w:val="0038512B"/>
     <w:rsid w:val="003861C8"/>
     <w:rsid w:val="00387A0F"/>
     <w:rsid w:val="003922C3"/>
     <w:rsid w:val="00396C99"/>
     <w:rsid w:val="003A055A"/>
     <w:rsid w:val="003A263F"/>
     <w:rsid w:val="003B115D"/>
     <w:rsid w:val="003B1209"/>
     <w:rsid w:val="003C25EA"/>
     <w:rsid w:val="003D215A"/>
     <w:rsid w:val="003E0FDF"/>
     <w:rsid w:val="003F0AA1"/>
     <w:rsid w:val="003F1734"/>
     <w:rsid w:val="003F699F"/>
     <w:rsid w:val="00401361"/>
@@ -13095,400 +14635,432 @@
     <w:rsid w:val="004261B3"/>
     <w:rsid w:val="00444D4B"/>
     <w:rsid w:val="0044507C"/>
     <w:rsid w:val="004462DF"/>
     <w:rsid w:val="00452BCE"/>
     <w:rsid w:val="00453219"/>
     <w:rsid w:val="004557D2"/>
     <w:rsid w:val="00464361"/>
     <w:rsid w:val="004665DB"/>
     <w:rsid w:val="0047208A"/>
     <w:rsid w:val="00475790"/>
     <w:rsid w:val="00476206"/>
     <w:rsid w:val="0048153F"/>
     <w:rsid w:val="00495B6E"/>
     <w:rsid w:val="004A0769"/>
     <w:rsid w:val="004A1A29"/>
     <w:rsid w:val="004A64A0"/>
     <w:rsid w:val="004B2512"/>
     <w:rsid w:val="004C1C18"/>
     <w:rsid w:val="004C4F33"/>
     <w:rsid w:val="004D3606"/>
     <w:rsid w:val="004D75EE"/>
     <w:rsid w:val="004F4D40"/>
     <w:rsid w:val="00503732"/>
     <w:rsid w:val="00512661"/>
+    <w:rsid w:val="00514A51"/>
     <w:rsid w:val="00515933"/>
     <w:rsid w:val="005475AF"/>
     <w:rsid w:val="00550FCC"/>
     <w:rsid w:val="00561CE8"/>
     <w:rsid w:val="005636C9"/>
     <w:rsid w:val="00566178"/>
     <w:rsid w:val="00572298"/>
     <w:rsid w:val="00573E2D"/>
     <w:rsid w:val="00575830"/>
     <w:rsid w:val="005761DC"/>
     <w:rsid w:val="00580202"/>
     <w:rsid w:val="005825A4"/>
     <w:rsid w:val="00592BDE"/>
     <w:rsid w:val="0059316F"/>
     <w:rsid w:val="00594DB7"/>
     <w:rsid w:val="00597648"/>
     <w:rsid w:val="005A0B41"/>
     <w:rsid w:val="005A3D5B"/>
     <w:rsid w:val="005B0AB8"/>
+    <w:rsid w:val="005B1EB6"/>
+    <w:rsid w:val="005B4138"/>
     <w:rsid w:val="005B762A"/>
     <w:rsid w:val="005C0473"/>
     <w:rsid w:val="005C1DE2"/>
     <w:rsid w:val="005C6FB2"/>
     <w:rsid w:val="005D16A8"/>
     <w:rsid w:val="005D5E78"/>
     <w:rsid w:val="005E11FF"/>
     <w:rsid w:val="005F0777"/>
     <w:rsid w:val="005F32CB"/>
     <w:rsid w:val="005F59B2"/>
     <w:rsid w:val="005F6A13"/>
     <w:rsid w:val="005F70A2"/>
     <w:rsid w:val="005F7118"/>
     <w:rsid w:val="00605B8F"/>
+    <w:rsid w:val="006108AC"/>
     <w:rsid w:val="00611017"/>
     <w:rsid w:val="0061104A"/>
     <w:rsid w:val="006124D7"/>
+    <w:rsid w:val="0061252C"/>
     <w:rsid w:val="006207B5"/>
     <w:rsid w:val="00623261"/>
     <w:rsid w:val="0063705C"/>
     <w:rsid w:val="006403C1"/>
     <w:rsid w:val="006411F8"/>
     <w:rsid w:val="00644C83"/>
     <w:rsid w:val="006525D7"/>
     <w:rsid w:val="006569C9"/>
     <w:rsid w:val="00666A43"/>
     <w:rsid w:val="006675B9"/>
     <w:rsid w:val="00670529"/>
     <w:rsid w:val="006705F8"/>
     <w:rsid w:val="00671575"/>
     <w:rsid w:val="0067646C"/>
     <w:rsid w:val="00681F77"/>
     <w:rsid w:val="0068274E"/>
     <w:rsid w:val="00697767"/>
     <w:rsid w:val="006A0B0B"/>
     <w:rsid w:val="006A1000"/>
     <w:rsid w:val="006A7140"/>
     <w:rsid w:val="006B404F"/>
     <w:rsid w:val="006B4833"/>
     <w:rsid w:val="006D3974"/>
     <w:rsid w:val="006D4323"/>
     <w:rsid w:val="006D4A0B"/>
     <w:rsid w:val="006E09EC"/>
     <w:rsid w:val="006E12D2"/>
     <w:rsid w:val="006E71C3"/>
     <w:rsid w:val="006F7B71"/>
     <w:rsid w:val="00702CDD"/>
     <w:rsid w:val="00703A57"/>
     <w:rsid w:val="007131E6"/>
     <w:rsid w:val="007203E7"/>
+    <w:rsid w:val="00722231"/>
     <w:rsid w:val="00732D88"/>
     <w:rsid w:val="007366EB"/>
     <w:rsid w:val="007369F7"/>
     <w:rsid w:val="007372CA"/>
     <w:rsid w:val="00743FC8"/>
     <w:rsid w:val="00752D7D"/>
     <w:rsid w:val="00754E39"/>
     <w:rsid w:val="00763400"/>
     <w:rsid w:val="0076E01C"/>
     <w:rsid w:val="007706C7"/>
     <w:rsid w:val="00773CA3"/>
     <w:rsid w:val="00776B13"/>
     <w:rsid w:val="00780D0C"/>
     <w:rsid w:val="00782B6C"/>
     <w:rsid w:val="00790D53"/>
     <w:rsid w:val="00793477"/>
     <w:rsid w:val="0079366F"/>
     <w:rsid w:val="007943D6"/>
     <w:rsid w:val="007A04D1"/>
     <w:rsid w:val="007A0F8B"/>
     <w:rsid w:val="007A38DD"/>
     <w:rsid w:val="007A516F"/>
     <w:rsid w:val="007A7332"/>
     <w:rsid w:val="007B0AC1"/>
+    <w:rsid w:val="007B0BA0"/>
     <w:rsid w:val="007B3D22"/>
     <w:rsid w:val="007B6A9D"/>
     <w:rsid w:val="007C4D92"/>
     <w:rsid w:val="007C51ED"/>
     <w:rsid w:val="007C5424"/>
     <w:rsid w:val="007D0536"/>
     <w:rsid w:val="007D5DF0"/>
     <w:rsid w:val="007D7B22"/>
     <w:rsid w:val="007E3C97"/>
     <w:rsid w:val="007F0E74"/>
     <w:rsid w:val="007F12E0"/>
     <w:rsid w:val="007F6ADB"/>
     <w:rsid w:val="008015A1"/>
     <w:rsid w:val="008019DD"/>
     <w:rsid w:val="00801BE4"/>
     <w:rsid w:val="00804706"/>
     <w:rsid w:val="0081320F"/>
     <w:rsid w:val="00815241"/>
     <w:rsid w:val="008158BC"/>
     <w:rsid w:val="00822B62"/>
     <w:rsid w:val="00826251"/>
     <w:rsid w:val="00832AD6"/>
     <w:rsid w:val="00834F59"/>
     <w:rsid w:val="00834F8D"/>
     <w:rsid w:val="0085695E"/>
     <w:rsid w:val="00856D33"/>
+    <w:rsid w:val="00862437"/>
     <w:rsid w:val="00865CD4"/>
     <w:rsid w:val="008700C9"/>
     <w:rsid w:val="00871FE3"/>
+    <w:rsid w:val="00872962"/>
     <w:rsid w:val="0087545A"/>
     <w:rsid w:val="0088525E"/>
     <w:rsid w:val="008858CD"/>
     <w:rsid w:val="00887431"/>
     <w:rsid w:val="00892B36"/>
     <w:rsid w:val="008A4D3D"/>
     <w:rsid w:val="008B0DFD"/>
+    <w:rsid w:val="008C5586"/>
     <w:rsid w:val="008D7233"/>
     <w:rsid w:val="008E0F15"/>
     <w:rsid w:val="008E27A5"/>
     <w:rsid w:val="008E399E"/>
     <w:rsid w:val="008E53B1"/>
     <w:rsid w:val="008E6BC4"/>
     <w:rsid w:val="008F0BBB"/>
     <w:rsid w:val="0090000C"/>
     <w:rsid w:val="009007D1"/>
     <w:rsid w:val="00900E67"/>
     <w:rsid w:val="00900F9A"/>
     <w:rsid w:val="00902CF6"/>
     <w:rsid w:val="0090486D"/>
     <w:rsid w:val="00904B6C"/>
+    <w:rsid w:val="00905434"/>
+    <w:rsid w:val="00915D5A"/>
     <w:rsid w:val="00916685"/>
     <w:rsid w:val="00917258"/>
     <w:rsid w:val="009223BD"/>
+    <w:rsid w:val="0092431C"/>
     <w:rsid w:val="00925469"/>
     <w:rsid w:val="009259FA"/>
     <w:rsid w:val="009310E0"/>
     <w:rsid w:val="00961AD3"/>
     <w:rsid w:val="00976CF9"/>
     <w:rsid w:val="009774B2"/>
     <w:rsid w:val="00977643"/>
     <w:rsid w:val="009816FA"/>
     <w:rsid w:val="0099281C"/>
     <w:rsid w:val="00995015"/>
     <w:rsid w:val="009A2405"/>
     <w:rsid w:val="009B07EF"/>
     <w:rsid w:val="009B493B"/>
     <w:rsid w:val="009C06DA"/>
     <w:rsid w:val="009C13DC"/>
     <w:rsid w:val="009C1DC9"/>
+    <w:rsid w:val="009E3A61"/>
     <w:rsid w:val="009F0B7A"/>
     <w:rsid w:val="00A0351F"/>
     <w:rsid w:val="00A04896"/>
     <w:rsid w:val="00A127ED"/>
+    <w:rsid w:val="00A173FD"/>
     <w:rsid w:val="00A229A7"/>
     <w:rsid w:val="00A27DAF"/>
     <w:rsid w:val="00A328AD"/>
     <w:rsid w:val="00A37CF2"/>
     <w:rsid w:val="00A44547"/>
     <w:rsid w:val="00A44DE7"/>
     <w:rsid w:val="00A46671"/>
     <w:rsid w:val="00A46F38"/>
     <w:rsid w:val="00A54584"/>
     <w:rsid w:val="00A563D9"/>
     <w:rsid w:val="00A64980"/>
     <w:rsid w:val="00A6675F"/>
+    <w:rsid w:val="00A7338A"/>
     <w:rsid w:val="00A733CA"/>
     <w:rsid w:val="00A73DAE"/>
+    <w:rsid w:val="00A7563A"/>
     <w:rsid w:val="00A8250B"/>
     <w:rsid w:val="00A869BB"/>
     <w:rsid w:val="00A87219"/>
     <w:rsid w:val="00A94DC1"/>
     <w:rsid w:val="00A972E5"/>
     <w:rsid w:val="00AA2716"/>
     <w:rsid w:val="00AA5AF5"/>
     <w:rsid w:val="00AA76A4"/>
     <w:rsid w:val="00AB08E8"/>
     <w:rsid w:val="00AB1329"/>
     <w:rsid w:val="00AC07C4"/>
     <w:rsid w:val="00AC3FB8"/>
     <w:rsid w:val="00AC481B"/>
     <w:rsid w:val="00AD0F70"/>
     <w:rsid w:val="00AD23B9"/>
     <w:rsid w:val="00AD25A4"/>
+    <w:rsid w:val="00AD2EBD"/>
     <w:rsid w:val="00AD4948"/>
     <w:rsid w:val="00AD4BE6"/>
     <w:rsid w:val="00AD5243"/>
     <w:rsid w:val="00AD5ECD"/>
     <w:rsid w:val="00AD75DF"/>
     <w:rsid w:val="00AE0E1F"/>
     <w:rsid w:val="00AE206A"/>
     <w:rsid w:val="00AE561D"/>
     <w:rsid w:val="00AE750B"/>
     <w:rsid w:val="00AF0F60"/>
     <w:rsid w:val="00B0607C"/>
     <w:rsid w:val="00B21561"/>
     <w:rsid w:val="00B2642B"/>
     <w:rsid w:val="00B3723F"/>
     <w:rsid w:val="00B74416"/>
     <w:rsid w:val="00B74738"/>
     <w:rsid w:val="00B75291"/>
     <w:rsid w:val="00B82CEC"/>
     <w:rsid w:val="00B865E8"/>
     <w:rsid w:val="00B86608"/>
     <w:rsid w:val="00B86B8F"/>
     <w:rsid w:val="00B917C0"/>
+    <w:rsid w:val="00B93944"/>
     <w:rsid w:val="00BA00DE"/>
     <w:rsid w:val="00BA02EC"/>
     <w:rsid w:val="00BA38DD"/>
     <w:rsid w:val="00BB378C"/>
     <w:rsid w:val="00BC380A"/>
     <w:rsid w:val="00BC585D"/>
     <w:rsid w:val="00BD121B"/>
     <w:rsid w:val="00BD16CF"/>
+    <w:rsid w:val="00BE2199"/>
     <w:rsid w:val="00BE2C55"/>
     <w:rsid w:val="00BE5BB6"/>
+    <w:rsid w:val="00BF2A5F"/>
     <w:rsid w:val="00BF35AF"/>
     <w:rsid w:val="00C01E08"/>
     <w:rsid w:val="00C01EDA"/>
     <w:rsid w:val="00C0660D"/>
     <w:rsid w:val="00C07E3F"/>
     <w:rsid w:val="00C13B84"/>
     <w:rsid w:val="00C14586"/>
     <w:rsid w:val="00C15C72"/>
     <w:rsid w:val="00C17236"/>
     <w:rsid w:val="00C238E6"/>
     <w:rsid w:val="00C314FD"/>
     <w:rsid w:val="00C36BC7"/>
     <w:rsid w:val="00C517CB"/>
     <w:rsid w:val="00C53AE9"/>
     <w:rsid w:val="00C55CF9"/>
     <w:rsid w:val="00C623C0"/>
     <w:rsid w:val="00C63265"/>
     <w:rsid w:val="00C80D48"/>
+    <w:rsid w:val="00C8354C"/>
     <w:rsid w:val="00C84935"/>
     <w:rsid w:val="00C84AB6"/>
     <w:rsid w:val="00C918A8"/>
     <w:rsid w:val="00CA4325"/>
     <w:rsid w:val="00CA5A81"/>
     <w:rsid w:val="00CB1730"/>
     <w:rsid w:val="00CB56E6"/>
     <w:rsid w:val="00CB5C58"/>
     <w:rsid w:val="00CC598C"/>
     <w:rsid w:val="00CD075B"/>
     <w:rsid w:val="00CD3A37"/>
     <w:rsid w:val="00CD4CF5"/>
     <w:rsid w:val="00CD69DB"/>
     <w:rsid w:val="00CD6F9B"/>
     <w:rsid w:val="00CD7B61"/>
+    <w:rsid w:val="00CE5680"/>
     <w:rsid w:val="00CE6E00"/>
     <w:rsid w:val="00CF341B"/>
     <w:rsid w:val="00D01139"/>
     <w:rsid w:val="00D02FC4"/>
     <w:rsid w:val="00D07DE8"/>
     <w:rsid w:val="00D1291F"/>
     <w:rsid w:val="00D14976"/>
     <w:rsid w:val="00D1614E"/>
     <w:rsid w:val="00D16A4C"/>
     <w:rsid w:val="00D20CC1"/>
     <w:rsid w:val="00D259CD"/>
     <w:rsid w:val="00D26A0C"/>
     <w:rsid w:val="00D27DED"/>
+    <w:rsid w:val="00D343B3"/>
     <w:rsid w:val="00D35DB3"/>
     <w:rsid w:val="00D43B63"/>
     <w:rsid w:val="00D44292"/>
     <w:rsid w:val="00D44BE3"/>
     <w:rsid w:val="00D50D98"/>
     <w:rsid w:val="00D679C9"/>
     <w:rsid w:val="00D76C02"/>
     <w:rsid w:val="00D813FE"/>
     <w:rsid w:val="00D94256"/>
     <w:rsid w:val="00D9484C"/>
     <w:rsid w:val="00DA6735"/>
     <w:rsid w:val="00DA74C2"/>
     <w:rsid w:val="00DB35B0"/>
     <w:rsid w:val="00DB372E"/>
     <w:rsid w:val="00DC470B"/>
+    <w:rsid w:val="00DC6D7B"/>
     <w:rsid w:val="00DD008A"/>
     <w:rsid w:val="00DE0B19"/>
     <w:rsid w:val="00DE125A"/>
     <w:rsid w:val="00DE4E2C"/>
+    <w:rsid w:val="00DF0232"/>
     <w:rsid w:val="00DF27DE"/>
     <w:rsid w:val="00DF4D5D"/>
     <w:rsid w:val="00DF6373"/>
     <w:rsid w:val="00DF72D3"/>
     <w:rsid w:val="00E03FAA"/>
     <w:rsid w:val="00E06A87"/>
     <w:rsid w:val="00E14A9E"/>
     <w:rsid w:val="00E35C79"/>
     <w:rsid w:val="00E37CBB"/>
     <w:rsid w:val="00E41697"/>
     <w:rsid w:val="00E4374C"/>
     <w:rsid w:val="00E43E27"/>
     <w:rsid w:val="00E52275"/>
     <w:rsid w:val="00E5432E"/>
     <w:rsid w:val="00E60452"/>
+    <w:rsid w:val="00E672D0"/>
     <w:rsid w:val="00E75136"/>
     <w:rsid w:val="00E87070"/>
     <w:rsid w:val="00E8714F"/>
     <w:rsid w:val="00E95A7E"/>
     <w:rsid w:val="00E97068"/>
     <w:rsid w:val="00EB6A53"/>
     <w:rsid w:val="00EC2538"/>
     <w:rsid w:val="00EC3D9A"/>
     <w:rsid w:val="00EC4859"/>
     <w:rsid w:val="00EC6068"/>
     <w:rsid w:val="00EC6FB5"/>
     <w:rsid w:val="00ED7243"/>
+    <w:rsid w:val="00EE7976"/>
     <w:rsid w:val="00EF6E1D"/>
     <w:rsid w:val="00EF6FF0"/>
     <w:rsid w:val="00F02B23"/>
     <w:rsid w:val="00F03B0C"/>
     <w:rsid w:val="00F11409"/>
     <w:rsid w:val="00F17A46"/>
     <w:rsid w:val="00F25638"/>
     <w:rsid w:val="00F31ECF"/>
     <w:rsid w:val="00F34BEE"/>
     <w:rsid w:val="00F37BA5"/>
     <w:rsid w:val="00F37F52"/>
     <w:rsid w:val="00F42817"/>
     <w:rsid w:val="00F53BC9"/>
     <w:rsid w:val="00F55336"/>
     <w:rsid w:val="00F571A9"/>
     <w:rsid w:val="00F61193"/>
     <w:rsid w:val="00F61299"/>
     <w:rsid w:val="00F719CC"/>
     <w:rsid w:val="00F728D1"/>
+    <w:rsid w:val="00F72AD3"/>
     <w:rsid w:val="00F755E1"/>
+    <w:rsid w:val="00F8121B"/>
     <w:rsid w:val="00F9761D"/>
+    <w:rsid w:val="00F97A7F"/>
     <w:rsid w:val="00F97E9E"/>
     <w:rsid w:val="00FA0224"/>
     <w:rsid w:val="00FB6A0E"/>
     <w:rsid w:val="00FC743A"/>
     <w:rsid w:val="00FD0B8A"/>
     <w:rsid w:val="00FD11BF"/>
     <w:rsid w:val="00FD5E68"/>
     <w:rsid w:val="00FD6703"/>
     <w:rsid w:val="00FE0B70"/>
+    <w:rsid w:val="00FE2293"/>
     <w:rsid w:val="00FE2437"/>
     <w:rsid w:val="00FE3527"/>
     <w:rsid w:val="00FE6B94"/>
     <w:rsid w:val="04B64386"/>
     <w:rsid w:val="05322332"/>
     <w:rsid w:val="0705C276"/>
     <w:rsid w:val="079469C6"/>
     <w:rsid w:val="08D960BB"/>
     <w:rsid w:val="0BA8957E"/>
     <w:rsid w:val="0D913A5C"/>
     <w:rsid w:val="0E5B2887"/>
     <w:rsid w:val="0EB73125"/>
     <w:rsid w:val="0F315C2F"/>
     <w:rsid w:val="12828670"/>
     <w:rsid w:val="12F05248"/>
     <w:rsid w:val="12F3C1D1"/>
     <w:rsid w:val="143CF58A"/>
     <w:rsid w:val="1614398C"/>
     <w:rsid w:val="16A3806C"/>
     <w:rsid w:val="16B05469"/>
     <w:rsid w:val="17505F12"/>
     <w:rsid w:val="1868A52E"/>
     <w:rsid w:val="1A5D9E20"/>
     <w:rsid w:val="1A92BC77"/>
     <w:rsid w:val="1D294FB1"/>
@@ -14993,61 +16565,52 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca181a51-b58f-4101-967e-bee951ab042e" xmlns:ns3="a84c8341-80aa-4b48-9373-d3a3de2ad48e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0cee0f216cd659af1976c8a2b705f81d" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000E4AA08DB2E7574BB85FD0D75957E082" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f2df0f1ff799e2b1eec60a5ae7dbd158">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca181a51-b58f-4101-967e-bee951ab042e" xmlns:ns3="a84c8341-80aa-4b48-9373-d3a3de2ad48e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a2b684e3fc6b7474634bd10d69afc92c" ns2:_="" ns3:_="">
     <xsd:import namespace="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <xsd:import namespace="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:BriefDescription" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -15226,131 +16789,140 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ca181a51-b58f-4101-967e-bee951ab042e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <BriefDescription xmlns="ca181a51-b58f-4101-967e-bee951ab042e" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FEDEF8F1-321B-4BE6-A183-B4A41E85E5F2}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C68A284-1B49-47F4-AC89-BA81446DD43F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <ds:schemaRef ds:uri="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{285963D1-BBDF-4D7D-99FA-6E5D9BCDEA41}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA314F96-88F0-4E91-855E-1B95E5065C78}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C2F6250-C6E2-41FB-88DB-34FCA00D1B0E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C2F6250-C6E2-41FB-88DB-34FCA00D1B0E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA314F96-88F0-4E91-855E-1B95E5065C78}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>12396</Characters>
+  <Pages>10</Pages>
+  <Words>2449</Words>
+  <Characters>13961</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>413</Lines>
-  <Paragraphs>237</Paragraphs>
+  <Lines>116</Lines>
+  <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14274</CharactersWithSpaces>
+  <CharactersWithSpaces>16378</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Guimaraes, Erica (EHS)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000E4AA08DB2E7574BB85FD0D75957E082</vt:lpwstr>
   </property>