--- v1 (2026-02-05)
+++ v2 (2026-03-27)
@@ -13084,60 +13084,51 @@
               <w:lastRenderedPageBreak/>
               <w:t>Disability Accommodation Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="444CCE55" w14:textId="31028F5B" w:rsidR="00A7338A" w:rsidRDefault="00A7338A" w:rsidP="00A7338A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...8 lines deleted...]
-              <w:t>4</w:t>
+              <w:t>84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51946779" w14:textId="4ACACAFC" w:rsidR="00A7338A" w:rsidRDefault="00A7338A" w:rsidP="00A7338A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -13314,59 +13305,51 @@
           <w:tcPr>
             <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25BE8EAA" w14:textId="079F1DAB" w:rsidR="00514A51" w:rsidRDefault="0061252C" w:rsidP="00514A51">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Added information on MassHealth ID and use of “</w:t>
             </w:r>
             <w:r w:rsidR="00872962" w:rsidRPr="00872962">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>999999999999”</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> in the supplemental file</w:t>
+              <w:t>999999999999” in the supplemental file</w:t>
             </w:r>
             <w:r w:rsidR="0092431C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> that will be excluded from rate calculations</w:t>
             </w:r>
             <w:r w:rsidR="00872962" w:rsidRPr="008526BE">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A73E5DA" w14:textId="5FF81DB0" w:rsidR="00514A51" w:rsidRDefault="00A7563A" w:rsidP="00514A51">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -13848,129 +13831,2147 @@
           </w:tcPr>
           <w:p w14:paraId="30E9D279" w14:textId="79BCADDF" w:rsidR="00C8354C" w:rsidRDefault="007B0BA0" w:rsidP="00514A51">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Changed reference to PY2 to PY for </w:t>
             </w:r>
             <w:r w:rsidR="00915D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">response </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00862437">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>rate (#</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00915D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="153C3FCE" w14:textId="061685DA" w:rsidR="00C8354C" w:rsidRDefault="00915D5A" w:rsidP="00514A51">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12/24/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F21A4" w:rsidRPr="00C623C0" w14:paraId="5203E246" w14:textId="77777777" w:rsidTr="005B4138">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43DA6CE8" w14:textId="7A41D45B" w:rsidR="001F21A4" w:rsidRPr="00106F01" w:rsidRDefault="00D315C0" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009310E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Health-Related Social Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D90CD9C" w14:textId="42CE7613" w:rsidR="001F21A4" w:rsidRDefault="00854542" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="003C54BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="272C9E88" w14:textId="09699339" w:rsidR="001F21A4" w:rsidRDefault="00D315C0" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75CA9E78" w14:textId="7612F6DF" w:rsidR="001F21A4" w:rsidRDefault="00D315C0" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Administrative Specification</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Rate 1, Exclusions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="792E6457" w14:textId="141E257E" w:rsidR="001F21A4" w:rsidRDefault="00FB485E" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Added</w:t>
+            </w:r>
+            <w:r w:rsidR="00421ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> exclusions of </w:t>
+            </w:r>
+            <w:r w:rsidR="003B7C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>patients leaving against medical advice, eloping</w:t>
+            </w:r>
+            <w:r w:rsidR="00564A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="003B7C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or without being seen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03CC5C77" w14:textId="10D13E2A" w:rsidR="001F21A4" w:rsidRDefault="00FB485E" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3/6/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F21A4" w:rsidRPr="00C623C0" w14:paraId="3DF1C63B" w14:textId="77777777" w:rsidTr="005B4138">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CE0BFFA" w14:textId="7951FD5F" w:rsidR="001F21A4" w:rsidRPr="00106F01" w:rsidRDefault="00AD73BA" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345107">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Quality Performance Disparities Reduction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3531D3E1" w14:textId="67A999CD" w:rsidR="001F21A4" w:rsidRDefault="00E61239" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="0059294E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="539A3475" w14:textId="75CB32B2" w:rsidR="001F21A4" w:rsidRDefault="00416E19" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Policy Update</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DDB3E8D" w14:textId="62A873B1" w:rsidR="001F21A4" w:rsidRDefault="00AD73BA" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Administrative Specification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EFB7D17" w14:textId="1A31DCC5" w:rsidR="001F21A4" w:rsidRDefault="00465E94" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Removed “and any alternative measures as applicable”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50FABB57" w14:textId="063A3DCE" w:rsidR="001F21A4" w:rsidRDefault="00465E94" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3/6/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F21A4" w:rsidRPr="00C623C0" w14:paraId="00FDDFCF" w14:textId="77777777" w:rsidTr="005B4138">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C0112E6" w14:textId="67E7B00E" w:rsidR="001F21A4" w:rsidRPr="00106F01" w:rsidRDefault="00E61239" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345107">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Quality Performance Disparities Reduction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="603EECC7" w14:textId="55C2E110" w:rsidR="001F21A4" w:rsidRDefault="00E61239" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00564A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="690E655C" w14:textId="50FA2468" w:rsidR="001F21A4" w:rsidRDefault="00416E19" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Policy Update</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="685356CE" w14:textId="5446EA80" w:rsidR="001F21A4" w:rsidRDefault="00E61239" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Table 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60361B9D" w14:textId="5753A898" w:rsidR="001F21A4" w:rsidRDefault="00AA09C4" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Removed “Alternative Measures”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16CE3CC4" w14:textId="7805A042" w:rsidR="001F21A4" w:rsidRDefault="00AA09C4" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3/6/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F21A4" w:rsidRPr="00C623C0" w14:paraId="2791D8DE" w14:textId="77777777" w:rsidTr="005B4138">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ADBB879" w14:textId="2C7D79FA" w:rsidR="001F21A4" w:rsidRPr="00106F01" w:rsidRDefault="002B526A" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345107">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quality Performance </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00345107">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Disparities Reduction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A40D3CC" w14:textId="4A936889" w:rsidR="001F21A4" w:rsidRDefault="002B526A" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00564A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="640A0AC8" w14:textId="347F2DBB" w:rsidR="001F21A4" w:rsidRDefault="00416E19" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="704C740B" w14:textId="7BC62E8E" w:rsidR="001F21A4" w:rsidRDefault="00416E19" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Additional Measure Information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="400CBE96" w14:textId="4C9A1304" w:rsidR="001F21A4" w:rsidRDefault="002B526A" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Removed language on race and ethnicity data standards for stratification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43F84C3F" w14:textId="410A84BE" w:rsidR="001F21A4" w:rsidRDefault="002B526A" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3/6/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F21A4" w:rsidRPr="00C623C0" w14:paraId="0513A436" w14:textId="77777777" w:rsidTr="005B4138">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07CA69C4" w14:textId="30D7F6D3" w:rsidR="001F21A4" w:rsidRPr="00106F01" w:rsidRDefault="007419BB" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345107">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Quality Performance Disparities Reduction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B4828B1" w14:textId="69A4A263" w:rsidR="001F21A4" w:rsidRDefault="00954F44" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00B02D89">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A4DF9C0" w14:textId="74C6D6F0" w:rsidR="001F21A4" w:rsidRDefault="00954F44" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C730082" w14:textId="780AF0D1" w:rsidR="001F21A4" w:rsidRDefault="00954F44" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Measure Requirements and Assessment: PY3-5 – Measure Requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22E75930" w14:textId="5EAC1C64" w:rsidR="001F21A4" w:rsidRDefault="00954F44" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Updated the PY3 Measure </w:t>
+            </w:r>
+            <w:r w:rsidR="006426A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Assessment Report submission date to December 12, 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="205557BD" w14:textId="1C67FEF3" w:rsidR="001F21A4" w:rsidRDefault="006426A5" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3/6/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007419BB" w:rsidRPr="00C623C0" w14:paraId="54855AC3" w14:textId="77777777" w:rsidTr="005B4138">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A85CEA4" w14:textId="4BBCE877" w:rsidR="007419BB" w:rsidRPr="00106F01" w:rsidRDefault="00035BBC" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00371F20">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Meaningful Access to Healthcare Services for Individuals with a Preferred Language </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Other Than</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00371F20">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> English </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A55607D" w14:textId="08E069B1" w:rsidR="007419BB" w:rsidRDefault="00035BBC" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18637F5E" w14:textId="2095CAEC" w:rsidR="007419BB" w:rsidRDefault="00035BBC" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C19F877" w14:textId="4E59C46B" w:rsidR="007419BB" w:rsidRDefault="00035BBC" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Eligible Population – Event/Diagnosis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B5DB35D" w14:textId="0B76A583" w:rsidR="007419BB" w:rsidRDefault="004376EB" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Corrected the typo </w:t>
+            </w:r>
+            <w:r w:rsidR="005204B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>of discharges, stays, visits date range (aligns with the Measu</w:t>
+            </w:r>
+            <w:r w:rsidR="009F0705">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>rement Years</w:t>
+            </w:r>
+            <w:r w:rsidR="00C72FBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> defined in row above</w:t>
+            </w:r>
+            <w:r w:rsidR="009F0705">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64B6D139" w14:textId="5F407E81" w:rsidR="007419BB" w:rsidRDefault="00C72FBC" w:rsidP="00514A51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3/6/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000079D5" w:rsidRPr="00C623C0" w14:paraId="596C9C2F" w14:textId="77777777" w:rsidTr="005B4138">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="314B638B" w14:textId="6114DE52" w:rsidR="000079D5" w:rsidRPr="00106F01" w:rsidRDefault="000079D5" w:rsidP="000079D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00371F20">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Meaningful Access to Healthcare Services for Individuals with a Preferred Language </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Other Than</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00371F20">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> English </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3436A4E3" w14:textId="2054D3F9" w:rsidR="000079D5" w:rsidRDefault="000079D5" w:rsidP="000079D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="0047129A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F6066B1" w14:textId="061409DE" w:rsidR="000079D5" w:rsidRDefault="000079D5" w:rsidP="000079D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2050600E" w14:textId="0399A074" w:rsidR="000079D5" w:rsidRDefault="000079D5" w:rsidP="000079D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Administrative Specification – </w:t>
+            </w:r>
+            <w:r w:rsidR="000609D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Component 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, Exclusions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4681C510" w14:textId="14D247DA" w:rsidR="000079D5" w:rsidRDefault="000079D5" w:rsidP="000079D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Added exclusions of patients leaving against medical advice, eloping or without being seen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B71D7B1" w14:textId="621B344F" w:rsidR="000079D5" w:rsidRDefault="000079D5" w:rsidP="000079D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3/6/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000079D5" w:rsidRPr="00C623C0" w14:paraId="2F4B8E25" w14:textId="77777777" w:rsidTr="005B4138">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DD74672" w14:textId="7D0D877D" w:rsidR="000079D5" w:rsidRPr="00106F01" w:rsidRDefault="00AF0DB9" w:rsidP="000079D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Disability Competent Care</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56B672E8" w14:textId="7F30D587" w:rsidR="000079D5" w:rsidRDefault="00AF0DB9" w:rsidP="000079D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="005A3C7E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="306312E9" w14:textId="37428703" w:rsidR="000079D5" w:rsidRDefault="00AF0DB9" w:rsidP="000079D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63D94C4F" w14:textId="0D7B6C08" w:rsidR="000079D5" w:rsidRDefault="00AF0DB9" w:rsidP="000079D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Administrative Specification </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47BA3195" w14:textId="77777777" w:rsidR="00880FD1" w:rsidRDefault="00AF0DB9" w:rsidP="000079D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Added the DCC Training Rate formula </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22516079" w14:textId="7A05B33D" w:rsidR="000079D5" w:rsidRDefault="00AF0DB9" w:rsidP="000079D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(note: formula is the same as </w:t>
+            </w:r>
+            <w:r w:rsidR="00E92E62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the one included in PY2 HQEIP Technical Specifications)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26EEB968" w14:textId="0C14A6F7" w:rsidR="000079D5" w:rsidRDefault="00880FD1" w:rsidP="000079D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3/6/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000079D5" w:rsidRPr="00C623C0" w14:paraId="2A61B73B" w14:textId="77777777" w:rsidTr="005B4138">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="207338C7" w14:textId="2ACD330A" w:rsidR="000079D5" w:rsidRPr="00106F01" w:rsidRDefault="00351DBD" w:rsidP="000079D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F55EFAC" w14:textId="4B250A1F" w:rsidR="000079D5" w:rsidRDefault="00351DBD" w:rsidP="000079D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ED8A155" w14:textId="32A882F4" w:rsidR="000079D5" w:rsidRDefault="00351DBD" w:rsidP="000079D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Policy Update</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77B1F97D" w14:textId="43C49690" w:rsidR="000079D5" w:rsidRDefault="00351DBD" w:rsidP="000079D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eligible Population – Event </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E61A508" w14:textId="56D8BDCA" w:rsidR="000079D5" w:rsidRDefault="00CB52B2" w:rsidP="000079D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Added to the “Note” that radiology services included as a part of an inpatient stay is excluded</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74E89321" w14:textId="77777777" w:rsidR="00CB52B2" w:rsidRDefault="00CB52B2" w:rsidP="000079D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01BD38C9" w14:textId="3C02E781" w:rsidR="00CB52B2" w:rsidRDefault="006828A5" w:rsidP="000079D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Also, revised Step 2 to </w:t>
+            </w:r>
+            <w:r w:rsidR="00C558BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>reflect the updated approach</w:t>
+            </w:r>
+            <w:r w:rsidR="00F7173A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>—</w:t>
+            </w:r>
+            <w:r w:rsidR="00C558BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> hospitals identify </w:t>
+            </w:r>
+            <w:r w:rsidR="00D36E6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>patients with a self-reported disability</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53381A9C" w14:textId="33DC38E1" w:rsidR="000079D5" w:rsidRDefault="00351DBD" w:rsidP="000079D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3/6/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5EDF" w:rsidRPr="00C623C0" w14:paraId="2C6EB907" w14:textId="77777777" w:rsidTr="005B4138">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10B38D74" w14:textId="0B7DA418" w:rsidR="00BA5EDF" w:rsidRDefault="00BA5EDF" w:rsidP="000079D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53466219" w14:textId="314A44B3" w:rsidR="00BA5EDF" w:rsidRDefault="00BA5EDF" w:rsidP="000079D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD4C13">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E2E3372" w14:textId="3065053E" w:rsidR="00BA5EDF" w:rsidRDefault="00BA5EDF" w:rsidP="000079D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D787880" w14:textId="21EEB088" w:rsidR="00BA5EDF" w:rsidRDefault="00BA5EDF" w:rsidP="000079D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Definition</w:t>
+            </w:r>
+            <w:r w:rsidR="00642EA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Patient with Eligibility for MassHealth on the Basis of a Disability</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71B3A967" w14:textId="6A9CCD92" w:rsidR="00BA5EDF" w:rsidRDefault="008307D0" w:rsidP="000079D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Definition no longer applicable given the measure’s </w:t>
+            </w:r>
+            <w:r w:rsidR="00537032">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>revised approach</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1476CBA2" w14:textId="7921E5C1" w:rsidR="00BA5EDF" w:rsidRDefault="00537032" w:rsidP="000079D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3/6/36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00680EDB" w:rsidRPr="00C623C0" w14:paraId="08DC12EE" w14:textId="77777777" w:rsidTr="005B4138">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BF799AE" w14:textId="14181806" w:rsidR="00680EDB" w:rsidRDefault="00680EDB" w:rsidP="00680EDB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04CF7AF0" w14:textId="1B8E950B" w:rsidR="00680EDB" w:rsidRDefault="00680EDB" w:rsidP="00680EDB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD4C13">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26ABEAAF" w14:textId="500A4C77" w:rsidR="00680EDB" w:rsidRDefault="00680EDB" w:rsidP="00680EDB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C56F678" w14:textId="7D142C67" w:rsidR="00680EDB" w:rsidRDefault="00680EDB" w:rsidP="00680EDB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Administrative Specification – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Rate 1, Numerator</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F3A2A98" w14:textId="20BFFC21" w:rsidR="00680EDB" w:rsidRDefault="00680EDB" w:rsidP="00680EDB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Expanded </w:t>
+            </w:r>
+            <w:r w:rsidR="008C6811">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>staff/providers who may render screening</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1580CA42" w14:textId="2583DB80" w:rsidR="00680EDB" w:rsidRDefault="00680EDB" w:rsidP="00680EDB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3/6/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00680EDB" w:rsidRPr="00C623C0" w14:paraId="287AC457" w14:textId="77777777" w:rsidTr="005B4138">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B6BD103" w14:textId="111A34F1" w:rsidR="00680EDB" w:rsidRDefault="00DE6DF8" w:rsidP="00680EDB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Achievement of External Standards for Health Equity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="723E666F" w14:textId="6E032835" w:rsidR="00680EDB" w:rsidRDefault="004D3FBA" w:rsidP="00680EDB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>91-93</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EECA463" w14:textId="2DA6D471" w:rsidR="00680EDB" w:rsidRDefault="00710B0D" w:rsidP="00680EDB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="376B51BE" w14:textId="3F4E58DB" w:rsidR="00680EDB" w:rsidRDefault="00710B0D" w:rsidP="00680EDB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Measure Summary – Description; </w:t>
+            </w:r>
+            <w:r w:rsidR="00465BB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Measure Requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B2BAF74" w14:textId="15861A1B" w:rsidR="00680EDB" w:rsidRDefault="003B71FD" w:rsidP="00680EDB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Included a footnote on </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE6DF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the name change for the HCE Certification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45F6CF48" w14:textId="5140C841" w:rsidR="00680EDB" w:rsidRDefault="00DE6DF8" w:rsidP="00680EDB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3/6/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="5A361ACD" w14:textId="6720AE47" w:rsidR="00403F2D" w:rsidRPr="00C623C0" w:rsidRDefault="00403F2D" w:rsidP="005F32CB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00403F2D" w:rsidRPr="00C623C0">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6CC30E4F" w14:textId="77777777" w:rsidR="002250B9" w:rsidRDefault="002250B9" w:rsidP="004261B3">
+    <w:p w14:paraId="3B624833" w14:textId="77777777" w:rsidR="008A01CF" w:rsidRDefault="008A01CF" w:rsidP="004261B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="76A6E303" w14:textId="77777777" w:rsidR="002250B9" w:rsidRDefault="002250B9" w:rsidP="004261B3">
+    <w:p w14:paraId="6259E3EA" w14:textId="77777777" w:rsidR="008A01CF" w:rsidRDefault="008A01CF" w:rsidP="004261B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -14160,105 +16161,97 @@
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r w:rsidR="00C80D48">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>5-2027</w:t>
     </w:r>
     <w:r w:rsidR="006569C9" w:rsidRPr="007A38DD">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6C9C1DF1" w14:textId="1E9ACB31" w:rsidR="002D107A" w:rsidRPr="00366958" w:rsidRDefault="002D107A" w:rsidP="002D107A">
+  <w:p w14:paraId="6C9C1DF1" w14:textId="7E068A7E" w:rsidR="002D107A" w:rsidRPr="00366958" w:rsidRDefault="002D107A" w:rsidP="002D107A">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D20CC1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Updated</w:t>
     </w:r>
     <w:r w:rsidR="00366958" w:rsidRPr="00D20CC1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00915D5A">
+    <w:r w:rsidR="001F21A4">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>December</w:t>
-[...15 lines deleted...]
-      <w:t>24</w:t>
+      <w:t>March 6</w:t>
     </w:r>
     <w:r w:rsidR="00D20CC1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>, 2025</w:t>
+      <w:t>, 202</w:t>
+    </w:r>
+    <w:r w:rsidR="001F21A4">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="951358130"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="1C140702" w14:textId="7B83938E" w:rsidR="004261B3" w:rsidRPr="007A38DD" w:rsidRDefault="004261B3">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14300,61 +16293,61 @@
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="007A38DD">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="32B3D972" w14:textId="3190D3A4" w:rsidR="004261B3" w:rsidRDefault="004261B3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09AF4705" w14:textId="77777777" w:rsidR="002250B9" w:rsidRDefault="002250B9" w:rsidP="004261B3">
+    <w:p w14:paraId="130AB015" w14:textId="77777777" w:rsidR="008A01CF" w:rsidRDefault="008A01CF" w:rsidP="004261B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="694492D9" w14:textId="77777777" w:rsidR="002250B9" w:rsidRDefault="002250B9" w:rsidP="004261B3">
+    <w:p w14:paraId="72D5888A" w14:textId="77777777" w:rsidR="008A01CF" w:rsidRDefault="008A01CF" w:rsidP="004261B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6388299B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0ECF6AE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -14445,614 +16438,667 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="819425156">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00900E67"/>
+    <w:rsid w:val="000079D5"/>
     <w:rsid w:val="000113C7"/>
     <w:rsid w:val="00012909"/>
     <w:rsid w:val="00023359"/>
     <w:rsid w:val="00027C76"/>
     <w:rsid w:val="00034C51"/>
+    <w:rsid w:val="00035BBC"/>
     <w:rsid w:val="00040A48"/>
     <w:rsid w:val="0004274E"/>
     <w:rsid w:val="00045B0D"/>
     <w:rsid w:val="00051A5F"/>
     <w:rsid w:val="00057EF3"/>
+    <w:rsid w:val="000609D3"/>
     <w:rsid w:val="00063BF4"/>
     <w:rsid w:val="000758FB"/>
     <w:rsid w:val="000765AE"/>
     <w:rsid w:val="000805FA"/>
     <w:rsid w:val="00085D69"/>
     <w:rsid w:val="00094DA9"/>
     <w:rsid w:val="00095BA3"/>
     <w:rsid w:val="000963C3"/>
     <w:rsid w:val="000979B2"/>
     <w:rsid w:val="000A27BC"/>
     <w:rsid w:val="000A29E7"/>
     <w:rsid w:val="000E08C5"/>
     <w:rsid w:val="000E17BD"/>
     <w:rsid w:val="000E7C0A"/>
     <w:rsid w:val="000E7C97"/>
     <w:rsid w:val="000F2FC1"/>
     <w:rsid w:val="000F44EF"/>
     <w:rsid w:val="000F661B"/>
     <w:rsid w:val="000F6BC7"/>
     <w:rsid w:val="00106088"/>
     <w:rsid w:val="00106F01"/>
     <w:rsid w:val="00110B79"/>
     <w:rsid w:val="00111076"/>
     <w:rsid w:val="00115AE6"/>
     <w:rsid w:val="001201B0"/>
     <w:rsid w:val="00122075"/>
     <w:rsid w:val="00123843"/>
+    <w:rsid w:val="00126A8F"/>
     <w:rsid w:val="00130BE6"/>
     <w:rsid w:val="00132F52"/>
     <w:rsid w:val="00140046"/>
     <w:rsid w:val="00157041"/>
     <w:rsid w:val="00160C00"/>
     <w:rsid w:val="00162971"/>
     <w:rsid w:val="00162B9A"/>
     <w:rsid w:val="00162EE3"/>
     <w:rsid w:val="00187563"/>
     <w:rsid w:val="001956A1"/>
     <w:rsid w:val="00196949"/>
     <w:rsid w:val="001977F6"/>
     <w:rsid w:val="001A4979"/>
     <w:rsid w:val="001B0402"/>
     <w:rsid w:val="001B183E"/>
     <w:rsid w:val="001B218F"/>
     <w:rsid w:val="001B5200"/>
     <w:rsid w:val="001B759E"/>
     <w:rsid w:val="001C37C2"/>
     <w:rsid w:val="001C4A04"/>
     <w:rsid w:val="001C7FD4"/>
     <w:rsid w:val="001D4410"/>
     <w:rsid w:val="001D463A"/>
     <w:rsid w:val="001D5543"/>
     <w:rsid w:val="001D7325"/>
+    <w:rsid w:val="001F21A4"/>
     <w:rsid w:val="001F2920"/>
     <w:rsid w:val="002001BB"/>
     <w:rsid w:val="00212B68"/>
     <w:rsid w:val="0022489F"/>
     <w:rsid w:val="002250B9"/>
     <w:rsid w:val="00225565"/>
     <w:rsid w:val="00226C07"/>
     <w:rsid w:val="00254AA4"/>
     <w:rsid w:val="002550AA"/>
     <w:rsid w:val="00256402"/>
     <w:rsid w:val="00261AC9"/>
     <w:rsid w:val="00262AFA"/>
     <w:rsid w:val="00263B44"/>
     <w:rsid w:val="00276388"/>
     <w:rsid w:val="00290FC0"/>
     <w:rsid w:val="002A39C6"/>
     <w:rsid w:val="002A6CE2"/>
     <w:rsid w:val="002A6FD8"/>
     <w:rsid w:val="002B0AF9"/>
+    <w:rsid w:val="002B526A"/>
     <w:rsid w:val="002B72DB"/>
     <w:rsid w:val="002B7DEC"/>
     <w:rsid w:val="002C21BC"/>
     <w:rsid w:val="002C273A"/>
     <w:rsid w:val="002C3243"/>
     <w:rsid w:val="002C4109"/>
     <w:rsid w:val="002C5D70"/>
     <w:rsid w:val="002D107A"/>
     <w:rsid w:val="002D5777"/>
     <w:rsid w:val="002D6833"/>
     <w:rsid w:val="002D6A2F"/>
     <w:rsid w:val="002E08E4"/>
     <w:rsid w:val="002E2736"/>
     <w:rsid w:val="002E4063"/>
     <w:rsid w:val="002E6206"/>
     <w:rsid w:val="002F09DA"/>
     <w:rsid w:val="002F0D43"/>
     <w:rsid w:val="002F19C1"/>
     <w:rsid w:val="002F2823"/>
     <w:rsid w:val="002F6F54"/>
     <w:rsid w:val="00301065"/>
     <w:rsid w:val="003128F9"/>
     <w:rsid w:val="003144ED"/>
     <w:rsid w:val="00317620"/>
     <w:rsid w:val="003233A3"/>
     <w:rsid w:val="00327CFA"/>
     <w:rsid w:val="00330B11"/>
     <w:rsid w:val="00333A32"/>
     <w:rsid w:val="003413D8"/>
     <w:rsid w:val="00341FC4"/>
     <w:rsid w:val="00344FDF"/>
     <w:rsid w:val="003476A3"/>
+    <w:rsid w:val="00351DBD"/>
     <w:rsid w:val="00356FBD"/>
     <w:rsid w:val="00360AC7"/>
     <w:rsid w:val="00364FDA"/>
     <w:rsid w:val="00365E5A"/>
     <w:rsid w:val="00366958"/>
     <w:rsid w:val="00373864"/>
     <w:rsid w:val="00375136"/>
     <w:rsid w:val="00377256"/>
     <w:rsid w:val="003847E6"/>
     <w:rsid w:val="0038512B"/>
     <w:rsid w:val="003861C8"/>
     <w:rsid w:val="00387A0F"/>
     <w:rsid w:val="003922C3"/>
     <w:rsid w:val="00396C99"/>
     <w:rsid w:val="003A055A"/>
     <w:rsid w:val="003A263F"/>
     <w:rsid w:val="003B115D"/>
     <w:rsid w:val="003B1209"/>
+    <w:rsid w:val="003B71FD"/>
+    <w:rsid w:val="003B7C23"/>
     <w:rsid w:val="003C25EA"/>
+    <w:rsid w:val="003C54BE"/>
     <w:rsid w:val="003D215A"/>
     <w:rsid w:val="003E0FDF"/>
     <w:rsid w:val="003F0AA1"/>
     <w:rsid w:val="003F1734"/>
     <w:rsid w:val="003F699F"/>
     <w:rsid w:val="00401361"/>
     <w:rsid w:val="00403F2D"/>
     <w:rsid w:val="00404A56"/>
     <w:rsid w:val="00410ABE"/>
     <w:rsid w:val="0041503F"/>
     <w:rsid w:val="00416820"/>
+    <w:rsid w:val="00416E19"/>
+    <w:rsid w:val="00421ABD"/>
     <w:rsid w:val="004261B3"/>
+    <w:rsid w:val="004376EB"/>
     <w:rsid w:val="00444D4B"/>
     <w:rsid w:val="0044507C"/>
     <w:rsid w:val="004462DF"/>
     <w:rsid w:val="00452BCE"/>
     <w:rsid w:val="00453219"/>
     <w:rsid w:val="004557D2"/>
     <w:rsid w:val="00464361"/>
+    <w:rsid w:val="00465BB0"/>
+    <w:rsid w:val="00465E94"/>
     <w:rsid w:val="004665DB"/>
+    <w:rsid w:val="0047129A"/>
     <w:rsid w:val="0047208A"/>
     <w:rsid w:val="00475790"/>
     <w:rsid w:val="00476206"/>
     <w:rsid w:val="0048153F"/>
     <w:rsid w:val="00495B6E"/>
     <w:rsid w:val="004A0769"/>
     <w:rsid w:val="004A1A29"/>
     <w:rsid w:val="004A64A0"/>
     <w:rsid w:val="004B2512"/>
     <w:rsid w:val="004C1C18"/>
     <w:rsid w:val="004C4F33"/>
     <w:rsid w:val="004D3606"/>
+    <w:rsid w:val="004D3FBA"/>
     <w:rsid w:val="004D75EE"/>
     <w:rsid w:val="004F4D40"/>
     <w:rsid w:val="00503732"/>
     <w:rsid w:val="00512661"/>
     <w:rsid w:val="00514A51"/>
     <w:rsid w:val="00515933"/>
+    <w:rsid w:val="005204B0"/>
+    <w:rsid w:val="00537032"/>
     <w:rsid w:val="005475AF"/>
     <w:rsid w:val="00550FCC"/>
     <w:rsid w:val="00561CE8"/>
     <w:rsid w:val="005636C9"/>
+    <w:rsid w:val="00564A03"/>
     <w:rsid w:val="00566178"/>
     <w:rsid w:val="00572298"/>
     <w:rsid w:val="00573E2D"/>
     <w:rsid w:val="00575830"/>
     <w:rsid w:val="005761DC"/>
     <w:rsid w:val="00580202"/>
     <w:rsid w:val="005825A4"/>
+    <w:rsid w:val="0059294E"/>
     <w:rsid w:val="00592BDE"/>
     <w:rsid w:val="0059316F"/>
     <w:rsid w:val="00594DB7"/>
     <w:rsid w:val="00597648"/>
     <w:rsid w:val="005A0B41"/>
+    <w:rsid w:val="005A3C7E"/>
     <w:rsid w:val="005A3D5B"/>
     <w:rsid w:val="005B0AB8"/>
     <w:rsid w:val="005B1EB6"/>
     <w:rsid w:val="005B4138"/>
     <w:rsid w:val="005B762A"/>
     <w:rsid w:val="005C0473"/>
     <w:rsid w:val="005C1DE2"/>
     <w:rsid w:val="005C6FB2"/>
     <w:rsid w:val="005D16A8"/>
     <w:rsid w:val="005D5E78"/>
     <w:rsid w:val="005E11FF"/>
     <w:rsid w:val="005F0777"/>
     <w:rsid w:val="005F32CB"/>
     <w:rsid w:val="005F59B2"/>
     <w:rsid w:val="005F6A13"/>
     <w:rsid w:val="005F70A2"/>
     <w:rsid w:val="005F7118"/>
     <w:rsid w:val="00605B8F"/>
     <w:rsid w:val="006108AC"/>
     <w:rsid w:val="00611017"/>
     <w:rsid w:val="0061104A"/>
     <w:rsid w:val="006124D7"/>
     <w:rsid w:val="0061252C"/>
     <w:rsid w:val="006207B5"/>
     <w:rsid w:val="00623261"/>
     <w:rsid w:val="0063705C"/>
     <w:rsid w:val="006403C1"/>
     <w:rsid w:val="006411F8"/>
+    <w:rsid w:val="006426A5"/>
+    <w:rsid w:val="00642EA8"/>
     <w:rsid w:val="00644C83"/>
     <w:rsid w:val="006525D7"/>
     <w:rsid w:val="006569C9"/>
     <w:rsid w:val="00666A43"/>
     <w:rsid w:val="006675B9"/>
     <w:rsid w:val="00670529"/>
     <w:rsid w:val="006705F8"/>
     <w:rsid w:val="00671575"/>
     <w:rsid w:val="0067646C"/>
+    <w:rsid w:val="00680EDB"/>
     <w:rsid w:val="00681F77"/>
     <w:rsid w:val="0068274E"/>
+    <w:rsid w:val="006828A5"/>
     <w:rsid w:val="00697767"/>
     <w:rsid w:val="006A0B0B"/>
     <w:rsid w:val="006A1000"/>
     <w:rsid w:val="006A7140"/>
     <w:rsid w:val="006B404F"/>
     <w:rsid w:val="006B4833"/>
     <w:rsid w:val="006D3974"/>
     <w:rsid w:val="006D4323"/>
     <w:rsid w:val="006D4A0B"/>
     <w:rsid w:val="006E09EC"/>
     <w:rsid w:val="006E12D2"/>
     <w:rsid w:val="006E71C3"/>
     <w:rsid w:val="006F7B71"/>
     <w:rsid w:val="00702CDD"/>
     <w:rsid w:val="00703A57"/>
+    <w:rsid w:val="00710B0D"/>
     <w:rsid w:val="007131E6"/>
     <w:rsid w:val="007203E7"/>
     <w:rsid w:val="00722231"/>
     <w:rsid w:val="00732D88"/>
     <w:rsid w:val="007366EB"/>
     <w:rsid w:val="007369F7"/>
     <w:rsid w:val="007372CA"/>
+    <w:rsid w:val="007419BB"/>
     <w:rsid w:val="00743FC8"/>
     <w:rsid w:val="00752D7D"/>
     <w:rsid w:val="00754E39"/>
     <w:rsid w:val="00763400"/>
     <w:rsid w:val="0076E01C"/>
     <w:rsid w:val="007706C7"/>
     <w:rsid w:val="00773CA3"/>
     <w:rsid w:val="00776B13"/>
     <w:rsid w:val="00780D0C"/>
     <w:rsid w:val="00782B6C"/>
     <w:rsid w:val="00790D53"/>
     <w:rsid w:val="00793477"/>
     <w:rsid w:val="0079366F"/>
     <w:rsid w:val="007943D6"/>
     <w:rsid w:val="007A04D1"/>
     <w:rsid w:val="007A0F8B"/>
     <w:rsid w:val="007A38DD"/>
     <w:rsid w:val="007A516F"/>
     <w:rsid w:val="007A7332"/>
     <w:rsid w:val="007B0AC1"/>
     <w:rsid w:val="007B0BA0"/>
     <w:rsid w:val="007B3D22"/>
     <w:rsid w:val="007B6A9D"/>
     <w:rsid w:val="007C4D92"/>
     <w:rsid w:val="007C51ED"/>
     <w:rsid w:val="007C5424"/>
     <w:rsid w:val="007D0536"/>
     <w:rsid w:val="007D5DF0"/>
     <w:rsid w:val="007D7B22"/>
     <w:rsid w:val="007E3C97"/>
     <w:rsid w:val="007F0E74"/>
     <w:rsid w:val="007F12E0"/>
     <w:rsid w:val="007F6ADB"/>
     <w:rsid w:val="008015A1"/>
     <w:rsid w:val="008019DD"/>
     <w:rsid w:val="00801BE4"/>
     <w:rsid w:val="00804706"/>
     <w:rsid w:val="0081320F"/>
     <w:rsid w:val="00815241"/>
     <w:rsid w:val="008158BC"/>
     <w:rsid w:val="00822B62"/>
     <w:rsid w:val="00826251"/>
+    <w:rsid w:val="008307D0"/>
     <w:rsid w:val="00832AD6"/>
     <w:rsid w:val="00834F59"/>
     <w:rsid w:val="00834F8D"/>
+    <w:rsid w:val="00854542"/>
     <w:rsid w:val="0085695E"/>
     <w:rsid w:val="00856D33"/>
     <w:rsid w:val="00862437"/>
     <w:rsid w:val="00865CD4"/>
     <w:rsid w:val="008700C9"/>
     <w:rsid w:val="00871FE3"/>
     <w:rsid w:val="00872962"/>
     <w:rsid w:val="0087545A"/>
+    <w:rsid w:val="00880FD1"/>
     <w:rsid w:val="0088525E"/>
     <w:rsid w:val="008858CD"/>
     <w:rsid w:val="00887431"/>
     <w:rsid w:val="00892B36"/>
+    <w:rsid w:val="008A01CF"/>
     <w:rsid w:val="008A4D3D"/>
     <w:rsid w:val="008B0DFD"/>
     <w:rsid w:val="008C5586"/>
+    <w:rsid w:val="008C6811"/>
     <w:rsid w:val="008D7233"/>
     <w:rsid w:val="008E0F15"/>
     <w:rsid w:val="008E27A5"/>
     <w:rsid w:val="008E399E"/>
     <w:rsid w:val="008E53B1"/>
     <w:rsid w:val="008E6BC4"/>
     <w:rsid w:val="008F0BBB"/>
     <w:rsid w:val="0090000C"/>
     <w:rsid w:val="009007D1"/>
     <w:rsid w:val="00900E67"/>
     <w:rsid w:val="00900F9A"/>
     <w:rsid w:val="00902CF6"/>
     <w:rsid w:val="0090486D"/>
     <w:rsid w:val="00904B6C"/>
     <w:rsid w:val="00905434"/>
     <w:rsid w:val="00915D5A"/>
     <w:rsid w:val="00916685"/>
     <w:rsid w:val="00917258"/>
     <w:rsid w:val="009223BD"/>
     <w:rsid w:val="0092431C"/>
     <w:rsid w:val="00925469"/>
     <w:rsid w:val="009259FA"/>
     <w:rsid w:val="009310E0"/>
+    <w:rsid w:val="00954F44"/>
     <w:rsid w:val="00961AD3"/>
     <w:rsid w:val="00976CF9"/>
     <w:rsid w:val="009774B2"/>
     <w:rsid w:val="00977643"/>
     <w:rsid w:val="009816FA"/>
     <w:rsid w:val="0099281C"/>
     <w:rsid w:val="00995015"/>
     <w:rsid w:val="009A2405"/>
     <w:rsid w:val="009B07EF"/>
     <w:rsid w:val="009B493B"/>
     <w:rsid w:val="009C06DA"/>
     <w:rsid w:val="009C13DC"/>
     <w:rsid w:val="009C1DC9"/>
     <w:rsid w:val="009E3A61"/>
+    <w:rsid w:val="009F0705"/>
     <w:rsid w:val="009F0B7A"/>
     <w:rsid w:val="00A0351F"/>
     <w:rsid w:val="00A04896"/>
     <w:rsid w:val="00A127ED"/>
     <w:rsid w:val="00A173FD"/>
     <w:rsid w:val="00A229A7"/>
     <w:rsid w:val="00A27DAF"/>
     <w:rsid w:val="00A328AD"/>
     <w:rsid w:val="00A37CF2"/>
     <w:rsid w:val="00A44547"/>
     <w:rsid w:val="00A44DE7"/>
     <w:rsid w:val="00A46671"/>
     <w:rsid w:val="00A46F38"/>
     <w:rsid w:val="00A54584"/>
     <w:rsid w:val="00A563D9"/>
     <w:rsid w:val="00A64980"/>
     <w:rsid w:val="00A6675F"/>
     <w:rsid w:val="00A7338A"/>
     <w:rsid w:val="00A733CA"/>
     <w:rsid w:val="00A73DAE"/>
     <w:rsid w:val="00A7563A"/>
     <w:rsid w:val="00A8250B"/>
     <w:rsid w:val="00A869BB"/>
     <w:rsid w:val="00A87219"/>
     <w:rsid w:val="00A94DC1"/>
     <w:rsid w:val="00A972E5"/>
+    <w:rsid w:val="00AA09C4"/>
     <w:rsid w:val="00AA2716"/>
     <w:rsid w:val="00AA5AF5"/>
     <w:rsid w:val="00AA76A4"/>
     <w:rsid w:val="00AB08E8"/>
     <w:rsid w:val="00AB1329"/>
     <w:rsid w:val="00AC07C4"/>
     <w:rsid w:val="00AC3FB8"/>
     <w:rsid w:val="00AC481B"/>
     <w:rsid w:val="00AD0F70"/>
     <w:rsid w:val="00AD23B9"/>
     <w:rsid w:val="00AD25A4"/>
     <w:rsid w:val="00AD2EBD"/>
     <w:rsid w:val="00AD4948"/>
     <w:rsid w:val="00AD4BE6"/>
     <w:rsid w:val="00AD5243"/>
     <w:rsid w:val="00AD5ECD"/>
+    <w:rsid w:val="00AD73BA"/>
     <w:rsid w:val="00AD75DF"/>
     <w:rsid w:val="00AE0E1F"/>
     <w:rsid w:val="00AE206A"/>
     <w:rsid w:val="00AE561D"/>
     <w:rsid w:val="00AE750B"/>
+    <w:rsid w:val="00AF0DB9"/>
     <w:rsid w:val="00AF0F60"/>
+    <w:rsid w:val="00B02D89"/>
     <w:rsid w:val="00B0607C"/>
     <w:rsid w:val="00B21561"/>
     <w:rsid w:val="00B2642B"/>
     <w:rsid w:val="00B3723F"/>
     <w:rsid w:val="00B74416"/>
     <w:rsid w:val="00B74738"/>
     <w:rsid w:val="00B75291"/>
     <w:rsid w:val="00B82CEC"/>
     <w:rsid w:val="00B865E8"/>
     <w:rsid w:val="00B86608"/>
     <w:rsid w:val="00B86B8F"/>
     <w:rsid w:val="00B917C0"/>
     <w:rsid w:val="00B93944"/>
     <w:rsid w:val="00BA00DE"/>
     <w:rsid w:val="00BA02EC"/>
     <w:rsid w:val="00BA38DD"/>
+    <w:rsid w:val="00BA5EDF"/>
     <w:rsid w:val="00BB378C"/>
     <w:rsid w:val="00BC380A"/>
     <w:rsid w:val="00BC585D"/>
     <w:rsid w:val="00BD121B"/>
     <w:rsid w:val="00BD16CF"/>
     <w:rsid w:val="00BE2199"/>
     <w:rsid w:val="00BE2C55"/>
     <w:rsid w:val="00BE5BB6"/>
     <w:rsid w:val="00BF2A5F"/>
     <w:rsid w:val="00BF35AF"/>
     <w:rsid w:val="00C01E08"/>
     <w:rsid w:val="00C01EDA"/>
     <w:rsid w:val="00C0660D"/>
     <w:rsid w:val="00C07E3F"/>
     <w:rsid w:val="00C13B84"/>
     <w:rsid w:val="00C14586"/>
     <w:rsid w:val="00C15C72"/>
     <w:rsid w:val="00C17236"/>
     <w:rsid w:val="00C238E6"/>
     <w:rsid w:val="00C314FD"/>
     <w:rsid w:val="00C36BC7"/>
     <w:rsid w:val="00C517CB"/>
     <w:rsid w:val="00C53AE9"/>
+    <w:rsid w:val="00C558BF"/>
     <w:rsid w:val="00C55CF9"/>
     <w:rsid w:val="00C623C0"/>
     <w:rsid w:val="00C63265"/>
+    <w:rsid w:val="00C72FBC"/>
     <w:rsid w:val="00C80D48"/>
     <w:rsid w:val="00C8354C"/>
     <w:rsid w:val="00C84935"/>
     <w:rsid w:val="00C84AB6"/>
     <w:rsid w:val="00C918A8"/>
     <w:rsid w:val="00CA4325"/>
     <w:rsid w:val="00CA5A81"/>
     <w:rsid w:val="00CB1730"/>
+    <w:rsid w:val="00CB52B2"/>
     <w:rsid w:val="00CB56E6"/>
     <w:rsid w:val="00CB5C58"/>
     <w:rsid w:val="00CC598C"/>
     <w:rsid w:val="00CD075B"/>
+    <w:rsid w:val="00CD3158"/>
     <w:rsid w:val="00CD3A37"/>
+    <w:rsid w:val="00CD4C13"/>
     <w:rsid w:val="00CD4CF5"/>
+    <w:rsid w:val="00CD5D2A"/>
     <w:rsid w:val="00CD69DB"/>
     <w:rsid w:val="00CD6F9B"/>
     <w:rsid w:val="00CD7B61"/>
     <w:rsid w:val="00CE5680"/>
     <w:rsid w:val="00CE6E00"/>
     <w:rsid w:val="00CF341B"/>
     <w:rsid w:val="00D01139"/>
     <w:rsid w:val="00D02FC4"/>
     <w:rsid w:val="00D07DE8"/>
     <w:rsid w:val="00D1291F"/>
     <w:rsid w:val="00D14976"/>
     <w:rsid w:val="00D1614E"/>
     <w:rsid w:val="00D16A4C"/>
     <w:rsid w:val="00D20CC1"/>
     <w:rsid w:val="00D259CD"/>
     <w:rsid w:val="00D26A0C"/>
     <w:rsid w:val="00D27DED"/>
+    <w:rsid w:val="00D315C0"/>
     <w:rsid w:val="00D343B3"/>
     <w:rsid w:val="00D35DB3"/>
+    <w:rsid w:val="00D36E6E"/>
     <w:rsid w:val="00D43B63"/>
     <w:rsid w:val="00D44292"/>
     <w:rsid w:val="00D44BE3"/>
     <w:rsid w:val="00D50D98"/>
     <w:rsid w:val="00D679C9"/>
     <w:rsid w:val="00D76C02"/>
     <w:rsid w:val="00D813FE"/>
     <w:rsid w:val="00D94256"/>
     <w:rsid w:val="00D9484C"/>
     <w:rsid w:val="00DA6735"/>
     <w:rsid w:val="00DA74C2"/>
     <w:rsid w:val="00DB35B0"/>
     <w:rsid w:val="00DB372E"/>
     <w:rsid w:val="00DC470B"/>
     <w:rsid w:val="00DC6D7B"/>
     <w:rsid w:val="00DD008A"/>
     <w:rsid w:val="00DE0B19"/>
     <w:rsid w:val="00DE125A"/>
     <w:rsid w:val="00DE4E2C"/>
+    <w:rsid w:val="00DE6DF8"/>
     <w:rsid w:val="00DF0232"/>
     <w:rsid w:val="00DF27DE"/>
     <w:rsid w:val="00DF4D5D"/>
     <w:rsid w:val="00DF6373"/>
     <w:rsid w:val="00DF72D3"/>
     <w:rsid w:val="00E03FAA"/>
     <w:rsid w:val="00E06A87"/>
     <w:rsid w:val="00E14A9E"/>
     <w:rsid w:val="00E35C79"/>
     <w:rsid w:val="00E37CBB"/>
     <w:rsid w:val="00E41697"/>
     <w:rsid w:val="00E4374C"/>
     <w:rsid w:val="00E43E27"/>
     <w:rsid w:val="00E52275"/>
     <w:rsid w:val="00E5432E"/>
     <w:rsid w:val="00E60452"/>
+    <w:rsid w:val="00E61239"/>
     <w:rsid w:val="00E672D0"/>
     <w:rsid w:val="00E75136"/>
     <w:rsid w:val="00E87070"/>
     <w:rsid w:val="00E8714F"/>
+    <w:rsid w:val="00E92E62"/>
     <w:rsid w:val="00E95A7E"/>
     <w:rsid w:val="00E97068"/>
     <w:rsid w:val="00EB6A53"/>
     <w:rsid w:val="00EC2538"/>
     <w:rsid w:val="00EC3D9A"/>
     <w:rsid w:val="00EC4859"/>
     <w:rsid w:val="00EC6068"/>
     <w:rsid w:val="00EC6FB5"/>
     <w:rsid w:val="00ED7243"/>
     <w:rsid w:val="00EE7976"/>
     <w:rsid w:val="00EF6E1D"/>
     <w:rsid w:val="00EF6FF0"/>
     <w:rsid w:val="00F02B23"/>
     <w:rsid w:val="00F03B0C"/>
     <w:rsid w:val="00F11409"/>
     <w:rsid w:val="00F17A46"/>
     <w:rsid w:val="00F25638"/>
     <w:rsid w:val="00F31ECF"/>
     <w:rsid w:val="00F34BEE"/>
     <w:rsid w:val="00F37BA5"/>
     <w:rsid w:val="00F37F52"/>
     <w:rsid w:val="00F42817"/>
     <w:rsid w:val="00F53BC9"/>
     <w:rsid w:val="00F55336"/>
     <w:rsid w:val="00F571A9"/>
     <w:rsid w:val="00F61193"/>
     <w:rsid w:val="00F61299"/>
+    <w:rsid w:val="00F7173A"/>
     <w:rsid w:val="00F719CC"/>
     <w:rsid w:val="00F728D1"/>
     <w:rsid w:val="00F72AD3"/>
     <w:rsid w:val="00F755E1"/>
+    <w:rsid w:val="00F80FAE"/>
     <w:rsid w:val="00F8121B"/>
     <w:rsid w:val="00F9761D"/>
     <w:rsid w:val="00F97A7F"/>
     <w:rsid w:val="00F97E9E"/>
     <w:rsid w:val="00FA0224"/>
+    <w:rsid w:val="00FB485E"/>
     <w:rsid w:val="00FB6A0E"/>
     <w:rsid w:val="00FC743A"/>
     <w:rsid w:val="00FD0B8A"/>
     <w:rsid w:val="00FD11BF"/>
     <w:rsid w:val="00FD5E68"/>
     <w:rsid w:val="00FD6703"/>
     <w:rsid w:val="00FE0B70"/>
     <w:rsid w:val="00FE2293"/>
     <w:rsid w:val="00FE2437"/>
     <w:rsid w:val="00FE3527"/>
     <w:rsid w:val="00FE6B94"/>
     <w:rsid w:val="04B64386"/>
     <w:rsid w:val="05322332"/>
     <w:rsid w:val="0705C276"/>
     <w:rsid w:val="079469C6"/>
     <w:rsid w:val="08D960BB"/>
     <w:rsid w:val="0BA8957E"/>
     <w:rsid w:val="0D913A5C"/>
     <w:rsid w:val="0E5B2887"/>
     <w:rsid w:val="0EB73125"/>
     <w:rsid w:val="0F315C2F"/>
     <w:rsid w:val="12828670"/>
     <w:rsid w:val="12F05248"/>
     <w:rsid w:val="12F3C1D1"/>
     <w:rsid w:val="143CF58A"/>
@@ -16565,52 +18611,52 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000E4AA08DB2E7574BB85FD0D75957E082" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f2df0f1ff799e2b1eec60a5ae7dbd158">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca181a51-b58f-4101-967e-bee951ab042e" xmlns:ns3="a84c8341-80aa-4b48-9373-d3a3de2ad48e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a2b684e3fc6b7474634bd10d69afc92c" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000E4AA08DB2E7574BB85FD0D75957E082" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="61242466f594be8f8fdb74db1a547f36">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca181a51-b58f-4101-967e-bee951ab042e" xmlns:ns3="a84c8341-80aa-4b48-9373-d3a3de2ad48e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d439deac1ad3846731aaf41a775b7cd7" ns2:_="" ns3:_="">
     <xsd:import namespace="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <xsd:import namespace="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:BriefDescription" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -16814,115 +18860,122 @@
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ca181a51-b58f-4101-967e-bee951ab042e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <BriefDescription xmlns="ca181a51-b58f-4101-967e-bee951ab042e" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C68A284-1B49-47F4-AC89-BA81446DD43F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{616A984E-5054-4813-91A2-57110BBDD7DD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <ds:schemaRef ds:uri="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{285963D1-BBDF-4D7D-99FA-6E5D9BCDEA41}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C2F6250-C6E2-41FB-88DB-34FCA00D1B0E}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA314F96-88F0-4E91-855E-1B95E5065C78}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>13961</Characters>
+  <Pages>12</Pages>
+  <Words>2820</Words>
+  <Characters>16080</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>116</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>134</Lines>
+  <Paragraphs>37</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16378</CharactersWithSpaces>
+  <CharactersWithSpaces>18863</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Guimaraes, Erica (EHS)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000E4AA08DB2E7574BB85FD0D75957E082</vt:lpwstr>
   </property>