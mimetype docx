--- v0 (2025-12-07)
+++ v1 (2026-03-26)
@@ -9,11827 +9,12958 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="099EEDE0" w14:textId="4012ED84" w:rsidR="00B01742" w:rsidRPr="005D042D" w:rsidRDefault="00B01742" w:rsidP="7F0766FB">
-      <w:pPr>
+    <w:p w14:paraId="099EEDE0" w14:textId="4012ED84" w:rsidR="00B01742" w:rsidRPr="001E1B8B" w:rsidRDefault="00B01742" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:t>Commonwealth of Massachusetts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31186592" w14:textId="77777777" w:rsidR="00B01742" w:rsidRPr="001E1B8B" w:rsidRDefault="00B01742" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:t>Executive Office of Health and Human Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FFD588D" w14:textId="77777777" w:rsidR="00B01742" w:rsidRPr="001E1B8B" w:rsidRDefault="00B01742" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="053AC9C8" w14:textId="66BB15F8" w:rsidR="00B01742" w:rsidRPr="001E1B8B" w:rsidRDefault="00B01742" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...59 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38603D52" wp14:editId="5DEA265F">
             <wp:extent cx="1593850" cy="1593850"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
             <wp:docPr id="1" name="Picture 1" descr="Massachusetts state seal"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1" descr="Massachusetts state seal"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1593850" cy="1593850"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B5BA5BE" w14:textId="77777777" w:rsidR="00B01742" w:rsidRPr="005D042D" w:rsidRDefault="00B01742" w:rsidP="00B01742">
-      <w:pPr>
+    <w:p w14:paraId="3B5BA5BE" w14:textId="77777777" w:rsidR="00B01742" w:rsidRPr="001E1B8B" w:rsidRDefault="00B01742" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45F24AAE" w14:textId="5E6B3161" w:rsidR="00B01742" w:rsidRPr="005D042D" w:rsidRDefault="00B01742" w:rsidP="007C07AE">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="45F24AAE" w14:textId="5E6B3161" w:rsidR="00B01742" w:rsidRPr="001E1B8B" w:rsidRDefault="00B01742" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc169246743"/>
-      <w:r w:rsidRPr="005D042D">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve">Health Related Social Needs (HRSN) </w:t>
       </w:r>
-      <w:r w:rsidR="002A783C" w:rsidRPr="005D042D">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002A783C" w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve">Service Manual – </w:t>
       </w:r>
-      <w:r w:rsidR="002A783C" w:rsidRPr="005D042D">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002A783C" w:rsidRPr="001E1B8B">
         <w:br/>
-      </w:r>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">HRSN </w:t>
       </w:r>
-      <w:r w:rsidR="006635E0" w:rsidRPr="005D042D">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006635E0" w:rsidRPr="001E1B8B">
         <w:t>Supplemental</w:t>
       </w:r>
-      <w:r w:rsidR="00AD24A0" w:rsidRPr="005D042D">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00AD24A0" w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BE5714" w:rsidRPr="005D042D">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00BE5714" w:rsidRPr="001E1B8B">
         <w:t>Housing</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve"> Services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="7B27DB2F" w14:textId="77777777" w:rsidR="00B01742" w:rsidRPr="005D042D" w:rsidRDefault="00B01742" w:rsidP="00B01742">
-      <w:pPr>
+    <w:p w14:paraId="7B27DB2F" w14:textId="77777777" w:rsidR="00B01742" w:rsidRPr="001E1B8B" w:rsidRDefault="00B01742" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7034B95E" w14:textId="77777777" w:rsidR="00B01742" w:rsidRPr="005D042D" w:rsidRDefault="00B01742" w:rsidP="00627512">
-      <w:pPr>
+    <w:p w14:paraId="7034B95E" w14:textId="77777777" w:rsidR="00B01742" w:rsidRPr="001E1B8B" w:rsidRDefault="00B01742" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="639AC10B" w14:textId="130B09E7" w:rsidR="005F6FD6" w:rsidRPr="005D042D" w:rsidRDefault="00B01742" w:rsidP="003038B4">
-      <w:pPr>
+    <w:p w14:paraId="2F13F5E6" w14:textId="593635ED" w:rsidR="005F6FD6" w:rsidRPr="001E1B8B" w:rsidRDefault="00B01742" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-        <w:sectPr w:rsidR="005F6FD6" w:rsidRPr="005D042D" w:rsidSect="00EB358C">
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Last revised: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E61DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>January 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39F9CEEF" w14:textId="77777777" w:rsidR="00215F08" w:rsidRPr="001E1B8B" w:rsidRDefault="00215F08" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="639AC10B" w14:textId="547D3110" w:rsidR="00215F08" w:rsidRPr="001E1B8B" w:rsidRDefault="00215F08" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00215F08" w:rsidRPr="001E1B8B" w:rsidSect="00EB358C">
           <w:footerReference w:type="default" r:id="rId12"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
-[...40 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="2D47ACAF" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="002C3B5B" w:rsidRDefault="00202860" w:rsidP="006D4625">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="2D47ACAF" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="001E1B8B" w:rsidRDefault="00202860" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc170205190"/>
-      <w:r w:rsidRPr="002C3B5B">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Change Log</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9360" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val=""/>
         <w:tblDescription w:val=""/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1512"/>
         <w:gridCol w:w="1543"/>
         <w:gridCol w:w="6305"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006D4625" w:rsidRPr="006D4625" w14:paraId="581CCBB1" w14:textId="77777777" w:rsidTr="00E312EE">
+      <w:tr w:rsidR="006D4625" w:rsidRPr="001E1B8B" w14:paraId="581CCBB1" w14:textId="77777777" w:rsidTr="522A7699">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1512" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31B88A9E" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="006D4625" w:rsidRDefault="006D4625" w:rsidP="00E312EE">
+          <w:p w14:paraId="31B88A9E" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="001E1B8B" w:rsidRDefault="006D4625" w:rsidP="00F504E6">
             <w:pPr>
-              <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4625">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>Version</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1543" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0FAAAF76" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="006D4625" w:rsidRDefault="006D4625" w:rsidP="00E312EE">
+          <w:p w14:paraId="0FAAAF76" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="001E1B8B" w:rsidRDefault="006D4625" w:rsidP="00F504E6">
             <w:pPr>
-              <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4625">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6305" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2219F01A" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="006D4625" w:rsidRDefault="006D4625" w:rsidP="00E312EE">
+          <w:p w14:paraId="2219F01A" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="001E1B8B" w:rsidRDefault="006D4625" w:rsidP="00F504E6">
             <w:pPr>
-              <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4625">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>Revision Details</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D4625" w:rsidRPr="006D4625" w14:paraId="4D6A6C06" w14:textId="77777777" w:rsidTr="00E312EE">
+      <w:tr w:rsidR="006D4625" w:rsidRPr="001E1B8B" w14:paraId="4D6A6C06" w14:textId="77777777" w:rsidTr="522A7699">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1512" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="63BF329F" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="006D4625" w:rsidRDefault="006D4625" w:rsidP="00E312EE">
+          <w:p w14:paraId="63BF329F" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="001E1B8B" w:rsidRDefault="006D4625" w:rsidP="00F504E6">
             <w:pPr>
-              <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4625">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>1.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1543" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3905D820" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="006D4625" w:rsidRDefault="006D4625" w:rsidP="00E312EE">
+          <w:p w14:paraId="3905D820" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="001E1B8B" w:rsidRDefault="006D4625" w:rsidP="00F504E6">
             <w:pPr>
-              <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4625">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>July 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6305" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="30411FB7" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="006D4625" w:rsidRDefault="006D4625" w:rsidP="006D4625">
+          <w:p w14:paraId="30411FB7" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="001E1B8B" w:rsidRDefault="006D4625" w:rsidP="00F504E6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="112"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4625">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>First release.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D4625" w:rsidRPr="006D4625" w14:paraId="3A1CA233" w14:textId="77777777" w:rsidTr="00E312EE">
+      <w:tr w:rsidR="006D4625" w:rsidRPr="001E1B8B" w14:paraId="3A1CA233" w14:textId="77777777" w:rsidTr="522A7699">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1512" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="06BEF308" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="006D4625" w:rsidRDefault="006D4625" w:rsidP="00E312EE">
+          <w:p w14:paraId="06BEF308" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="001E1B8B" w:rsidRDefault="006D4625" w:rsidP="00F504E6">
             <w:pPr>
-              <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4625">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>2.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1543" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="667E2D01" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="006D4625" w:rsidRDefault="006D4625" w:rsidP="00E312EE">
+          <w:p w14:paraId="667E2D01" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="001E1B8B" w:rsidRDefault="006D4625" w:rsidP="00F504E6">
             <w:pPr>
-              <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4625">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>October 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6305" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="11917AEC" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="006D4625" w:rsidRDefault="006D4625" w:rsidP="006D4625">
+          <w:p w14:paraId="11917AEC" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="001E1B8B" w:rsidRDefault="006D4625" w:rsidP="00F504E6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="112"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4625">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Restructured how content is presented</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1525775E" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="006D4625" w:rsidRDefault="006D4625" w:rsidP="006D4625">
+          <w:p w14:paraId="1525775E" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="001E1B8B" w:rsidRDefault="006D4625" w:rsidP="00F504E6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="112"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4625">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Updated the criteria for each Housing service</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59611D80" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="006D4625" w:rsidRDefault="006D4625" w:rsidP="006D4625">
+          <w:p w14:paraId="59611D80" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="001E1B8B" w:rsidRDefault="006D4625" w:rsidP="00F504E6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="112"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4625">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Updated provider qualifications for Housing Search, Housing Navigation, and Healthy Homes services</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7DB594DB" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="006D4625" w:rsidRDefault="006D4625" w:rsidP="006D4625">
+          <w:p w14:paraId="7DB594DB" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="001E1B8B" w:rsidRDefault="006D4625" w:rsidP="00F504E6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="112"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4625">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Removed the Home Modifications service</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D4625" w:rsidRPr="006D4625" w14:paraId="64178B92" w14:textId="77777777" w:rsidTr="00E312EE">
+      <w:tr w:rsidR="006D4625" w:rsidRPr="001E1B8B" w14:paraId="64178B92" w14:textId="77777777" w:rsidTr="522A7699">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1512" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7787561E" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="006D4625" w:rsidRDefault="006D4625" w:rsidP="00E312EE">
+          <w:p w14:paraId="7787561E" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="001E1B8B" w:rsidRDefault="006D4625" w:rsidP="00F504E6">
             <w:pPr>
-              <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4625">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1543" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DFFA3B4" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="006D4625" w:rsidRDefault="006D4625" w:rsidP="00E312EE">
+          <w:p w14:paraId="1DFFA3B4" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="001E1B8B" w:rsidRDefault="006D4625" w:rsidP="00F504E6">
             <w:pPr>
-              <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4625">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>July 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6305" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7337EBF5" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="006D4625" w:rsidRDefault="006D4625" w:rsidP="006D4625">
+          <w:p w14:paraId="7337EBF5" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="001E1B8B" w:rsidRDefault="006D4625" w:rsidP="00F504E6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="112"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4625">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Clarified that Z-codes must be the primary diagnosis code on claims for HRSN Supplemental Services. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4363FF5A" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="006D4625" w:rsidRDefault="006D4625" w:rsidP="006D4625">
+          <w:p w14:paraId="4363FF5A" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="001E1B8B" w:rsidRDefault="006D4625" w:rsidP="00F504E6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="112"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4625">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Removed outdated attachments. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E480884" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="006D4625" w:rsidRDefault="006D4625" w:rsidP="006D4625">
+          <w:p w14:paraId="6E480884" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="001E1B8B" w:rsidRDefault="006D4625" w:rsidP="00F504E6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="112"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4625">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Updated the cadence of the required check-ins for Housing Navigation and Housing Search to align with the fee schedule.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C7BB493" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="006D4625" w:rsidRDefault="006D4625" w:rsidP="006D4625">
+          <w:p w14:paraId="5C7BB493" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="001E1B8B" w:rsidRDefault="006D4625" w:rsidP="00F504E6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="112"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4625">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Clarified that Healthy Homes may only provide goods and remediation services that the Enrollee’s landlord is not required to provide as a reasonable accommodation.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10CB58BA" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="006D4625" w:rsidRDefault="006D4625" w:rsidP="006D4625">
+          <w:p w14:paraId="10CB58BA" w14:textId="77777777" w:rsidR="006D4625" w:rsidRPr="001E1B8B" w:rsidRDefault="006D4625" w:rsidP="00F504E6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="112"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4625">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Clarified that an Enrollee may be considered to have a Lease Violation if they are part of a household in which the Enrollee, or another individual in the household, has received a written lease violation that results in the Enrollee’s housing instability.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="3A8F89C3" w:rsidRPr="001E1B8B" w14:paraId="34274121" w14:textId="77777777" w:rsidTr="522A7699">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1512" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="606A702C" w14:textId="6C08E155" w:rsidR="559A7661" w:rsidRPr="001E1B8B" w:rsidRDefault="559A7661" w:rsidP="00F504E6">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E1B8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>3.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C06DDB6" w14:textId="37476158" w:rsidR="559A7661" w:rsidRPr="001E1B8B" w:rsidRDefault="00E61DEB" w:rsidP="00F504E6">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>January 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6305" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22732D92" w14:textId="6A02414C" w:rsidR="1BEAF530" w:rsidRPr="001E1B8B" w:rsidRDefault="1BEAF530" w:rsidP="00F504E6">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="112"/>
+              </w:numPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E1B8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clarified </w:t>
+            </w:r>
+            <w:r w:rsidR="00215F08" w:rsidRPr="001E1B8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>how</w:t>
+            </w:r>
+            <w:r w:rsidR="00075896" w:rsidRPr="001E1B8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="20CF1519" w:rsidRPr="001E1B8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>service deposits and cancellation fees for Healthy Homes Remediation Services may be claimed under appropriate circumstances</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7C6B2A02" w14:textId="40879ABA" w:rsidR="00202860" w:rsidRDefault="00202860">
-      <w:pPr>
+    <w:p w14:paraId="7C6B2A02" w14:textId="40879ABA" w:rsidR="00202860" w:rsidRPr="001E1B8B" w:rsidRDefault="00202860" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos" w:cstheme="majorBidi"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CFA95DE" w14:textId="62F8C359" w:rsidR="00EC177B" w:rsidRPr="005D042D" w:rsidRDefault="00EC177B" w:rsidP="00EC177B">
+    <w:p w14:paraId="2CFA95DE" w14:textId="62F8C359" w:rsidR="00EC177B" w:rsidRPr="001E1B8B" w:rsidRDefault="00EC177B" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>Introduction</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="462AE48C" w14:textId="479562C2" w:rsidR="00743169" w:rsidRPr="005D042D" w:rsidRDefault="00765248" w:rsidP="00765248">
-      <w:pPr>
+    <w:p w14:paraId="462AE48C" w14:textId="479562C2" w:rsidR="00743169" w:rsidRPr="001E1B8B" w:rsidRDefault="00765248" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>All content described here is subject to required approvals of the federal Centers for Medicare and Medicaid Services (CMS) and is subject to change</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>All content described here is subject to required approvals of the federal Centers for Medicare and Medicaid Services (CMS) and is subject to change.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A8406D8" w14:textId="34C0EAC1" w:rsidR="002F451B" w:rsidRPr="005D042D" w:rsidRDefault="00743169" w:rsidP="008A71E6">
-      <w:pPr>
+    <w:p w14:paraId="5A8406D8" w14:textId="34C0EAC1" w:rsidR="002F451B" w:rsidRPr="001E1B8B" w:rsidRDefault="00743169" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
-          <w:u w:val="single"/>
         </w:rPr>
         <w:t>Related Documents:</w:t>
       </w:r>
-      <w:r w:rsidR="00E01279" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00E01279" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00E01279" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00E01279" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://www.mass.gov/lists/accountable-care-partnership-plan-contracts"</w:instrText>
       </w:r>
-      <w:r w:rsidR="00E01279" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00E01279" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00E01279" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00E01279" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BB9AAB9" w14:textId="77777777" w:rsidR="00AB613C" w:rsidRPr="005D042D" w:rsidRDefault="00E01279">
+    <w:p w14:paraId="7BB9AAB9" w14:textId="77777777" w:rsidR="00AB613C" w:rsidRPr="001E1B8B" w:rsidRDefault="00E01279" w:rsidP="00F504E6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00AB613C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00AB613C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00AB613C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00AB613C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://www.mass.gov/lists/accountable-care-partnership-plan-contracts"</w:instrText>
       </w:r>
-      <w:r w:rsidR="00AB613C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00AB613C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00AB613C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00AB613C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AB613C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00AB613C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>MassHealth Accountable Care Partnership Plan Contract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="160777D8" w14:textId="1CD77378" w:rsidR="002F451B" w:rsidRPr="005D042D" w:rsidRDefault="00AB613C">
+    <w:p w14:paraId="160777D8" w14:textId="1CD77378" w:rsidR="002F451B" w:rsidRPr="001E1B8B" w:rsidRDefault="00AB613C" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00FB20BB" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FB20BB" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00FB20BB" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FB20BB" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://www.mass.gov/lists/primary-care-aco-pcaco-contracts"</w:instrText>
       </w:r>
-      <w:r w:rsidR="00FB20BB" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FB20BB" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00FB20BB" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FB20BB" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00874FB3" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00874FB3" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>MassHealth Primary Care ACO Contract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="378D581C" w14:textId="51780EF9" w:rsidR="002F451B" w:rsidRPr="005D042D" w:rsidRDefault="00FB20BB">
+    <w:p w14:paraId="378D581C" w14:textId="51780EF9" w:rsidR="002F451B" w:rsidRPr="001E1B8B" w:rsidRDefault="00FB20BB" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="00874FB3" w:rsidRPr="005D042D">
+        <w:r w:rsidR="00874FB3" w:rsidRPr="001E1B8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
             <w:bCs/>
           </w:rPr>
           <w:t>MassHealth Managed Behavioral Health Vendor Contract</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4479FE51" w14:textId="00508DD9" w:rsidR="002F451B" w:rsidRPr="005D042D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4479FE51" w14:textId="00508DD9" w:rsidR="002F451B" w:rsidRPr="001E1B8B" w:rsidRDefault="00D65DB8" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00D65DB8" w:rsidRPr="005D042D">
+        <w:r w:rsidRPr="001E1B8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
             <w:bCs/>
           </w:rPr>
           <w:t xml:space="preserve">HRSN </w:t>
         </w:r>
-        <w:r w:rsidR="002F451B" w:rsidRPr="005D042D">
+        <w:r w:rsidR="002F451B" w:rsidRPr="001E1B8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
             <w:bCs/>
           </w:rPr>
           <w:t>Service Manual Definitions</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7EED7A89" w14:textId="390EE998" w:rsidR="002F451B" w:rsidRPr="005D042D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7EED7A89" w14:textId="390EE998" w:rsidR="002F451B" w:rsidRPr="001E1B8B" w:rsidRDefault="002F451B" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="002F451B" w:rsidRPr="005D042D">
+        <w:r w:rsidRPr="001E1B8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
             <w:bCs/>
           </w:rPr>
           <w:t>HRSN Supplemental Nutrition Service Manual</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:bookmarkStart w:id="2" w:name="_Hlk179811962"/>
     <w:bookmarkStart w:id="3" w:name="_Hlk180490447"/>
     <w:bookmarkStart w:id="4" w:name="_Hlk180490217"/>
-    <w:p w14:paraId="7A02B4C5" w14:textId="622BED26" w:rsidR="00BF09E6" w:rsidRPr="005D042D" w:rsidRDefault="00B1246E">
+    <w:p w14:paraId="7A02B4C5" w14:textId="622BED26" w:rsidR="00BF09E6" w:rsidRPr="001E1B8B" w:rsidRDefault="00B1246E" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://www.mass.gov/doc/hrsn-supplemental-services-fee-schedule-3/download"</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00BF09E6" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00BF09E6" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">HRSN Supplemental Services </w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidR="003B3583" w:rsidRPr="005D042D">
+      <w:r w:rsidR="003B3583" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Fee Schedule</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="5" w:name="_Hlk180502439"/>
-    <w:p w14:paraId="719B699A" w14:textId="5F05A529" w:rsidR="00A42475" w:rsidRPr="005D042D" w:rsidRDefault="00B1246E">
+    <w:p w14:paraId="719B699A" w14:textId="5F05A529" w:rsidR="00A42475" w:rsidRPr="001E1B8B" w:rsidRDefault="00B1246E" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://www.mass.gov/doc/hrsn-supplemental-services-criteria-guidance-2/download"</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00A42475" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00A42475" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>HRSN Supplemental Services Criteria Guidance</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CF00D02" w14:textId="3C4B5533" w:rsidR="008F5895" w:rsidRPr="005D042D" w:rsidRDefault="008F5895" w:rsidP="009849FC">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+    <w:p w14:paraId="4CF00D02" w14:textId="3C4B5533" w:rsidR="008F5895" w:rsidRPr="001E1B8B" w:rsidRDefault="008F5895" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="auto"/>
-        </w:rPr>
-[...10 lines deleted...]
-      <w:r w:rsidR="00D37A3B" w:rsidRPr="005D042D">
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Hlk179812020"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="auto"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Supplemental</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D37A3B" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Health Related Social Needs (HRSN) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
         </w:rPr>
         <w:t>Services in this manual include:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:p w14:paraId="7D950FF5" w14:textId="14268F88" w:rsidR="00B20776" w:rsidRPr="005D042D" w:rsidRDefault="00690242">
+    <w:p w14:paraId="7D950FF5" w14:textId="14268F88" w:rsidR="00B20776" w:rsidRPr="001E1B8B" w:rsidRDefault="00690242" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:instrText>HYPERLINK  \l "_HRSN_Supplemental_Housing_8"</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B20776" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00B20776" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>HRSN Supplemental Housing Services – Housing Search</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="492BC144" w14:textId="2BAEF622" w:rsidR="00B20776" w:rsidRPr="005D042D" w:rsidRDefault="00690242">
+    <w:p w14:paraId="492BC144" w14:textId="2BAEF622" w:rsidR="00B20776" w:rsidRPr="001E1B8B" w:rsidRDefault="00690242" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:hyperlink w:anchor="_HRSN_Supplemental_Housing_3" w:history="1">
-        <w:r w:rsidR="00B20776" w:rsidRPr="005D042D">
+        <w:r w:rsidR="00B20776" w:rsidRPr="001E1B8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           </w:rPr>
           <w:t>HRSN Supplemental Housing Services – Transitional Goods</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5393C16E" w14:textId="43B55D1F" w:rsidR="00B20776" w:rsidRPr="005D042D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5393C16E" w14:textId="43B55D1F" w:rsidR="00B20776" w:rsidRPr="001E1B8B" w:rsidRDefault="00B20776" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_HRSN_Supplemental_Housing_9" w:history="1">
-        <w:r w:rsidR="00B20776" w:rsidRPr="005D042D">
+        <w:r w:rsidRPr="001E1B8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           </w:rPr>
           <w:t>HRSN Supplemental Housing Services – Housing Navigation</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="66A49D10" w14:textId="0543AAF1" w:rsidR="008A71E6" w:rsidRPr="005D042D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="66A49D10" w14:textId="0543AAF1" w:rsidR="008A71E6" w:rsidRPr="001E1B8B" w:rsidRDefault="00B20776" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Services.HRSN_Supplemental_Housing" w:history="1">
-        <w:r w:rsidR="00B20776" w:rsidRPr="005D042D">
+        <w:r w:rsidRPr="001E1B8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           </w:rPr>
           <w:t>HRSN Supplemental Housing Services – Healthy Homes</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="008A71E6" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008A71E6" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57289042" w14:textId="29EA3EB9" w:rsidR="0017087D" w:rsidRPr="005D042D" w:rsidRDefault="0017087D" w:rsidP="00017F85">
+    <w:p w14:paraId="57289042" w14:textId="29EA3EB9" w:rsidR="0017087D" w:rsidRPr="001E1B8B" w:rsidRDefault="0017087D" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_HRSN_Supplemental_Housing_1"/>
       <w:bookmarkStart w:id="8" w:name="_Specialized_Community_Support"/>
       <w:bookmarkStart w:id="9" w:name="_HRSN_Supplemental_Housing_2"/>
       <w:bookmarkStart w:id="10" w:name="_HRSN_Supplemental_Housing_4"/>
       <w:bookmarkStart w:id="11" w:name="_Toc170205192"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
-      <w:r w:rsidRPr="005D042D">
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve">HRSN Supplemental </w:t>
       </w:r>
-      <w:r w:rsidR="005F1C63" w:rsidRPr="005D042D">
+      <w:r w:rsidR="005F1C63" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve">Housing </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45FFBAB7" w14:textId="0C651917" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22" w:rsidP="008A71E6">
+    <w:p w14:paraId="45FFBAB7" w14:textId="0C651917" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_HRSN_Supplemental_Housing_8"/>
       <w:bookmarkStart w:id="13" w:name="_Toc170205191"/>
       <w:bookmarkEnd w:id="12"/>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>HRSN</w:t>
       </w:r>
-      <w:r w:rsidR="005B52FA" w:rsidRPr="005D042D">
+      <w:r w:rsidR="005B52FA" w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B44F43" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00B44F43" w:rsidRPr="001E1B8B">
         <w:t>Supplemental</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve"> Housing Services –</w:t>
       </w:r>
-      <w:r w:rsidR="00B90BCD" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00B90BCD" w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>Housing Search</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="7EAAC5A9" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22" w:rsidP="00D8234B">
+    <w:p w14:paraId="7EAAC5A9" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1980"/>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:hanging="1980"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="547" w:hanging="547"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve">Service Description </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="786DD3A9" w14:textId="5C4C4885" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00185682" w:rsidP="00FF0E22">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+    <w:p w14:paraId="786DD3A9" w14:textId="7B06946D" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00185682" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00210AE5" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00210AE5" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">roviders </w:t>
       </w:r>
-      <w:r w:rsidR="00964F7E" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00964F7E" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="007D7563" w:rsidRPr="005D042D">
+      <w:r w:rsidR="007D7563" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> Housing Search</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00210AE5" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00210AE5" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>assist E</w:t>
       </w:r>
-      <w:r w:rsidR="007D7563" w:rsidRPr="005D042D">
+      <w:r w:rsidR="007D7563" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">nrollees </w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">experiencing </w:t>
       </w:r>
-      <w:r w:rsidR="00356392" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00356392" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">omelessness </w:t>
       </w:r>
-      <w:r w:rsidR="005978BC" w:rsidRPr="005D042D">
+      <w:r w:rsidR="005978BC" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>locate, move into, and maintain housing</w:t>
       </w:r>
-      <w:r w:rsidR="00A56C8D" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00A56C8D" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00A56C8D" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00A56C8D" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>in accordance with MassHealth Managed Care Entities’ Contracts (MCE Contracts)</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00806BEA" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00806BEA" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Housing Search </w:t>
       </w:r>
-      <w:r w:rsidR="00A3087D" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00A3087D" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>consists of</w:t>
       </w:r>
-      <w:r w:rsidR="00AC562C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00AC562C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> the following.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="285DF08F" w14:textId="19465EB9" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00A56C8D">
+    <w:p w14:paraId="285DF08F" w14:textId="26E03D5E" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00A56C8D" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Looking for Housing</w:t>
       </w:r>
+      <w:r w:rsidR="005D21C3" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, which includes</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="36E262A9" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00C41DEE">
+    <w:p w14:paraId="36E262A9" w14:textId="596B87AA" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00C41DEE" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
-[...3 lines deleted...]
-        <w:t>dentify housing needs and preferences</w:t>
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>dentify</w:t>
+      </w:r>
+      <w:r w:rsidR="005D21C3" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> housing needs and preferences</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25EFB687" w14:textId="63A47E7B" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="25EFB687" w14:textId="57BB0C2F" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidR="45E49D63" w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Develop</w:t>
+      </w:r>
+      <w:r w:rsidR="005D21C3" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="45E49D63" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>and implement</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidR="005D21C3" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> a housing search strategy that meets the </w:t>
       </w:r>
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>’s identified needs and preferences</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="783A174E" w14:textId="1739283C" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="783A174E" w14:textId="25FCC19B" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Apply</w:t>
+      </w:r>
+      <w:r w:rsidR="005D21C3" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for income supports and housing that are aligned with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">’s identified needs and preferences including completing an assessment in the local Coordinated Entry System </w:t>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>’s identified needs and preferences</w:t>
+      </w:r>
+      <w:r w:rsidR="005D21C3" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> including completing an assessment in the local Coordinated Entry System</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="679D095D" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="679D095D" w14:textId="3AE08E8A" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t>Coordinate viewing of housing options</w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Coordinat</w:t>
+      </w:r>
+      <w:r w:rsidR="005D21C3" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> viewing of housing options</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E7D22B5" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="0E7D22B5" w14:textId="4F667105" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t>Move-in</w:t>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Mov</w:t>
+      </w:r>
+      <w:r w:rsidR="005D21C3" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-in</w:t>
+      </w:r>
+      <w:r w:rsidR="00876F31" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, which includes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71A93F23" w14:textId="28A017A3" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="71A93F23" w14:textId="1DA9C73E" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidR="00E93C79" w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Coordinat</w:t>
+      </w:r>
+      <w:r w:rsidR="00876F31" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all portions of securing </w:t>
+      </w:r>
+      <w:r w:rsidR="00E93C79" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">housing lease </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04E80333" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="04E80333" w14:textId="05A24E37" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t>Identify resources for move-in costs</w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Identify</w:t>
+      </w:r>
+      <w:r w:rsidR="00876F31" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> resources for move-in costs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53CF7B24" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="53CF7B24" w14:textId="5FCB9DD2" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t>Identify resources for establishing a home</w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Identify</w:t>
+      </w:r>
+      <w:r w:rsidR="00876F31" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> resources for establishing a home</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59B3F615" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="59B3F615" w14:textId="0739E0C1" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t>Secure utilities, including identifying funds for utility deposits and any utility arrearages</w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Secur</w:t>
+      </w:r>
+      <w:r w:rsidR="00876F31" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> utilities, including identifying funds for utility deposits and any utility arrearages</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67F473F2" w14:textId="52EE2B74" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="67F473F2" w14:textId="4C413655" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidR="000F0D9B" w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Facilitat</w:t>
+      </w:r>
+      <w:r w:rsidR="00876F31" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0D9B" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> access to </w:t>
       </w:r>
-      <w:r w:rsidR="002913EC" w:rsidRPr="005D042D">
+      <w:r w:rsidR="002913EC" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">any needed </w:t>
       </w:r>
-      <w:r w:rsidR="00857FBE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00857FBE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidR="000F0D9B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="000F0D9B" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ome </w:t>
       </w:r>
-      <w:r w:rsidR="00857FBE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00857FBE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidR="000F0D9B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="000F0D9B" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">odifications </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2810EF78" w14:textId="553CED72" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22" w:rsidP="005B7385">
+    <w:p w14:paraId="2810EF78" w14:textId="3359A129" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr>
-[...21 lines deleted...]
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Housing Stabilization</w:t>
+      </w:r>
+      <w:r w:rsidR="00876F31" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, which includes m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>eet</w:t>
+      </w:r>
+      <w:r w:rsidR="00876F31" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> to:</w:t>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CBF9F4B" w14:textId="4334790A" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="2CBF9F4B" w14:textId="72684DF4" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Ensure that the </w:t>
       </w:r>
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> makes timely rent payments</w:t>
       </w:r>
-      <w:r w:rsidR="2A9C727A" w:rsidRPr="005D042D">
-[...5 lines deleted...]
-      <w:r w:rsidR="00995F4F" w:rsidRPr="005D042D">
+      <w:r w:rsidR="2A9C727A" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00301884" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>for example,</w:t>
+      </w:r>
+      <w:r w:rsidR="00995F4F" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="3794FFE1" w:rsidRPr="005D042D">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidR="3794FFE1" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>connect</w:t>
+      </w:r>
+      <w:r w:rsidR="00301884" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidR="3794FFE1" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> to money management services</w:t>
       </w:r>
-      <w:r w:rsidR="330BFE4B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="330BFE4B" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E4ECBC6" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="4E4ECBC6" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Provide coaching on life skills needed to adjust to community-based housing</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FEC485E" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="3FEC485E" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide education and training on </w:t>
       </w:r>
-      <w:r w:rsidR="00AB6166" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00AB6166" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">appropriate </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>tenant behaviors</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66A10507" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="66A10507" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Provide referrals to community-based organizations as needed for ongoing housing stabilization services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A4AD74D" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FE0B4D" w:rsidP="00D8234B">
+    <w:p w14:paraId="4A4AD74D" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FE0B4D" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1980"/>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:hanging="1980"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="547" w:hanging="547"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve">Additional </w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve">Service </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>Detail</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3432852E" w14:textId="26CDA6FE" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="6AD9EC9A">
+    <w:p w14:paraId="3432852E" w14:textId="0BDD442D" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="6AD9EC9A" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">intensity </w:t>
       </w:r>
-      <w:r w:rsidR="00B76BF2" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00B76BF2" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>of Housing Search services</w:t>
       </w:r>
-      <w:r w:rsidR="6DC375CF" w:rsidRPr="005D042D">
+      <w:r w:rsidR="6DC375CF" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000E46C5" w:rsidRPr="005D042D">
+      <w:r w:rsidR="000E46C5" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">may vary </w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>over the course of service delivery</w:t>
       </w:r>
-      <w:r w:rsidR="003014C9" w:rsidRPr="005D042D">
+      <w:r w:rsidR="003014C9" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> as E</w:t>
       </w:r>
-      <w:r w:rsidR="0077309A" w:rsidRPr="005D042D">
+      <w:r w:rsidR="0077309A" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">nrollees </w:t>
       </w:r>
-      <w:r w:rsidR="003949FB" w:rsidRPr="005D042D">
+      <w:r w:rsidR="003949FB" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>wait for housing opportunities to become available</w:t>
       </w:r>
-      <w:r w:rsidR="004F1D29" w:rsidRPr="005D042D">
+      <w:r w:rsidR="004F1D29" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="112C183F" w14:textId="3867D59B" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="112C183F" w14:textId="666D44E7" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Providers </w:t>
       </w:r>
-      <w:r w:rsidR="5D98D16B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="5D98D16B" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>of Housing Search</w:t>
       </w:r>
-      <w:r w:rsidR="6DC375CF" w:rsidRPr="005D042D">
+      <w:r w:rsidR="6DC375CF" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="18F422B8" w:rsidRPr="005D042D">
+      <w:r w:rsidR="18F422B8" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
-      <w:r w:rsidR="004F1D29" w:rsidRPr="005D042D">
+      <w:r w:rsidR="004F1D29" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> do the following.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63AAD6E4" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="000813A4">
+    <w:p w14:paraId="63AAD6E4" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="000813A4" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">aintain an </w:t>
       </w:r>
-      <w:r w:rsidR="3FDB5C38" w:rsidRPr="005D042D">
+      <w:r w:rsidR="3FDB5C38" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">average </w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">case load </w:t>
       </w:r>
-      <w:r w:rsidR="06D2EE2F" w:rsidRPr="005D042D">
+      <w:r w:rsidR="06D2EE2F" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>of 1:35</w:t>
       </w:r>
-      <w:r w:rsidR="00B75659" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00B75659" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C02D6E6" w14:textId="20C84F64" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="000813A4">
+    <w:p w14:paraId="2C02D6E6" w14:textId="434AB186" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00301884" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">heck in with the </w:t>
       </w:r>
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> at least twice per</w:t>
       </w:r>
-      <w:r w:rsidR="001B2FF8" w:rsidRPr="005D042D">
+      <w:r w:rsidR="001B2FF8" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> 30-day period</w:t>
       </w:r>
-      <w:r w:rsidR="00B75659" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00B75659" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03FB08E1" w14:textId="4BB4B1DE" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="06162F5A">
+    <w:p w14:paraId="03FB08E1" w14:textId="76F0F25D" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00301884" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Deliver</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="06162F5A" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>eliver</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Housing Search on a mobile basis to </w:t>
       </w:r>
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>s in any setting</w:t>
       </w:r>
-      <w:r w:rsidR="00972062" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00972062" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of the Enrollee’s choosing</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> that is safe for the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidR="00972062" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Enrollee</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+        <w:t xml:space="preserve"> choosing</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and staff</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B75659" w:rsidRPr="005D042D">
+        <w:t xml:space="preserve"> that is safe for the </w:t>
+      </w:r>
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:t>Enrollee</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and staff</w:t>
+      </w:r>
+      <w:r w:rsidR="00B75659" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5090529D" w14:textId="2C053837" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="000813A4">
+    <w:p w14:paraId="5090529D" w14:textId="1C79EE77" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="002E6AC2" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>M</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">eet with the </w:t>
       </w:r>
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> in person whenever possible, however, virtual meetings may be used </w:t>
       </w:r>
-      <w:r w:rsidR="004F1D29" w:rsidRPr="005D042D">
+      <w:r w:rsidR="004F1D29" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>when</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> necessary</w:t>
       </w:r>
-      <w:r w:rsidR="004F1D29" w:rsidRPr="005D042D">
+      <w:r w:rsidR="004F1D29" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BBE37B0" w14:textId="15572E1A" w:rsidR="00FE3302" w:rsidRPr="005D042D" w:rsidRDefault="004B3C75">
+    <w:p w14:paraId="4BBE37B0" w14:textId="13039765" w:rsidR="00FE3302" w:rsidRPr="001E1B8B" w:rsidRDefault="004B3C75" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Providers </w:t>
       </w:r>
-      <w:r w:rsidR="00964F7E" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00964F7E" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Housing Search </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">must </w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">arrange for or directly provide transportation </w:t>
       </w:r>
-      <w:r w:rsidR="3BC8663F" w:rsidRPr="005D042D">
+      <w:r w:rsidR="3BC8663F" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">(public or private) </w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">for an </w:t>
       </w:r>
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> who needs </w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>transportation</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> assistance as part of the delivery of </w:t>
       </w:r>
-      <w:r w:rsidR="5C0BDBD3" w:rsidRPr="005D042D">
+      <w:r w:rsidR="5C0BDBD3" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Housing Search </w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>services</w:t>
       </w:r>
+      <w:r w:rsidR="00007F9B" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5B6B2EEE" w14:textId="4220990A" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="3754D14A" w:rsidP="00D8234B">
+    <w:p w14:paraId="5B6B2EEE" w14:textId="4220990A" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="3754D14A" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1980"/>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:hanging="1980"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="547" w:hanging="547"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>Criteria</w:t>
       </w:r>
-      <w:r w:rsidR="728D201B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="728D201B" w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve"> for Enrollees to Receive </w:t>
       </w:r>
-      <w:r w:rsidR="00807780" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00807780" w:rsidRPr="001E1B8B">
         <w:t>Housing Search</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39F4520E" w14:textId="44BCEAED" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22" w:rsidP="00FF0E22">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+    <w:p w14:paraId="39F4520E" w14:textId="32B6530D" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">To receive </w:t>
       </w:r>
-      <w:r w:rsidR="6998D40D" w:rsidRPr="005D042D">
+      <w:r w:rsidR="6998D40D" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Housing Search</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidR="00737B72" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00C624BC" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00C624BC" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="000106EF" w:rsidRPr="005D042D">
+      <w:r w:rsidR="000106EF" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>nrollee</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>s must meet the following criteria</w:t>
       </w:r>
-      <w:r w:rsidR="0089663F" w:rsidRPr="005D042D">
+      <w:r w:rsidR="0089663F" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="335197E4" w14:textId="3BAC8FFC" w:rsidR="00384F33" w:rsidRPr="005D042D" w:rsidRDefault="00B773A2">
+    <w:p w14:paraId="335197E4" w14:textId="465A66A8" w:rsidR="00384F33" w:rsidRPr="001E1B8B" w:rsidRDefault="00B773A2" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HNBC: </w:t>
       </w:r>
-      <w:r w:rsidR="00384F33" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00737B72" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Have a </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00471A78" w:rsidRPr="005D042D">
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidR="00384F33" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Health Needs Based Criteria (</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00384F33" w:rsidRPr="005D042D">
+        <w:t xml:space="preserve">ave a </w:t>
+      </w:r>
+      <w:r w:rsidR="00471A78" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>HNBC</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00471A78" w:rsidRPr="005D042D">
+        <w:t>Health Needs Based Criteria (</w:t>
+      </w:r>
+      <w:r w:rsidR="00384F33" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00384F33" w:rsidRPr="005D042D">
+        <w:t>HNBC</w:t>
+      </w:r>
+      <w:r w:rsidR="00471A78" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00384F33" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C3CE73C" w14:textId="44906443" w:rsidR="00384F33" w:rsidRPr="005D042D" w:rsidRDefault="00B773A2">
+    <w:p w14:paraId="5C3CE73C" w14:textId="45C09D23" w:rsidR="00384F33" w:rsidRPr="001E1B8B" w:rsidRDefault="00B773A2" w:rsidP="00F968FA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Risk Factor: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00384F33" w:rsidRPr="005D042D">
+        <w:t xml:space="preserve">Risk </w:t>
+      </w:r>
+      <w:r w:rsidR="00675553" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Be experiencing </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E859A0" w:rsidRPr="005D042D">
+        <w:t>factor:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">HUD </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00384F33" w:rsidRPr="005D042D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00737B72" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Category 1 Homelessness</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B1246E" w:rsidRPr="005D042D">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="00384F33" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> at the onset of services</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00384F33" w:rsidRPr="005D042D">
+        <w:t xml:space="preserve">e experiencing </w:t>
+      </w:r>
+      <w:r w:rsidR="00E859A0" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t xml:space="preserve">HUD </w:t>
+      </w:r>
+      <w:r w:rsidR="00384F33" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Category 1 Homelessness</w:t>
+      </w:r>
+      <w:r w:rsidR="00B1246E" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at the onset of services</w:t>
+      </w:r>
+      <w:r w:rsidR="00384F33" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C634AFB" w14:textId="77777777" w:rsidR="00B773A2" w:rsidRPr="005D042D" w:rsidRDefault="00B773A2">
+    <w:p w14:paraId="7C634AFB" w14:textId="67646338" w:rsidR="00B773A2" w:rsidRPr="001E1B8B" w:rsidRDefault="00B773A2" w:rsidP="00F968FA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Other Criteria:</w:t>
+        <w:t xml:space="preserve">Other </w:t>
+      </w:r>
+      <w:r w:rsidR="00737B72" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>riteria:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="277FC7BC" w14:textId="4A4500C7" w:rsidR="00384F33" w:rsidRPr="005D042D" w:rsidRDefault="00384F33" w:rsidP="00D8234B">
+    <w:p w14:paraId="277FC7BC" w14:textId="4A4500C7" w:rsidR="00384F33" w:rsidRPr="001E1B8B" w:rsidRDefault="00384F33" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Be at least </w:t>
       </w:r>
-      <w:r w:rsidR="004F1D29" w:rsidRPr="005D042D">
+      <w:r w:rsidR="004F1D29" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">age </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>55;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57800035" w14:textId="390D1BC1" w:rsidR="00490488" w:rsidRPr="005D042D" w:rsidRDefault="00490488" w:rsidP="00490488">
+    <w:p w14:paraId="57800035" w14:textId="6C1D2D74" w:rsidR="00490488" w:rsidRPr="001E1B8B" w:rsidRDefault="00162F0B" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Not be receiving housing search services as part of the Emergency Assistance or HomeBase programs operated by the Executive Office of Housing and Livable Communities; and</w:t>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00490488" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ot be receiving housing search services as part of the Emergency Assistance or HomeBase programs operated by the Executive Office of Housing and Livable Communities; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07469C85" w14:textId="59BEB20F" w:rsidR="00FA4B72" w:rsidRPr="005D042D" w:rsidRDefault="00490488" w:rsidP="00D8234B">
+    <w:p w14:paraId="07469C85" w14:textId="39CF0151" w:rsidR="00FA4B72" w:rsidRPr="001E1B8B" w:rsidRDefault="00162F0B" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Either</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FA4B72" w:rsidRPr="005D042D">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00490488" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t>ither</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F16170F" w14:textId="47D6BD1C" w:rsidR="00514803" w:rsidRPr="005D042D" w:rsidRDefault="00384F33" w:rsidP="00696167">
+    <w:p w14:paraId="7F16170F" w14:textId="585088AB" w:rsidR="00514803" w:rsidRPr="001E1B8B" w:rsidRDefault="00162F0B" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="24"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Not be</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005B1537" w:rsidRPr="005D042D">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00384F33" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> eligible for </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:t>ot be</w:t>
+      </w:r>
+      <w:r w:rsidR="005B1537" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Specialized Community Support Program for Homeless Individuals (CSP-HI); </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00514803" w:rsidRPr="005D042D">
+        <w:t xml:space="preserve"> eligible for </w:t>
+      </w:r>
+      <w:r w:rsidR="00384F33" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Specialized Community Support Program for Homeless Individuals (CSP-HI); </w:t>
+      </w:r>
+      <w:r w:rsidR="00514803" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C1E3017" w14:textId="1421AF18" w:rsidR="00384F33" w:rsidRPr="005D042D" w:rsidRDefault="00514803" w:rsidP="00696167">
+    <w:p w14:paraId="6C1E3017" w14:textId="2497EFAD" w:rsidR="00384F33" w:rsidRPr="001E1B8B" w:rsidRDefault="00162F0B" w:rsidP="00D34203">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="24"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2174" w:hanging="187"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Eligible for Specialized CSP-HI but not yet receiving </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F96664" w:rsidRPr="005D042D">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00514803" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t xml:space="preserve">ligible for Specialized CSP-HI but not yet receiving </w:t>
+      </w:r>
+      <w:r w:rsidR="00F96664" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Specialized CSP-HI</w:t>
       </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0FCA276B" w14:textId="2C1D95BD" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22" w:rsidP="00D8234B">
+    <w:p w14:paraId="0FCA276B" w14:textId="2C1D95BD" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00D34203">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1980"/>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:hanging="1980"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="547" w:hanging="547"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>Provider Qualifications</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5956DB22" w14:textId="0EB1F22E" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="0F7581CB" w:rsidP="00FF0E22">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+    <w:p w14:paraId="5956DB22" w14:textId="45042926" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="0F7581CB" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Providers </w:t>
       </w:r>
-      <w:r w:rsidR="00964F7E" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00964F7E" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Housing Search services must meet the following criteria</w:t>
       </w:r>
-      <w:r w:rsidR="004F1D29" w:rsidRPr="005D042D">
+      <w:r w:rsidR="004F1D29" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74218815" w14:textId="46F0BEF6" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="5D43C627">
+    <w:p w14:paraId="74218815" w14:textId="03135E4A" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="5D43C627" w:rsidP="00D34203">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Have </w:t>
       </w:r>
-      <w:r w:rsidR="5314A174" w:rsidRPr="005D042D">
+      <w:r w:rsidR="5314A174" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">t least two years of experience providing housing search supports to persons experiencing </w:t>
       </w:r>
-      <w:r w:rsidR="00581CFB" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00581CFB" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
-[...3 lines deleted...]
-        <w:t>omelessness. This must include:</w:t>
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>omelessness. This must include</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="456E7A93" w14:textId="5BA48CAD" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="456E7A93" w14:textId="1EAFFDAD" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="002E6AC2" w:rsidP="00D34203">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidR="008C5298" w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>urrent contracts</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB4FD6" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00675553" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and/or </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">grants with local, state, or federal agencies to assist people experiencing </w:t>
+      </w:r>
+      <w:r w:rsidR="008C5298" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">omelessness </w:t>
       </w:r>
-      <w:r w:rsidR="412DC8BD" w:rsidRPr="005D042D">
+      <w:r w:rsidR="412DC8BD" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00DA0511" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00DA0511" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>locat</w:t>
       </w:r>
-      <w:r w:rsidR="624F28D1" w:rsidRPr="005D042D">
+      <w:r w:rsidR="624F28D1" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> housing; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A613770" w14:textId="21103D4D" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="3A613770" w14:textId="4C1F66F9" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00F7310A" w:rsidP="00D34203">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidR="61EF65D1" w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">raining on how to determine and document </w:t>
+      </w:r>
+      <w:r w:rsidR="61EF65D1" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">omelessness status in accordance with </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="42BAD535" w:rsidRPr="005D042D">
+        <w:r w:rsidR="42BAD535" w:rsidRPr="001E1B8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           </w:rPr>
           <w:t>U.S. Department of Housing and Urban Developmen</w:t>
         </w:r>
-        <w:r w:rsidR="006C7465" w:rsidRPr="005D042D">
+        <w:r w:rsidR="006C7465" w:rsidRPr="001E1B8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           </w:rPr>
           <w:t>t</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="5D44603C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="5D44603C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005F4675" w:rsidRPr="005D042D">
+      <w:r w:rsidR="005F4675" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">(HUD) </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">requirements; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E989BF4" w14:textId="77777777" w:rsidR="00DF3E34" w:rsidRPr="005D042D" w:rsidRDefault="68F1FC02">
+    <w:p w14:paraId="3E989BF4" w14:textId="6BBE31B3" w:rsidR="00DF3E34" w:rsidRPr="001E1B8B" w:rsidRDefault="68F1FC02" w:rsidP="00F968FA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Have </w:t>
       </w:r>
-      <w:r w:rsidR="00DF3E34" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00DF3E34" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">experience providing services in person, on a mobile basis, and virtually; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AB093E2" w14:textId="114BC76C" w:rsidR="00477B8B" w:rsidRPr="005D042D" w:rsidRDefault="00877BAB">
+    <w:p w14:paraId="0AB093E2" w14:textId="7A8598A9" w:rsidR="00477B8B" w:rsidRPr="001E1B8B" w:rsidRDefault="00877BAB" w:rsidP="00F968FA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Be</w:t>
       </w:r>
-      <w:r w:rsidR="00477B8B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00477B8B" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> an existing documented member </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00477B8B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00477B8B" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>for at least three months</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00477B8B" w:rsidRPr="005D042D">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> in all of the Continuum of Care (CoC) planning groups within their service area(s) and able to connect an Enrollee to the local CoC Coordinated Entry System; and </w:t>
+      <w:r w:rsidR="00477B8B" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:r w:rsidR="00215F08" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidR="00477B8B" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Continuum of Care (CoC) planning groups within their service area(s) and able to connect an Enrollee to the local CoC Coordinated Entry System; and </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46E7372A" w14:textId="2AF12383" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="68F1FC02">
+    <w:p w14:paraId="46E7372A" w14:textId="2AF12383" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="68F1FC02" w:rsidP="00F968FA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Have s</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>pecialized staff with knowledge of housing resources and dynamics of searching for housing such as obtaining and completing housing applications, requesting reasonable accommodations, dealing with housing or credit histories that are poor or lacking, mitigating criminal records, negotiating lease agreements, and identifying resources for move-in costs, furniture, and household goods</w:t>
       </w:r>
-      <w:r w:rsidR="00296ECD" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00296ECD" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F3C32FB" w14:textId="2E38951F" w:rsidR="00696167" w:rsidRPr="005D042D" w:rsidRDefault="00696167" w:rsidP="00FF0E22">
-[...12 lines deleted...]
-    <w:p w14:paraId="1B275730" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="5B483637" w:rsidP="00D8234B">
+    <w:p w14:paraId="1B275730" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="5B483637" w:rsidP="00F968FA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1980"/>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:hanging="1980"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="547"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>Payment</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve"> and Billing Code</w:t>
       </w:r>
-      <w:r w:rsidR="12F004FB" w:rsidRPr="005D042D">
+      <w:r w:rsidR="12F004FB" w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve"> Requirements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CE769C6" w14:textId="3BC5E212" w:rsidR="00A56C8D" w:rsidRPr="005D042D" w:rsidRDefault="007A3F3F" w:rsidP="70402BA4">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+    <w:p w14:paraId="0CE769C6" w14:textId="4E0660A9" w:rsidR="00A56C8D" w:rsidRPr="001E1B8B" w:rsidRDefault="007A3F3F" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Plans must require their </w:t>
       </w:r>
-      <w:r w:rsidR="00AD71FD" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00AD71FD" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Providers of Housing Search</w:t>
       </w:r>
-      <w:r w:rsidR="00EC33AF" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00EC33AF" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="14" w:name="_Hlk179811417"/>
       <w:bookmarkStart w:id="15" w:name="_Hlk179810567"/>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">to submit claims using the codes </w:t>
       </w:r>
-      <w:r w:rsidR="00BF09E6" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00BF09E6" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">outlined in the </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00B1246E" w:rsidRPr="005D042D">
+        <w:r w:rsidR="00B1246E" w:rsidRPr="001E1B8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:t>HRSN Supplemental Services Fee Schedule</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B1246E" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00B1246E" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>and must configure their payment systems to accept claims submitted using these code and modifier combinations.</w:t>
       </w:r>
-      <w:r w:rsidR="00BF09E6" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00BF09E6" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A217BA" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00A217BA" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>MassHealth has a fee schedule for this service and requir</w:t>
       </w:r>
-      <w:r w:rsidR="00600FF3" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00600FF3" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
-      <w:r w:rsidR="00A217BA" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00A217BA" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> payments be made </w:t>
       </w:r>
-      <w:r w:rsidR="00DE382D" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00DE382D" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
-      <w:r w:rsidR="00A217BA" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00A217BA" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">accordance with </w:t>
       </w:r>
-      <w:r w:rsidR="009911D3" w:rsidRPr="005D042D">
+      <w:r w:rsidR="009911D3" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="003B3583" w:rsidRPr="005D042D">
+        <w:r w:rsidR="003B3583" w:rsidRPr="001E1B8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:t>HRSN Supplemental Services Fee Schedule</w:t>
         </w:r>
         <w:bookmarkEnd w:id="14"/>
       </w:hyperlink>
-      <w:r w:rsidR="0070227C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="0070227C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:p w14:paraId="43737AEA" w14:textId="7FF6B518" w:rsidR="001B2FF8" w:rsidRPr="005D042D" w:rsidRDefault="005B7385" w:rsidP="00A56C8D">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+    <w:p w14:paraId="43737AEA" w14:textId="52B95954" w:rsidR="001B2FF8" w:rsidRPr="001E1B8B" w:rsidRDefault="005B7385" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">For all HRSN Supplemental Services, </w:t>
       </w:r>
-      <w:r w:rsidR="000C4626" w:rsidRPr="005D042D">
+      <w:r w:rsidR="000C4626" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
-[...3 lines deleted...]
-        <w:t>lans must require Providers to use the Z-code as the primary diagnosis code.</w:t>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lans must require </w:t>
+      </w:r>
+      <w:r w:rsidR="00B705BC" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>roviders to use the Z-code as the primary diagnosis code.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CD69979" w14:textId="12D9AAA0" w:rsidR="00A56C8D" w:rsidRPr="005D042D" w:rsidRDefault="00A56C8D" w:rsidP="00A56C8D">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+    <w:p w14:paraId="2CD69979" w14:textId="12D9AAA0" w:rsidR="00A56C8D" w:rsidRPr="001E1B8B" w:rsidRDefault="00A56C8D" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="153F69A9" w:rsidRPr="005D042D">
+      <w:r w:rsidR="153F69A9" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>fee schedule</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> rates </w:t>
       </w:r>
-      <w:r w:rsidR="00600FF3" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00600FF3" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">include </w:t>
       </w:r>
-      <w:r w:rsidR="15A24F5D" w:rsidRPr="005D042D">
+      <w:r w:rsidR="15A24F5D" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>activities</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> outlined in Section 2.1.A and related administrative costs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E58AB21" w14:textId="40469FB9" w:rsidR="006168AF" w:rsidRPr="005D042D" w:rsidRDefault="00BF09E6">
-      <w:pPr>
+    <w:p w14:paraId="035415B9" w14:textId="7C0AEC39" w:rsidR="00BA626F" w:rsidRPr="001E1B8B" w:rsidRDefault="00BF09E6" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>Place of Service codes are allowable for HRSN Supplemental Housing Services</w:t>
+      </w:r>
+      <w:r w:rsidR="008D62B6" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E58AB21" w14:textId="35C28AD0" w:rsidR="006168AF" w:rsidRPr="001E1B8B" w:rsidRDefault="006168AF" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
-[...17 lines deleted...]
-      <w:r w:rsidR="006168AF" w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="159ED027" w14:textId="513095BA" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="009D73D3" w:rsidP="008A71E6">
+    <w:p w14:paraId="159ED027" w14:textId="513095BA" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="009D73D3" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_HRSN_Supplemental_Housing_3"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>HRSN Supplemental Housing Services – Transitional Goods</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08A41D4C" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22" w:rsidP="008A71E6">
+    <w:p w14:paraId="08A41D4C" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F968FA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1980"/>
-          <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="547"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve">Service Description </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E96CA2B" w14:textId="76FE32A7" w:rsidR="00403674" w:rsidRPr="005D042D" w:rsidRDefault="00D76395" w:rsidP="0017087D">
+    <w:p w14:paraId="0E96CA2B" w14:textId="5DB3837E" w:rsidR="00403674" w:rsidRPr="001E1B8B" w:rsidRDefault="00D76395" w:rsidP="00F968FA">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="160" w:afterAutospacing="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Through </w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Transitional Goods</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00930720" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00930720" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Plans</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> pay</w:t>
       </w:r>
-      <w:r w:rsidR="00403674" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00403674" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">for move-in costs (e.g., security deposits, first month’s rent, movers) as well as furnishings and other items necessary to make new </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00380C21" w:rsidRPr="005D042D">
+        <w:t>for move-in costs (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C225B5" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">housing </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+        <w:t xml:space="preserve">for example, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>habitable and comfortable</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00736F1E" w:rsidRPr="005D042D">
+        <w:t xml:space="preserve">security deposits, first month’s rent, movers) as well as furnishings and other items necessary to make new </w:t>
+      </w:r>
+      <w:r w:rsidR="00380C21" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>, in accordance with MCE Contracts</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+        <w:t xml:space="preserve">housing </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:t>habitable and comfortable</w:t>
+      </w:r>
+      <w:r w:rsidR="00736F1E" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, in accordance with MCE Contracts</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink w:anchor="_ATTACHMENT_B:_Transitional" w:history="1">
-        <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+        <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Attachment</w:t>
         </w:r>
-        <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidDel="00E91737">
+        <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidDel="00E91737">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="001B2FF8" w:rsidRPr="005D042D">
+        <w:r w:rsidR="001B2FF8" w:rsidRPr="001E1B8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>A</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E91737" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00E91737" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>provides a list of allowable Transitional Goods.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0488924A" w14:textId="414F6B84" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="009B1A2E" w:rsidP="008A71E6">
+    <w:p w14:paraId="0488924A" w14:textId="414F6B84" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="009B1A2E" w:rsidP="00F968FA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1980"/>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
-        <w:ind w:left="1260" w:hanging="1260"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="547" w:hanging="547"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve">Additional </w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve">Service </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>Detail</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A68234D" w14:textId="54890E62" w:rsidR="0002754B" w:rsidRPr="005D042D" w:rsidRDefault="00A97E0D">
+    <w:p w14:paraId="7A68234D" w14:textId="70426780" w:rsidR="0002754B" w:rsidRPr="001E1B8B" w:rsidRDefault="00A97E0D" w:rsidP="00F968FA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Providers </w:t>
       </w:r>
-      <w:r w:rsidR="0079023C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="0079023C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>provide move</w:t>
       </w:r>
-      <w:r w:rsidR="003E1E8C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="003E1E8C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="0079023C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="0079023C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">in supports </w:t>
       </w:r>
-      <w:r w:rsidR="00333392" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00333392" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">including </w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">arranging for making a payment on the </w:t>
       </w:r>
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
-        <w:t>’s behalf or providing/arranging for the purchase, delivery, or installation of Transitional Goods</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00333392" w:rsidRPr="005D042D">
+        <w:t>’s behalf or providin</w:t>
+      </w:r>
+      <w:r w:rsidR="00041ABD" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
+        <w:t xml:space="preserve">g and </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>arranging for the purchase, delivery, or installation of Transitional Goods</w:t>
+      </w:r>
+      <w:r w:rsidR="00333392" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="000010C6" w:rsidRPr="005D042D">
+      <w:r w:rsidR="000010C6" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00454D4A" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00454D4A" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>The staff time to complete these tasks</w:t>
       </w:r>
-      <w:r w:rsidR="008A57E6" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008A57E6" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00454D4A" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00454D4A" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="008A57E6" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008A57E6" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> included as part </w:t>
       </w:r>
-      <w:r w:rsidR="00734DBD" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00734DBD" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
-      <w:r w:rsidR="008A57E6" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008A57E6" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Specialized CSP-HI services</w:t>
       </w:r>
-      <w:r w:rsidR="00126160" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00126160" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> or HRSN Housing Search services</w:t>
       </w:r>
-      <w:r w:rsidR="008A57E6" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008A57E6" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009F54E7" w:rsidRPr="005D042D">
+      <w:r w:rsidR="009F54E7" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">and should be billed to </w:t>
       </w:r>
-      <w:r w:rsidR="00B8054C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00B8054C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>the applicable</w:t>
       </w:r>
-      <w:r w:rsidR="009F54E7" w:rsidRPr="005D042D">
+      <w:r w:rsidR="009F54E7" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> service codes</w:t>
       </w:r>
-      <w:r w:rsidR="3F2CB2BD" w:rsidRPr="005D042D">
+      <w:r w:rsidR="3F2CB2BD" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
-      <w:r w:rsidR="004F08BB" w:rsidRPr="005D042D">
+      <w:r w:rsidR="004F08BB" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>CSP-HI</w:t>
       </w:r>
-      <w:r w:rsidR="00126160" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00126160" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> or HRSN Housing Search, respectively</w:t>
       </w:r>
-      <w:r w:rsidR="009F54E7" w:rsidRPr="005D042D">
+      <w:r w:rsidR="009F54E7" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="359DE878" w:rsidRPr="005D042D">
+      <w:r w:rsidR="359DE878" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> This staff time should not be billed to</w:t>
       </w:r>
-      <w:r w:rsidR="62D896FE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="62D896FE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> applicable</w:t>
       </w:r>
-      <w:r w:rsidR="359DE878" w:rsidRPr="005D042D">
+      <w:r w:rsidR="359DE878" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> service codes for Transitional Goods</w:t>
       </w:r>
-      <w:r w:rsidR="00126160" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00126160" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26C88991" w14:textId="60879296" w:rsidR="00B8363B" w:rsidRPr="005D042D" w:rsidRDefault="00B8363B">
+    <w:p w14:paraId="26C88991" w14:textId="110AF30F" w:rsidR="00B8363B" w:rsidRPr="001E1B8B" w:rsidRDefault="00B8363B" w:rsidP="00F968FA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Providers of Transitional Goods purchase allowable Transitional Goods on behalf of an Enrollee and keep receipts of all purchases.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A9D775C" w14:textId="28CB73BA" w:rsidR="008B4B6B" w:rsidRPr="005D042D" w:rsidRDefault="46A043FE">
+    <w:p w14:paraId="5A9D775C" w14:textId="219A2DAE" w:rsidR="008B4B6B" w:rsidRPr="001E1B8B" w:rsidRDefault="46A043FE" w:rsidP="00F968FA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>If an</w:t>
       </w:r>
-      <w:r w:rsidR="008B4B6B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008B4B6B" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidR="00B07880" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00B07880" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="32344675" w:rsidRPr="005D042D">
+      <w:r w:rsidR="32344675" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00B07880" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00B07880" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> eligible for both </w:t>
       </w:r>
-      <w:r w:rsidR="008B4B6B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008B4B6B" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Transitional Goods </w:t>
       </w:r>
-      <w:r w:rsidR="00B07880" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00B07880" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="00A546AE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00A546AE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
-      <w:r w:rsidR="00236A7C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00236A7C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">itchen Supplies </w:t>
       </w:r>
-      <w:r w:rsidR="0FA13E74" w:rsidRPr="005D042D">
+      <w:r w:rsidR="0FA13E74" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>(a</w:t>
       </w:r>
-      <w:r w:rsidR="00617775" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00617775" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="0FA13E74" w:rsidRPr="005D042D">
+      <w:r w:rsidR="0FA13E74" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidR="0FA13E74" w:rsidRPr="005D042D">
+        <w:r w:rsidR="0FA13E74" w:rsidRPr="001E1B8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:t>HRSN Supplemental Nutrition Service</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0FA13E74" w:rsidRPr="005D042D">
+      <w:r w:rsidR="0FA13E74" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="008B4B6B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008B4B6B" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="063E8100" w:rsidRPr="005D042D">
+      <w:r w:rsidR="063E8100" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Plans must ensure</w:t>
       </w:r>
-      <w:r w:rsidR="008B4B6B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008B4B6B" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008B4B6B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008B4B6B" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>no</w:t>
       </w:r>
-      <w:r w:rsidR="00CA3A02" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00CA3A02" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>n-</w:t>
       </w:r>
-      <w:r w:rsidR="008B4B6B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008B4B6B" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>duplication of goods provi</w:t>
       </w:r>
-      <w:r w:rsidR="02935056" w:rsidRPr="005D042D">
+      <w:r w:rsidR="02935056" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>ded to the Enrollee</w:t>
       </w:r>
-      <w:r w:rsidR="00E34AC2" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00E34AC2" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FE37980" w14:textId="528FEBFA" w:rsidR="00B8363B" w:rsidRPr="005D042D" w:rsidRDefault="00B8363B" w:rsidP="00D8234B">
+    <w:p w14:paraId="5FE37980" w14:textId="528FEBFA" w:rsidR="00B8363B" w:rsidRPr="001E1B8B" w:rsidRDefault="00B8363B" w:rsidP="00F968FA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1980"/>
-          <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="547" w:hanging="547"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>Criteria for Enrollees to Receive Transitional Goods</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3135ACA7" w14:textId="3439D858" w:rsidR="00EC23BF" w:rsidRPr="005D042D" w:rsidRDefault="00EC23BF" w:rsidP="0017087D">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+    <w:p w14:paraId="3135ACA7" w14:textId="6EA20714" w:rsidR="00EC23BF" w:rsidRPr="001E1B8B" w:rsidRDefault="00EC23BF" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">To receive </w:t>
       </w:r>
-      <w:r w:rsidR="33AA7C79" w:rsidRPr="005D042D">
+      <w:r w:rsidR="33AA7C79" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Transitional Goods</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>s must meet the following criteria</w:t>
       </w:r>
-      <w:r w:rsidR="007B0500" w:rsidRPr="005D042D">
+      <w:r w:rsidR="007B0500" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FC1ED90" w14:textId="77777777" w:rsidR="00413D25" w:rsidRPr="005D042D" w:rsidRDefault="00413D25" w:rsidP="0017087D">
+    <w:p w14:paraId="03EC1EC0" w14:textId="4D7D1BFD" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00BF09E6" w:rsidP="00640D1B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t>Other Criteria:</w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Be m</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oving out of </w:t>
+      </w:r>
+      <w:r w:rsidR="00361D2B" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>omelessness</w:t>
+      </w:r>
+      <w:r w:rsidR="00F55414" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">into housing; and </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03EC1EC0" w14:textId="54D809F9" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00BF09E6" w:rsidP="00D8234B">
+    <w:p w14:paraId="6991E6A5" w14:textId="77134A49" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00BF09E6" w:rsidP="00640D1B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
+          <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...37 lines deleted...]
-        <w:t xml:space="preserve">into housing; and </w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Be r</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eceiving </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97E0D" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Specialized CSP-HI services</w:t>
+      </w:r>
+      <w:r w:rsidR="000239BB" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or HRSN Housing Search services</w:t>
+      </w:r>
+      <w:r w:rsidR="00925879" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6991E6A5" w14:textId="3E7E0AB7" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00BF09E6" w:rsidP="00D8234B">
-[...41 lines deleted...]
-    <w:p w14:paraId="44403650" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22" w:rsidP="008A71E6">
+    <w:p w14:paraId="44403650" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F968FA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1980"/>
-          <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="547" w:hanging="547"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>Provider Qualifications</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28D23B98" w14:textId="0FF86B69" w:rsidR="00A336C3" w:rsidRPr="005D042D" w:rsidRDefault="5FBC48DD" w:rsidP="0017087D">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+    <w:p w14:paraId="28D23B98" w14:textId="43237892" w:rsidR="00A336C3" w:rsidRPr="001E1B8B" w:rsidRDefault="5FBC48DD" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Providers </w:t>
       </w:r>
-      <w:r w:rsidR="00E63ED2" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00E63ED2" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Transitional Goods must</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A72606" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00A72606" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>meet the following criteria</w:t>
       </w:r>
-      <w:r w:rsidR="007B0500" w:rsidRPr="005D042D">
+      <w:r w:rsidR="007B0500" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C749EA3" w14:textId="197CB1F6" w:rsidR="00A336C3" w:rsidRPr="005D042D" w:rsidRDefault="00A72606">
+    <w:p w14:paraId="4C749EA3" w14:textId="0AC51507" w:rsidR="00A336C3" w:rsidRPr="001E1B8B" w:rsidRDefault="00A72606" w:rsidP="00F968FA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Be </w:t>
       </w:r>
-      <w:r w:rsidR="00A336C3" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00A336C3" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Specialized CSP-HI providers (in accordance with </w:t>
       </w:r>
       <w:hyperlink r:id="rId20">
-        <w:r w:rsidR="00A336C3" w:rsidRPr="005D042D">
+        <w:r w:rsidR="00A336C3" w:rsidRPr="001E1B8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           </w:rPr>
           <w:t>130 CMR 461.000</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A336C3" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00A336C3" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00A336C3" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00A336C3" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> for Enrollees receiving Transitional Goods who are also receiving Specialized CSP-HI services; </w:t>
       </w:r>
-      <w:r w:rsidR="002D33E4" w:rsidRPr="005D042D">
+      <w:r w:rsidR="002D33E4" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>and/</w:t>
       </w:r>
-      <w:r w:rsidR="00A336C3" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00A336C3" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E707F77" w14:textId="0F256B92" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="51C5DDD3">
+    <w:p w14:paraId="6E707F77" w14:textId="6E07F27E" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="51C5DDD3" w:rsidP="00F968FA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Be </w:t>
       </w:r>
-      <w:r w:rsidR="00A336C3" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00A336C3" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidR="003C3B1F" w:rsidRPr="005D042D">
+      <w:r w:rsidR="003C3B1F" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>RSN Housing Search providers</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A336C3" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00A336C3" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>for Enrollees receiving Transitional Goods who are also receiving HRSN Housing Search services</w:t>
       </w:r>
-      <w:r w:rsidR="002D33E4" w:rsidRPr="005D042D">
+      <w:r w:rsidR="002D33E4" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25D80C78" w14:textId="6A97A2AF" w:rsidR="000A76AC" w:rsidRPr="005D042D" w:rsidRDefault="000A76AC" w:rsidP="00D8234B">
+    <w:p w14:paraId="25D80C78" w14:textId="6A97A2AF" w:rsidR="000A76AC" w:rsidRPr="001E1B8B" w:rsidRDefault="000A76AC" w:rsidP="00F968FA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1980"/>
-          <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:hanging="1980"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="547" w:hanging="547"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>Payment and Billing Code Requirements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58F5E668" w14:textId="51928F9D" w:rsidR="00BF09E6" w:rsidRPr="005D042D" w:rsidRDefault="009154E3" w:rsidP="00BF09E6">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+    <w:p w14:paraId="58F5E668" w14:textId="6D2BCAA0" w:rsidR="00BF09E6" w:rsidRPr="001E1B8B" w:rsidRDefault="009154E3" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Plans must require their </w:t>
       </w:r>
-      <w:r w:rsidR="00E63ED2" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00E63ED2" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Providers of</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Transitional Goods </w:t>
       </w:r>
-      <w:r w:rsidR="00BF09E6" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00BF09E6" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">to submit claims using the codes outlined in the </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
-        <w:r w:rsidR="00B1246E" w:rsidRPr="005D042D">
+        <w:r w:rsidR="00B1246E" w:rsidRPr="001E1B8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:t>HRSN Supplemental Services Fee Schedule</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="003B3583" w:rsidRPr="005D042D">
+      <w:r w:rsidR="003B3583" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BF09E6" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00BF09E6" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">and must configure their payment systems to accept claims submitted using these code and modifier combinations. </w:t>
       </w:r>
-      <w:r w:rsidR="00BF09E6" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00BF09E6" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">MassHealth has a fee schedule for this service and </w:t>
       </w:r>
-      <w:r w:rsidR="00691041" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00691041" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>requires</w:t>
       </w:r>
-      <w:r w:rsidR="00BF09E6" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00BF09E6" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> payments be made </w:t>
       </w:r>
-      <w:r w:rsidR="008066FB" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008066FB" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
-      <w:r w:rsidR="00BF09E6" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00BF09E6" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">accordance with </w:t>
       </w:r>
-      <w:r w:rsidR="009911D3" w:rsidRPr="005D042D">
+      <w:r w:rsidR="009911D3" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
-        <w:r w:rsidR="00B1246E" w:rsidRPr="005D042D">
+        <w:r w:rsidR="00B1246E" w:rsidRPr="001E1B8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:t>HRSN Supplemental Services Fee Schedule</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0070227C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="0070227C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F0C3D5E" w14:textId="3F170F7A" w:rsidR="001B2FF8" w:rsidRPr="005D042D" w:rsidRDefault="005B7385" w:rsidP="00E4619F">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+    <w:p w14:paraId="1F0C3D5E" w14:textId="54B85521" w:rsidR="001B2FF8" w:rsidRPr="001E1B8B" w:rsidRDefault="005B7385" w:rsidP="00B23C9E">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">For all HRSN Supplemental Services, </w:t>
       </w:r>
-      <w:r w:rsidR="000C4626" w:rsidRPr="005D042D">
+      <w:r w:rsidR="000C4626" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>lans must require Providers to use the Z-code as the primary diagnosis code</w:t>
       </w:r>
-      <w:r w:rsidR="001B2FF8" w:rsidRPr="005D042D">
+      <w:r w:rsidR="001B2FF8" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32D713D2" w14:textId="02DACD8D" w:rsidR="00A56C8D" w:rsidRPr="005D042D" w:rsidRDefault="00A56C8D" w:rsidP="00A56C8D">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+    <w:p w14:paraId="32D713D2" w14:textId="02DACD8D" w:rsidR="00A56C8D" w:rsidRPr="001E1B8B" w:rsidRDefault="00A56C8D" w:rsidP="00B23C9E">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">The rates are inclusive of </w:t>
       </w:r>
-      <w:r w:rsidR="4583F477" w:rsidRPr="005D042D">
+      <w:r w:rsidR="4583F477" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>activities</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> outlined in Section 2.2.A.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70A7D0A6" w14:textId="359CFEF9" w:rsidR="008A71E6" w:rsidRPr="005D042D" w:rsidRDefault="00BF09E6" w:rsidP="00BF09E6">
-      <w:pPr>
+    <w:p w14:paraId="47695A06" w14:textId="25187AF8" w:rsidR="00BA626F" w:rsidRPr="001E1B8B" w:rsidRDefault="00BF09E6" w:rsidP="00B23C9E">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_HRSN__"/>
       <w:bookmarkEnd w:id="17"/>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">All </w:t>
       </w:r>
-      <w:r w:rsidR="2EDBA3FC" w:rsidRPr="005D042D">
+      <w:r w:rsidR="2EDBA3FC" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Place of Service codes are allowable for HRSN Supplemental Housing Services.</w:t>
       </w:r>
       <w:bookmarkStart w:id="18" w:name="_HRSN_Supplemental_Housing_5"/>
       <w:bookmarkStart w:id="19" w:name="_Toc170205193"/>
       <w:bookmarkEnd w:id="18"/>
-      <w:r w:rsidR="008A71E6" w:rsidRPr="005D042D">
+    </w:p>
+    <w:p w14:paraId="70A7D0A6" w14:textId="55DAD6A5" w:rsidR="008A71E6" w:rsidRPr="001E1B8B" w:rsidRDefault="008A71E6" w:rsidP="00B23C9E">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="104C0080" w14:textId="7C4EA89F" w:rsidR="00C53883" w:rsidRPr="005D042D" w:rsidRDefault="00C53883" w:rsidP="008A71E6">
+    <w:p w14:paraId="104C0080" w14:textId="7C4EA89F" w:rsidR="00C53883" w:rsidRPr="001E1B8B" w:rsidRDefault="00C53883" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_HRSN_Supplemental_Housing_9"/>
       <w:bookmarkEnd w:id="20"/>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>HRSN</w:t>
       </w:r>
-      <w:r w:rsidR="005B52FA" w:rsidRPr="005D042D">
+      <w:r w:rsidR="005B52FA" w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve"> Supplemental</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve"> Housing Services – Housing Navigation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
-      <w:r w:rsidR="00671B22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00671B22" w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EBBEBA4" w14:textId="77777777" w:rsidR="00C53883" w:rsidRPr="005D042D" w:rsidRDefault="00C53883" w:rsidP="008A71E6">
+    <w:p w14:paraId="4EBBEBA4" w14:textId="77777777" w:rsidR="00C53883" w:rsidRPr="001E1B8B" w:rsidRDefault="00C53883" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1980"/>
-          <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:hanging="1980"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="547" w:hanging="547"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve">Service Description </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05F81DC6" w14:textId="1039ACEB" w:rsidR="002D0FF1" w:rsidRPr="005D042D" w:rsidRDefault="00E63ED2" w:rsidP="0017087D">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+    <w:p w14:paraId="05F81DC6" w14:textId="1EF1A961" w:rsidR="002D0FF1" w:rsidRPr="001E1B8B" w:rsidRDefault="00E63ED2" w:rsidP="00B23C9E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Providers of</w:t>
       </w:r>
-      <w:r w:rsidR="00065B71" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00065B71" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002D0FF1" w:rsidRPr="005D042D">
+      <w:r w:rsidR="002D0FF1" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Housing Navigation </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>assist</w:t>
       </w:r>
-      <w:r w:rsidR="00CC243C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00CC243C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidR="00CC243C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00CC243C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="002D0FF1" w:rsidRPr="005D042D">
+      <w:r w:rsidR="002D0FF1" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> experiencing housing instability </w:t>
       </w:r>
-      <w:r w:rsidR="00CC243C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00CC243C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
-      <w:r w:rsidR="002D0FF1" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008907B0" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>access benefits, negotiate with landlords, seek legal assistance, apply for new housing (if needed), or take other actions in order to help stabilize a</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000106EF" w:rsidRPr="005D042D">
+        <w:t xml:space="preserve">get </w:t>
+      </w:r>
+      <w:r w:rsidR="002D0FF1" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">n </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+        <w:t xml:space="preserve">benefits, negotiate with landlords, seek legal assistance, apply for new housing (if needed), or take other actions </w:t>
+      </w:r>
+      <w:r w:rsidR="00215F08" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Enrollee</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000106EF" w:rsidRPr="005D042D">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0FF1" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">’s </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002D0FF1" w:rsidRPr="005D042D">
+        <w:t xml:space="preserve"> help stabilize a</w:t>
+      </w:r>
+      <w:r w:rsidR="000106EF" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>housing situation</w:t>
-[...24 lines deleted...]
-      <w:r w:rsidR="002D0FF1" w:rsidRPr="005D042D">
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Specifically, Housing Navigation </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="56B22317" w:rsidRPr="005D042D">
+        <w:t>Enrollee</w:t>
+      </w:r>
+      <w:r w:rsidR="000106EF" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>shall</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002D0FF1" w:rsidRPr="005D042D">
+        <w:t xml:space="preserve">’s </w:t>
+      </w:r>
+      <w:r w:rsidR="002D0FF1" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> include one or more of the following </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D148DA" w:rsidRPr="005D042D">
+        <w:t>housing situation</w:t>
+      </w:r>
+      <w:r w:rsidR="00A56C8D" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A56C8D" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with MCE Contracts</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0FF1" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0FF1" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>activities</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004A0F8B" w:rsidRPr="005D042D">
+        <w:t xml:space="preserve"> Specifically, Housing Navigation </w:t>
+      </w:r>
+      <w:r w:rsidR="56B22317" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>, depending on the needs of the Enrollee</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C158A7" w:rsidRPr="005D042D">
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0FF1" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to stabilize their housing situation</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007B0500" w:rsidRPr="005D042D">
+        <w:t xml:space="preserve"> include one or more of the following </w:t>
+      </w:r>
+      <w:r w:rsidR="00D148DA" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:t>activities</w:t>
+      </w:r>
+      <w:r w:rsidR="004A0F8B" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, depending on the needs of the Enrollee</w:t>
+      </w:r>
+      <w:r w:rsidR="00C158A7" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to stabilize their housing situation</w:t>
+      </w:r>
+      <w:r w:rsidR="007B0500" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F94D0ED" w14:textId="77777777" w:rsidR="00C53883" w:rsidRPr="005D042D" w:rsidRDefault="00702AB8">
+    <w:p w14:paraId="6F94D0ED" w14:textId="28AC9BD1" w:rsidR="00C53883" w:rsidRPr="001E1B8B" w:rsidRDefault="00702AB8" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Application Assistance</w:t>
       </w:r>
+      <w:r w:rsidR="002A5664" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should include the following.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7C85611C" w14:textId="38BB9021" w:rsidR="00702AB8" w:rsidRPr="005D042D" w:rsidRDefault="00702AB8">
+    <w:p w14:paraId="7C85611C" w14:textId="0CB5833B" w:rsidR="00702AB8" w:rsidRPr="001E1B8B" w:rsidRDefault="00702AB8" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Help</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5664" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
-[...5 lines deleted...]
-      <w:r w:rsidR="0031266D" w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s fill out applications, collect necessary application paperwork and secure any needed documents (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C225B5" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>for example</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, photo </w:t>
+      </w:r>
+      <w:r w:rsidR="0031266D" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>ID</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>, birth certificate, social security card), including providing funding needed to obtain these items</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E8D545B" w14:textId="5A45E5CA" w:rsidR="00702AB8" w:rsidRPr="005D042D" w:rsidRDefault="00702AB8">
+    <w:p w14:paraId="7E8D545B" w14:textId="4822E191" w:rsidR="00702AB8" w:rsidRPr="001E1B8B" w:rsidRDefault="00702AB8" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...13 lines deleted...]
-        <w:t>:</w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Help</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5664" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> submit applications for resources necessary to increase income and stabilize housing such as those below</w:t>
+      </w:r>
+      <w:r w:rsidR="00591542" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2735DF73" w14:textId="55DD127C" w:rsidR="00702AB8" w:rsidRPr="005D042D" w:rsidRDefault="00702AB8">
+    <w:p w14:paraId="2735DF73" w14:textId="1D9CDA63" w:rsidR="00702AB8" w:rsidRPr="001E1B8B" w:rsidRDefault="00702AB8" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Helping </w:t>
       </w:r>
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
-[...3 lines deleted...]
-        <w:t>s develop a system for organizing, tracking, and following up on the status of applications, including applications for:</w:t>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s develop a system for organizing, tracking, and following up on the status of applications, including applications for</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ADCDDC8" w14:textId="77777777" w:rsidR="00702AB8" w:rsidRPr="005D042D" w:rsidRDefault="00702AB8">
+    <w:p w14:paraId="6ADCDDC8" w14:textId="77777777" w:rsidR="00702AB8" w:rsidRPr="001E1B8B" w:rsidRDefault="00702AB8" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Income supports and financial assistance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="373A9B9D" w14:textId="77777777" w:rsidR="00702AB8" w:rsidRPr="005D042D" w:rsidRDefault="00702AB8">
+    <w:p w14:paraId="373A9B9D" w14:textId="77777777" w:rsidR="00702AB8" w:rsidRPr="001E1B8B" w:rsidRDefault="00702AB8" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Tax deferral/discount programs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22B1A3D1" w14:textId="77777777" w:rsidR="00702AB8" w:rsidRPr="005D042D" w:rsidRDefault="00702AB8">
+    <w:p w14:paraId="22B1A3D1" w14:textId="77777777" w:rsidR="00702AB8" w:rsidRPr="001E1B8B" w:rsidRDefault="00702AB8" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Discount utility programs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39AFC6A3" w14:textId="77777777" w:rsidR="00702AB8" w:rsidRPr="005D042D" w:rsidRDefault="00702AB8">
+    <w:p w14:paraId="39AFC6A3" w14:textId="77777777" w:rsidR="00702AB8" w:rsidRPr="001E1B8B" w:rsidRDefault="00702AB8" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Funding for payments to address rent/mortgage arrears</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5055B763" w14:textId="77777777" w:rsidR="00702AB8" w:rsidRPr="005D042D" w:rsidRDefault="00702AB8">
+    <w:p w14:paraId="5055B763" w14:textId="77777777" w:rsidR="00702AB8" w:rsidRPr="001E1B8B" w:rsidRDefault="00702AB8" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Housing – subsidized and market rate including enrollment in the local </w:t>
       </w:r>
-      <w:r w:rsidR="00D148DA" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00D148DA" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Continuum of Care’s Coordinated Entry System</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CFEEC38" w14:textId="685B8E45" w:rsidR="00702AB8" w:rsidRPr="005D042D" w:rsidRDefault="00702AB8">
+    <w:p w14:paraId="7CFEEC38" w14:textId="2572D884" w:rsidR="00702AB8" w:rsidRPr="001E1B8B" w:rsidRDefault="00702AB8" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Mediation and </w:t>
       </w:r>
-      <w:r w:rsidR="00B453EA" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00B453EA" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>egotiations to sustain a tenancy</w:t>
       </w:r>
-      <w:r w:rsidR="00663788" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00663788" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> such as those below</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
-[...3 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidR="00807131" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66D98D89" w14:textId="37FD78DA" w:rsidR="00702AB8" w:rsidRPr="005D042D" w:rsidRDefault="00702AB8">
+    <w:p w14:paraId="66D98D89" w14:textId="41E8FD8B" w:rsidR="00702AB8" w:rsidRPr="001E1B8B" w:rsidRDefault="00702AB8" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Mediat</w:t>
       </w:r>
-      <w:r w:rsidR="0029751C" w:rsidRPr="005D042D">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidR="00807131" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> with the landlord (or </w:t>
       </w:r>
-      <w:r w:rsidR="16CD36CC" w:rsidRPr="005D042D">
+      <w:r w:rsidR="16CD36CC" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>landlord</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>’s</w:t>
       </w:r>
-      <w:r w:rsidR="7A056FDB" w:rsidRPr="005D042D">
+      <w:r w:rsidR="7A056FDB" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>designee</w:t>
       </w:r>
-      <w:r w:rsidR="444FFA4D" w:rsidRPr="005D042D">
+      <w:r w:rsidR="444FFA4D" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="723A73E2" w14:textId="1212141F" w:rsidR="00702AB8" w:rsidRPr="005D042D" w:rsidRDefault="00702AB8">
+    <w:p w14:paraId="723A73E2" w14:textId="4980E958" w:rsidR="00702AB8" w:rsidRPr="001E1B8B" w:rsidRDefault="00702AB8" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t>Assist in submitting a request for a reasonable accommodation</w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Assist</w:t>
+      </w:r>
+      <w:r w:rsidR="00807131" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in submitting a request for a reasonable accommodation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6965FE94" w14:textId="5A9AA354" w:rsidR="00702AB8" w:rsidRPr="005D042D" w:rsidRDefault="00702AB8">
+    <w:p w14:paraId="6965FE94" w14:textId="69EBB29C" w:rsidR="00702AB8" w:rsidRPr="001E1B8B" w:rsidRDefault="00702AB8" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidR="09A983C1" w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Establish</w:t>
+      </w:r>
+      <w:r w:rsidR="00807131" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a payment plan with the landlord (or </w:t>
+      </w:r>
+      <w:r w:rsidR="09A983C1" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>landlord</w:t>
       </w:r>
-      <w:r w:rsidR="00925879" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00925879" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="07D27D10" w:rsidRPr="005D042D">
+      <w:r w:rsidR="07D27D10" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>designee) or bank</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6028306B" w14:textId="77777777" w:rsidR="00702AB8" w:rsidRPr="005D042D" w:rsidRDefault="00702AB8">
+    <w:p w14:paraId="6028306B" w14:textId="77777777" w:rsidR="00702AB8" w:rsidRPr="001E1B8B" w:rsidRDefault="00702AB8" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Information and </w:t>
       </w:r>
-      <w:r w:rsidR="00B453EA" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00B453EA" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>eferrals</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22FEC133" w14:textId="29288CA6" w:rsidR="00702AB8" w:rsidRPr="005D042D" w:rsidRDefault="00702AB8">
+    <w:p w14:paraId="22FEC133" w14:textId="2253A32D" w:rsidR="00702AB8" w:rsidRPr="001E1B8B" w:rsidRDefault="00702AB8" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Provid</w:t>
       </w:r>
-      <w:r w:rsidR="0029751C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="0029751C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> information and referrals to resources in the community to address identified housing issues, such as referrals to:</w:t>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> information and referrals to resources in the community to address identified housing issues, such as referrals to</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13715365" w14:textId="77777777" w:rsidR="00702AB8" w:rsidRPr="005D042D" w:rsidRDefault="00702AB8">
+    <w:p w14:paraId="13715365" w14:textId="77777777" w:rsidR="00702AB8" w:rsidRPr="001E1B8B" w:rsidRDefault="00702AB8" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Legal assistance</w:t>
       </w:r>
-      <w:r w:rsidR="00F73426" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00F73426" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> (not including legal representation in court)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D2C6573" w14:textId="77777777" w:rsidR="00702AB8" w:rsidRPr="005D042D" w:rsidRDefault="00702AB8">
+    <w:p w14:paraId="6D2C6573" w14:textId="77777777" w:rsidR="00702AB8" w:rsidRPr="001E1B8B" w:rsidRDefault="00702AB8" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Local housing quality enforcement agencies</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54120C19" w14:textId="77777777" w:rsidR="00702AB8" w:rsidRPr="005D042D" w:rsidRDefault="00702AB8">
+    <w:p w14:paraId="54120C19" w14:textId="77777777" w:rsidR="00702AB8" w:rsidRPr="001E1B8B" w:rsidRDefault="00702AB8" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Funding for home improvements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="119E4D8C" w14:textId="419D7545" w:rsidR="00702AB8" w:rsidRPr="005D042D" w:rsidRDefault="002D3F02">
+    <w:p w14:paraId="119E4D8C" w14:textId="7DA7BB7A" w:rsidR="00702AB8" w:rsidRPr="001E1B8B" w:rsidRDefault="002D3F02" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>In coordination with the Enrollee’s Plan, c</w:t>
       </w:r>
-      <w:r w:rsidR="00702AB8" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00702AB8" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>onnecti</w:t>
       </w:r>
-      <w:r w:rsidR="33071D99" w:rsidRPr="005D042D">
+      <w:r w:rsidR="33071D99" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ng </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>them</w:t>
       </w:r>
-      <w:r w:rsidR="00702AB8" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00702AB8" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
-      <w:r w:rsidR="00B453EA" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00B453EA" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00B620A6" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00B620A6" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ervices and </w:t>
       </w:r>
-      <w:r w:rsidR="00B453EA" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00B453EA" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00B620A6" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00B620A6" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">upports </w:t>
       </w:r>
-      <w:r w:rsidR="00702AB8" w:rsidRPr="005D042D">
-[...3 lines deleted...]
-        <w:t>to assist in maintaining the housing moving forward such as linkages to:</w:t>
+      <w:r w:rsidR="00702AB8" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>to assist in maintaining the housing moving forward</w:t>
+      </w:r>
+      <w:r w:rsidR="00F54A8E" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>. Examples include</w:t>
+      </w:r>
+      <w:r w:rsidR="00702AB8" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02E5B277" w14:textId="4FC168B5" w:rsidR="00702AB8" w:rsidRPr="005D042D" w:rsidRDefault="00702AB8">
+    <w:p w14:paraId="02E5B277" w14:textId="76019322" w:rsidR="00702AB8" w:rsidRPr="001E1B8B" w:rsidRDefault="00702AB8" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Help</w:t>
+      </w:r>
+      <w:r w:rsidR="00265EC4" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> to maintain enrollment in MassHealth</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14211653" w14:textId="4B404B69" w:rsidR="00702AB8" w:rsidRPr="005D042D" w:rsidRDefault="00702AB8">
+    <w:p w14:paraId="3A39246F" w14:textId="26D03820" w:rsidR="00702AB8" w:rsidRPr="001E1B8B" w:rsidRDefault="00042BC6" w:rsidP="00E12B30">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Connecting them with </w:t>
+      </w:r>
+      <w:r w:rsidR="00702AB8" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Community Partners, </w:t>
       </w:r>
-      <w:r w:rsidR="00D6796A" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00D6796A" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidR="00702AB8" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ehavioral </w:t>
       </w:r>
-      <w:r w:rsidR="00D6796A" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00D6796A" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidR="00702AB8" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ealth services, </w:t>
       </w:r>
-      <w:r w:rsidR="00D6796A" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00D6796A" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidR="00702AB8" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>ong-</w:t>
       </w:r>
-      <w:r w:rsidR="00D6796A" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00D6796A" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidR="00702AB8" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">erm </w:t>
       </w:r>
-      <w:r w:rsidR="00D6796A" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00D6796A" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidR="00702AB8" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ervices and </w:t>
       </w:r>
-      <w:r w:rsidR="00D6796A" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00D6796A" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidR="00702AB8" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>upports</w:t>
       </w:r>
-      <w:r w:rsidR="61BB16A3" w:rsidRPr="005D042D">
+      <w:r w:rsidR="61BB16A3" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>, or medically necessary services</w:t>
       </w:r>
+      <w:r w:rsidR="00E12B30" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>. This can include s</w:t>
+      </w:r>
+      <w:r w:rsidR="00702AB8" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ervices from state agencies such as the Department of Mental Health</w:t>
+      </w:r>
+      <w:r w:rsidR="001B2FF8" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (DMH)</w:t>
+      </w:r>
+      <w:r w:rsidR="00702AB8" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, Department of Developmental Disabilities</w:t>
+      </w:r>
+      <w:r w:rsidR="001B2FF8" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (DDS)</w:t>
+      </w:r>
+      <w:r w:rsidR="00702AB8" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001B2FF8" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassAbility (MBY)</w:t>
+      </w:r>
+      <w:r w:rsidR="00702AB8" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Executive Office of </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2FF8" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Aging &amp; Independence (AGE</w:t>
+      </w:r>
+      <w:r w:rsidR="2BEA2ED8" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00702AB8" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="008D5E3C" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00702AB8" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Executive Office of Veterans Services</w:t>
+      </w:r>
+      <w:r w:rsidR="001B2FF8" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (EOVS)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E12B30" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3A39246F" w14:textId="08B705A4" w:rsidR="00702AB8" w:rsidRPr="005D042D" w:rsidRDefault="00702AB8" w:rsidP="00E4619F">
-[...95 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+    <w:p w14:paraId="3C3591E3" w14:textId="354F4411" w:rsidR="002D0FF1" w:rsidRPr="001E1B8B" w:rsidRDefault="002D0FF1" w:rsidP="00B23C9E">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>In addition to the above services, as needed,</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005A4236" w:rsidRPr="005D042D">
+      <w:r w:rsidR="005A4236" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Providers</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="2AA8C654" w:rsidRPr="005D042D">
+      <w:r w:rsidR="2AA8C654" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>of Housing Navigation</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall provide assistance</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:t xml:space="preserve"> shall </w:t>
+      </w:r>
+      <w:r w:rsidR="00041ABD" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>help</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>with some of the costs related to a</w:t>
       </w:r>
-      <w:r w:rsidR="000106EF" w:rsidRPr="005D042D">
+      <w:r w:rsidR="000106EF" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> needing to access new housing, specifically housing application fees, background checks, and identification documents.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A2FE80E" w14:textId="0D5B5594" w:rsidR="00C53883" w:rsidRPr="005D042D" w:rsidRDefault="008D5E3C" w:rsidP="008A71E6">
+    <w:p w14:paraId="6A2FE80E" w14:textId="0D5B5594" w:rsidR="00C53883" w:rsidRPr="001E1B8B" w:rsidRDefault="008D5E3C" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1980"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="num" w:pos="810"/>
         </w:tabs>
-        <w:ind w:hanging="1980"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="547" w:hanging="547"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve">Additional </w:t>
       </w:r>
-      <w:r w:rsidR="00C53883" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00C53883" w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve">Service </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>Detail</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52B1BEA7" w14:textId="097AD6C9" w:rsidR="00FF6C55" w:rsidRPr="005D042D" w:rsidRDefault="005A4236" w:rsidP="0017087D">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+    <w:p w14:paraId="52B1BEA7" w14:textId="097AD6C9" w:rsidR="00FF6C55" w:rsidRPr="001E1B8B" w:rsidRDefault="005A4236" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Providers of </w:t>
       </w:r>
-      <w:r w:rsidR="0050691D" w:rsidRPr="005D042D">
+      <w:r w:rsidR="0050691D" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Housing Navigation</w:t>
       </w:r>
-      <w:r w:rsidR="00FF6C55" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF6C55" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="312AB70A" w14:textId="7168F7DF" w:rsidR="006D46EB" w:rsidRPr="005D042D" w:rsidRDefault="006D46EB">
+    <w:p w14:paraId="312AB70A" w14:textId="56031412" w:rsidR="006D46EB" w:rsidRPr="001E1B8B" w:rsidRDefault="006D46EB" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Must be able to provide </w:t>
       </w:r>
-      <w:r w:rsidR="4A0891D2" w:rsidRPr="005D042D">
-[...11 lines deleted...]
-      <w:r w:rsidR="0029751C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00215F08" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the services listed in Section </w:t>
+      </w:r>
+      <w:r w:rsidR="0029751C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>2.3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>A;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1947795E" w14:textId="303660C2" w:rsidR="00557292" w:rsidRPr="005D042D" w:rsidRDefault="00FF6C55">
+    <w:p w14:paraId="1947795E" w14:textId="303660C2" w:rsidR="00557292" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF6C55" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Must</w:t>
       </w:r>
-      <w:r w:rsidR="00702AB8" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00702AB8" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> maintain an </w:t>
       </w:r>
-      <w:r w:rsidR="1E6A29A7" w:rsidRPr="005D042D">
+      <w:r w:rsidR="1E6A29A7" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">average </w:t>
       </w:r>
-      <w:r w:rsidR="00702AB8" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00702AB8" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">case load </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
-      <w:r w:rsidR="569CAC0C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="569CAC0C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>1:35</w:t>
       </w:r>
-      <w:r w:rsidR="5A09D4B9" w:rsidRPr="005D042D">
+      <w:r w:rsidR="5A09D4B9" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="312B2B18" w14:textId="79F72644" w:rsidR="00557292" w:rsidRPr="005D042D" w:rsidRDefault="00FF6C55">
+    <w:p w14:paraId="312B2B18" w14:textId="14F8A6FF" w:rsidR="00557292" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF6C55" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidR="5A09D4B9" w:rsidRPr="005D042D">
+      <w:r w:rsidR="5A09D4B9" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>ust</w:t>
       </w:r>
-      <w:r w:rsidR="00702AB8" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00702AB8" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> check in with the </w:t>
       </w:r>
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidR="000106EF" w:rsidRPr="005D042D">
+      <w:r w:rsidR="000106EF" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00702AB8" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00702AB8" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">at least twice per </w:t>
       </w:r>
-      <w:r w:rsidR="001B2FF8" w:rsidRPr="005D042D">
+      <w:r w:rsidR="001B2FF8" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>30-day period</w:t>
       </w:r>
-      <w:r w:rsidR="00B3057D" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00B3057D" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77469FC1" w14:textId="7A95C619" w:rsidR="00557292" w:rsidRPr="005D042D" w:rsidRDefault="00FF6C55">
+    <w:p w14:paraId="77469FC1" w14:textId="7ECA3A8E" w:rsidR="00557292" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF6C55" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidR="00BC3B85" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00BC3B85" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ust </w:t>
       </w:r>
-      <w:r w:rsidR="00211453" w:rsidRPr="005D042D">
-[...5 lines deleted...]
-      <w:r w:rsidR="002D0FF1" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00215F08" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>help</w:t>
+      </w:r>
+      <w:r w:rsidR="00211453" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002D0FF1" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">on a mobile basis to </w:t>
       </w:r>
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidR="002D0FF1" w:rsidRPr="005D042D">
+      <w:r w:rsidR="002D0FF1" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">s in any setting that is safe for the </w:t>
       </w:r>
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidR="002D0FF1" w:rsidRPr="005D042D">
+      <w:r w:rsidR="002D0FF1" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> and staff</w:t>
       </w:r>
-      <w:r w:rsidR="00B3057D" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00B3057D" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48EF7521" w14:textId="43B9A8DD" w:rsidR="00557292" w:rsidRPr="005D042D" w:rsidRDefault="00FF6C55">
+    <w:p w14:paraId="48EF7521" w14:textId="422005F2" w:rsidR="00557292" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF6C55" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:spacing w:before="240"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidR="00557292" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00557292" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ay provide Housing Navigation </w:t>
       </w:r>
-      <w:r w:rsidR="00B4519A" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00B4519A" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">via </w:t>
       </w:r>
-      <w:r w:rsidR="002D0FF1" w:rsidRPr="005D042D">
+      <w:r w:rsidR="002D0FF1" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>telehealth, as appropriate</w:t>
       </w:r>
-      <w:r w:rsidR="00B3057D" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00B3057D" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B3A3564" w14:textId="06146E91" w:rsidR="00771A7C" w:rsidRPr="005D042D" w:rsidRDefault="00FF6C55">
+    <w:p w14:paraId="6B3A3564" w14:textId="265EB1A4" w:rsidR="00771A7C" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF6C55" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidR="006E7EDA" w:rsidRPr="005D042D">
+      <w:r w:rsidR="006E7EDA" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>ust arrange for or directly provide transportation (public or private) for an Enrollee who needs transportation assistance as part of the delivery of Housing Navigation services</w:t>
       </w:r>
-      <w:r w:rsidR="00925879" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00925879" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4004B312" w14:textId="117732EA" w:rsidR="00C158A7" w:rsidRPr="005D042D" w:rsidRDefault="00C158A7" w:rsidP="00D8234B">
+    <w:p w14:paraId="4004B312" w14:textId="117732EA" w:rsidR="00C158A7" w:rsidRPr="001E1B8B" w:rsidRDefault="00C158A7" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1980"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="num" w:pos="810"/>
         </w:tabs>
-        <w:ind w:hanging="1980"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="547" w:hanging="547"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>Criteria for Enrollees to Receive Housing Navigation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F9097A2" w14:textId="704FA332" w:rsidR="00EC23BF" w:rsidRPr="005D042D" w:rsidRDefault="00EC23BF" w:rsidP="0017087D">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+    <w:p w14:paraId="1F9097A2" w14:textId="1D05E065" w:rsidR="00EC23BF" w:rsidRPr="001E1B8B" w:rsidRDefault="00EC23BF" w:rsidP="00B23C9E">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">To receive </w:t>
       </w:r>
-      <w:r w:rsidR="458E2C13" w:rsidRPr="005D042D">
+      <w:r w:rsidR="458E2C13" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Housing Navigation</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
-[...3 lines deleted...]
-        <w:t>s must meet the following criteria:</w:t>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s must meet the following criteria</w:t>
+      </w:r>
+      <w:r w:rsidR="00C86EA9" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CC17D9A" w14:textId="67A3DD85" w:rsidR="00865478" w:rsidRPr="005D042D" w:rsidRDefault="00C47008">
+    <w:p w14:paraId="3CC17D9A" w14:textId="24FEF8C1" w:rsidR="00865478" w:rsidRPr="001E1B8B" w:rsidRDefault="00C47008" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">HNBC: </w:t>
       </w:r>
-      <w:r w:rsidR="00C7661B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00C7661B" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Have </w:t>
       </w:r>
-      <w:r w:rsidR="00865478" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00865478" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="000160A4" w:rsidRPr="005D042D">
+      <w:r w:rsidR="000160A4" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Health Needs Based Criteria</w:t>
       </w:r>
-      <w:r w:rsidR="50A78430" w:rsidRPr="005D042D">
+      <w:r w:rsidR="50A78430" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000160A4" w:rsidRPr="005D042D">
+      <w:r w:rsidR="000160A4" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">(HNBC) </w:t>
       </w:r>
-      <w:r w:rsidR="00865478" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00865478" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">of having repeated incidents of emergency department use </w:t>
       </w:r>
-      <w:r w:rsidR="544D21D8" w:rsidRPr="005D042D">
+      <w:r w:rsidR="544D21D8" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00865478" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00865478" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>defined as 2 or more visits within six months, or 4 or more visits within a year</w:t>
       </w:r>
-      <w:r w:rsidR="781A0A12" w:rsidRPr="005D042D">
+      <w:r w:rsidR="781A0A12" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="000160A4" w:rsidRPr="005D042D">
+      <w:r w:rsidR="000160A4" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A061D95" w14:textId="77777777" w:rsidR="001B2FF8" w:rsidRPr="005D042D" w:rsidRDefault="00C47008">
+    <w:p w14:paraId="0A061D95" w14:textId="77777777" w:rsidR="001B2FF8" w:rsidRPr="001E1B8B" w:rsidRDefault="00C47008" w:rsidP="00B23C9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Risk Factor: </w:t>
       </w:r>
-      <w:r w:rsidR="00511E85" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00511E85" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Be experiencing housing instability, as evidenced by having received at least one written Lease Violation;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72242F3A" w14:textId="3D5977D6" w:rsidR="00511E85" w:rsidRPr="005D042D" w:rsidRDefault="001B2FF8" w:rsidP="001B2FF8">
+    <w:p w14:paraId="72242F3A" w14:textId="1ADBEF70" w:rsidR="00511E85" w:rsidRPr="001E1B8B" w:rsidRDefault="001B2FF8" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>An Enrollee may be considered to have a Lease Violation if they are part of a household in which the Enrollee, or another individual in the household, has received a written lease violation that results in the Enrollee’s housing instability. This may include an Enrollee who is a minor and whose parent receives a Lease Violation; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="494D1BAB" w14:textId="4C218DF1" w:rsidR="00865478" w:rsidRPr="005D042D" w:rsidRDefault="002263E7">
+    <w:p w14:paraId="494D1BAB" w14:textId="7AC3ABA6" w:rsidR="00865478" w:rsidRPr="001E1B8B" w:rsidRDefault="002263E7" w:rsidP="00BA626F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Other Criteria: </w:t>
       </w:r>
-      <w:r w:rsidR="00A8431B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00A8431B" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Either n</w:t>
       </w:r>
-      <w:r w:rsidR="00FD5CD5" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FD5CD5" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ot be </w:t>
       </w:r>
-      <w:r w:rsidR="004918AA" w:rsidRPr="005D042D">
+      <w:r w:rsidR="004918AA" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">receiving </w:t>
       </w:r>
-      <w:r w:rsidR="00FD5CD5" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FD5CD5" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Specialized Community Support Program Tenancy Preservation Program (CSP-TPP)</w:t>
       </w:r>
-      <w:r w:rsidR="00A8431B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00A8431B" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>, or eligible for Specialized CSP-TPP</w:t>
       </w:r>
-      <w:r w:rsidR="00F57C19" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00F57C19" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> but not yet receiving Specialized CSP-TPP</w:t>
       </w:r>
-      <w:r w:rsidR="00511E85" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00511E85" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="281E0D97" w14:textId="77777777" w:rsidR="00C53883" w:rsidRPr="005D042D" w:rsidRDefault="00C53883" w:rsidP="008A71E6">
+    <w:p w14:paraId="281E0D97" w14:textId="77777777" w:rsidR="00C53883" w:rsidRPr="001E1B8B" w:rsidRDefault="00C53883" w:rsidP="00BA626F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1980"/>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:hanging="1980"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="547" w:hanging="547"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>Provider Qualifications</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18FE848E" w14:textId="218BE532" w:rsidR="00CF4149" w:rsidRPr="005D042D" w:rsidRDefault="469A028F" w:rsidP="0017087D">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+    <w:p w14:paraId="18FE848E" w14:textId="057E4216" w:rsidR="00CF4149" w:rsidRPr="001E1B8B" w:rsidRDefault="469A028F" w:rsidP="00BA626F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Providers </w:t>
       </w:r>
-      <w:r w:rsidR="00211453" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00211453" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Housing Navigation</w:t>
       </w:r>
-      <w:r w:rsidR="00265F5F" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00265F5F" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> must</w:t>
       </w:r>
-      <w:r w:rsidR="00CF4149" w:rsidRPr="005D042D">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> meet the following criteria:</w:t>
+      <w:r w:rsidR="00CF4149" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meet the following criteria</w:t>
+      </w:r>
+      <w:r w:rsidR="00C86EA9" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C3CAEF5" w14:textId="32B0E948" w:rsidR="00C7661B" w:rsidRPr="005D042D" w:rsidRDefault="18D2BAA8">
+    <w:p w14:paraId="0C3CAEF5" w14:textId="77771D99" w:rsidR="00C7661B" w:rsidRPr="001E1B8B" w:rsidRDefault="18D2BAA8" w:rsidP="00BA626F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Have a</w:t>
       </w:r>
-      <w:r w:rsidR="00C7661B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00C7661B" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">t least two years of history providing Housing Navigation supports to persons experiencing housing instability. This must include </w:t>
       </w:r>
-      <w:r w:rsidR="00CF4149" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00CF4149" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">current </w:t>
       </w:r>
-      <w:r w:rsidR="00C7661B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00C7661B" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>contracts/grants with local, state, or federal agencies to assist people to apply for public benefits, housing, and income maximization resources;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C9018DC" w14:textId="47F23D3B" w:rsidR="00C7661B" w:rsidRPr="005D042D" w:rsidRDefault="345E126D">
+    <w:p w14:paraId="0C9018DC" w14:textId="47F23D3B" w:rsidR="00C7661B" w:rsidRPr="001E1B8B" w:rsidRDefault="345E126D" w:rsidP="00BA626F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Have </w:t>
       </w:r>
-      <w:r w:rsidR="182F8C33" w:rsidRPr="005D042D">
+      <w:r w:rsidR="182F8C33" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00C7661B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00C7661B" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>xperience providing services in person, on a mobile basis, and virtually;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F1CC81C" w14:textId="3F5B6D58" w:rsidR="00265F5F" w:rsidRPr="005D042D" w:rsidRDefault="00E033A6">
+    <w:p w14:paraId="7F1CC81C" w14:textId="57B9ECBB" w:rsidR="00265F5F" w:rsidRPr="001E1B8B" w:rsidRDefault="00E033A6" w:rsidP="00BA626F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Be</w:t>
       </w:r>
-      <w:r w:rsidR="00700130" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00700130" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C7661B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00C7661B" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00711BDB" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00711BDB" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>n existing</w:t>
       </w:r>
-      <w:r w:rsidR="00C7661B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00C7661B" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> documented member </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="005D0151" w:rsidRPr="005D042D">
+      <w:r w:rsidR="005D0151" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>for at least three months</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="005D0151" w:rsidRPr="005D042D">
+      <w:r w:rsidR="005D0151" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> in</w:t>
       </w:r>
-      <w:r w:rsidR="00C7661B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00C7661B" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DB1E1D" w:rsidRPr="005D042D">
-[...11 lines deleted...]
-      <w:r w:rsidR="00C7661B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00215F08" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidR="00C34AFF" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C7661B" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">the Continuum of Care </w:t>
       </w:r>
-      <w:r w:rsidR="001327DD" w:rsidRPr="005D042D">
+      <w:r w:rsidR="001327DD" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">(CoC) </w:t>
       </w:r>
-      <w:r w:rsidR="00C7661B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00C7661B" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>planning groups within their service area</w:t>
       </w:r>
-      <w:r w:rsidR="00C34AFF" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00C34AFF" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
-      <w:r w:rsidR="00CF4149" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00CF4149" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> and able to connect a</w:t>
       </w:r>
-      <w:r w:rsidR="000106EF" w:rsidRPr="005D042D">
+      <w:r w:rsidR="000106EF" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">n </w:t>
       </w:r>
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidR="000106EF" w:rsidRPr="005D042D">
+      <w:r w:rsidR="000106EF" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CF4149" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00CF4149" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>to the local CoC Coordinated Entry System</w:t>
       </w:r>
-      <w:r w:rsidR="00265F5F" w:rsidRPr="005D042D">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">; and; </w:t>
+      <w:r w:rsidR="00265F5F" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; and </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05E355D3" w14:textId="5660A646" w:rsidR="00265F5F" w:rsidRPr="005D042D" w:rsidRDefault="00265F5F">
+    <w:p w14:paraId="05E355D3" w14:textId="5660A646" w:rsidR="00265F5F" w:rsidRPr="001E1B8B" w:rsidRDefault="00265F5F" w:rsidP="00BA626F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Have specialized staff with knowledge of housing resources and dynamics of housing such as obtaining and completing applications for arrearages programs, housing, income sources; requesting reasonable accommodations; and negotiating with landlords</w:t>
       </w:r>
-      <w:r w:rsidR="00925879" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00925879" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7288C437" w14:textId="27D7ACDE" w:rsidR="00A56C8D" w:rsidRPr="005D042D" w:rsidRDefault="00A56C8D" w:rsidP="0017087D">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+    <w:p w14:paraId="7288C437" w14:textId="27D7ACDE" w:rsidR="00A56C8D" w:rsidRPr="001E1B8B" w:rsidRDefault="00A56C8D" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56C8F926" w14:textId="77777777" w:rsidR="000A76AC" w:rsidRPr="005D042D" w:rsidRDefault="000A76AC" w:rsidP="00D8234B">
+    <w:p w14:paraId="56C8F926" w14:textId="77777777" w:rsidR="000A76AC" w:rsidRPr="001E1B8B" w:rsidRDefault="000A76AC" w:rsidP="00BA626F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1980"/>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:hanging="1980"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="547" w:hanging="547"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>Payment and Billing Code Requirements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="394CC1D0" w14:textId="28EBA77D" w:rsidR="0029751C" w:rsidRPr="005D042D" w:rsidRDefault="00703367" w:rsidP="0029751C">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+    <w:p w14:paraId="394CC1D0" w14:textId="68856889" w:rsidR="0029751C" w:rsidRPr="001E1B8B" w:rsidRDefault="00703367" w:rsidP="00BA626F">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Plans must require their Providers </w:t>
       </w:r>
-      <w:r w:rsidR="00573EEA" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00573EEA" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>of Housing Navigation</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="21" w:name="_HRSN_Supplemental_Housing_6"/>
       <w:bookmarkStart w:id="22" w:name="_Toc170205194"/>
       <w:bookmarkEnd w:id="21"/>
-      <w:r w:rsidR="0029751C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="0029751C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">to submit claims using the codes outlined in the </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidR="00B1246E" w:rsidRPr="005D042D">
+        <w:r w:rsidR="00B1246E" w:rsidRPr="001E1B8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:t>HRSN Supplemental Services Fee Schedule</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="003B3583" w:rsidRPr="005D042D">
+      <w:r w:rsidR="003B3583" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0029751C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="0029751C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">and must configure their payment systems to accept claims submitted using these code and modifier combinations. </w:t>
       </w:r>
-      <w:r w:rsidR="0029751C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="0029751C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">MassHealth has a fee schedule for this service and </w:t>
       </w:r>
-      <w:r w:rsidR="00691041" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00691041" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>requires</w:t>
       </w:r>
-      <w:r w:rsidR="0029751C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="0029751C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> payments be made </w:t>
       </w:r>
-      <w:r w:rsidR="00DC5E28" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00DC5E28" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
-      <w:r w:rsidR="0029751C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="0029751C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">accordance with </w:t>
       </w:r>
-      <w:r w:rsidR="009911D3" w:rsidRPr="005D042D">
+      <w:r w:rsidR="009911D3" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidR="00B1246E" w:rsidRPr="005D042D">
+        <w:r w:rsidR="00B1246E" w:rsidRPr="001E1B8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:t>HRSN Supplemental Services Fee Schedule</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0070227C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="0070227C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FDB44B5" w14:textId="440347C8" w:rsidR="001B2FF8" w:rsidRPr="005D042D" w:rsidRDefault="005B7385" w:rsidP="0029751C">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+    <w:p w14:paraId="3FDB44B5" w14:textId="4CEB3BEC" w:rsidR="001B2FF8" w:rsidRPr="001E1B8B" w:rsidRDefault="005B7385" w:rsidP="00BA626F">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">For all HRSN Supplemental Services, </w:t>
       </w:r>
-      <w:r w:rsidR="000C4626" w:rsidRPr="005D042D">
+      <w:r w:rsidR="000C4626" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>lans must require Providers to use the Z-code as the primary diagnosis code</w:t>
       </w:r>
-      <w:r w:rsidR="001B2FF8" w:rsidRPr="005D042D">
+      <w:r w:rsidR="001B2FF8" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47266BEB" w14:textId="4787CD49" w:rsidR="00A56C8D" w:rsidRPr="005D042D" w:rsidRDefault="00A56C8D" w:rsidP="0029751C">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+    <w:p w14:paraId="47266BEB" w14:textId="4787CD49" w:rsidR="00A56C8D" w:rsidRPr="001E1B8B" w:rsidRDefault="00A56C8D" w:rsidP="00BA626F">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">The rates are inclusive of </w:t>
       </w:r>
-      <w:r w:rsidR="73F782AB" w:rsidRPr="005D042D">
+      <w:r w:rsidR="73F782AB" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>activities</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> outlined in Section 2.3.A and related administrative costs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46407203" w14:textId="00CA5888" w:rsidR="008A71E6" w:rsidRPr="005D042D" w:rsidRDefault="0029751C" w:rsidP="0029751C">
-      <w:pPr>
+    <w:p w14:paraId="46407203" w14:textId="4BD38756" w:rsidR="008A71E6" w:rsidRPr="001E1B8B" w:rsidRDefault="0029751C" w:rsidP="00BA626F">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">All </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Place of Service codes are allowable for HRSN Supplemental Housing Services</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="3803FEAF" w:rsidRPr="005D042D">
+      <w:r w:rsidR="3803FEAF" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008A71E6" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008A71E6" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54212DA9" w14:textId="697AC90B" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22" w:rsidP="008A71E6">
+    <w:p w14:paraId="54212DA9" w14:textId="697AC90B" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="23" w:name="_Services.HRSN_Supplemental_Housing"/>
       <w:bookmarkEnd w:id="23"/>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve">HRSN </w:t>
       </w:r>
-      <w:r w:rsidR="005B52FA" w:rsidRPr="005D042D">
+      <w:r w:rsidR="005B52FA" w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve">Supplemental </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>Housing Services – Healthy Homes</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17E18929" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22" w:rsidP="008A71E6">
+    <w:p w14:paraId="17E18929" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00BA626F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="1980"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:ind w:hanging="1980"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="547" w:hanging="547"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve">Service Description </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4257986D" w14:textId="2EADCDF3" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22" w:rsidP="0017087D">
-      <w:pPr>
+    <w:p w14:paraId="4257986D" w14:textId="12BB9841" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00BA626F">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Healthy Homes </w:t>
       </w:r>
-      <w:r w:rsidR="00745DD7" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00745DD7" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>includes</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> goods and remediation services </w:t>
       </w:r>
-      <w:r w:rsidR="0A25CF4B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="0A25CF4B" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">that are </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">proven to improve housing conditions related to health needs </w:t>
       </w:r>
-      <w:r w:rsidR="1FECD132" w:rsidRPr="005D042D">
+      <w:r w:rsidR="1FECD132" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">that are not the responsibility of the housing owner/landlord. Specifically, </w:t>
       </w:r>
-      <w:r w:rsidR="00192F71" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00192F71" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>this service in</w:t>
       </w:r>
-      <w:r w:rsidR="360F7AFB" w:rsidRPr="005D042D">
+      <w:r w:rsidR="360F7AFB" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>cludes</w:t>
       </w:r>
-      <w:r w:rsidR="00192F71" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00192F71" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">the purchase of goods and provision of remediation services that </w:t>
       </w:r>
-      <w:r w:rsidR="744FEF26" w:rsidRPr="005D042D">
+      <w:r w:rsidR="744FEF26" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">eliminate </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">known </w:t>
       </w:r>
-      <w:r w:rsidR="00194496" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00194496" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>housing</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">-based health and safety risks to ensure the living environment does not adversely affect </w:t>
       </w:r>
-      <w:r w:rsidR="000106EF" w:rsidRPr="005D042D">
+      <w:r w:rsidR="000106EF" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">an </w:t>
       </w:r>
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidR="000106EF" w:rsidRPr="005D042D">
+      <w:r w:rsidR="000106EF" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">’s </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>health and safety</w:t>
       </w:r>
-      <w:r w:rsidR="00A56C8D" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00A56C8D" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00A56C8D" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00A56C8D" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>in accordance with MCE Contracts</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="1A6C121B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="1A6C121B" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C41DA7" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00C41DA7" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Providers of </w:t>
       </w:r>
-      <w:r w:rsidR="1A6C121B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="1A6C121B" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Healthy Homes </w:t>
       </w:r>
-      <w:r w:rsidR="543CEB63" w:rsidRPr="005D042D">
+      <w:r w:rsidR="543CEB63" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
-      <w:r w:rsidR="00C41DA7" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00C41DA7" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> provide the following</w:t>
       </w:r>
-      <w:r w:rsidR="1A6C121B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00C86EA9" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="1A6C121B" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3380B249" w14:textId="77777777" w:rsidR="006A2CAF" w:rsidRPr="005D042D" w:rsidRDefault="0092378F">
+    <w:p w14:paraId="3380B249" w14:textId="41CCB2AE" w:rsidR="006A2CAF" w:rsidRPr="001E1B8B" w:rsidRDefault="0092378F" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Allowable</w:t>
       </w:r>
-      <w:r w:rsidR="00143C3E" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00143C3E" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="44D5FAAF" w:rsidRPr="005D042D">
+      <w:r w:rsidR="44D5FAAF" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">oods: </w:t>
+        <w:t xml:space="preserve">oods </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="357F5FB8" w14:textId="24366FCE" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="0B94E1C4">
+    <w:p w14:paraId="357F5FB8" w14:textId="7B60DF60" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="0B94E1C4" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Provid</w:t>
       </w:r>
-      <w:r w:rsidR="008D62B6" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008D62B6" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> or arran</w:t>
       </w:r>
-      <w:r w:rsidR="008D62B6" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008D62B6" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>ge</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the purchase, delivery, and installation of allowable goods </w:t>
       </w:r>
-      <w:r w:rsidR="36351538" w:rsidRPr="005D042D">
+      <w:r w:rsidR="36351538" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>listed below</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> that do not alter the physical structure of a</w:t>
       </w:r>
-      <w:r w:rsidR="00702EEA" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00702EEA" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">’s housing unit. </w:t>
       </w:r>
-      <w:r w:rsidR="0046030C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="0046030C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Allowable</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> Healthy Homes </w:t>
       </w:r>
-      <w:r w:rsidR="67C4C332" w:rsidRPr="005D042D">
+      <w:r w:rsidR="67C4C332" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">oods include those that improve the air quality of the housing, allow the </w:t>
       </w:r>
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> to store and use needed medicine, </w:t>
       </w:r>
-      <w:r w:rsidR="062079BC" w:rsidRPr="005D042D">
+      <w:r w:rsidR="062079BC" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> allow for improved pest control</w:t>
       </w:r>
-      <w:r w:rsidR="0459D7DB" w:rsidRPr="005D042D">
+      <w:r w:rsidR="0459D7DB" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>, specifically</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7287F2AD" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="7287F2AD" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Air Quality</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6475D912" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22" w:rsidP="4560E60D">
+    <w:p w14:paraId="6475D912" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Air conditioner</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18157C0E" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="18157C0E" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Air purifier</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B44E9E0" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="0B44E9E0" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Cleaning supplies</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DCCE01C" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="6DCCE01C" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Curtains/blinds</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67BE72AD" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="67BE72AD" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>De/humidifiers</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BCD627F" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="5BCD627F" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Fans</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CE34ADA" w14:textId="03AECAE7" w:rsidR="60595822" w:rsidRPr="005D042D" w:rsidRDefault="60595822" w:rsidP="28436FB4">
+    <w:p w14:paraId="4CE34ADA" w14:textId="03AECAE7" w:rsidR="60595822" w:rsidRPr="001E1B8B" w:rsidRDefault="60595822" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Heat Pumps</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="714891B4" w14:textId="2DCC8360" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="000E30AA">
+    <w:p w14:paraId="714891B4" w14:textId="2DCC8360" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="000E30AA" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>High Efficiency Particulate Air (HEPA)-</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>filters</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22A452EC" w14:textId="245E9E2C" w:rsidR="000E30AA" w:rsidRPr="005D042D" w:rsidRDefault="000E30AA">
+    <w:p w14:paraId="22A452EC" w14:textId="245E9E2C" w:rsidR="000E30AA" w:rsidRPr="001E1B8B" w:rsidRDefault="000E30AA" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>HEPA-vacuum</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="080A91FE" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="080A91FE" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Hypoallergenic mattress and linens</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="188F6A75" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="188F6A75" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Medical Storage</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50F3D249" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="50F3D249" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Refrigerator for medicine</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34D714CF" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="34D714CF" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Sharps containers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A461E52" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="3A461E52" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Trash cans</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>with lids</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F05F074" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="2F05F074" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Pest Control</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11E6629E" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="11E6629E" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Household pest eradication products</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59AF835D" w14:textId="6F39A9F7" w:rsidR="002D31CB" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="59AF835D" w14:textId="6F39A9F7" w:rsidR="002D31CB" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Trash cans</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>with lids</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47B8BF5A" w14:textId="77777777" w:rsidR="002B5BE3" w:rsidRPr="005D042D" w:rsidRDefault="0092378F">
+    <w:p w14:paraId="47B8BF5A" w14:textId="77777777" w:rsidR="002B5BE3" w:rsidRPr="001E1B8B" w:rsidRDefault="0092378F" w:rsidP="00BA626F">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Allowable </w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Remediation Services: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F28201F" w14:textId="6163105C" w:rsidR="00700676" w:rsidRPr="005D042D" w:rsidRDefault="61D4957A">
+    <w:p w14:paraId="5F28201F" w14:textId="6163105C" w:rsidR="00700676" w:rsidRPr="001E1B8B" w:rsidRDefault="61D4957A" w:rsidP="00BA626F">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="160" w:afterAutospacing="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Conduct</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> home environmental risk assessments and provid</w:t>
       </w:r>
-      <w:r w:rsidR="008D62B6" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008D62B6" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> or arrang</w:t>
       </w:r>
-      <w:r w:rsidR="008D62B6" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008D62B6" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> for remediation services</w:t>
       </w:r>
-      <w:r w:rsidR="6B12418E" w:rsidRPr="005D042D">
+      <w:r w:rsidR="6B12418E" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> related to found risks</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">. Remediation services are limited to those that would directly improve the housing conditions with regards to air quality and pest control such as carpet removal, mold remediation, vent cleaning, pest eradication, </w:t>
       </w:r>
-      <w:r w:rsidR="00E21D06" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00E21D06" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>chore services (including heavy housecleaning, removal of hazardous debris or direct, and removal of yard waste, etc</w:t>
       </w:r>
-      <w:r w:rsidR="00150DDA" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00150DDA" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BA74628" w14:textId="5C4F1A87" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00604DC5" w:rsidP="008A71E6">
+    <w:p w14:paraId="5BA74628" w14:textId="5C4F1A87" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00604DC5" w:rsidP="00BA626F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1980"/>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:hanging="1980"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="547" w:hanging="547"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve">Additional </w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve">Service </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>Detail</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2754B074" w14:textId="3D65C99C" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="648ADF71">
+    <w:p w14:paraId="2754B074" w14:textId="64A8B1DB" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="648ADF71" w:rsidP="00BA626F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Under Health</w:t>
       </w:r>
-      <w:r w:rsidR="00604DC5" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00604DC5" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> Homes, </w:t>
       </w:r>
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
-      <w:r w:rsidR="008F0095" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008F0095" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> receive </w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">both </w:t>
       </w:r>
-      <w:r w:rsidR="0E538972" w:rsidRPr="005D042D">
+      <w:r w:rsidR="0E538972" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">oods and </w:t>
       </w:r>
-      <w:r w:rsidR="1380B956" w:rsidRPr="005D042D">
+      <w:r w:rsidR="1380B956" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">emediation </w:t>
       </w:r>
-      <w:r w:rsidR="786D5947" w:rsidRPr="005D042D">
+      <w:r w:rsidR="786D5947" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>ervices</w:t>
       </w:r>
-      <w:r w:rsidR="5AC9F13E" w:rsidRPr="005D042D">
+      <w:r w:rsidR="5AC9F13E" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> if </w:t>
       </w:r>
-      <w:r w:rsidR="1E792FFC" w:rsidRPr="005D042D">
+      <w:r w:rsidR="1E792FFC" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>appropriate</w:t>
       </w:r>
-      <w:r w:rsidR="00DF3DC9" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00DF3DC9" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="110C3F1A" w14:textId="259D7FA6" w:rsidR="001B2FF8" w:rsidRPr="005D042D" w:rsidRDefault="003A18EC" w:rsidP="001B2FF8">
+    <w:p w14:paraId="110C3F1A" w14:textId="44A09899" w:rsidR="001B2FF8" w:rsidRPr="001E1B8B" w:rsidRDefault="003A18EC" w:rsidP="00BA626F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Providers of Healthy Homes may only provide goods and remediation services that the Enrollee’s landlord is not required to provide as a reasonable accommodation</w:t>
       </w:r>
-      <w:r w:rsidR="00DF3DC9" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00DF3DC9" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B78419D" w14:textId="2636C4B8" w:rsidR="0073190F" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22">
+    <w:p w14:paraId="3B78419D" w14:textId="72B8A507" w:rsidR="0073190F" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00BA626F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">For </w:t>
       </w:r>
-      <w:r w:rsidR="247B15A3" w:rsidRPr="005D042D">
+      <w:r w:rsidR="247B15A3" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">emediation </w:t>
       </w:r>
-      <w:r w:rsidR="46BB45E9" w:rsidRPr="005D042D">
+      <w:r w:rsidR="46BB45E9" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">ervices, </w:t>
       </w:r>
-      <w:r w:rsidR="00573EEA" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00573EEA" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Providers of Healthy Homes</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> must complete an in-home needs assessment to determine the type and amount of services that each </w:t>
       </w:r>
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> needs</w:t>
       </w:r>
-      <w:r w:rsidR="00DF3DC9" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00DF3DC9" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="009301B1" w:rsidRPr="005D042D">
+      <w:r w:rsidR="009301B1" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10231BEA" w14:textId="221CA792" w:rsidR="00F1395C" w:rsidRPr="005D042D" w:rsidRDefault="00573EEA">
+    <w:p w14:paraId="10231BEA" w14:textId="2A2E2F2F" w:rsidR="00F1395C" w:rsidRPr="001E1B8B" w:rsidRDefault="00573EEA" w:rsidP="00BA626F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Providers of </w:t>
       </w:r>
-      <w:r w:rsidR="00F1395C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00F1395C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Healthy Homes </w:t>
       </w:r>
-      <w:r w:rsidR="5C51FD48" w:rsidRPr="005D042D">
+      <w:r w:rsidR="5C51FD48" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
-      <w:r w:rsidR="00F1395C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00F1395C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> choose to provide only goods or both goods and remediation services</w:t>
       </w:r>
-      <w:r w:rsidR="00DF3DC9" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00DF3DC9" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ABE304D" w14:textId="40555339" w:rsidR="00E46D06" w:rsidRPr="005D042D" w:rsidRDefault="00835BCC">
+    <w:p w14:paraId="3ABE304D" w14:textId="46CBE033" w:rsidR="00E46D06" w:rsidRPr="001E1B8B" w:rsidRDefault="00835BCC" w:rsidP="00BA626F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Providers of Healthy Homes may </w:t>
       </w:r>
-      <w:r w:rsidR="001D0749" w:rsidRPr="005D042D">
+      <w:r w:rsidR="001D0749" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>conduct</w:t>
       </w:r>
-      <w:r w:rsidR="00202722" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00202722" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001D0749" w:rsidRPr="005D042D">
+      <w:r w:rsidR="001D0749" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">an in-home needs assessment without subsequent provision of goods or </w:t>
       </w:r>
-      <w:r w:rsidR="00B234B0" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00B234B0" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">remediation </w:t>
       </w:r>
-      <w:r w:rsidR="001D0749" w:rsidRPr="005D042D">
+      <w:r w:rsidR="001D0749" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>services</w:t>
       </w:r>
-      <w:r w:rsidR="00DF3DC9" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00DF3DC9" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C743EF5" w14:textId="6754D7BB" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="0029751C" w:rsidP="008A71E6">
+    <w:p w14:paraId="66FDF547" w14:textId="64EF9879" w:rsidR="2AC6AA45" w:rsidRPr="001E1B8B" w:rsidRDefault="2AC6AA45" w:rsidP="00BA626F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service deposits and cancellation fees for Healthy Homes Remediation Services may be claimed when  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62B752F7" w14:textId="30B68469" w:rsidR="2AC6AA45" w:rsidRPr="001E1B8B" w:rsidRDefault="2AC6AA45" w:rsidP="00BA626F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>A service deposit is paid for a Healthy Homes Remediation Service for an Enrollee actively enrolled with their Plan. A</w:t>
+      </w:r>
+      <w:r w:rsidR="519A2A81" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provider may submit a claim for the deposit on the day the deposit is made. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E79FC56" w14:textId="0E614B41" w:rsidR="2AC6AA45" w:rsidRPr="001E1B8B" w:rsidRDefault="2AC6AA45" w:rsidP="00BA626F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>A cancellation fee is incurred while the Enrollee is still enrolled in their Plan (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C225B5" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>for example,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Enrollee declines the </w:t>
+      </w:r>
+      <w:r w:rsidR="001E1B8B" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>service,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the service cannot proceed due to a third party (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C225B5" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>for example</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>, landlord refusal). A</w:t>
+      </w:r>
+      <w:r w:rsidR="386B3937" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00041ABD" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rovider may submit a claim </w:t>
+      </w:r>
+      <w:r w:rsidR="07670DDA" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the cancellation fee on the day the fee is paid.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C743EF5" w14:textId="6754D7BB" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="0029751C" w:rsidP="00BA626F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1980"/>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:hanging="1980"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="547" w:hanging="547"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>Criteria for Enrollees to Receive Healthy Homes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="434363F9" w14:textId="7BBF3E33" w:rsidR="00EC23BF" w:rsidRPr="005D042D" w:rsidRDefault="00EC23BF" w:rsidP="0017087D">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+    <w:p w14:paraId="434363F9" w14:textId="56B93CF0" w:rsidR="00EC23BF" w:rsidRPr="001E1B8B" w:rsidRDefault="00EC23BF" w:rsidP="00BA626F">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">To receive </w:t>
       </w:r>
-      <w:r w:rsidR="5018E3B6" w:rsidRPr="005D042D">
+      <w:r w:rsidR="5018E3B6" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Healthy Homes</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
-[...3 lines deleted...]
-        <w:t>s must meet the following criteria:</w:t>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s must meet the following criteria</w:t>
+      </w:r>
+      <w:r w:rsidR="00C86EA9" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BF61A2A" w14:textId="5AEE7F17" w:rsidR="005C402C" w:rsidRPr="005D042D" w:rsidRDefault="000853A4">
+    <w:p w14:paraId="2BF61A2A" w14:textId="1B639B02" w:rsidR="005C402C" w:rsidRPr="001E1B8B" w:rsidRDefault="000853A4" w:rsidP="00BA626F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">HNBC: </w:t>
       </w:r>
-      <w:r w:rsidR="00865478" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00865478" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Have </w:t>
       </w:r>
-      <w:r w:rsidR="005C402C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="005C402C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">one </w:t>
       </w:r>
-      <w:r w:rsidR="00865478" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00865478" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="008A14FF" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008A14FF" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005C402C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="005C402C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">following </w:t>
       </w:r>
-      <w:r w:rsidR="00865478" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00865478" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>HNBC</w:t>
       </w:r>
-      <w:r w:rsidR="005C402C" w:rsidRPr="005D042D">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6EF62BE6" w14:textId="5ADFC497" w:rsidR="005C402C" w:rsidRPr="005D042D" w:rsidRDefault="005C402C">
+    <w:p w14:paraId="6EF62BE6" w14:textId="5ADFC497" w:rsidR="005C402C" w:rsidRPr="001E1B8B" w:rsidRDefault="005C402C" w:rsidP="00BA626F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="008A14FF" w:rsidRPr="005D042D" w:rsidDel="005C402C">
+      <w:r w:rsidR="008A14FF" w:rsidRPr="001E1B8B" w:rsidDel="005C402C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> complex physical health need that is </w:t>
       </w:r>
-      <w:r w:rsidR="007369C4" w:rsidRPr="005D042D" w:rsidDel="005C402C">
+      <w:r w:rsidR="007369C4" w:rsidRPr="001E1B8B" w:rsidDel="005C402C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="008A14FF" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008A14FF" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>pulmonary</w:t>
       </w:r>
-      <w:r w:rsidR="00A92AA1" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00A92AA1" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>condition</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="406A2ABE" w14:textId="152F3AE3" w:rsidR="005C402C" w:rsidRPr="005D042D" w:rsidRDefault="00B1778D">
+    <w:p w14:paraId="406A2ABE" w14:textId="152F3AE3" w:rsidR="005C402C" w:rsidRPr="001E1B8B" w:rsidRDefault="00B1778D" w:rsidP="00BA626F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">A complex physical health need that is a </w:t>
       </w:r>
-      <w:r w:rsidR="008A14FF" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008A14FF" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>cardiac</w:t>
       </w:r>
-      <w:r w:rsidR="00A92AA1" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00A92AA1" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> condition</w:t>
       </w:r>
-      <w:r w:rsidR="008A14FF" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008A14FF" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63EF3EC0" w14:textId="49C32BAB" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="003F3E96">
+    <w:p w14:paraId="63EF3EC0" w14:textId="49C32BAB" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="003F3E96" w:rsidP="00BA626F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00A71599" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00A71599" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> behavioral health need</w:t>
       </w:r>
-      <w:r w:rsidR="008A14FF" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008A14FF" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A71599" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00A71599" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">that is a </w:t>
       </w:r>
-      <w:r w:rsidR="008A14FF" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008A14FF" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">hoarding </w:t>
       </w:r>
-      <w:r w:rsidR="00EE4A0F" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00EE4A0F" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>disorder</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C472D74" w14:textId="330DB45E" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="000853A4">
+    <w:p w14:paraId="6C472D74" w14:textId="436ACE53" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="000853A4" w:rsidP="00BA626F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Risk Factor: </w:t>
       </w:r>
-      <w:r w:rsidR="0081755D" w:rsidRPr="005D042D">
+      <w:r w:rsidR="0081755D" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Be l</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">iving in </w:t>
       </w:r>
-      <w:r w:rsidR="00F70789" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00F70789" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Unhealthy Housing </w:t>
       </w:r>
-      <w:r w:rsidR="00972F63" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00972F63" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> housing that is physically unsafe due to a</w:t>
       </w:r>
-      <w:r w:rsidR="00702EEA" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00702EEA" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00314EFE" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00314EFE" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Enrollee</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>’s disability or medical condition</w:t>
       </w:r>
-      <w:r w:rsidR="003D4B75" w:rsidRPr="005D042D">
+      <w:r w:rsidR="003D4B75" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01A7B5F4" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FF0E22" w:rsidP="008A71E6">
+    <w:p w14:paraId="01A7B5F4" w14:textId="77777777" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FF0E22" w:rsidP="00BA626F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="1980"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:ind w:hanging="1980"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="547" w:hanging="547"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>Provider Qualifications</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67DF8AD4" w14:textId="3BD443AE" w:rsidR="00A72606" w:rsidRPr="005D042D" w:rsidRDefault="00A72606" w:rsidP="00A72606">
-[...9 lines deleted...]
-        <w:t>Providers of Healthy Homes must meet the following criteria:</w:t>
+    <w:p w14:paraId="67DF8AD4" w14:textId="34CF21D3" w:rsidR="00A72606" w:rsidRPr="001E1B8B" w:rsidRDefault="00A72606" w:rsidP="00BA626F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Providers of Healthy Homes must meet the following criteria</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39DA4C3B" w14:textId="625F8471" w:rsidR="008B1B12" w:rsidRPr="005D042D" w:rsidRDefault="006F19F4">
+    <w:p w14:paraId="39DA4C3B" w14:textId="7C827EE2" w:rsidR="008B1B12" w:rsidRPr="001E1B8B" w:rsidRDefault="006F19F4" w:rsidP="00BA626F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Providers of </w:t>
       </w:r>
-      <w:r w:rsidR="003B1FD2" w:rsidRPr="005D042D" w:rsidDel="00F1395C">
-[...5 lines deleted...]
-      <w:r w:rsidR="00630211" w:rsidRPr="005D042D">
+      <w:r w:rsidR="003B1FD2" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1FD2" w:rsidRPr="001E1B8B" w:rsidDel="00F1395C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ealthy </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1FD2" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1FD2" w:rsidRPr="001E1B8B" w:rsidDel="00F1395C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omes </w:t>
+      </w:r>
+      <w:r w:rsidR="00630211" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
-      <w:r w:rsidR="008B1B12" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008B1B12" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> h</w:t>
       </w:r>
-      <w:r w:rsidR="00630211" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00630211" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>ave staff</w:t>
       </w:r>
-      <w:r w:rsidR="00FC7358" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FC7358" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> with knowledge of principles, methods, and procedures of services included under Healthy Homes (as applicable to the position), or comparable services meant to support an Enrollee’s ability to obtain and sustain residency in an independent community setting</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="756DA36F" w14:textId="5F6F107E" w:rsidR="00FF0E22" w:rsidRPr="005D042D" w:rsidRDefault="00FC7358">
+    <w:p w14:paraId="756DA36F" w14:textId="0A6EA305" w:rsidR="00FF0E22" w:rsidRPr="001E1B8B" w:rsidRDefault="00FC7358" w:rsidP="00BA626F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Providers </w:t>
       </w:r>
-      <w:r w:rsidR="006F19F4" w:rsidRPr="005D042D">
+      <w:r w:rsidR="006F19F4" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> Healthy Homes </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">remediation services must </w:t>
       </w:r>
-      <w:r w:rsidR="00701D24" w:rsidRPr="005D042D" w:rsidDel="00FC7358">
+      <w:r w:rsidR="00701D24" w:rsidRPr="001E1B8B" w:rsidDel="00FC7358">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>also</w:t>
       </w:r>
-      <w:r w:rsidR="00CD786E" w:rsidRPr="005D042D" w:rsidDel="00FC7358">
+      <w:r w:rsidR="00CD786E" w:rsidRPr="001E1B8B" w:rsidDel="00FC7358">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> have </w:t>
       </w:r>
-      <w:r w:rsidR="00CD786E" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00CD786E" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">staff that </w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">have experience </w:t>
       </w:r>
-      <w:r w:rsidR="009546C9" w:rsidRPr="005D042D">
+      <w:r w:rsidR="009546C9" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">conducting </w:t>
       </w:r>
-      <w:r w:rsidR="00FF0E22" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00FF0E22" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>in-home environmental risk assessments</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="136F7789" w14:textId="77777777" w:rsidR="000A76AC" w:rsidRPr="005D042D" w:rsidRDefault="000A76AC" w:rsidP="00D8234B">
+    <w:p w14:paraId="136F7789" w14:textId="77777777" w:rsidR="000A76AC" w:rsidRPr="001E1B8B" w:rsidRDefault="000A76AC" w:rsidP="00BA626F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="1980"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:ind w:hanging="1980"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="547" w:hanging="547"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>Payment and Billing Code Requirements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FE8F129" w14:textId="7D175387" w:rsidR="008D62B6" w:rsidRPr="005D042D" w:rsidRDefault="00703367" w:rsidP="008D62B6">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+    <w:p w14:paraId="7FE8F129" w14:textId="6B688F7F" w:rsidR="008D62B6" w:rsidRPr="001E1B8B" w:rsidRDefault="00703367" w:rsidP="00BA626F">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Plans must require their Providers </w:t>
       </w:r>
-      <w:r w:rsidR="006F19F4" w:rsidRPr="005D042D">
+      <w:r w:rsidR="006F19F4" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>of Healthy Homes</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="24" w:name="_HRSN_Supplemental_Housing"/>
       <w:bookmarkStart w:id="25" w:name="_HRSN_Supplemental_Housing_7"/>
       <w:bookmarkStart w:id="26" w:name="_Toc170205195"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
-      <w:r w:rsidR="008D62B6" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008D62B6" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">to submit claims using the codes outlined in the </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
-        <w:r w:rsidR="00B1246E" w:rsidRPr="005D042D">
+        <w:r w:rsidR="00B1246E" w:rsidRPr="001E1B8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:t>HRSN Supplemental Services Fee Schedule</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="008D62B6" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008D62B6" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> and must configure their payment systems to accept claims submitted using these code and modifier combinations. MassHealth has a fee schedule for this service and </w:t>
       </w:r>
-      <w:r w:rsidR="00691041" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00691041" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>requires</w:t>
       </w:r>
-      <w:r w:rsidR="008D62B6" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008D62B6" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> payments be made </w:t>
       </w:r>
-      <w:r w:rsidR="00F97D01" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00F97D01" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
-      <w:r w:rsidR="008D62B6" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008D62B6" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">accordance with </w:t>
       </w:r>
-      <w:r w:rsidR="009911D3" w:rsidRPr="005D042D">
+      <w:r w:rsidR="009911D3" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId26" w:history="1">
-        <w:r w:rsidR="00B1246E" w:rsidRPr="005D042D">
+        <w:r w:rsidR="00B1246E" w:rsidRPr="001E1B8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:t>HRSN Supplemental Services Fee Schedule</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0070227C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="0070227C" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4430FACB" w14:textId="738C0779" w:rsidR="001B2FF8" w:rsidRPr="005D042D" w:rsidRDefault="005B7385" w:rsidP="00A56C8D">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+    <w:p w14:paraId="4430FACB" w14:textId="1AA1E278" w:rsidR="001B2FF8" w:rsidRPr="001E1B8B" w:rsidRDefault="005B7385" w:rsidP="00BA626F">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">For all HRSN Supplemental Services, </w:t>
       </w:r>
-      <w:r w:rsidR="000C4626" w:rsidRPr="005D042D">
+      <w:r w:rsidR="000C4626" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>lans must require Providers to use the Z-code as the primary diagnosis code</w:t>
       </w:r>
-      <w:r w:rsidR="001B2FF8" w:rsidRPr="005D042D">
+      <w:r w:rsidR="001B2FF8" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78B6AE7A" w14:textId="16E7583E" w:rsidR="00A56C8D" w:rsidRPr="005D042D" w:rsidRDefault="00A56C8D" w:rsidP="00A56C8D">
-      <w:pPr>
+    <w:p w14:paraId="78B6AE7A" w14:textId="16E7583E" w:rsidR="00A56C8D" w:rsidRPr="001E1B8B" w:rsidRDefault="00A56C8D" w:rsidP="00BA626F">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">The rates are inclusive of </w:t>
       </w:r>
-      <w:r w:rsidR="6A9612FF" w:rsidRPr="005D042D">
+      <w:r w:rsidR="6A9612FF" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>activities</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> outlined in Section 2.4.A and related administrative costs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71896272" w14:textId="74F829E3" w:rsidR="008A71E6" w:rsidRPr="005D042D" w:rsidRDefault="008D62B6" w:rsidP="008D62B6">
-      <w:pPr>
+    <w:p w14:paraId="71896272" w14:textId="67EAF1F4" w:rsidR="008A71E6" w:rsidRPr="001E1B8B" w:rsidRDefault="008D62B6" w:rsidP="00BA626F">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">All </w:t>
       </w:r>
-      <w:r w:rsidR="254F0169" w:rsidRPr="005D042D">
+      <w:r w:rsidR="254F0169" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Place of Service codes are allowable for HRSN Supplemental Housing Services.</w:t>
       </w:r>
       <w:bookmarkStart w:id="27" w:name="_Toc170205196"/>
       <w:bookmarkStart w:id="28" w:name="_Toc167049848"/>
       <w:bookmarkEnd w:id="26"/>
     </w:p>
-    <w:p w14:paraId="7B5FEBFC" w14:textId="77777777" w:rsidR="008A71E6" w:rsidRPr="005D042D" w:rsidRDefault="008A71E6" w:rsidP="008A71E6">
-[...12 lines deleted...]
-    <w:p w14:paraId="1921F724" w14:textId="75DEB202" w:rsidR="005D61E7" w:rsidRPr="005D042D" w:rsidRDefault="005D61E7" w:rsidP="008A71E6">
+    <w:p w14:paraId="1921F724" w14:textId="75DEB202" w:rsidR="005D61E7" w:rsidRPr="001E1B8B" w:rsidRDefault="005D61E7" w:rsidP="00BD5153">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>ATTACHMENTS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
     </w:p>
-    <w:p w14:paraId="21A1C87A" w14:textId="1B2FBB79" w:rsidR="009B7038" w:rsidRPr="005D042D" w:rsidRDefault="009B7038" w:rsidP="002A6344">
+    <w:p w14:paraId="21A1C87A" w14:textId="1B2FBB79" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="_ATTACHMENT_A:_Transitional"/>
       <w:bookmarkStart w:id="30" w:name="_ATTACHMENT_A:_Agencies"/>
       <w:bookmarkStart w:id="31" w:name="_ATTACHMENT_B:_Transitional"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve">ATTACHMENT </w:t>
       </w:r>
-      <w:r w:rsidR="001B2FF8" w:rsidRPr="005D042D">
+      <w:r w:rsidR="001B2FF8" w:rsidRPr="001E1B8B">
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve">: Transitional Goods: </w:t>
       </w:r>
-      <w:r w:rsidR="30C0C84B" w:rsidRPr="005D042D">
+      <w:r w:rsidR="30C0C84B" w:rsidRPr="001E1B8B">
         <w:t>Allowable</w:t>
       </w:r>
-      <w:r w:rsidR="00346044" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00346044" w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>Items</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
-    <w:p w14:paraId="5694BF25" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="005D042D" w:rsidRDefault="009B7038" w:rsidP="0017087D">
-[...1371 lines deleted...]
-    <w:p w14:paraId="022C68FE" w14:textId="77777777" w:rsidR="00CE2BAD" w:rsidRPr="005D042D" w:rsidRDefault="00CE2BAD" w:rsidP="0017087D">
+    <w:p w14:paraId="5694BF25" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>Air conditioner</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2375CB94" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Alarm clock</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="790FBE22" w14:textId="3A67DB7F" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Baby necessities</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC77B6" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(baby bathtub, potty training seats, baby proofing products, etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BFE2898" w14:textId="591B0371" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bakeware, measuring cups, mixing bowls</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10682E02" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bath towels</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07B9ADAA" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bathroom cup, toothbrush holder, toilet paper holder</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7948094D" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bathmat</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B99D82A" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bed frame</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3806B393" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bedroom sets</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7423F2F4" w14:textId="09F41B8D" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Birth certificate/photo identification/social security card fees</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="222C71B4" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bookcase/rack/shelving/storage bins</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E12D1FF" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bunk beds</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="530EE1AD" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Chairs (recliner, living room, accent chair, kitchen stool, etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CF492F8" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Chest of drawers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DB72E3A" w14:textId="2CCD896A" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cleaning </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B" w:rsidDel="00CC77B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>equipment</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC77B6" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(mops, brooms, dustpans, etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="077543E9" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Cleaning fee (one-time)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38BAF725" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Clothes hangers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77A81470" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Coffee maker</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06251044" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Cribs/bassinets/baby-changing stations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56EDB2AE" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Curtains/Drapes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77EC9CF7" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Cutting board</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B4EB52D" w14:textId="0A8BF5DE" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Deposits or one-time start-up payments of miscellaneous fees outlined in the lease (pet fees, garage</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC77B6" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>fees, laundry fees, amenities fees, etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25896C85" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Dining table and chairs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2414F6BF" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Dish cloths</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="534ABB5A" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dishware (glasses, bowls, plates, mugs) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75024DD9" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Emergency medical kit/First aid kit</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74717C15" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Fan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40B23461" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>File cabinet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F9045BB" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Fire extinguisher</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CCFDE44" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Flatware, utensils, and serving utensils</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D8EAD8C" w14:textId="5047A81C" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Food storage containers/canisters</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25A49B58" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Housing application fees and fees related to background checks as part of application</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36E83D63" w14:textId="058A6D2E" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Housing deposits (</w:t>
+      </w:r>
+      <w:r w:rsidR="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>such as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> security deposit, first month’s rent, last month’s rent and listing fee equal to no more than one month’s rent)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0687BE35" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Humidifier/Diffuser</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2098B66C" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Ironing board/iron</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D9B056F" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Knife set</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F2C2FA4" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Lamps (desk, floor, reading, etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D2C88E2" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Laundry basket</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="708C2BED" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Linens (sheet sets, bedding, pillows, comforter, blankets)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C7E1D88" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Living room sets</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D3FBCC1" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Mattress/box spring</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3139037E" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Mattress pad, egg crate, or memory foam pad</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7347C845" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Microwave</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23DAF48E" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Mirror</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21E4BE3C" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Moving costs (packing materials, movers, van rental fees, getting items out of storage, etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F62C4AF" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>One-month supply of cleaning supplies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B2052F3" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>One-month supply of pantry supplies (spices, condiments, etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="521B2B43" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>One-month supply of toiletries (toothpaste, shampoo, etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77579442" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Oven mitts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75DFAFE5" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Pest control fee (one-time)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="216BD137" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Phone, answering machine</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4045E98C" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Phone service deposit</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="551D6D09" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Place mats/tablecloth</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64ECCF8E" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Pots and pans, colander</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BE359E4" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Refrigerator (if not provided by landlord)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BFC81D5" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Rugs (area rugs, pads, tape)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E2FC867" w14:textId="441869D6" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Shower curtain</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A27EAA9" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Small kitchen appliances (toaster, toaster oven, etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68624E07" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Small kitchen gadgets (can opener, garlic press, etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E584D78" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Sofa, sofa bed, or futon</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CA0AFCA" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Space heater</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B849EE3" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Tables (bedside table, coffee table, end table, side table, computer table, desk)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29D067BF" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Tool kits/sets</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="022C68FE" w14:textId="77777777" w:rsidR="00CE2BAD" w:rsidRPr="001E1B8B" w:rsidRDefault="00CE2BAD" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Utilities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4944AC3C" w14:textId="77777777" w:rsidR="00CE2BAD" w:rsidRPr="005D042D" w:rsidRDefault="009B7038" w:rsidP="0017087D">
+    <w:p w14:paraId="4944AC3C" w14:textId="77777777" w:rsidR="00CE2BAD" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Utility set up fees/deposits </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="331E331F" w14:textId="7DB914A6" w:rsidR="00CE2BAD" w:rsidRPr="005D042D" w:rsidRDefault="00CE2BAD" w:rsidP="0017087D">
+    <w:p w14:paraId="331E331F" w14:textId="7AF8A671" w:rsidR="00CE2BAD" w:rsidRPr="001E1B8B" w:rsidRDefault="00CE2BAD" w:rsidP="00BD5153">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Combined </w:t>
       </w:r>
-      <w:r w:rsidR="69F7271D" w:rsidRPr="005D042D">
+      <w:r w:rsidR="69F7271D" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidR="4D50EBFF" w:rsidRPr="005D042D">
+      <w:r w:rsidR="4D50EBFF" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="009B7038" w:rsidRPr="005D042D">
+      <w:r w:rsidR="009B7038" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to 6 months </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="00A4157F" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">total comprised of </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002F0FAC" w:rsidRPr="005D042D">
+        <w:t>six</w:t>
+      </w:r>
+      <w:r w:rsidR="009B7038" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>one or more of the following</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D148DA" w:rsidRPr="005D042D">
+        <w:t xml:space="preserve"> months </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D042D">
+        <w:t xml:space="preserve">total comprised of </w:t>
+      </w:r>
+      <w:r w:rsidR="002F0FAC" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>one or more of the following</w:t>
+      </w:r>
+      <w:r w:rsidR="00D148DA" w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B28D8D6" w14:textId="7C30710D" w:rsidR="009B7038" w:rsidRPr="005D042D" w:rsidRDefault="69F7271D" w:rsidP="0017087D">
+    <w:p w14:paraId="3B28D8D6" w14:textId="7C30710D" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="69F7271D" w:rsidP="00BD5153">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
-      <w:r w:rsidR="4D50EBFF" w:rsidRPr="005D042D">
+      <w:r w:rsidR="4D50EBFF" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>nresolved</w:t>
       </w:r>
-      <w:r w:rsidR="009B7038" w:rsidRPr="005D042D">
+      <w:r w:rsidR="009B7038" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> utility arrearages if necessary to set up services in new residence</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29136A67" w14:textId="6052ACB5" w:rsidR="009B7038" w:rsidRPr="005D042D" w:rsidRDefault="69F7271D" w:rsidP="0017087D">
+    <w:p w14:paraId="29136A67" w14:textId="6052ACB5" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="69F7271D" w:rsidP="00BD5153">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidR="4D50EBFF" w:rsidRPr="005D042D">
+      <w:r w:rsidR="4D50EBFF" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>irst</w:t>
       </w:r>
-      <w:r w:rsidR="009B7038" w:rsidRPr="005D042D">
+      <w:r w:rsidR="009B7038" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> month coverage of utilities including water, garbage, sewage, recycling, gas, electric, internet, and phone (inclu</w:t>
       </w:r>
-      <w:r w:rsidR="006D4383" w:rsidRPr="005D042D">
+      <w:r w:rsidR="006D4383" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ding</w:t>
       </w:r>
-      <w:r w:rsidR="009B7038" w:rsidRPr="005D042D">
+      <w:r w:rsidR="009B7038" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> land line phone service and cell phone service)</w:t>
       </w:r>
-      <w:r w:rsidR="002F0FAC" w:rsidRPr="005D042D">
+      <w:r w:rsidR="002F0FAC" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68E5B108" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="005D042D" w:rsidRDefault="009B7038" w:rsidP="0017087D">
+    <w:p w14:paraId="68E5B108" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Vacuum cleaner/Mop/Steam mop</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EC561E9" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="005D042D" w:rsidRDefault="009B7038" w:rsidP="0017087D">
+    <w:p w14:paraId="4EC561E9" w14:textId="77777777" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Wash basin and drying rack</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="054A17F7" w14:textId="7DD3888C" w:rsidR="009B7038" w:rsidRPr="005D042D" w:rsidRDefault="009B7038" w:rsidP="0017087D">
+    <w:p w14:paraId="054A17F7" w14:textId="7DD3888C" w:rsidR="009B7038" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Wastebasket/trash</w:t>
       </w:r>
-      <w:r w:rsidR="006D4383" w:rsidRPr="005D042D">
+      <w:r w:rsidR="006D4383" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>can</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51BA1ED0" w14:textId="03D07911" w:rsidR="009B7038" w:rsidRPr="005D042D" w:rsidRDefault="009B7038" w:rsidP="00067A96">
+    <w:p w14:paraId="78C4BD99" w14:textId="1EAD7D4B" w:rsidR="00377588" w:rsidRPr="001E1B8B" w:rsidRDefault="009B7038" w:rsidP="00BD5153">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Window shade</w:t>
       </w:r>
       <w:bookmarkStart w:id="32" w:name="_ATTACHMENT_C:_Agencies"/>
       <w:bookmarkStart w:id="33" w:name="_ATTACHMENT_B:_Agencies"/>
       <w:bookmarkStart w:id="34" w:name="_ATTACHMENT_C:_Agencies_1"/>
       <w:bookmarkStart w:id="35" w:name="_ATTACHMENT_D:_Agencies"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
     </w:p>
-    <w:p w14:paraId="78C4BD99" w14:textId="56D28250" w:rsidR="00377588" w:rsidRPr="005D042D" w:rsidRDefault="00377588" w:rsidP="005D59E2">
-[...6 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="124CDD2D" w14:textId="6A5E5EEE" w:rsidR="003013C2" w:rsidRPr="001E1B8B" w:rsidRDefault="003013C2" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E6B6690" w14:textId="77777777" w:rsidR="00EB358C" w:rsidRPr="005D042D" w:rsidRDefault="00EB358C" w:rsidP="0017087D">
+    <w:p w14:paraId="3E6B6690" w14:textId="77777777" w:rsidR="00EB358C" w:rsidRPr="001E1B8B" w:rsidRDefault="00EB358C" w:rsidP="00F504E6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00EB358C" w:rsidRPr="005D042D" w:rsidSect="00EB358C">
+        <w:sectPr w:rsidR="00EB358C" w:rsidRPr="001E1B8B" w:rsidSect="00BA626F">
           <w:footerReference w:type="default" r:id="rId27"/>
           <w:pgSz w:w="12240" w:h="15840"/>
-          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgMar w:top="1440" w:right="1152" w:bottom="1440" w:left="1152" w:header="576" w:footer="576" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17FF8D0F" w14:textId="14BB22AD" w:rsidR="00FA0F23" w:rsidRPr="005D042D" w:rsidRDefault="007A0669" w:rsidP="002A6344">
+    <w:p w14:paraId="17FF8D0F" w14:textId="14BB22AD" w:rsidR="00FA0F23" w:rsidRPr="001E1B8B" w:rsidRDefault="007A0669" w:rsidP="00BD5153">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="36" w:name="_Toc167049851"/>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00EB358C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00EB358C" w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve">TTACHMENT </w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
-      <w:r w:rsidR="001B2FF8" w:rsidRPr="005D042D">
+      <w:r w:rsidR="001B2FF8" w:rsidRPr="001E1B8B">
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidR="00EB358C" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00EB358C" w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="008A14FF" w:rsidRPr="005D042D">
+      <w:r w:rsidR="008A14FF" w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve">Applicable Z Codes for HRSN Housing Services </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1320A08C" w14:textId="4BBB4273" w:rsidR="00FA0F23" w:rsidRPr="005D042D" w:rsidRDefault="00FA0F23" w:rsidP="0017087D">
-      <w:pPr>
+    <w:p w14:paraId="1320A08C" w14:textId="4BBB4273" w:rsidR="00FA0F23" w:rsidRPr="001E1B8B" w:rsidRDefault="00FA0F23" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>For reference only, below is an overview of applicable Z codes for different housing situations</w:t>
       </w:r>
-      <w:r w:rsidR="00845321" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00845321" w:rsidRPr="001E1B8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65BBE184" w14:textId="5890D033" w:rsidR="00FA0F23" w:rsidRPr="005D042D" w:rsidRDefault="00FA0F23" w:rsidP="00D8234B">
+    <w:p w14:paraId="1602EAB2" w14:textId="428D2B9D" w:rsidR="00BD5153" w:rsidRPr="001E1B8B" w:rsidRDefault="00FA0F23" w:rsidP="00C41EBA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve">For </w:t>
       </w:r>
-      <w:r w:rsidR="00A6194A" w:rsidRPr="005D042D">
+      <w:r w:rsidR="00A6194A" w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve">Housing Search and </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>Transitional Goods: Housing Situation</w:t>
       </w:r>
-      <w:r w:rsidR="007D3677" w:rsidRPr="005D042D">
+      <w:r w:rsidR="007D3677" w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>Experiencing Homelessness</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9895" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4947"/>
         <w:gridCol w:w="4948"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A6428B" w:rsidRPr="005D042D" w14:paraId="713DA743" w14:textId="77777777" w:rsidTr="005D59E2">
+      <w:tr w:rsidR="00A6428B" w:rsidRPr="001E1B8B" w14:paraId="713DA743" w14:textId="77777777" w:rsidTr="00955FDF">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4947" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73C769CE" w14:textId="77777777" w:rsidR="00FA0F23" w:rsidRPr="005D042D" w:rsidRDefault="00FA0F23" w:rsidP="0017087D">
+          <w:p w14:paraId="73C769CE" w14:textId="77777777" w:rsidR="00FA0F23" w:rsidRPr="001E1B8B" w:rsidRDefault="00FA0F23" w:rsidP="00F504E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D042D">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
-            <w:r w:rsidRPr="005D042D">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">NROLLEE </w:t>
             </w:r>
-            <w:r w:rsidRPr="005D042D">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>HOUSING SITUATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4432F068" w14:textId="5878D084" w:rsidR="00FA0F23" w:rsidRPr="005D042D" w:rsidRDefault="00FA0F23" w:rsidP="0017087D">
+          <w:p w14:paraId="4432F068" w14:textId="5878D084" w:rsidR="00FA0F23" w:rsidRPr="001E1B8B" w:rsidRDefault="00FA0F23" w:rsidP="00F504E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D042D">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Z CODES</w:t>
             </w:r>
-            <w:r w:rsidR="0A99A104" w:rsidRPr="005D042D">
+            <w:r w:rsidR="0A99A104" w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> THAT MAY BE APPLICABLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6428B" w:rsidRPr="005D042D" w14:paraId="058A8664" w14:textId="77777777" w:rsidTr="005D59E2">
+      <w:tr w:rsidR="00A6428B" w:rsidRPr="001E1B8B" w14:paraId="058A8664" w14:textId="77777777" w:rsidTr="00955FDF">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4947" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65469B3E" w14:textId="44697200" w:rsidR="00FA0F23" w:rsidRPr="005D042D" w:rsidRDefault="00FA0F23" w:rsidP="0017087D">
+          <w:p w14:paraId="65469B3E" w14:textId="44697200" w:rsidR="00FA0F23" w:rsidRPr="001E1B8B" w:rsidRDefault="00FA0F23" w:rsidP="00F504E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D042D">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
               <w:t>Homeless, Shelter/Safe Haven</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60BE748F" w14:textId="77777777" w:rsidR="00FA0F23" w:rsidRPr="005D042D" w:rsidRDefault="00FA0F23">
+          <w:p w14:paraId="60BE748F" w14:textId="77777777" w:rsidR="00FA0F23" w:rsidRPr="001E1B8B" w:rsidRDefault="00FA0F23" w:rsidP="00F504E6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
+              <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D042D">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
               <w:t>Z59.01 Sheltered Homelessness</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6428B" w:rsidRPr="005D042D" w14:paraId="78685E86" w14:textId="77777777" w:rsidTr="005D59E2">
+      <w:tr w:rsidR="00A6428B" w:rsidRPr="001E1B8B" w14:paraId="78685E86" w14:textId="77777777" w:rsidTr="00955FDF">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4947" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E526825" w14:textId="07E103E5" w:rsidR="00FA0F23" w:rsidRPr="005D042D" w:rsidRDefault="00FA0F23" w:rsidP="0017087D">
+          <w:p w14:paraId="2E526825" w14:textId="07E103E5" w:rsidR="00FA0F23" w:rsidRPr="001E1B8B" w:rsidRDefault="00FA0F23" w:rsidP="00F504E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D042D">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
               <w:t>Homeless, Unsheltered</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A7227AA" w14:textId="77777777" w:rsidR="00FA0F23" w:rsidRPr="005D042D" w:rsidRDefault="00FA0F23">
+          <w:p w14:paraId="2A7227AA" w14:textId="77777777" w:rsidR="00FA0F23" w:rsidRPr="001E1B8B" w:rsidRDefault="00FA0F23" w:rsidP="00F504E6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
+              <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D042D">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
               <w:t>Z59.02 Unsheltered Homelessness</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6428B" w:rsidRPr="005D042D" w14:paraId="53A9E58B" w14:textId="77777777" w:rsidTr="005D59E2">
+      <w:tr w:rsidR="00A6428B" w:rsidRPr="001E1B8B" w14:paraId="53A9E58B" w14:textId="77777777" w:rsidTr="00955FDF">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56FF3C9B" w14:textId="2F653AE8" w:rsidR="00FA0F23" w:rsidRPr="005D042D" w:rsidRDefault="00FA0F23" w:rsidP="0017087D">
+          <w:p w14:paraId="56FF3C9B" w14:textId="2F653AE8" w:rsidR="00FA0F23" w:rsidRPr="001E1B8B" w:rsidRDefault="00FA0F23" w:rsidP="00F504E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D042D">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
               <w:t>Homeless, Transitional Housing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18C4DEF4" w14:textId="77777777" w:rsidR="00FA0F23" w:rsidRPr="005D042D" w:rsidRDefault="00FA0F23">
+          <w:p w14:paraId="18C4DEF4" w14:textId="77777777" w:rsidR="00FA0F23" w:rsidRPr="001E1B8B" w:rsidRDefault="00FA0F23" w:rsidP="00F504E6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
+              <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D042D">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
               <w:t>Z59.01 Sheltered Homelessness</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6428B" w:rsidRPr="005D042D" w14:paraId="4CF121D1" w14:textId="77777777" w:rsidTr="005D59E2">
+      <w:tr w:rsidR="00A6428B" w:rsidRPr="001E1B8B" w14:paraId="4CF121D1" w14:textId="77777777" w:rsidTr="00955FDF">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="1178"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37D7FA76" w14:textId="5EB89044" w:rsidR="00FA0F23" w:rsidRPr="005D042D" w:rsidRDefault="00FA0F23" w:rsidP="0017087D">
+          <w:p w14:paraId="37D7FA76" w14:textId="5EB89044" w:rsidR="00FA0F23" w:rsidRPr="001E1B8B" w:rsidRDefault="00FA0F23" w:rsidP="00F504E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D042D">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Homeless, </w:t>
             </w:r>
-            <w:r w:rsidR="003D4B75" w:rsidRPr="005D042D">
+            <w:r w:rsidR="003D4B75" w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
-            <w:r w:rsidRPr="005D042D">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
               <w:t>esiding in a hotel or motel paid for by charitable organizations or by federal, State, or local government programs for low-income individuals</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73B04918" w14:textId="77777777" w:rsidR="00FA0F23" w:rsidRPr="005D042D" w:rsidRDefault="00FA0F23">
+          <w:p w14:paraId="73B04918" w14:textId="77777777" w:rsidR="00FA0F23" w:rsidRPr="001E1B8B" w:rsidRDefault="00FA0F23" w:rsidP="00F504E6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
+              <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D042D">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
               <w:t>Z59.01 Sheltered Homelessness</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1A05D274" w14:textId="77777777" w:rsidR="00EB358C" w:rsidRPr="005D042D" w:rsidRDefault="00EB358C" w:rsidP="008A71E6"/>
-    <w:p w14:paraId="59AB31C1" w14:textId="2D6C1AC5" w:rsidR="00FA0F23" w:rsidRPr="005D042D" w:rsidRDefault="00FA0F23" w:rsidP="00D8234B">
+    <w:p w14:paraId="1A05D274" w14:textId="77777777" w:rsidR="00EB358C" w:rsidRPr="001E1B8B" w:rsidRDefault="00EB358C" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59AB31C1" w14:textId="2D6C1AC5" w:rsidR="00FA0F23" w:rsidRPr="001E1B8B" w:rsidRDefault="00FA0F23" w:rsidP="00955FDF">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>For Housing Navigation: Housing Situation</w:t>
       </w:r>
-      <w:r w:rsidR="007D3677" w:rsidRPr="005D042D">
+      <w:r w:rsidR="007D3677" w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve"> – Unstable </w:t>
       </w:r>
-      <w:r w:rsidR="009630E9" w:rsidRPr="005D042D">
+      <w:r w:rsidR="009630E9" w:rsidRPr="001E1B8B">
         <w:t>Housing</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9895" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4947"/>
         <w:gridCol w:w="4948"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A6428B" w:rsidRPr="005D042D" w14:paraId="23AFBFC3" w14:textId="77777777" w:rsidTr="005D59E2">
+      <w:tr w:rsidR="00A6428B" w:rsidRPr="001E1B8B" w14:paraId="23AFBFC3" w14:textId="77777777" w:rsidTr="00BD5153">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4947" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17A0A95C" w14:textId="77777777" w:rsidR="00FA0F23" w:rsidRPr="005D042D" w:rsidRDefault="00FA0F23" w:rsidP="0017087D">
+          <w:p w14:paraId="17A0A95C" w14:textId="77777777" w:rsidR="00FA0F23" w:rsidRPr="001E1B8B" w:rsidRDefault="00FA0F23" w:rsidP="00F504E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D042D">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>ENROLLEE HOUSING SITUATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="098DE5A6" w14:textId="77777777" w:rsidR="00FA0F23" w:rsidRPr="005D042D" w:rsidRDefault="00FA0F23" w:rsidP="0017087D">
+          <w:p w14:paraId="098DE5A6" w14:textId="77777777" w:rsidR="00FA0F23" w:rsidRPr="001E1B8B" w:rsidRDefault="00FA0F23" w:rsidP="00F504E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D042D">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>APPLICABLE Z CODES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6428B" w:rsidRPr="005D042D" w14:paraId="7BE81054" w14:textId="77777777" w:rsidTr="005D59E2">
+      <w:tr w:rsidR="00A6428B" w:rsidRPr="001E1B8B" w14:paraId="7BE81054" w14:textId="77777777" w:rsidTr="00BD5153">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="1169"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4947" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="285C66FF" w14:textId="31C108A9" w:rsidR="00FA0F23" w:rsidRPr="005D042D" w:rsidRDefault="00FA0F23" w:rsidP="0017087D">
+          <w:p w14:paraId="285C66FF" w14:textId="31C108A9" w:rsidR="00FA0F23" w:rsidRPr="001E1B8B" w:rsidRDefault="00FA0F23" w:rsidP="00F504E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D042D">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
               <w:t>Housed, has at least one written Lease Violation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BE7FF3A" w14:textId="77777777" w:rsidR="00FA0F23" w:rsidRPr="005D042D" w:rsidRDefault="00FA0F23">
+          <w:p w14:paraId="7BE7FF3A" w14:textId="77777777" w:rsidR="00FA0F23" w:rsidRPr="001E1B8B" w:rsidRDefault="00FA0F23" w:rsidP="00F504E6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
+              <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D042D">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
               <w:t>Z59.811 Housing instability, housed, with risk of homelessness</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E3755ED" w14:textId="3453E1E2" w:rsidR="00FA0F23" w:rsidRPr="005D042D" w:rsidRDefault="00FA0F23">
+          <w:p w14:paraId="0E3755ED" w14:textId="3453E1E2" w:rsidR="00FA0F23" w:rsidRPr="001E1B8B" w:rsidRDefault="00FA0F23" w:rsidP="00F504E6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
+              <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D042D">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Z59.2: Discord with neighbors, </w:t>
             </w:r>
-            <w:r w:rsidR="001B2FF8" w:rsidRPr="005D042D">
+            <w:r w:rsidR="001B2FF8" w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">lodgers </w:t>
             </w:r>
-            <w:r w:rsidRPr="005D042D">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
               <w:t>and landlord</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="54448F9C" w14:textId="77777777" w:rsidR="00EB358C" w:rsidRPr="005D042D" w:rsidRDefault="00EB358C" w:rsidP="008A71E6"/>
-    <w:p w14:paraId="10C75F4E" w14:textId="0647001B" w:rsidR="00FA0F23" w:rsidRPr="005D042D" w:rsidRDefault="00FA0F23" w:rsidP="00D8234B">
+    <w:p w14:paraId="54448F9C" w14:textId="77777777" w:rsidR="00EB358C" w:rsidRPr="001E1B8B" w:rsidRDefault="00EB358C" w:rsidP="00BD5153">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10C75F4E" w14:textId="0647001B" w:rsidR="00FA0F23" w:rsidRPr="001E1B8B" w:rsidRDefault="00FA0F23" w:rsidP="00955FDF">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="005D042D">
+        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1B8B">
         <w:t>For Healthy Homes: Housing Situation</w:t>
       </w:r>
-      <w:r w:rsidR="007D3677" w:rsidRPr="005D042D">
+      <w:r w:rsidR="007D3677" w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidR="009630E9" w:rsidRPr="005D042D">
+      <w:r w:rsidR="009630E9" w:rsidRPr="001E1B8B">
         <w:t>Residing</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D042D">
+      <w:r w:rsidRPr="001E1B8B">
         <w:t xml:space="preserve"> in Unhealthy Housing </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9895" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4947"/>
         <w:gridCol w:w="4948"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A6428B" w:rsidRPr="005D042D" w14:paraId="7576F91E" w14:textId="77777777" w:rsidTr="005D59E2">
+      <w:tr w:rsidR="00A6428B" w:rsidRPr="001E1B8B" w14:paraId="7576F91E" w14:textId="77777777" w:rsidTr="00955FDF">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4947" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B9FDF52" w14:textId="77777777" w:rsidR="00FA0F23" w:rsidRPr="005D042D" w:rsidRDefault="00FA0F23" w:rsidP="0017087D">
+          <w:p w14:paraId="4B9FDF52" w14:textId="77777777" w:rsidR="00FA0F23" w:rsidRPr="001E1B8B" w:rsidRDefault="00FA0F23" w:rsidP="00F504E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D042D">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>ENROLLEE HOUSING SITUATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F47182B" w14:textId="77777777" w:rsidR="00FA0F23" w:rsidRPr="005D042D" w:rsidRDefault="00FA0F23" w:rsidP="0017087D">
+          <w:p w14:paraId="4F47182B" w14:textId="77777777" w:rsidR="00FA0F23" w:rsidRPr="001E1B8B" w:rsidRDefault="00FA0F23" w:rsidP="00F504E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D042D">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>APPLICABLE Z CODES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6428B" w:rsidRPr="00274FE4" w14:paraId="55ACF9A8" w14:textId="77777777" w:rsidTr="005D59E2">
+      <w:tr w:rsidR="00A6428B" w:rsidRPr="001E1B8B" w14:paraId="55ACF9A8" w14:textId="77777777" w:rsidTr="005D59E2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4947" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="703FE962" w14:textId="58E6686C" w:rsidR="00FA0F23" w:rsidRPr="005D042D" w:rsidRDefault="00FA0F23" w:rsidP="0017087D">
+          <w:p w14:paraId="703FE962" w14:textId="58E6686C" w:rsidR="00FA0F23" w:rsidRPr="001E1B8B" w:rsidRDefault="00FA0F23" w:rsidP="00F504E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D042D">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
               <w:t>Housed, living in Unhealthy Housing or housing that is physically unsafe due to an Enrollee’s disability or medical condition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EE94D9C" w14:textId="77777777" w:rsidR="00FA0F23" w:rsidRPr="005D042D" w:rsidRDefault="00FA0F23">
+          <w:p w14:paraId="5EE94D9C" w14:textId="77777777" w:rsidR="00FA0F23" w:rsidRPr="001E1B8B" w:rsidRDefault="00FA0F23" w:rsidP="00F504E6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
+              <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D042D">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
               <w:t>Z59.10: Inadequate housing, unspecified</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37534100" w14:textId="77777777" w:rsidR="00FA0F23" w:rsidRPr="005D042D" w:rsidRDefault="00FA0F23">
+          <w:p w14:paraId="37534100" w14:textId="77777777" w:rsidR="00FA0F23" w:rsidRPr="001E1B8B" w:rsidRDefault="00FA0F23" w:rsidP="00F504E6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
+              <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D042D">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
               <w:t>Z59.11: Inadequate housing environmental temperature</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0FF162FC" w14:textId="77777777" w:rsidR="00FA0F23" w:rsidRPr="005D042D" w:rsidRDefault="00FA0F23">
+          <w:p w14:paraId="0FF162FC" w14:textId="77777777" w:rsidR="00FA0F23" w:rsidRPr="001E1B8B" w:rsidRDefault="00FA0F23" w:rsidP="00F504E6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
+              <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D042D">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
               <w:t>Z59.12: Inadequate housing utilities</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A6F2A0D" w14:textId="24B5A4CE" w:rsidR="00FA0F23" w:rsidRPr="005D042D" w:rsidRDefault="00FA0F23">
+          <w:p w14:paraId="3A6F2A0D" w14:textId="24B5A4CE" w:rsidR="00FA0F23" w:rsidRPr="001E1B8B" w:rsidRDefault="00FA0F23" w:rsidP="00F504E6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
+              <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D042D">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
               <w:t>Z</w:t>
             </w:r>
-            <w:r w:rsidR="001B2FF8" w:rsidRPr="005D042D">
+            <w:r w:rsidR="001B2FF8" w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="005D042D">
+            <w:r w:rsidRPr="001E1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
               <w:t>9.19: Other inadequate housing</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3872BBC5" w14:textId="77777777" w:rsidR="00FA0F23" w:rsidRPr="00631AA0" w:rsidRDefault="00FA0F23" w:rsidP="00631AA0">
-      <w:pPr>
+    <w:p w14:paraId="3872BBC5" w14:textId="77777777" w:rsidR="00FA0F23" w:rsidRPr="001E1B8B" w:rsidRDefault="00FA0F23" w:rsidP="00F504E6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00FA0F23" w:rsidRPr="00631AA0" w:rsidSect="008A71E6">
+    <w:sectPr w:rsidR="00FA0F23" w:rsidRPr="001E1B8B" w:rsidSect="008A71E6">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="193B647A" w14:textId="77777777" w:rsidR="00BB344B" w:rsidRDefault="00BB344B" w:rsidP="00AB7700">
+    <w:p w14:paraId="4701F6D3" w14:textId="77777777" w:rsidR="001A4D3B" w:rsidRDefault="001A4D3B" w:rsidP="00AB7700">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="57824479" w14:textId="77777777" w:rsidR="00BB344B" w:rsidRDefault="00BB344B" w:rsidP="00AB7700">
+    <w:p w14:paraId="504B1C70" w14:textId="77777777" w:rsidR="001A4D3B" w:rsidRDefault="001A4D3B" w:rsidP="00AB7700">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2D520976" w14:textId="77777777" w:rsidR="00BB344B" w:rsidRDefault="00BB344B">
+    <w:p w14:paraId="3E453AD4" w14:textId="77777777" w:rsidR="001A4D3B" w:rsidRDefault="001A4D3B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -11889,70 +13020,70 @@
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="41F20049" w14:textId="77777777" w:rsidR="0021261E" w:rsidRPr="002F164A" w:rsidRDefault="0021261E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="7C01D119" w14:textId="77777777" w:rsidR="0021261E" w:rsidRDefault="0021261E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1474641213"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="738C3814" w14:textId="741D45AB" w:rsidR="005F6FD6" w:rsidRDefault="005F6FD6">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
@@ -11961,83 +13092,83 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="607243DF" w14:textId="77777777" w:rsidR="0021261E" w:rsidRDefault="0021261E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6194B254" w14:textId="77777777" w:rsidR="00BB344B" w:rsidRDefault="00BB344B" w:rsidP="00AB7700">
+    <w:p w14:paraId="27B165DF" w14:textId="77777777" w:rsidR="001A4D3B" w:rsidRDefault="001A4D3B" w:rsidP="00AB7700">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6E6997FC" w14:textId="77777777" w:rsidR="00BB344B" w:rsidRDefault="00BB344B" w:rsidP="00AB7700">
+    <w:p w14:paraId="5401F3FB" w14:textId="77777777" w:rsidR="001A4D3B" w:rsidRDefault="001A4D3B" w:rsidP="00AB7700">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="52738E91" w14:textId="77777777" w:rsidR="00BB344B" w:rsidRDefault="00BB344B">
+    <w:p w14:paraId="2F09C630" w14:textId="77777777" w:rsidR="001A4D3B" w:rsidRDefault="001A4D3B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="002255ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="56184CF8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="763" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1483" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -13273,61 +14404,62 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A37178C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="41945538"/>
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:tmpl w:val="1B96A586"/>
+    <w:lvl w:ilvl="0" w:tplc="A5BE1E78">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -17488,61 +18620,62 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A1A4870"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7A105774"/>
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:tmpl w:val="5F0E35B4"/>
+    <w:lvl w:ilvl="0" w:tplc="86F4AE98">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -18619,61 +19752,62 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="62" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44E967F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CD04BF00"/>
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:tmpl w:val="8116BF4A"/>
+    <w:lvl w:ilvl="0" w:tplc="2DE2C19C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -24185,52 +25319,54 @@
     <w:abstractNumId w:val="99"/>
   </w:num>
   <w:num w:numId="107" w16cid:durableId="680280115">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="108" w16cid:durableId="836070884">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="109" w16cid:durableId="565723510">
     <w:abstractNumId w:val="86"/>
   </w:num>
   <w:num w:numId="110" w16cid:durableId="281956293">
     <w:abstractNumId w:val="94"/>
   </w:num>
   <w:num w:numId="111" w16cid:durableId="911499643">
     <w:abstractNumId w:val="55"/>
   </w:num>
   <w:num w:numId="112" w16cid:durableId="644705113">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="110"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="web"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001F1F68"/>
@@ -24250,50 +25386,51 @@
     <w:rsid w:val="0000366D"/>
     <w:rsid w:val="000042EF"/>
     <w:rsid w:val="00004418"/>
     <w:rsid w:val="000047B7"/>
     <w:rsid w:val="00004BC4"/>
     <w:rsid w:val="00004CAE"/>
     <w:rsid w:val="00004CFF"/>
     <w:rsid w:val="00004FD2"/>
     <w:rsid w:val="0000536B"/>
     <w:rsid w:val="0000550F"/>
     <w:rsid w:val="000056A8"/>
     <w:rsid w:val="00005777"/>
     <w:rsid w:val="00005A1F"/>
     <w:rsid w:val="00005FCA"/>
     <w:rsid w:val="00006135"/>
     <w:rsid w:val="0000631B"/>
     <w:rsid w:val="00006639"/>
     <w:rsid w:val="000068D0"/>
     <w:rsid w:val="00006A6B"/>
     <w:rsid w:val="00006B19"/>
     <w:rsid w:val="00006EB8"/>
     <w:rsid w:val="000072A6"/>
     <w:rsid w:val="000077B8"/>
     <w:rsid w:val="00007BA0"/>
     <w:rsid w:val="00007DD9"/>
+    <w:rsid w:val="00007F9B"/>
     <w:rsid w:val="00007FB2"/>
     <w:rsid w:val="00010008"/>
     <w:rsid w:val="00010555"/>
     <w:rsid w:val="00010609"/>
     <w:rsid w:val="000106EF"/>
     <w:rsid w:val="000106F5"/>
     <w:rsid w:val="00010C77"/>
     <w:rsid w:val="00010DDF"/>
     <w:rsid w:val="00011057"/>
     <w:rsid w:val="00012A6F"/>
     <w:rsid w:val="00012A90"/>
     <w:rsid w:val="00012A9F"/>
     <w:rsid w:val="00012AD4"/>
     <w:rsid w:val="00013438"/>
     <w:rsid w:val="00013712"/>
     <w:rsid w:val="00013A36"/>
     <w:rsid w:val="00013A6C"/>
     <w:rsid w:val="00013BFC"/>
     <w:rsid w:val="00013F4C"/>
     <w:rsid w:val="00014126"/>
     <w:rsid w:val="0001416D"/>
     <w:rsid w:val="000147D6"/>
     <w:rsid w:val="00014BF8"/>
     <w:rsid w:val="00014DBF"/>
     <w:rsid w:val="00014F67"/>
@@ -24344,173 +25481,179 @@
     <w:rsid w:val="0003011C"/>
     <w:rsid w:val="0003067D"/>
     <w:rsid w:val="00030E2F"/>
     <w:rsid w:val="00032531"/>
     <w:rsid w:val="00033670"/>
     <w:rsid w:val="000347D5"/>
     <w:rsid w:val="00034930"/>
     <w:rsid w:val="000353EC"/>
     <w:rsid w:val="00035454"/>
     <w:rsid w:val="00035543"/>
     <w:rsid w:val="000356C5"/>
     <w:rsid w:val="00035982"/>
     <w:rsid w:val="00035E31"/>
     <w:rsid w:val="0003649D"/>
     <w:rsid w:val="000364B6"/>
     <w:rsid w:val="000365DE"/>
     <w:rsid w:val="00036620"/>
     <w:rsid w:val="00036CA7"/>
     <w:rsid w:val="00037070"/>
     <w:rsid w:val="00037B55"/>
     <w:rsid w:val="00037B59"/>
     <w:rsid w:val="00037C2C"/>
     <w:rsid w:val="00040947"/>
     <w:rsid w:val="00040F99"/>
     <w:rsid w:val="00041412"/>
+    <w:rsid w:val="00041ABD"/>
     <w:rsid w:val="00041AF1"/>
     <w:rsid w:val="00041E3D"/>
     <w:rsid w:val="00042184"/>
+    <w:rsid w:val="00042BC6"/>
     <w:rsid w:val="00042D37"/>
     <w:rsid w:val="000435F3"/>
     <w:rsid w:val="00043782"/>
     <w:rsid w:val="00043D7A"/>
     <w:rsid w:val="00043DB0"/>
     <w:rsid w:val="00044186"/>
     <w:rsid w:val="00044525"/>
     <w:rsid w:val="0004495B"/>
     <w:rsid w:val="00044EA6"/>
     <w:rsid w:val="0004560E"/>
     <w:rsid w:val="00045626"/>
     <w:rsid w:val="0004587E"/>
     <w:rsid w:val="00046A93"/>
     <w:rsid w:val="00046B98"/>
     <w:rsid w:val="00046F44"/>
     <w:rsid w:val="000472C0"/>
     <w:rsid w:val="00047530"/>
     <w:rsid w:val="00047B65"/>
     <w:rsid w:val="00050099"/>
     <w:rsid w:val="000508E8"/>
     <w:rsid w:val="0005101E"/>
     <w:rsid w:val="00051C71"/>
     <w:rsid w:val="00051CBA"/>
     <w:rsid w:val="00051EA0"/>
     <w:rsid w:val="00052052"/>
     <w:rsid w:val="00052408"/>
+    <w:rsid w:val="00052838"/>
     <w:rsid w:val="000532F9"/>
     <w:rsid w:val="0005410B"/>
     <w:rsid w:val="000547A4"/>
     <w:rsid w:val="000548F5"/>
     <w:rsid w:val="00055720"/>
     <w:rsid w:val="000559C5"/>
     <w:rsid w:val="0005637E"/>
     <w:rsid w:val="00056733"/>
     <w:rsid w:val="000571A3"/>
     <w:rsid w:val="000572B3"/>
     <w:rsid w:val="0006030F"/>
     <w:rsid w:val="00060745"/>
     <w:rsid w:val="000607F0"/>
     <w:rsid w:val="000611DE"/>
     <w:rsid w:val="00061511"/>
     <w:rsid w:val="00061565"/>
     <w:rsid w:val="00061CEE"/>
     <w:rsid w:val="000623FE"/>
     <w:rsid w:val="000625AE"/>
     <w:rsid w:val="00062966"/>
     <w:rsid w:val="00062D1A"/>
     <w:rsid w:val="00063178"/>
     <w:rsid w:val="00063482"/>
     <w:rsid w:val="00063487"/>
     <w:rsid w:val="00063731"/>
     <w:rsid w:val="00063885"/>
     <w:rsid w:val="0006411F"/>
     <w:rsid w:val="00065B71"/>
     <w:rsid w:val="00065D7E"/>
     <w:rsid w:val="00065DDB"/>
     <w:rsid w:val="000663A6"/>
     <w:rsid w:val="0006700F"/>
     <w:rsid w:val="00067328"/>
     <w:rsid w:val="00067682"/>
     <w:rsid w:val="00067A96"/>
     <w:rsid w:val="00067D42"/>
     <w:rsid w:val="00067E1B"/>
+    <w:rsid w:val="00067EA0"/>
     <w:rsid w:val="00070B27"/>
     <w:rsid w:val="0007121B"/>
     <w:rsid w:val="00071491"/>
     <w:rsid w:val="00071D26"/>
     <w:rsid w:val="00071FC2"/>
     <w:rsid w:val="00072945"/>
     <w:rsid w:val="00072A16"/>
     <w:rsid w:val="00072B7F"/>
     <w:rsid w:val="00072E42"/>
     <w:rsid w:val="000730D0"/>
     <w:rsid w:val="0007314E"/>
     <w:rsid w:val="0007347B"/>
     <w:rsid w:val="00073902"/>
     <w:rsid w:val="00073A8B"/>
     <w:rsid w:val="00073C42"/>
     <w:rsid w:val="00074184"/>
     <w:rsid w:val="0007432D"/>
     <w:rsid w:val="000748E5"/>
+    <w:rsid w:val="00075896"/>
     <w:rsid w:val="00075B2F"/>
     <w:rsid w:val="00075BF7"/>
     <w:rsid w:val="00076BE1"/>
     <w:rsid w:val="00076DAD"/>
     <w:rsid w:val="0007741C"/>
     <w:rsid w:val="000779E2"/>
     <w:rsid w:val="000810E3"/>
     <w:rsid w:val="000813A4"/>
     <w:rsid w:val="00081791"/>
     <w:rsid w:val="0008183E"/>
     <w:rsid w:val="00081912"/>
     <w:rsid w:val="00081C73"/>
     <w:rsid w:val="000832B0"/>
     <w:rsid w:val="000837A6"/>
     <w:rsid w:val="0008386E"/>
     <w:rsid w:val="00083AE5"/>
     <w:rsid w:val="00083CD3"/>
     <w:rsid w:val="000843CE"/>
     <w:rsid w:val="000846A6"/>
     <w:rsid w:val="00085304"/>
     <w:rsid w:val="000853A4"/>
     <w:rsid w:val="000856EE"/>
     <w:rsid w:val="00085DFC"/>
     <w:rsid w:val="00086562"/>
     <w:rsid w:val="000870BA"/>
     <w:rsid w:val="000875BF"/>
     <w:rsid w:val="00087A35"/>
     <w:rsid w:val="00087B07"/>
     <w:rsid w:val="0009033A"/>
     <w:rsid w:val="000903F8"/>
     <w:rsid w:val="0009094A"/>
     <w:rsid w:val="00090E27"/>
     <w:rsid w:val="000911CA"/>
     <w:rsid w:val="00091269"/>
     <w:rsid w:val="00091398"/>
     <w:rsid w:val="0009172E"/>
     <w:rsid w:val="0009179A"/>
     <w:rsid w:val="000923A9"/>
     <w:rsid w:val="00092779"/>
+    <w:rsid w:val="000932E1"/>
     <w:rsid w:val="00093966"/>
     <w:rsid w:val="00093B31"/>
     <w:rsid w:val="00094C0C"/>
     <w:rsid w:val="00095BCC"/>
     <w:rsid w:val="00095C1F"/>
     <w:rsid w:val="00096725"/>
     <w:rsid w:val="00096F0F"/>
     <w:rsid w:val="000972C2"/>
     <w:rsid w:val="000A01F6"/>
     <w:rsid w:val="000A0241"/>
     <w:rsid w:val="000A0620"/>
     <w:rsid w:val="000A08C7"/>
     <w:rsid w:val="000A08FE"/>
     <w:rsid w:val="000A0D61"/>
     <w:rsid w:val="000A0DB6"/>
     <w:rsid w:val="000A225E"/>
     <w:rsid w:val="000A22CA"/>
     <w:rsid w:val="000A29EB"/>
     <w:rsid w:val="000A2C77"/>
     <w:rsid w:val="000A3197"/>
     <w:rsid w:val="000A3259"/>
     <w:rsid w:val="000A334E"/>
     <w:rsid w:val="000A3D45"/>
     <w:rsid w:val="000A3F06"/>
     <w:rsid w:val="000A42CB"/>
@@ -24600,50 +25743,51 @@
     <w:rsid w:val="000D671C"/>
     <w:rsid w:val="000D6896"/>
     <w:rsid w:val="000D6CBE"/>
     <w:rsid w:val="000D6DFF"/>
     <w:rsid w:val="000D7350"/>
     <w:rsid w:val="000D77F9"/>
     <w:rsid w:val="000D7D42"/>
     <w:rsid w:val="000E0830"/>
     <w:rsid w:val="000E1182"/>
     <w:rsid w:val="000E11D8"/>
     <w:rsid w:val="000E1EF0"/>
     <w:rsid w:val="000E2630"/>
     <w:rsid w:val="000E275A"/>
     <w:rsid w:val="000E2C42"/>
     <w:rsid w:val="000E2D9E"/>
     <w:rsid w:val="000E30AA"/>
     <w:rsid w:val="000E32B7"/>
     <w:rsid w:val="000E3E73"/>
     <w:rsid w:val="000E3FAE"/>
     <w:rsid w:val="000E400C"/>
     <w:rsid w:val="000E4046"/>
     <w:rsid w:val="000E46C5"/>
     <w:rsid w:val="000E4B52"/>
     <w:rsid w:val="000E4C8E"/>
     <w:rsid w:val="000E68AE"/>
+    <w:rsid w:val="000E690E"/>
     <w:rsid w:val="000E70D5"/>
     <w:rsid w:val="000E7E32"/>
     <w:rsid w:val="000F0622"/>
     <w:rsid w:val="000F0D9B"/>
     <w:rsid w:val="000F100A"/>
     <w:rsid w:val="000F1211"/>
     <w:rsid w:val="000F122B"/>
     <w:rsid w:val="000F188C"/>
     <w:rsid w:val="000F2399"/>
     <w:rsid w:val="000F250D"/>
     <w:rsid w:val="000F2514"/>
     <w:rsid w:val="000F2567"/>
     <w:rsid w:val="000F3004"/>
     <w:rsid w:val="000F3359"/>
     <w:rsid w:val="000F3363"/>
     <w:rsid w:val="000F391B"/>
     <w:rsid w:val="000F4246"/>
     <w:rsid w:val="000F4761"/>
     <w:rsid w:val="000F4940"/>
     <w:rsid w:val="000F4D73"/>
     <w:rsid w:val="000F5AE6"/>
     <w:rsid w:val="000F5BE1"/>
     <w:rsid w:val="000F5DAD"/>
     <w:rsid w:val="000F674C"/>
     <w:rsid w:val="000F6CFE"/>
@@ -24664,50 +25808,51 @@
     <w:rsid w:val="0010547E"/>
     <w:rsid w:val="00105514"/>
     <w:rsid w:val="00105F5F"/>
     <w:rsid w:val="00106C45"/>
     <w:rsid w:val="00106E15"/>
     <w:rsid w:val="00107CD7"/>
     <w:rsid w:val="001104B5"/>
     <w:rsid w:val="001109E3"/>
     <w:rsid w:val="00110D32"/>
     <w:rsid w:val="00111417"/>
     <w:rsid w:val="001118BA"/>
     <w:rsid w:val="00111A87"/>
     <w:rsid w:val="00111B5C"/>
     <w:rsid w:val="00111B9A"/>
     <w:rsid w:val="00111DE0"/>
     <w:rsid w:val="00112FC4"/>
     <w:rsid w:val="00113062"/>
     <w:rsid w:val="001133A6"/>
     <w:rsid w:val="00113769"/>
     <w:rsid w:val="001139D9"/>
     <w:rsid w:val="00114106"/>
     <w:rsid w:val="001146EA"/>
     <w:rsid w:val="00114A63"/>
     <w:rsid w:val="00114D6B"/>
     <w:rsid w:val="001153FD"/>
+    <w:rsid w:val="001156A2"/>
     <w:rsid w:val="0011591B"/>
     <w:rsid w:val="00116A3A"/>
     <w:rsid w:val="0011713C"/>
     <w:rsid w:val="001172C8"/>
     <w:rsid w:val="00117615"/>
     <w:rsid w:val="00120143"/>
     <w:rsid w:val="001214D2"/>
     <w:rsid w:val="001215F5"/>
     <w:rsid w:val="001217E6"/>
     <w:rsid w:val="00121DB0"/>
     <w:rsid w:val="0012209C"/>
     <w:rsid w:val="001220FC"/>
     <w:rsid w:val="00122AAB"/>
     <w:rsid w:val="00122EED"/>
     <w:rsid w:val="0012309E"/>
     <w:rsid w:val="00123716"/>
     <w:rsid w:val="00123E67"/>
     <w:rsid w:val="00124363"/>
     <w:rsid w:val="00124C06"/>
     <w:rsid w:val="00124C6A"/>
     <w:rsid w:val="00124E32"/>
     <w:rsid w:val="0012574E"/>
     <w:rsid w:val="00126160"/>
     <w:rsid w:val="00126CCD"/>
     <w:rsid w:val="00126E7A"/>
@@ -24755,74 +25900,76 @@
     <w:rsid w:val="0014186A"/>
     <w:rsid w:val="00141EA9"/>
     <w:rsid w:val="001422EA"/>
     <w:rsid w:val="00142957"/>
     <w:rsid w:val="00142DAD"/>
     <w:rsid w:val="00143008"/>
     <w:rsid w:val="00143213"/>
     <w:rsid w:val="001435B7"/>
     <w:rsid w:val="00143C3E"/>
     <w:rsid w:val="0014437B"/>
     <w:rsid w:val="00144ED0"/>
     <w:rsid w:val="00144F06"/>
     <w:rsid w:val="00144F12"/>
     <w:rsid w:val="00145AE6"/>
     <w:rsid w:val="00146D01"/>
     <w:rsid w:val="00146DB2"/>
     <w:rsid w:val="00147D5B"/>
     <w:rsid w:val="00150939"/>
     <w:rsid w:val="00150A91"/>
     <w:rsid w:val="00150C87"/>
     <w:rsid w:val="00150DDA"/>
     <w:rsid w:val="00150E26"/>
     <w:rsid w:val="00151023"/>
     <w:rsid w:val="001516BD"/>
     <w:rsid w:val="001520C7"/>
+    <w:rsid w:val="001524E0"/>
     <w:rsid w:val="00152CCD"/>
     <w:rsid w:val="001530AA"/>
     <w:rsid w:val="0015379F"/>
     <w:rsid w:val="00153D88"/>
     <w:rsid w:val="00154034"/>
     <w:rsid w:val="0015416F"/>
     <w:rsid w:val="001546E4"/>
     <w:rsid w:val="00154B17"/>
     <w:rsid w:val="00155163"/>
     <w:rsid w:val="00155B32"/>
     <w:rsid w:val="0015641E"/>
     <w:rsid w:val="001565EE"/>
     <w:rsid w:val="00156CED"/>
     <w:rsid w:val="00156D5A"/>
     <w:rsid w:val="00157A13"/>
     <w:rsid w:val="00160D29"/>
     <w:rsid w:val="00160E7F"/>
     <w:rsid w:val="00160F5F"/>
     <w:rsid w:val="001610A2"/>
     <w:rsid w:val="00161317"/>
     <w:rsid w:val="001615CD"/>
     <w:rsid w:val="00161966"/>
     <w:rsid w:val="001623FF"/>
     <w:rsid w:val="00162A84"/>
+    <w:rsid w:val="00162F0B"/>
     <w:rsid w:val="00163059"/>
     <w:rsid w:val="0016381A"/>
     <w:rsid w:val="00163D04"/>
     <w:rsid w:val="0016456F"/>
     <w:rsid w:val="001645C4"/>
     <w:rsid w:val="001646EB"/>
     <w:rsid w:val="001653B9"/>
     <w:rsid w:val="001657E9"/>
     <w:rsid w:val="001658A4"/>
     <w:rsid w:val="00165A98"/>
     <w:rsid w:val="00165E25"/>
     <w:rsid w:val="001677F0"/>
     <w:rsid w:val="00167811"/>
     <w:rsid w:val="00167842"/>
     <w:rsid w:val="0017087D"/>
     <w:rsid w:val="00171A05"/>
     <w:rsid w:val="00171EC0"/>
     <w:rsid w:val="00172209"/>
     <w:rsid w:val="0017225D"/>
     <w:rsid w:val="001723BE"/>
     <w:rsid w:val="00172D6B"/>
     <w:rsid w:val="00173140"/>
     <w:rsid w:val="00173BEB"/>
     <w:rsid w:val="00173F6C"/>
     <w:rsid w:val="00174342"/>
@@ -24848,92 +25995,94 @@
     <w:rsid w:val="001822EE"/>
     <w:rsid w:val="0018251E"/>
     <w:rsid w:val="00182876"/>
     <w:rsid w:val="00182F57"/>
     <w:rsid w:val="0018336A"/>
     <w:rsid w:val="00183C50"/>
     <w:rsid w:val="0018430F"/>
     <w:rsid w:val="0018482C"/>
     <w:rsid w:val="00184D00"/>
     <w:rsid w:val="00185682"/>
     <w:rsid w:val="0018568C"/>
     <w:rsid w:val="0018572B"/>
     <w:rsid w:val="00185783"/>
     <w:rsid w:val="001863F9"/>
     <w:rsid w:val="001865E1"/>
     <w:rsid w:val="00186BBD"/>
     <w:rsid w:val="0018753D"/>
     <w:rsid w:val="0018761A"/>
     <w:rsid w:val="001878EC"/>
     <w:rsid w:val="0018790C"/>
     <w:rsid w:val="00187A62"/>
     <w:rsid w:val="00187EF3"/>
     <w:rsid w:val="001903CF"/>
     <w:rsid w:val="0019045F"/>
     <w:rsid w:val="0019046A"/>
+    <w:rsid w:val="001907C3"/>
     <w:rsid w:val="001910FE"/>
     <w:rsid w:val="00191396"/>
     <w:rsid w:val="00191A08"/>
     <w:rsid w:val="00192350"/>
     <w:rsid w:val="00192391"/>
     <w:rsid w:val="00192F71"/>
     <w:rsid w:val="00193D11"/>
     <w:rsid w:val="00194086"/>
     <w:rsid w:val="001941C3"/>
     <w:rsid w:val="00194496"/>
     <w:rsid w:val="001947F6"/>
     <w:rsid w:val="00194FA6"/>
     <w:rsid w:val="00195167"/>
     <w:rsid w:val="001955E2"/>
     <w:rsid w:val="001959C1"/>
     <w:rsid w:val="00195B74"/>
     <w:rsid w:val="00195E83"/>
     <w:rsid w:val="0019674F"/>
     <w:rsid w:val="00196963"/>
     <w:rsid w:val="00196A9E"/>
     <w:rsid w:val="001971F2"/>
     <w:rsid w:val="00197B72"/>
     <w:rsid w:val="00197CA0"/>
     <w:rsid w:val="001A0540"/>
     <w:rsid w:val="001A060D"/>
     <w:rsid w:val="001A0A8D"/>
     <w:rsid w:val="001A0AE6"/>
     <w:rsid w:val="001A1BF5"/>
     <w:rsid w:val="001A20DC"/>
     <w:rsid w:val="001A2116"/>
     <w:rsid w:val="001A212C"/>
     <w:rsid w:val="001A294A"/>
     <w:rsid w:val="001A314F"/>
     <w:rsid w:val="001A32E7"/>
     <w:rsid w:val="001A3801"/>
     <w:rsid w:val="001A3942"/>
     <w:rsid w:val="001A3DE2"/>
     <w:rsid w:val="001A40BA"/>
     <w:rsid w:val="001A4108"/>
     <w:rsid w:val="001A45F4"/>
     <w:rsid w:val="001A4612"/>
     <w:rsid w:val="001A4628"/>
+    <w:rsid w:val="001A4D3B"/>
     <w:rsid w:val="001A4D61"/>
     <w:rsid w:val="001A4FC0"/>
     <w:rsid w:val="001A53F9"/>
     <w:rsid w:val="001A5437"/>
     <w:rsid w:val="001A594B"/>
     <w:rsid w:val="001A5C85"/>
     <w:rsid w:val="001A5FC6"/>
     <w:rsid w:val="001A6025"/>
     <w:rsid w:val="001A704C"/>
     <w:rsid w:val="001A75C8"/>
     <w:rsid w:val="001A7D74"/>
     <w:rsid w:val="001A7F2A"/>
     <w:rsid w:val="001B010B"/>
     <w:rsid w:val="001B0172"/>
     <w:rsid w:val="001B0201"/>
     <w:rsid w:val="001B0664"/>
     <w:rsid w:val="001B0B66"/>
     <w:rsid w:val="001B0CEF"/>
     <w:rsid w:val="001B0CF6"/>
     <w:rsid w:val="001B1E8C"/>
     <w:rsid w:val="001B2131"/>
     <w:rsid w:val="001B21F4"/>
     <w:rsid w:val="001B2890"/>
     <w:rsid w:val="001B2BC4"/>
     <w:rsid w:val="001B2C66"/>
@@ -24990,50 +26139,51 @@
     <w:rsid w:val="001D0729"/>
     <w:rsid w:val="001D0749"/>
     <w:rsid w:val="001D0C87"/>
     <w:rsid w:val="001D1B0F"/>
     <w:rsid w:val="001D1C02"/>
     <w:rsid w:val="001D25C4"/>
     <w:rsid w:val="001D327B"/>
     <w:rsid w:val="001D3751"/>
     <w:rsid w:val="001D3EF6"/>
     <w:rsid w:val="001D4EFA"/>
     <w:rsid w:val="001D4FB3"/>
     <w:rsid w:val="001D53BC"/>
     <w:rsid w:val="001D5567"/>
     <w:rsid w:val="001D57EF"/>
     <w:rsid w:val="001D5D42"/>
     <w:rsid w:val="001D6201"/>
     <w:rsid w:val="001D6639"/>
     <w:rsid w:val="001D700B"/>
     <w:rsid w:val="001D729D"/>
     <w:rsid w:val="001D73CB"/>
     <w:rsid w:val="001D7B82"/>
     <w:rsid w:val="001E02B7"/>
     <w:rsid w:val="001E0688"/>
     <w:rsid w:val="001E0866"/>
     <w:rsid w:val="001E1277"/>
+    <w:rsid w:val="001E1B8B"/>
     <w:rsid w:val="001E1CB8"/>
     <w:rsid w:val="001E1EFE"/>
     <w:rsid w:val="001E2849"/>
     <w:rsid w:val="001E3200"/>
     <w:rsid w:val="001E34BC"/>
     <w:rsid w:val="001E39D8"/>
     <w:rsid w:val="001E42CE"/>
     <w:rsid w:val="001E42F2"/>
     <w:rsid w:val="001E42FA"/>
     <w:rsid w:val="001E4636"/>
     <w:rsid w:val="001E4D31"/>
     <w:rsid w:val="001E6B2F"/>
     <w:rsid w:val="001E6BBD"/>
     <w:rsid w:val="001E70F2"/>
     <w:rsid w:val="001E7A4C"/>
     <w:rsid w:val="001E7B7D"/>
     <w:rsid w:val="001F007D"/>
     <w:rsid w:val="001F0696"/>
     <w:rsid w:val="001F0FE9"/>
     <w:rsid w:val="001F169A"/>
     <w:rsid w:val="001F1F68"/>
     <w:rsid w:val="001F2D8A"/>
     <w:rsid w:val="001F2E24"/>
     <w:rsid w:val="001F385A"/>
     <w:rsid w:val="001F3A9F"/>
@@ -25069,57 +26219,59 @@
     <w:rsid w:val="00205188"/>
     <w:rsid w:val="00205C98"/>
     <w:rsid w:val="00207087"/>
     <w:rsid w:val="0020792C"/>
     <w:rsid w:val="00210007"/>
     <w:rsid w:val="0021020A"/>
     <w:rsid w:val="002102E5"/>
     <w:rsid w:val="00210AE5"/>
     <w:rsid w:val="00210D0C"/>
     <w:rsid w:val="00210F9A"/>
     <w:rsid w:val="00211453"/>
     <w:rsid w:val="00211A4E"/>
     <w:rsid w:val="00212172"/>
     <w:rsid w:val="0021225E"/>
     <w:rsid w:val="00212311"/>
     <w:rsid w:val="0021261E"/>
     <w:rsid w:val="00212A1E"/>
     <w:rsid w:val="00213A0E"/>
     <w:rsid w:val="00213FDB"/>
     <w:rsid w:val="0021437D"/>
     <w:rsid w:val="00214748"/>
     <w:rsid w:val="00214C24"/>
     <w:rsid w:val="00214EB4"/>
     <w:rsid w:val="002151BF"/>
     <w:rsid w:val="002154CA"/>
+    <w:rsid w:val="00215F08"/>
     <w:rsid w:val="002161D4"/>
     <w:rsid w:val="00216611"/>
     <w:rsid w:val="00216819"/>
     <w:rsid w:val="00216973"/>
     <w:rsid w:val="00216D3D"/>
     <w:rsid w:val="00216D91"/>
     <w:rsid w:val="00217107"/>
+    <w:rsid w:val="002176C3"/>
     <w:rsid w:val="00217795"/>
     <w:rsid w:val="002179A0"/>
     <w:rsid w:val="002206ED"/>
     <w:rsid w:val="00220BD8"/>
     <w:rsid w:val="00220F95"/>
     <w:rsid w:val="00221A61"/>
     <w:rsid w:val="002228E2"/>
     <w:rsid w:val="00222CD4"/>
     <w:rsid w:val="00222D69"/>
     <w:rsid w:val="00222F7D"/>
     <w:rsid w:val="0022302F"/>
     <w:rsid w:val="00223167"/>
     <w:rsid w:val="00223827"/>
     <w:rsid w:val="00223985"/>
     <w:rsid w:val="00223B51"/>
     <w:rsid w:val="00224722"/>
     <w:rsid w:val="00224741"/>
     <w:rsid w:val="002247E0"/>
     <w:rsid w:val="00224ACC"/>
     <w:rsid w:val="00224EB6"/>
     <w:rsid w:val="00225054"/>
     <w:rsid w:val="00225268"/>
     <w:rsid w:val="00225328"/>
     <w:rsid w:val="002253DF"/>
     <w:rsid w:val="00225468"/>
@@ -25216,85 +26368,88 @@
     <w:rsid w:val="00256D68"/>
     <w:rsid w:val="00256F9F"/>
     <w:rsid w:val="00256FB1"/>
     <w:rsid w:val="002571D7"/>
     <w:rsid w:val="00257400"/>
     <w:rsid w:val="00257AA2"/>
     <w:rsid w:val="00257D81"/>
     <w:rsid w:val="0026041B"/>
     <w:rsid w:val="00260997"/>
     <w:rsid w:val="00261974"/>
     <w:rsid w:val="002619C6"/>
     <w:rsid w:val="00261C60"/>
     <w:rsid w:val="0026251D"/>
     <w:rsid w:val="0026310C"/>
     <w:rsid w:val="00263419"/>
     <w:rsid w:val="0026370F"/>
     <w:rsid w:val="00263B81"/>
     <w:rsid w:val="00263B84"/>
     <w:rsid w:val="0026422C"/>
     <w:rsid w:val="002646F0"/>
     <w:rsid w:val="0026487C"/>
     <w:rsid w:val="002648BD"/>
     <w:rsid w:val="002653BA"/>
     <w:rsid w:val="0026578C"/>
     <w:rsid w:val="00265AC9"/>
+    <w:rsid w:val="00265EC4"/>
+    <w:rsid w:val="00265F2C"/>
     <w:rsid w:val="00265F5F"/>
     <w:rsid w:val="00265FC1"/>
     <w:rsid w:val="0026674D"/>
     <w:rsid w:val="002669AF"/>
     <w:rsid w:val="00266EAB"/>
     <w:rsid w:val="0026787C"/>
     <w:rsid w:val="00267A58"/>
     <w:rsid w:val="00267B4D"/>
     <w:rsid w:val="002706AC"/>
     <w:rsid w:val="002707E1"/>
     <w:rsid w:val="00270A99"/>
     <w:rsid w:val="00271075"/>
     <w:rsid w:val="002711C4"/>
     <w:rsid w:val="002714E5"/>
     <w:rsid w:val="0027168C"/>
     <w:rsid w:val="00271D02"/>
     <w:rsid w:val="0027228B"/>
     <w:rsid w:val="00272472"/>
     <w:rsid w:val="00272A91"/>
     <w:rsid w:val="00273074"/>
     <w:rsid w:val="002731C9"/>
     <w:rsid w:val="0027389F"/>
     <w:rsid w:val="002738B4"/>
     <w:rsid w:val="00273E64"/>
     <w:rsid w:val="00274336"/>
     <w:rsid w:val="00274524"/>
     <w:rsid w:val="00274EA5"/>
     <w:rsid w:val="00274F39"/>
     <w:rsid w:val="00274FE4"/>
     <w:rsid w:val="0027517E"/>
     <w:rsid w:val="002757BE"/>
     <w:rsid w:val="00276E7A"/>
     <w:rsid w:val="0027748C"/>
     <w:rsid w:val="002774A3"/>
     <w:rsid w:val="002774DA"/>
+    <w:rsid w:val="00277766"/>
     <w:rsid w:val="00280C5E"/>
     <w:rsid w:val="002811AD"/>
     <w:rsid w:val="00281C5D"/>
     <w:rsid w:val="002820C8"/>
     <w:rsid w:val="0028257B"/>
     <w:rsid w:val="0028280D"/>
     <w:rsid w:val="00283051"/>
     <w:rsid w:val="00283FDD"/>
     <w:rsid w:val="002845C1"/>
     <w:rsid w:val="002846A3"/>
     <w:rsid w:val="00284A62"/>
     <w:rsid w:val="00284DCF"/>
     <w:rsid w:val="0028513C"/>
     <w:rsid w:val="00285482"/>
     <w:rsid w:val="00285A60"/>
     <w:rsid w:val="002863C4"/>
     <w:rsid w:val="002865E2"/>
     <w:rsid w:val="00287129"/>
     <w:rsid w:val="002871EB"/>
     <w:rsid w:val="00287313"/>
     <w:rsid w:val="00290E9D"/>
     <w:rsid w:val="002912E0"/>
     <w:rsid w:val="002913EC"/>
     <w:rsid w:val="0029186C"/>
     <w:rsid w:val="00291E29"/>
@@ -25306,50 +26461,51 @@
     <w:rsid w:val="0029382D"/>
     <w:rsid w:val="00293A17"/>
     <w:rsid w:val="00293BB2"/>
     <w:rsid w:val="00293D2A"/>
     <w:rsid w:val="00294C86"/>
     <w:rsid w:val="00294E36"/>
     <w:rsid w:val="002957F3"/>
     <w:rsid w:val="00295FBC"/>
     <w:rsid w:val="0029651D"/>
     <w:rsid w:val="00296ECD"/>
     <w:rsid w:val="00296EF3"/>
     <w:rsid w:val="00297155"/>
     <w:rsid w:val="0029751C"/>
     <w:rsid w:val="00297B57"/>
     <w:rsid w:val="00297E99"/>
     <w:rsid w:val="002A0348"/>
     <w:rsid w:val="002A0A1D"/>
     <w:rsid w:val="002A18CB"/>
     <w:rsid w:val="002A27CC"/>
     <w:rsid w:val="002A2DB3"/>
     <w:rsid w:val="002A2F13"/>
     <w:rsid w:val="002A3777"/>
     <w:rsid w:val="002A3F61"/>
     <w:rsid w:val="002A488D"/>
     <w:rsid w:val="002A4C8E"/>
+    <w:rsid w:val="002A5664"/>
     <w:rsid w:val="002A5EED"/>
     <w:rsid w:val="002A6011"/>
     <w:rsid w:val="002A6344"/>
     <w:rsid w:val="002A6A52"/>
     <w:rsid w:val="002A6CD4"/>
     <w:rsid w:val="002A7468"/>
     <w:rsid w:val="002A76EE"/>
     <w:rsid w:val="002A783C"/>
     <w:rsid w:val="002B1409"/>
     <w:rsid w:val="002B1947"/>
     <w:rsid w:val="002B194A"/>
     <w:rsid w:val="002B1D05"/>
     <w:rsid w:val="002B1E5D"/>
     <w:rsid w:val="002B23F6"/>
     <w:rsid w:val="002B25C9"/>
     <w:rsid w:val="002B2AD2"/>
     <w:rsid w:val="002B2B58"/>
     <w:rsid w:val="002B330C"/>
     <w:rsid w:val="002B39F2"/>
     <w:rsid w:val="002B3E9A"/>
     <w:rsid w:val="002B3FE7"/>
     <w:rsid w:val="002B4402"/>
     <w:rsid w:val="002B4A2A"/>
     <w:rsid w:val="002B4B06"/>
     <w:rsid w:val="002B4CD6"/>
@@ -25369,116 +26525,121 @@
     <w:rsid w:val="002C21D3"/>
     <w:rsid w:val="002C2465"/>
     <w:rsid w:val="002C28C7"/>
     <w:rsid w:val="002C2E13"/>
     <w:rsid w:val="002C33E2"/>
     <w:rsid w:val="002C3B5B"/>
     <w:rsid w:val="002C3D53"/>
     <w:rsid w:val="002C3F66"/>
     <w:rsid w:val="002C3F91"/>
     <w:rsid w:val="002C44AE"/>
     <w:rsid w:val="002C45FF"/>
     <w:rsid w:val="002C5695"/>
     <w:rsid w:val="002C579D"/>
     <w:rsid w:val="002C5E09"/>
     <w:rsid w:val="002C68EB"/>
     <w:rsid w:val="002C72A6"/>
     <w:rsid w:val="002C7677"/>
     <w:rsid w:val="002D055B"/>
     <w:rsid w:val="002D0A44"/>
     <w:rsid w:val="002D0ADE"/>
     <w:rsid w:val="002D0DFC"/>
     <w:rsid w:val="002D0F15"/>
     <w:rsid w:val="002D0F32"/>
     <w:rsid w:val="002D0FF1"/>
     <w:rsid w:val="002D10F0"/>
+    <w:rsid w:val="002D140B"/>
     <w:rsid w:val="002D165F"/>
     <w:rsid w:val="002D1860"/>
     <w:rsid w:val="002D18A4"/>
     <w:rsid w:val="002D1C1E"/>
     <w:rsid w:val="002D2091"/>
     <w:rsid w:val="002D22B7"/>
     <w:rsid w:val="002D25A3"/>
     <w:rsid w:val="002D31CB"/>
     <w:rsid w:val="002D33E4"/>
     <w:rsid w:val="002D3E97"/>
     <w:rsid w:val="002D3E98"/>
     <w:rsid w:val="002D3F02"/>
     <w:rsid w:val="002D4325"/>
     <w:rsid w:val="002D520F"/>
     <w:rsid w:val="002D52FB"/>
     <w:rsid w:val="002D55DA"/>
     <w:rsid w:val="002D5653"/>
     <w:rsid w:val="002D5DA3"/>
     <w:rsid w:val="002D6193"/>
     <w:rsid w:val="002D6C0B"/>
     <w:rsid w:val="002D74FF"/>
     <w:rsid w:val="002D7503"/>
+    <w:rsid w:val="002D7877"/>
     <w:rsid w:val="002D7D36"/>
     <w:rsid w:val="002D7D43"/>
     <w:rsid w:val="002E01C1"/>
     <w:rsid w:val="002E0586"/>
     <w:rsid w:val="002E1222"/>
     <w:rsid w:val="002E13E4"/>
     <w:rsid w:val="002E14D9"/>
     <w:rsid w:val="002E1574"/>
     <w:rsid w:val="002E2330"/>
     <w:rsid w:val="002E23E7"/>
     <w:rsid w:val="002E4242"/>
     <w:rsid w:val="002E44A2"/>
     <w:rsid w:val="002E47FD"/>
     <w:rsid w:val="002E4BE4"/>
     <w:rsid w:val="002E57F3"/>
     <w:rsid w:val="002E6066"/>
+    <w:rsid w:val="002E6AC2"/>
     <w:rsid w:val="002E6BAC"/>
     <w:rsid w:val="002E752B"/>
     <w:rsid w:val="002E7B00"/>
     <w:rsid w:val="002E7D45"/>
     <w:rsid w:val="002F0545"/>
     <w:rsid w:val="002F0A50"/>
     <w:rsid w:val="002F0D74"/>
     <w:rsid w:val="002F0FA0"/>
     <w:rsid w:val="002F0FAC"/>
     <w:rsid w:val="002F164A"/>
     <w:rsid w:val="002F1A5F"/>
     <w:rsid w:val="002F2C73"/>
     <w:rsid w:val="002F428C"/>
     <w:rsid w:val="002F451B"/>
     <w:rsid w:val="002F478C"/>
     <w:rsid w:val="002F4BFA"/>
     <w:rsid w:val="002F5DE9"/>
     <w:rsid w:val="002F671C"/>
     <w:rsid w:val="002F6839"/>
     <w:rsid w:val="002F6B66"/>
     <w:rsid w:val="002F6FA4"/>
     <w:rsid w:val="002F7001"/>
     <w:rsid w:val="002F71DF"/>
     <w:rsid w:val="002F7B8E"/>
     <w:rsid w:val="003007CB"/>
     <w:rsid w:val="003013C2"/>
     <w:rsid w:val="003014C9"/>
     <w:rsid w:val="00301584"/>
+    <w:rsid w:val="00301884"/>
+    <w:rsid w:val="003025E8"/>
     <w:rsid w:val="00302B11"/>
     <w:rsid w:val="003032C9"/>
     <w:rsid w:val="00303787"/>
     <w:rsid w:val="003038B4"/>
     <w:rsid w:val="003039B2"/>
     <w:rsid w:val="003042C5"/>
     <w:rsid w:val="00305147"/>
     <w:rsid w:val="00305339"/>
     <w:rsid w:val="00305B35"/>
     <w:rsid w:val="00306079"/>
     <w:rsid w:val="00306B42"/>
     <w:rsid w:val="00307BBB"/>
     <w:rsid w:val="00310457"/>
     <w:rsid w:val="003113C6"/>
     <w:rsid w:val="00311514"/>
     <w:rsid w:val="00311BD4"/>
     <w:rsid w:val="0031266D"/>
     <w:rsid w:val="00312A58"/>
     <w:rsid w:val="00312DED"/>
     <w:rsid w:val="00313371"/>
     <w:rsid w:val="00313B83"/>
     <w:rsid w:val="00314100"/>
     <w:rsid w:val="003146EC"/>
     <w:rsid w:val="00314E83"/>
     <w:rsid w:val="00314EFE"/>
@@ -25525,56 +26686,58 @@
     <w:rsid w:val="00331DCF"/>
     <w:rsid w:val="003324BD"/>
     <w:rsid w:val="003328B9"/>
     <w:rsid w:val="00332A5E"/>
     <w:rsid w:val="00333040"/>
     <w:rsid w:val="00333392"/>
     <w:rsid w:val="003333CD"/>
     <w:rsid w:val="003341BF"/>
     <w:rsid w:val="003342E0"/>
     <w:rsid w:val="00334C29"/>
     <w:rsid w:val="0033517B"/>
     <w:rsid w:val="0033557D"/>
     <w:rsid w:val="00335621"/>
     <w:rsid w:val="003356A5"/>
     <w:rsid w:val="003358BF"/>
     <w:rsid w:val="00335CF6"/>
     <w:rsid w:val="00335EF1"/>
     <w:rsid w:val="0033624D"/>
     <w:rsid w:val="00336291"/>
     <w:rsid w:val="003363F3"/>
     <w:rsid w:val="003369A1"/>
     <w:rsid w:val="00337E3F"/>
     <w:rsid w:val="00337ED7"/>
     <w:rsid w:val="003401D6"/>
     <w:rsid w:val="00340DFB"/>
+    <w:rsid w:val="00340E67"/>
     <w:rsid w:val="0034133E"/>
     <w:rsid w:val="0034198D"/>
     <w:rsid w:val="00341C8B"/>
     <w:rsid w:val="00341E93"/>
     <w:rsid w:val="003425B2"/>
     <w:rsid w:val="00342865"/>
+    <w:rsid w:val="00342D64"/>
     <w:rsid w:val="00342D8D"/>
     <w:rsid w:val="00342DA0"/>
     <w:rsid w:val="00343014"/>
     <w:rsid w:val="00343B8F"/>
     <w:rsid w:val="003452D6"/>
     <w:rsid w:val="003455F6"/>
     <w:rsid w:val="00346044"/>
     <w:rsid w:val="003468D8"/>
     <w:rsid w:val="00346B7E"/>
     <w:rsid w:val="00346F24"/>
     <w:rsid w:val="00347CE5"/>
     <w:rsid w:val="003501EA"/>
     <w:rsid w:val="00350633"/>
     <w:rsid w:val="003506BC"/>
     <w:rsid w:val="003507FB"/>
     <w:rsid w:val="0035098D"/>
     <w:rsid w:val="00350B17"/>
     <w:rsid w:val="00351468"/>
     <w:rsid w:val="003526EF"/>
     <w:rsid w:val="003528A4"/>
     <w:rsid w:val="00352E57"/>
     <w:rsid w:val="003532A6"/>
     <w:rsid w:val="00353558"/>
     <w:rsid w:val="0035374B"/>
     <w:rsid w:val="003537C2"/>
@@ -25718,50 +26881,51 @@
     <w:rsid w:val="003A638E"/>
     <w:rsid w:val="003A69A4"/>
     <w:rsid w:val="003A6D4D"/>
     <w:rsid w:val="003A703E"/>
     <w:rsid w:val="003B08DC"/>
     <w:rsid w:val="003B0B30"/>
     <w:rsid w:val="003B0EDB"/>
     <w:rsid w:val="003B154F"/>
     <w:rsid w:val="003B1FD2"/>
     <w:rsid w:val="003B2116"/>
     <w:rsid w:val="003B2552"/>
     <w:rsid w:val="003B2CF2"/>
     <w:rsid w:val="003B3490"/>
     <w:rsid w:val="003B3583"/>
     <w:rsid w:val="003B36C8"/>
     <w:rsid w:val="003B4179"/>
     <w:rsid w:val="003B45B8"/>
     <w:rsid w:val="003B4FA8"/>
     <w:rsid w:val="003B50CB"/>
     <w:rsid w:val="003B553C"/>
     <w:rsid w:val="003B6840"/>
     <w:rsid w:val="003B6964"/>
     <w:rsid w:val="003B6A66"/>
     <w:rsid w:val="003B6F92"/>
     <w:rsid w:val="003B704B"/>
+    <w:rsid w:val="003B7BD6"/>
     <w:rsid w:val="003C000B"/>
     <w:rsid w:val="003C0261"/>
     <w:rsid w:val="003C0510"/>
     <w:rsid w:val="003C097C"/>
     <w:rsid w:val="003C0FEC"/>
     <w:rsid w:val="003C1424"/>
     <w:rsid w:val="003C189C"/>
     <w:rsid w:val="003C18BA"/>
     <w:rsid w:val="003C1C7A"/>
     <w:rsid w:val="003C1F00"/>
     <w:rsid w:val="003C205C"/>
     <w:rsid w:val="003C2080"/>
     <w:rsid w:val="003C2492"/>
     <w:rsid w:val="003C2911"/>
     <w:rsid w:val="003C2AD2"/>
     <w:rsid w:val="003C2E7C"/>
     <w:rsid w:val="003C32F5"/>
     <w:rsid w:val="003C34CE"/>
     <w:rsid w:val="003C3B1F"/>
     <w:rsid w:val="003C3DDE"/>
     <w:rsid w:val="003C42DA"/>
     <w:rsid w:val="003C4487"/>
     <w:rsid w:val="003C46DE"/>
     <w:rsid w:val="003C4B39"/>
     <w:rsid w:val="003C4FA0"/>
@@ -26029,99 +27193,101 @@
     <w:rsid w:val="0047471E"/>
     <w:rsid w:val="00474A8E"/>
     <w:rsid w:val="004752B7"/>
     <w:rsid w:val="00475829"/>
     <w:rsid w:val="00475F48"/>
     <w:rsid w:val="00475F82"/>
     <w:rsid w:val="004763EE"/>
     <w:rsid w:val="00476EFE"/>
     <w:rsid w:val="00477A3B"/>
     <w:rsid w:val="00477B8B"/>
     <w:rsid w:val="0048043D"/>
     <w:rsid w:val="0048049D"/>
     <w:rsid w:val="0048079C"/>
     <w:rsid w:val="004816BF"/>
     <w:rsid w:val="0048173B"/>
     <w:rsid w:val="0048225D"/>
     <w:rsid w:val="00482573"/>
     <w:rsid w:val="00482FF0"/>
     <w:rsid w:val="00483869"/>
     <w:rsid w:val="00483CF4"/>
     <w:rsid w:val="00483F19"/>
     <w:rsid w:val="004844F0"/>
     <w:rsid w:val="00484A82"/>
     <w:rsid w:val="00484E68"/>
     <w:rsid w:val="00485264"/>
+    <w:rsid w:val="004859A4"/>
     <w:rsid w:val="00485C6D"/>
     <w:rsid w:val="004861B3"/>
     <w:rsid w:val="00486633"/>
     <w:rsid w:val="004866F5"/>
     <w:rsid w:val="00486D33"/>
     <w:rsid w:val="00486FDD"/>
     <w:rsid w:val="00487194"/>
     <w:rsid w:val="00487289"/>
     <w:rsid w:val="0048749B"/>
     <w:rsid w:val="004876E9"/>
     <w:rsid w:val="0048796F"/>
     <w:rsid w:val="00487DEF"/>
     <w:rsid w:val="0049008A"/>
     <w:rsid w:val="00490488"/>
     <w:rsid w:val="0049060D"/>
     <w:rsid w:val="004918AA"/>
     <w:rsid w:val="004919F0"/>
     <w:rsid w:val="004926D7"/>
     <w:rsid w:val="00492768"/>
     <w:rsid w:val="004929DD"/>
     <w:rsid w:val="00492AB3"/>
     <w:rsid w:val="00492D4E"/>
     <w:rsid w:val="00493CFA"/>
     <w:rsid w:val="004953FC"/>
     <w:rsid w:val="0049586D"/>
     <w:rsid w:val="00495A9D"/>
     <w:rsid w:val="00497056"/>
     <w:rsid w:val="00497262"/>
     <w:rsid w:val="004A01C0"/>
     <w:rsid w:val="004A04BB"/>
     <w:rsid w:val="004A054F"/>
     <w:rsid w:val="004A0823"/>
     <w:rsid w:val="004A0CED"/>
     <w:rsid w:val="004A0F8B"/>
     <w:rsid w:val="004A153E"/>
     <w:rsid w:val="004A17E6"/>
     <w:rsid w:val="004A284A"/>
     <w:rsid w:val="004A2E30"/>
     <w:rsid w:val="004A2ED7"/>
     <w:rsid w:val="004A3069"/>
     <w:rsid w:val="004A35D4"/>
     <w:rsid w:val="004A38EB"/>
     <w:rsid w:val="004A3AD1"/>
     <w:rsid w:val="004A3CCE"/>
     <w:rsid w:val="004A4277"/>
     <w:rsid w:val="004A490B"/>
     <w:rsid w:val="004A4CC4"/>
     <w:rsid w:val="004A4E69"/>
     <w:rsid w:val="004A4EE1"/>
+    <w:rsid w:val="004A4EF3"/>
     <w:rsid w:val="004A53DD"/>
     <w:rsid w:val="004A5928"/>
     <w:rsid w:val="004A5CD7"/>
     <w:rsid w:val="004A61D3"/>
     <w:rsid w:val="004A6262"/>
     <w:rsid w:val="004A736F"/>
     <w:rsid w:val="004A7548"/>
     <w:rsid w:val="004A79A6"/>
     <w:rsid w:val="004A7B9C"/>
     <w:rsid w:val="004A7FBB"/>
     <w:rsid w:val="004B009E"/>
     <w:rsid w:val="004B0267"/>
     <w:rsid w:val="004B1FFD"/>
     <w:rsid w:val="004B2098"/>
     <w:rsid w:val="004B23DB"/>
     <w:rsid w:val="004B2621"/>
     <w:rsid w:val="004B2799"/>
     <w:rsid w:val="004B2A41"/>
     <w:rsid w:val="004B2BBD"/>
     <w:rsid w:val="004B2E4D"/>
     <w:rsid w:val="004B2F14"/>
     <w:rsid w:val="004B3275"/>
     <w:rsid w:val="004B37CB"/>
     <w:rsid w:val="004B3C75"/>
     <w:rsid w:val="004B3DBB"/>
@@ -26321,147 +27487,151 @@
     <w:rsid w:val="00527380"/>
     <w:rsid w:val="00527CB2"/>
     <w:rsid w:val="0053068D"/>
     <w:rsid w:val="00530887"/>
     <w:rsid w:val="00531020"/>
     <w:rsid w:val="005318A3"/>
     <w:rsid w:val="0053231D"/>
     <w:rsid w:val="0053253B"/>
     <w:rsid w:val="00532C6D"/>
     <w:rsid w:val="00532D92"/>
     <w:rsid w:val="00532DCB"/>
     <w:rsid w:val="00532E65"/>
     <w:rsid w:val="00533341"/>
     <w:rsid w:val="0053339D"/>
     <w:rsid w:val="005335A8"/>
     <w:rsid w:val="00533904"/>
     <w:rsid w:val="0053448E"/>
     <w:rsid w:val="005352F0"/>
     <w:rsid w:val="00535571"/>
     <w:rsid w:val="00535D8C"/>
     <w:rsid w:val="00536240"/>
     <w:rsid w:val="00536CBB"/>
     <w:rsid w:val="00536DCF"/>
     <w:rsid w:val="0053724B"/>
     <w:rsid w:val="00537623"/>
+    <w:rsid w:val="00537B10"/>
     <w:rsid w:val="00537C0A"/>
     <w:rsid w:val="00540433"/>
     <w:rsid w:val="005411A2"/>
     <w:rsid w:val="00541543"/>
     <w:rsid w:val="00541797"/>
     <w:rsid w:val="00541D97"/>
     <w:rsid w:val="00541E30"/>
     <w:rsid w:val="005422AD"/>
     <w:rsid w:val="00542743"/>
     <w:rsid w:val="00542BAB"/>
     <w:rsid w:val="00542C23"/>
     <w:rsid w:val="0054363F"/>
     <w:rsid w:val="00545267"/>
     <w:rsid w:val="00545340"/>
+    <w:rsid w:val="005457FA"/>
     <w:rsid w:val="00546094"/>
     <w:rsid w:val="005460B9"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="0054789D"/>
     <w:rsid w:val="00547901"/>
     <w:rsid w:val="00547EF4"/>
     <w:rsid w:val="00550449"/>
     <w:rsid w:val="00550AD2"/>
     <w:rsid w:val="00550B58"/>
     <w:rsid w:val="00550F3F"/>
     <w:rsid w:val="0055155F"/>
     <w:rsid w:val="00551695"/>
     <w:rsid w:val="005519CB"/>
     <w:rsid w:val="005525C0"/>
     <w:rsid w:val="00552EEB"/>
     <w:rsid w:val="00553185"/>
     <w:rsid w:val="00553599"/>
     <w:rsid w:val="00554257"/>
     <w:rsid w:val="00554A9A"/>
     <w:rsid w:val="00554AA6"/>
     <w:rsid w:val="00554E7F"/>
     <w:rsid w:val="005550FC"/>
     <w:rsid w:val="00556DB7"/>
     <w:rsid w:val="00556EFF"/>
     <w:rsid w:val="00557292"/>
     <w:rsid w:val="00557E25"/>
     <w:rsid w:val="005612BC"/>
     <w:rsid w:val="005613F3"/>
     <w:rsid w:val="00561D6B"/>
     <w:rsid w:val="00561E46"/>
     <w:rsid w:val="005622AB"/>
     <w:rsid w:val="00563017"/>
     <w:rsid w:val="005639DE"/>
     <w:rsid w:val="00563D79"/>
     <w:rsid w:val="00564520"/>
     <w:rsid w:val="00565D8A"/>
     <w:rsid w:val="00566577"/>
     <w:rsid w:val="00566BD8"/>
     <w:rsid w:val="005670CB"/>
     <w:rsid w:val="005673EB"/>
     <w:rsid w:val="005678E0"/>
     <w:rsid w:val="005709DF"/>
     <w:rsid w:val="005710B4"/>
     <w:rsid w:val="005712C3"/>
+    <w:rsid w:val="00571A4D"/>
     <w:rsid w:val="005727A2"/>
     <w:rsid w:val="00572A0E"/>
     <w:rsid w:val="00572E65"/>
     <w:rsid w:val="005731AD"/>
     <w:rsid w:val="0057362A"/>
     <w:rsid w:val="00573697"/>
     <w:rsid w:val="00573A03"/>
     <w:rsid w:val="00573E29"/>
     <w:rsid w:val="00573EDD"/>
     <w:rsid w:val="00573EEA"/>
     <w:rsid w:val="00574209"/>
     <w:rsid w:val="005748D2"/>
     <w:rsid w:val="00574D2A"/>
     <w:rsid w:val="00574F1F"/>
     <w:rsid w:val="00575A58"/>
     <w:rsid w:val="00576129"/>
     <w:rsid w:val="00576492"/>
     <w:rsid w:val="0057788C"/>
     <w:rsid w:val="005779EB"/>
     <w:rsid w:val="00580A49"/>
     <w:rsid w:val="00580DB5"/>
     <w:rsid w:val="00581031"/>
     <w:rsid w:val="0058184B"/>
     <w:rsid w:val="00581CFB"/>
     <w:rsid w:val="00581FE5"/>
     <w:rsid w:val="00582219"/>
     <w:rsid w:val="00582DD6"/>
     <w:rsid w:val="00583F9B"/>
     <w:rsid w:val="005858E6"/>
     <w:rsid w:val="00585B69"/>
     <w:rsid w:val="005864BE"/>
     <w:rsid w:val="00586F3C"/>
     <w:rsid w:val="0058748B"/>
     <w:rsid w:val="005876C3"/>
     <w:rsid w:val="0059033C"/>
     <w:rsid w:val="005903C0"/>
     <w:rsid w:val="0059074D"/>
     <w:rsid w:val="00590940"/>
     <w:rsid w:val="00590B5F"/>
+    <w:rsid w:val="00591542"/>
     <w:rsid w:val="005915A8"/>
     <w:rsid w:val="00591619"/>
     <w:rsid w:val="0059162D"/>
     <w:rsid w:val="00591B0B"/>
     <w:rsid w:val="00591C06"/>
     <w:rsid w:val="00592C8F"/>
     <w:rsid w:val="00592FCA"/>
     <w:rsid w:val="00593034"/>
     <w:rsid w:val="00593446"/>
     <w:rsid w:val="0059373E"/>
     <w:rsid w:val="00594421"/>
     <w:rsid w:val="0059477B"/>
     <w:rsid w:val="005948AD"/>
     <w:rsid w:val="005949AA"/>
     <w:rsid w:val="00594BE6"/>
     <w:rsid w:val="00594F82"/>
     <w:rsid w:val="00595347"/>
     <w:rsid w:val="005956E9"/>
     <w:rsid w:val="00595A8A"/>
     <w:rsid w:val="00595AB5"/>
     <w:rsid w:val="00595B30"/>
     <w:rsid w:val="00595C2B"/>
     <w:rsid w:val="00595CCB"/>
     <w:rsid w:val="00595DBB"/>
     <w:rsid w:val="005969D5"/>
@@ -26537,58 +27707,60 @@
     <w:rsid w:val="005B63C4"/>
     <w:rsid w:val="005B63EA"/>
     <w:rsid w:val="005B6F6D"/>
     <w:rsid w:val="005B7385"/>
     <w:rsid w:val="005C0ACF"/>
     <w:rsid w:val="005C0C90"/>
     <w:rsid w:val="005C1C14"/>
     <w:rsid w:val="005C1F54"/>
     <w:rsid w:val="005C2134"/>
     <w:rsid w:val="005C2314"/>
     <w:rsid w:val="005C260D"/>
     <w:rsid w:val="005C2B29"/>
     <w:rsid w:val="005C2F52"/>
     <w:rsid w:val="005C3E72"/>
     <w:rsid w:val="005C402C"/>
     <w:rsid w:val="005C40AC"/>
     <w:rsid w:val="005C436C"/>
     <w:rsid w:val="005C4B12"/>
     <w:rsid w:val="005C4D1A"/>
     <w:rsid w:val="005C4E4D"/>
     <w:rsid w:val="005C51E1"/>
     <w:rsid w:val="005C5CE8"/>
     <w:rsid w:val="005C663F"/>
     <w:rsid w:val="005C6A7E"/>
     <w:rsid w:val="005C70CC"/>
+    <w:rsid w:val="005D00F9"/>
     <w:rsid w:val="005D0151"/>
     <w:rsid w:val="005D042D"/>
     <w:rsid w:val="005D05BC"/>
     <w:rsid w:val="005D1226"/>
     <w:rsid w:val="005D125D"/>
     <w:rsid w:val="005D19C0"/>
     <w:rsid w:val="005D1A83"/>
     <w:rsid w:val="005D1D6B"/>
+    <w:rsid w:val="005D21C3"/>
     <w:rsid w:val="005D2CAD"/>
     <w:rsid w:val="005D2FB7"/>
     <w:rsid w:val="005D3052"/>
     <w:rsid w:val="005D3437"/>
     <w:rsid w:val="005D34F3"/>
     <w:rsid w:val="005D3A8A"/>
     <w:rsid w:val="005D4817"/>
     <w:rsid w:val="005D4E48"/>
     <w:rsid w:val="005D4F06"/>
     <w:rsid w:val="005D4F16"/>
     <w:rsid w:val="005D5441"/>
     <w:rsid w:val="005D59E2"/>
     <w:rsid w:val="005D5E78"/>
     <w:rsid w:val="005D61E7"/>
     <w:rsid w:val="005D6423"/>
     <w:rsid w:val="005D6772"/>
     <w:rsid w:val="005D687F"/>
     <w:rsid w:val="005D6C3F"/>
     <w:rsid w:val="005D7556"/>
     <w:rsid w:val="005D79E2"/>
     <w:rsid w:val="005E0169"/>
     <w:rsid w:val="005E06E6"/>
     <w:rsid w:val="005E0FB4"/>
     <w:rsid w:val="005E1046"/>
     <w:rsid w:val="005E1D5C"/>
@@ -26708,50 +27880,51 @@
     <w:rsid w:val="00630D27"/>
     <w:rsid w:val="00631277"/>
     <w:rsid w:val="00631369"/>
     <w:rsid w:val="00631AA0"/>
     <w:rsid w:val="00631D3D"/>
     <w:rsid w:val="00632C56"/>
     <w:rsid w:val="00633A19"/>
     <w:rsid w:val="0063421D"/>
     <w:rsid w:val="00634323"/>
     <w:rsid w:val="00634584"/>
     <w:rsid w:val="006352AD"/>
     <w:rsid w:val="006353B0"/>
     <w:rsid w:val="0063546C"/>
     <w:rsid w:val="00635747"/>
     <w:rsid w:val="00635C40"/>
     <w:rsid w:val="00635F4B"/>
     <w:rsid w:val="00636C40"/>
     <w:rsid w:val="006373AB"/>
     <w:rsid w:val="00637867"/>
     <w:rsid w:val="00637AD3"/>
     <w:rsid w:val="0064035A"/>
     <w:rsid w:val="0064038A"/>
     <w:rsid w:val="00640A74"/>
     <w:rsid w:val="00640A9C"/>
     <w:rsid w:val="00640C31"/>
+    <w:rsid w:val="00640D1B"/>
     <w:rsid w:val="00640ED0"/>
     <w:rsid w:val="0064130C"/>
     <w:rsid w:val="00641345"/>
     <w:rsid w:val="006417FA"/>
     <w:rsid w:val="0064196D"/>
     <w:rsid w:val="00641AFF"/>
     <w:rsid w:val="00642162"/>
     <w:rsid w:val="00642308"/>
     <w:rsid w:val="0064261E"/>
     <w:rsid w:val="0064269C"/>
     <w:rsid w:val="00642BE9"/>
     <w:rsid w:val="006430C9"/>
     <w:rsid w:val="006437DF"/>
     <w:rsid w:val="00643C93"/>
     <w:rsid w:val="00644820"/>
     <w:rsid w:val="00644DBF"/>
     <w:rsid w:val="00644E66"/>
     <w:rsid w:val="00645223"/>
     <w:rsid w:val="00645409"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00645703"/>
     <w:rsid w:val="006457AB"/>
     <w:rsid w:val="006457B0"/>
     <w:rsid w:val="00645A30"/>
     <w:rsid w:val="006465C9"/>
@@ -26810,50 +27983,51 @@
     <w:rsid w:val="00665F62"/>
     <w:rsid w:val="00666087"/>
     <w:rsid w:val="0066621B"/>
     <w:rsid w:val="00666487"/>
     <w:rsid w:val="00666515"/>
     <w:rsid w:val="0066684A"/>
     <w:rsid w:val="00666C02"/>
     <w:rsid w:val="006671E4"/>
     <w:rsid w:val="0066735B"/>
     <w:rsid w:val="00667836"/>
     <w:rsid w:val="00667B51"/>
     <w:rsid w:val="0067081D"/>
     <w:rsid w:val="00670DB4"/>
     <w:rsid w:val="00671A8F"/>
     <w:rsid w:val="00671B22"/>
     <w:rsid w:val="00671D23"/>
     <w:rsid w:val="006726E6"/>
     <w:rsid w:val="00672B83"/>
     <w:rsid w:val="0067336B"/>
     <w:rsid w:val="006735F9"/>
     <w:rsid w:val="00673664"/>
     <w:rsid w:val="00673B75"/>
     <w:rsid w:val="00674773"/>
     <w:rsid w:val="0067510B"/>
     <w:rsid w:val="006754D8"/>
+    <w:rsid w:val="00675553"/>
     <w:rsid w:val="00675652"/>
     <w:rsid w:val="0067566F"/>
     <w:rsid w:val="006764CF"/>
     <w:rsid w:val="0067670B"/>
     <w:rsid w:val="00676B06"/>
     <w:rsid w:val="00677504"/>
     <w:rsid w:val="006775D3"/>
     <w:rsid w:val="00677803"/>
     <w:rsid w:val="00680344"/>
     <w:rsid w:val="006804AE"/>
     <w:rsid w:val="00680E92"/>
     <w:rsid w:val="00681554"/>
     <w:rsid w:val="006818DA"/>
     <w:rsid w:val="00681C0E"/>
     <w:rsid w:val="00681E87"/>
     <w:rsid w:val="006827FE"/>
     <w:rsid w:val="00682C0F"/>
     <w:rsid w:val="00682E46"/>
     <w:rsid w:val="00682F46"/>
     <w:rsid w:val="006838D9"/>
     <w:rsid w:val="00683968"/>
     <w:rsid w:val="00684103"/>
     <w:rsid w:val="00684579"/>
     <w:rsid w:val="00684587"/>
     <w:rsid w:val="00684862"/>
@@ -27030,65 +28204,67 @@
     <w:rsid w:val="006E59C6"/>
     <w:rsid w:val="006E5D03"/>
     <w:rsid w:val="006E5D6B"/>
     <w:rsid w:val="006E6970"/>
     <w:rsid w:val="006E6A07"/>
     <w:rsid w:val="006E6B13"/>
     <w:rsid w:val="006E74D7"/>
     <w:rsid w:val="006E7537"/>
     <w:rsid w:val="006E7711"/>
     <w:rsid w:val="006E7E74"/>
     <w:rsid w:val="006E7EDA"/>
     <w:rsid w:val="006F01ED"/>
     <w:rsid w:val="006F0359"/>
     <w:rsid w:val="006F0473"/>
     <w:rsid w:val="006F0A0F"/>
     <w:rsid w:val="006F0D48"/>
     <w:rsid w:val="006F19F4"/>
     <w:rsid w:val="006F1A62"/>
     <w:rsid w:val="006F1B25"/>
     <w:rsid w:val="006F1BEE"/>
     <w:rsid w:val="006F1C95"/>
     <w:rsid w:val="006F1F8F"/>
     <w:rsid w:val="006F2253"/>
     <w:rsid w:val="006F2ED1"/>
     <w:rsid w:val="006F3246"/>
+    <w:rsid w:val="006F3256"/>
     <w:rsid w:val="006F3273"/>
     <w:rsid w:val="006F3836"/>
     <w:rsid w:val="006F3CAD"/>
     <w:rsid w:val="006F45C5"/>
     <w:rsid w:val="006F46BD"/>
     <w:rsid w:val="006F4DAC"/>
     <w:rsid w:val="006F4F89"/>
     <w:rsid w:val="006F4F8F"/>
     <w:rsid w:val="006F5561"/>
     <w:rsid w:val="006F6457"/>
     <w:rsid w:val="006F6A70"/>
     <w:rsid w:val="006F7000"/>
     <w:rsid w:val="006F733F"/>
     <w:rsid w:val="006F7361"/>
     <w:rsid w:val="006F73C2"/>
+    <w:rsid w:val="006F7C96"/>
     <w:rsid w:val="006F7F11"/>
     <w:rsid w:val="006F7F57"/>
     <w:rsid w:val="00700130"/>
     <w:rsid w:val="00700172"/>
     <w:rsid w:val="007001EA"/>
     <w:rsid w:val="00700676"/>
     <w:rsid w:val="007012F2"/>
     <w:rsid w:val="00701D24"/>
     <w:rsid w:val="00701F18"/>
     <w:rsid w:val="0070227C"/>
     <w:rsid w:val="00702423"/>
     <w:rsid w:val="0070243E"/>
     <w:rsid w:val="0070245B"/>
     <w:rsid w:val="00702893"/>
     <w:rsid w:val="007028DB"/>
     <w:rsid w:val="00702AB8"/>
     <w:rsid w:val="00702DBB"/>
     <w:rsid w:val="00702EEA"/>
     <w:rsid w:val="00703367"/>
     <w:rsid w:val="00703A25"/>
     <w:rsid w:val="00703FD5"/>
     <w:rsid w:val="00704C78"/>
     <w:rsid w:val="0070533A"/>
     <w:rsid w:val="00705C2D"/>
     <w:rsid w:val="00705DF2"/>
@@ -27145,68 +28321,71 @@
     <w:rsid w:val="0073104E"/>
     <w:rsid w:val="0073137E"/>
     <w:rsid w:val="0073139F"/>
     <w:rsid w:val="00731605"/>
     <w:rsid w:val="00731670"/>
     <w:rsid w:val="00731857"/>
     <w:rsid w:val="0073190F"/>
     <w:rsid w:val="00731951"/>
     <w:rsid w:val="00731ADF"/>
     <w:rsid w:val="00731DBA"/>
     <w:rsid w:val="00732E4C"/>
     <w:rsid w:val="00732FD0"/>
     <w:rsid w:val="00733115"/>
     <w:rsid w:val="00733F5D"/>
     <w:rsid w:val="00734675"/>
     <w:rsid w:val="00734DBD"/>
     <w:rsid w:val="00735735"/>
     <w:rsid w:val="00735948"/>
     <w:rsid w:val="00735C88"/>
     <w:rsid w:val="00735DEF"/>
     <w:rsid w:val="00736001"/>
     <w:rsid w:val="007369C4"/>
     <w:rsid w:val="00736E27"/>
     <w:rsid w:val="00736F1E"/>
     <w:rsid w:val="0073742C"/>
+    <w:rsid w:val="0073753D"/>
     <w:rsid w:val="00737B24"/>
+    <w:rsid w:val="00737B72"/>
     <w:rsid w:val="0074030C"/>
     <w:rsid w:val="007407B4"/>
     <w:rsid w:val="00740836"/>
     <w:rsid w:val="0074103F"/>
     <w:rsid w:val="00741545"/>
     <w:rsid w:val="007417E7"/>
     <w:rsid w:val="00741B82"/>
     <w:rsid w:val="00742592"/>
     <w:rsid w:val="00743169"/>
     <w:rsid w:val="007431FA"/>
     <w:rsid w:val="0074338B"/>
     <w:rsid w:val="00743D01"/>
     <w:rsid w:val="00743F31"/>
     <w:rsid w:val="007441FC"/>
     <w:rsid w:val="00744310"/>
     <w:rsid w:val="0074450B"/>
     <w:rsid w:val="0074458D"/>
+    <w:rsid w:val="007448E0"/>
     <w:rsid w:val="00744920"/>
     <w:rsid w:val="00745000"/>
     <w:rsid w:val="007450A7"/>
     <w:rsid w:val="00745DD7"/>
     <w:rsid w:val="00746113"/>
     <w:rsid w:val="00746FD3"/>
     <w:rsid w:val="007474AC"/>
     <w:rsid w:val="0074792B"/>
     <w:rsid w:val="007479B1"/>
     <w:rsid w:val="00747B4A"/>
     <w:rsid w:val="00747FC2"/>
     <w:rsid w:val="007503FC"/>
     <w:rsid w:val="007506BD"/>
     <w:rsid w:val="00750843"/>
     <w:rsid w:val="007509AB"/>
     <w:rsid w:val="00750BC7"/>
     <w:rsid w:val="007516EF"/>
     <w:rsid w:val="0075178F"/>
     <w:rsid w:val="007518DA"/>
     <w:rsid w:val="00751C72"/>
     <w:rsid w:val="007527B0"/>
     <w:rsid w:val="00752E0E"/>
     <w:rsid w:val="00752E4A"/>
     <w:rsid w:val="00753027"/>
     <w:rsid w:val="00753421"/>
@@ -27371,50 +28550,51 @@
     <w:rsid w:val="007A536C"/>
     <w:rsid w:val="007A5551"/>
     <w:rsid w:val="007A559F"/>
     <w:rsid w:val="007A5761"/>
     <w:rsid w:val="007A602E"/>
     <w:rsid w:val="007A6455"/>
     <w:rsid w:val="007A6C73"/>
     <w:rsid w:val="007A70BA"/>
     <w:rsid w:val="007A7519"/>
     <w:rsid w:val="007A75B8"/>
     <w:rsid w:val="007A78F2"/>
     <w:rsid w:val="007B0223"/>
     <w:rsid w:val="007B0377"/>
     <w:rsid w:val="007B0500"/>
     <w:rsid w:val="007B071D"/>
     <w:rsid w:val="007B074D"/>
     <w:rsid w:val="007B0F12"/>
     <w:rsid w:val="007B1003"/>
     <w:rsid w:val="007B156F"/>
     <w:rsid w:val="007B1710"/>
     <w:rsid w:val="007B1958"/>
     <w:rsid w:val="007B1FD5"/>
     <w:rsid w:val="007B258E"/>
     <w:rsid w:val="007B3047"/>
     <w:rsid w:val="007B3591"/>
+    <w:rsid w:val="007B367F"/>
     <w:rsid w:val="007B37BF"/>
     <w:rsid w:val="007B3A63"/>
     <w:rsid w:val="007B3D6C"/>
     <w:rsid w:val="007B402A"/>
     <w:rsid w:val="007B44B4"/>
     <w:rsid w:val="007B45ED"/>
     <w:rsid w:val="007B46CA"/>
     <w:rsid w:val="007B4A74"/>
     <w:rsid w:val="007B52FB"/>
     <w:rsid w:val="007B5451"/>
     <w:rsid w:val="007B5622"/>
     <w:rsid w:val="007B567E"/>
     <w:rsid w:val="007B59FE"/>
     <w:rsid w:val="007B5A67"/>
     <w:rsid w:val="007B5A77"/>
     <w:rsid w:val="007B6212"/>
     <w:rsid w:val="007B6470"/>
     <w:rsid w:val="007B6B2B"/>
     <w:rsid w:val="007B6B79"/>
     <w:rsid w:val="007B6C52"/>
     <w:rsid w:val="007B6E89"/>
     <w:rsid w:val="007B73AB"/>
     <w:rsid w:val="007B7504"/>
     <w:rsid w:val="007B799F"/>
     <w:rsid w:val="007B7DAE"/>
@@ -27522,56 +28702,58 @@
     <w:rsid w:val="00800AC5"/>
     <w:rsid w:val="00800E30"/>
     <w:rsid w:val="00801239"/>
     <w:rsid w:val="00801675"/>
     <w:rsid w:val="0080185E"/>
     <w:rsid w:val="00801F14"/>
     <w:rsid w:val="0080224E"/>
     <w:rsid w:val="0080229C"/>
     <w:rsid w:val="00802508"/>
     <w:rsid w:val="0080259B"/>
     <w:rsid w:val="00802604"/>
     <w:rsid w:val="00802791"/>
     <w:rsid w:val="00802DB6"/>
     <w:rsid w:val="00803011"/>
     <w:rsid w:val="0080343F"/>
     <w:rsid w:val="008038FC"/>
     <w:rsid w:val="00804C2F"/>
     <w:rsid w:val="00805678"/>
     <w:rsid w:val="008057C3"/>
     <w:rsid w:val="00805A19"/>
     <w:rsid w:val="008066FB"/>
     <w:rsid w:val="00806BEA"/>
     <w:rsid w:val="00806D0C"/>
     <w:rsid w:val="00806E73"/>
     <w:rsid w:val="00806F79"/>
+    <w:rsid w:val="00807131"/>
     <w:rsid w:val="008071A5"/>
     <w:rsid w:val="0080746E"/>
     <w:rsid w:val="00807780"/>
     <w:rsid w:val="00807D47"/>
     <w:rsid w:val="008102CB"/>
     <w:rsid w:val="0081061A"/>
+    <w:rsid w:val="00810A3D"/>
     <w:rsid w:val="008112B5"/>
     <w:rsid w:val="008113F3"/>
     <w:rsid w:val="00811C18"/>
     <w:rsid w:val="00812720"/>
     <w:rsid w:val="0081281F"/>
     <w:rsid w:val="00812AFB"/>
     <w:rsid w:val="00813287"/>
     <w:rsid w:val="00813D1A"/>
     <w:rsid w:val="00813D33"/>
     <w:rsid w:val="00813E46"/>
     <w:rsid w:val="00814024"/>
     <w:rsid w:val="0081476C"/>
     <w:rsid w:val="00814A3E"/>
     <w:rsid w:val="008151D9"/>
     <w:rsid w:val="00815644"/>
     <w:rsid w:val="008156DF"/>
     <w:rsid w:val="00815E68"/>
     <w:rsid w:val="008169C0"/>
     <w:rsid w:val="00817010"/>
     <w:rsid w:val="0081755D"/>
     <w:rsid w:val="008179CB"/>
     <w:rsid w:val="008200DE"/>
     <w:rsid w:val="008203D9"/>
     <w:rsid w:val="008205EA"/>
     <w:rsid w:val="00820B1F"/>
@@ -27686,106 +28868,109 @@
     <w:rsid w:val="00861905"/>
     <w:rsid w:val="00861FB8"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="008626AC"/>
     <w:rsid w:val="00862723"/>
     <w:rsid w:val="00862798"/>
     <w:rsid w:val="00862A4D"/>
     <w:rsid w:val="00862D6D"/>
     <w:rsid w:val="00862F95"/>
     <w:rsid w:val="00862FE9"/>
     <w:rsid w:val="008632F3"/>
     <w:rsid w:val="00863ACB"/>
     <w:rsid w:val="00863BB2"/>
     <w:rsid w:val="00863FBE"/>
     <w:rsid w:val="00864CEE"/>
     <w:rsid w:val="00864E19"/>
     <w:rsid w:val="00865478"/>
     <w:rsid w:val="00865AFB"/>
     <w:rsid w:val="00865C86"/>
     <w:rsid w:val="008661A4"/>
     <w:rsid w:val="008667DC"/>
     <w:rsid w:val="00866E45"/>
     <w:rsid w:val="008672C6"/>
     <w:rsid w:val="008673E0"/>
     <w:rsid w:val="00867C9B"/>
+    <w:rsid w:val="0086BE92"/>
     <w:rsid w:val="008701B2"/>
     <w:rsid w:val="008701CD"/>
     <w:rsid w:val="00870363"/>
     <w:rsid w:val="00870751"/>
     <w:rsid w:val="00870833"/>
     <w:rsid w:val="00870DF1"/>
     <w:rsid w:val="008719D4"/>
     <w:rsid w:val="00871D5A"/>
     <w:rsid w:val="0087243B"/>
     <w:rsid w:val="00872E30"/>
     <w:rsid w:val="00873460"/>
     <w:rsid w:val="008737B6"/>
     <w:rsid w:val="00873AAE"/>
     <w:rsid w:val="00874661"/>
     <w:rsid w:val="00874947"/>
     <w:rsid w:val="00874AF0"/>
     <w:rsid w:val="00874FB3"/>
     <w:rsid w:val="00875123"/>
     <w:rsid w:val="00875226"/>
     <w:rsid w:val="00875544"/>
     <w:rsid w:val="008755AF"/>
     <w:rsid w:val="00875863"/>
     <w:rsid w:val="00875A75"/>
     <w:rsid w:val="00875E3F"/>
     <w:rsid w:val="00875E41"/>
     <w:rsid w:val="00875F8C"/>
     <w:rsid w:val="00876440"/>
+    <w:rsid w:val="00876F31"/>
     <w:rsid w:val="00877167"/>
     <w:rsid w:val="008773A9"/>
     <w:rsid w:val="00877796"/>
     <w:rsid w:val="00877BAB"/>
     <w:rsid w:val="00880546"/>
     <w:rsid w:val="00880952"/>
     <w:rsid w:val="00881532"/>
     <w:rsid w:val="00882065"/>
     <w:rsid w:val="0088285F"/>
     <w:rsid w:val="008831E7"/>
     <w:rsid w:val="00883B59"/>
     <w:rsid w:val="00883D2A"/>
     <w:rsid w:val="008844C9"/>
     <w:rsid w:val="0088474B"/>
     <w:rsid w:val="00884C7B"/>
     <w:rsid w:val="00884E73"/>
     <w:rsid w:val="0088528E"/>
     <w:rsid w:val="00885682"/>
     <w:rsid w:val="0088592B"/>
     <w:rsid w:val="00885F43"/>
     <w:rsid w:val="00886028"/>
     <w:rsid w:val="00886684"/>
     <w:rsid w:val="008867F6"/>
     <w:rsid w:val="008871DC"/>
     <w:rsid w:val="0088740F"/>
     <w:rsid w:val="0088790C"/>
     <w:rsid w:val="0088791B"/>
     <w:rsid w:val="00887A65"/>
     <w:rsid w:val="00887E8E"/>
+    <w:rsid w:val="008907B0"/>
     <w:rsid w:val="0089131B"/>
     <w:rsid w:val="0089173F"/>
     <w:rsid w:val="00891E41"/>
     <w:rsid w:val="008920F1"/>
     <w:rsid w:val="00892284"/>
     <w:rsid w:val="00892A3E"/>
     <w:rsid w:val="0089374D"/>
     <w:rsid w:val="0089380E"/>
     <w:rsid w:val="008943B2"/>
     <w:rsid w:val="008944C0"/>
     <w:rsid w:val="0089461B"/>
     <w:rsid w:val="00894D9B"/>
     <w:rsid w:val="00894F93"/>
     <w:rsid w:val="0089663F"/>
     <w:rsid w:val="00896F16"/>
     <w:rsid w:val="008972B7"/>
     <w:rsid w:val="0089779B"/>
     <w:rsid w:val="0089787B"/>
     <w:rsid w:val="008A02CE"/>
     <w:rsid w:val="008A071F"/>
     <w:rsid w:val="008A0A5D"/>
     <w:rsid w:val="008A0E5A"/>
     <w:rsid w:val="008A14FF"/>
     <w:rsid w:val="008A177A"/>
     <w:rsid w:val="008A1CB3"/>
@@ -28058,50 +29243,51 @@
     <w:rsid w:val="00946AD7"/>
     <w:rsid w:val="009470AA"/>
     <w:rsid w:val="00947266"/>
     <w:rsid w:val="009473CE"/>
     <w:rsid w:val="00947418"/>
     <w:rsid w:val="00947B15"/>
     <w:rsid w:val="00947F24"/>
     <w:rsid w:val="00950240"/>
     <w:rsid w:val="009504DC"/>
     <w:rsid w:val="00950BCB"/>
     <w:rsid w:val="00951D72"/>
     <w:rsid w:val="0095221B"/>
     <w:rsid w:val="009524AF"/>
     <w:rsid w:val="009527B0"/>
     <w:rsid w:val="0095299D"/>
     <w:rsid w:val="00952E63"/>
     <w:rsid w:val="00952F74"/>
     <w:rsid w:val="00953456"/>
     <w:rsid w:val="00954064"/>
     <w:rsid w:val="00954189"/>
     <w:rsid w:val="009546C9"/>
     <w:rsid w:val="00954C59"/>
     <w:rsid w:val="00954EEE"/>
     <w:rsid w:val="0095559D"/>
     <w:rsid w:val="00955D03"/>
+    <w:rsid w:val="00955FDF"/>
     <w:rsid w:val="00956645"/>
     <w:rsid w:val="0095666A"/>
     <w:rsid w:val="00956A0E"/>
     <w:rsid w:val="00957FF3"/>
     <w:rsid w:val="009601EA"/>
     <w:rsid w:val="009616DA"/>
     <w:rsid w:val="009620D4"/>
     <w:rsid w:val="0096265B"/>
     <w:rsid w:val="009628A8"/>
     <w:rsid w:val="00962BD3"/>
     <w:rsid w:val="009630E9"/>
     <w:rsid w:val="0096349B"/>
     <w:rsid w:val="00963759"/>
     <w:rsid w:val="00963895"/>
     <w:rsid w:val="00963A20"/>
     <w:rsid w:val="00963A5F"/>
     <w:rsid w:val="00964175"/>
     <w:rsid w:val="009642BE"/>
     <w:rsid w:val="00964E65"/>
     <w:rsid w:val="00964F7E"/>
     <w:rsid w:val="009654EC"/>
     <w:rsid w:val="0096554C"/>
     <w:rsid w:val="009657BD"/>
     <w:rsid w:val="00965890"/>
     <w:rsid w:val="0096631A"/>
@@ -28180,50 +29366,51 @@
     <w:rsid w:val="009945BF"/>
     <w:rsid w:val="00994714"/>
     <w:rsid w:val="00994AB9"/>
     <w:rsid w:val="00994B1F"/>
     <w:rsid w:val="009951A9"/>
     <w:rsid w:val="009953B9"/>
     <w:rsid w:val="00995515"/>
     <w:rsid w:val="00995AF7"/>
     <w:rsid w:val="00995C80"/>
     <w:rsid w:val="00995D05"/>
     <w:rsid w:val="00995F4F"/>
     <w:rsid w:val="00995F54"/>
     <w:rsid w:val="009966FD"/>
     <w:rsid w:val="00996A5C"/>
     <w:rsid w:val="00996C3D"/>
     <w:rsid w:val="00996D13"/>
     <w:rsid w:val="00997C4B"/>
     <w:rsid w:val="00997DAB"/>
     <w:rsid w:val="00997F0A"/>
     <w:rsid w:val="009A021A"/>
     <w:rsid w:val="009A080E"/>
     <w:rsid w:val="009A0E85"/>
     <w:rsid w:val="009A15B5"/>
     <w:rsid w:val="009A1878"/>
     <w:rsid w:val="009A1F6D"/>
+    <w:rsid w:val="009A3180"/>
     <w:rsid w:val="009A33F2"/>
     <w:rsid w:val="009A3500"/>
     <w:rsid w:val="009A360B"/>
     <w:rsid w:val="009A3777"/>
     <w:rsid w:val="009A4406"/>
     <w:rsid w:val="009A4EEB"/>
     <w:rsid w:val="009A593F"/>
     <w:rsid w:val="009A5ACA"/>
     <w:rsid w:val="009A5FE7"/>
     <w:rsid w:val="009A716C"/>
     <w:rsid w:val="009A72BB"/>
     <w:rsid w:val="009A7482"/>
     <w:rsid w:val="009A79D3"/>
     <w:rsid w:val="009A7ABA"/>
     <w:rsid w:val="009A7BDE"/>
     <w:rsid w:val="009A7C93"/>
     <w:rsid w:val="009A7CE3"/>
     <w:rsid w:val="009B036E"/>
     <w:rsid w:val="009B04FD"/>
     <w:rsid w:val="009B0CE6"/>
     <w:rsid w:val="009B11FE"/>
     <w:rsid w:val="009B1445"/>
     <w:rsid w:val="009B199E"/>
     <w:rsid w:val="009B1A2E"/>
     <w:rsid w:val="009B2458"/>
@@ -28247,50 +29434,51 @@
     <w:rsid w:val="009B7189"/>
     <w:rsid w:val="009B7411"/>
     <w:rsid w:val="009B769D"/>
     <w:rsid w:val="009B7761"/>
     <w:rsid w:val="009B792D"/>
     <w:rsid w:val="009C00CB"/>
     <w:rsid w:val="009C0159"/>
     <w:rsid w:val="009C0C6A"/>
     <w:rsid w:val="009C1488"/>
     <w:rsid w:val="009C19C8"/>
     <w:rsid w:val="009C1B16"/>
     <w:rsid w:val="009C26A5"/>
     <w:rsid w:val="009C2A5E"/>
     <w:rsid w:val="009C2ED6"/>
     <w:rsid w:val="009C3399"/>
     <w:rsid w:val="009C3406"/>
     <w:rsid w:val="009C3A89"/>
     <w:rsid w:val="009C4928"/>
     <w:rsid w:val="009C4BB5"/>
     <w:rsid w:val="009C5405"/>
     <w:rsid w:val="009C570A"/>
     <w:rsid w:val="009C5BF8"/>
     <w:rsid w:val="009C6091"/>
     <w:rsid w:val="009C63A3"/>
     <w:rsid w:val="009C7345"/>
+    <w:rsid w:val="009C7559"/>
     <w:rsid w:val="009C7EDB"/>
     <w:rsid w:val="009D0969"/>
     <w:rsid w:val="009D1694"/>
     <w:rsid w:val="009D1C81"/>
     <w:rsid w:val="009D1D58"/>
     <w:rsid w:val="009D1E08"/>
     <w:rsid w:val="009D2A52"/>
     <w:rsid w:val="009D2A80"/>
     <w:rsid w:val="009D2B71"/>
     <w:rsid w:val="009D39C4"/>
     <w:rsid w:val="009D4875"/>
     <w:rsid w:val="009D48E6"/>
     <w:rsid w:val="009D4978"/>
     <w:rsid w:val="009D49A2"/>
     <w:rsid w:val="009D4AF8"/>
     <w:rsid w:val="009D4B3C"/>
     <w:rsid w:val="009D5248"/>
     <w:rsid w:val="009D52AD"/>
     <w:rsid w:val="009D6558"/>
     <w:rsid w:val="009D6B74"/>
     <w:rsid w:val="009D73D3"/>
     <w:rsid w:val="009D7559"/>
     <w:rsid w:val="009D757A"/>
     <w:rsid w:val="009E0418"/>
     <w:rsid w:val="009E0905"/>
@@ -28429,50 +29617,51 @@
     <w:rsid w:val="00A3274B"/>
     <w:rsid w:val="00A336C3"/>
     <w:rsid w:val="00A336E5"/>
     <w:rsid w:val="00A33789"/>
     <w:rsid w:val="00A3393A"/>
     <w:rsid w:val="00A341CE"/>
     <w:rsid w:val="00A34AF2"/>
     <w:rsid w:val="00A34B38"/>
     <w:rsid w:val="00A34E95"/>
     <w:rsid w:val="00A35433"/>
     <w:rsid w:val="00A3588D"/>
     <w:rsid w:val="00A36163"/>
     <w:rsid w:val="00A363F9"/>
     <w:rsid w:val="00A365AC"/>
     <w:rsid w:val="00A36DB5"/>
     <w:rsid w:val="00A372D3"/>
     <w:rsid w:val="00A376C3"/>
     <w:rsid w:val="00A37C09"/>
     <w:rsid w:val="00A37FD5"/>
     <w:rsid w:val="00A4048E"/>
     <w:rsid w:val="00A40522"/>
     <w:rsid w:val="00A40DBF"/>
     <w:rsid w:val="00A40FC1"/>
     <w:rsid w:val="00A40FDF"/>
     <w:rsid w:val="00A4129E"/>
+    <w:rsid w:val="00A4157F"/>
     <w:rsid w:val="00A4161A"/>
     <w:rsid w:val="00A41739"/>
     <w:rsid w:val="00A421E4"/>
     <w:rsid w:val="00A42475"/>
     <w:rsid w:val="00A42891"/>
     <w:rsid w:val="00A432C3"/>
     <w:rsid w:val="00A43B9C"/>
     <w:rsid w:val="00A44510"/>
     <w:rsid w:val="00A44B4A"/>
     <w:rsid w:val="00A44BDF"/>
     <w:rsid w:val="00A45268"/>
     <w:rsid w:val="00A45755"/>
     <w:rsid w:val="00A45B44"/>
     <w:rsid w:val="00A46181"/>
     <w:rsid w:val="00A462DD"/>
     <w:rsid w:val="00A4653E"/>
     <w:rsid w:val="00A472B9"/>
     <w:rsid w:val="00A472E2"/>
     <w:rsid w:val="00A4771F"/>
     <w:rsid w:val="00A502D8"/>
     <w:rsid w:val="00A5035E"/>
     <w:rsid w:val="00A50D0B"/>
     <w:rsid w:val="00A50E9A"/>
     <w:rsid w:val="00A516A6"/>
     <w:rsid w:val="00A525BB"/>
@@ -28573,71 +29762,74 @@
     <w:rsid w:val="00A84819"/>
     <w:rsid w:val="00A8495E"/>
     <w:rsid w:val="00A84B35"/>
     <w:rsid w:val="00A84D68"/>
     <w:rsid w:val="00A854A7"/>
     <w:rsid w:val="00A858F8"/>
     <w:rsid w:val="00A8623A"/>
     <w:rsid w:val="00A871E7"/>
     <w:rsid w:val="00A87286"/>
     <w:rsid w:val="00A87864"/>
     <w:rsid w:val="00A87ECE"/>
     <w:rsid w:val="00A900D8"/>
     <w:rsid w:val="00A9181D"/>
     <w:rsid w:val="00A91828"/>
     <w:rsid w:val="00A91F56"/>
     <w:rsid w:val="00A9216D"/>
     <w:rsid w:val="00A9233B"/>
     <w:rsid w:val="00A92AA1"/>
     <w:rsid w:val="00A92B46"/>
     <w:rsid w:val="00A92C08"/>
     <w:rsid w:val="00A92D8D"/>
     <w:rsid w:val="00A92EDA"/>
     <w:rsid w:val="00A92FAF"/>
     <w:rsid w:val="00A92FC6"/>
     <w:rsid w:val="00A93CF5"/>
+    <w:rsid w:val="00A93E87"/>
     <w:rsid w:val="00A93EBB"/>
     <w:rsid w:val="00A93FF0"/>
     <w:rsid w:val="00A94B11"/>
     <w:rsid w:val="00A94B1F"/>
     <w:rsid w:val="00A94B9C"/>
     <w:rsid w:val="00A94C65"/>
     <w:rsid w:val="00A94FE6"/>
     <w:rsid w:val="00A9559A"/>
     <w:rsid w:val="00A95629"/>
     <w:rsid w:val="00A957AD"/>
     <w:rsid w:val="00A9581F"/>
     <w:rsid w:val="00A9587F"/>
     <w:rsid w:val="00A960F9"/>
     <w:rsid w:val="00A962E7"/>
     <w:rsid w:val="00A9641F"/>
     <w:rsid w:val="00A9691D"/>
     <w:rsid w:val="00A96DFD"/>
     <w:rsid w:val="00A974AA"/>
+    <w:rsid w:val="00A9775E"/>
     <w:rsid w:val="00A97CA4"/>
     <w:rsid w:val="00A97E0D"/>
     <w:rsid w:val="00AA07A5"/>
+    <w:rsid w:val="00AA1122"/>
     <w:rsid w:val="00AA1157"/>
     <w:rsid w:val="00AA17A0"/>
     <w:rsid w:val="00AA1936"/>
     <w:rsid w:val="00AA213D"/>
     <w:rsid w:val="00AA230F"/>
     <w:rsid w:val="00AA24AE"/>
     <w:rsid w:val="00AA2516"/>
     <w:rsid w:val="00AA27B3"/>
     <w:rsid w:val="00AA2EE5"/>
     <w:rsid w:val="00AA3880"/>
     <w:rsid w:val="00AA4392"/>
     <w:rsid w:val="00AA4C69"/>
     <w:rsid w:val="00AA4DA9"/>
     <w:rsid w:val="00AA4DF5"/>
     <w:rsid w:val="00AA5266"/>
     <w:rsid w:val="00AA5371"/>
     <w:rsid w:val="00AA5488"/>
     <w:rsid w:val="00AA57CE"/>
     <w:rsid w:val="00AA5902"/>
     <w:rsid w:val="00AA5B2B"/>
     <w:rsid w:val="00AA620A"/>
     <w:rsid w:val="00AA65C9"/>
     <w:rsid w:val="00AA68F6"/>
     <w:rsid w:val="00AA6BBC"/>
     <w:rsid w:val="00AA79DD"/>
@@ -28831,89 +30023,91 @@
     <w:rsid w:val="00B158E1"/>
     <w:rsid w:val="00B160CB"/>
     <w:rsid w:val="00B1682E"/>
     <w:rsid w:val="00B16B02"/>
     <w:rsid w:val="00B17104"/>
     <w:rsid w:val="00B171D7"/>
     <w:rsid w:val="00B1778D"/>
     <w:rsid w:val="00B17D5E"/>
     <w:rsid w:val="00B20476"/>
     <w:rsid w:val="00B205AA"/>
     <w:rsid w:val="00B20776"/>
     <w:rsid w:val="00B207AE"/>
     <w:rsid w:val="00B2080A"/>
     <w:rsid w:val="00B20DB4"/>
     <w:rsid w:val="00B20E15"/>
     <w:rsid w:val="00B2137A"/>
     <w:rsid w:val="00B2211C"/>
     <w:rsid w:val="00B227B4"/>
     <w:rsid w:val="00B22A22"/>
     <w:rsid w:val="00B22A54"/>
     <w:rsid w:val="00B22B19"/>
     <w:rsid w:val="00B232E8"/>
     <w:rsid w:val="00B23462"/>
     <w:rsid w:val="00B234B0"/>
     <w:rsid w:val="00B235DC"/>
+    <w:rsid w:val="00B23C9E"/>
     <w:rsid w:val="00B2448F"/>
     <w:rsid w:val="00B2480D"/>
     <w:rsid w:val="00B24C77"/>
     <w:rsid w:val="00B25252"/>
     <w:rsid w:val="00B25448"/>
     <w:rsid w:val="00B258A2"/>
     <w:rsid w:val="00B25F03"/>
     <w:rsid w:val="00B26CE8"/>
     <w:rsid w:val="00B27738"/>
     <w:rsid w:val="00B27E88"/>
     <w:rsid w:val="00B3057D"/>
     <w:rsid w:val="00B3059F"/>
     <w:rsid w:val="00B30693"/>
     <w:rsid w:val="00B3071D"/>
     <w:rsid w:val="00B32651"/>
     <w:rsid w:val="00B33354"/>
     <w:rsid w:val="00B3345C"/>
     <w:rsid w:val="00B33CC0"/>
     <w:rsid w:val="00B344A1"/>
     <w:rsid w:val="00B349B4"/>
     <w:rsid w:val="00B34C67"/>
     <w:rsid w:val="00B351BE"/>
     <w:rsid w:val="00B3545C"/>
     <w:rsid w:val="00B35A49"/>
     <w:rsid w:val="00B3636E"/>
     <w:rsid w:val="00B3641E"/>
     <w:rsid w:val="00B365FF"/>
     <w:rsid w:val="00B367A8"/>
     <w:rsid w:val="00B36FFB"/>
     <w:rsid w:val="00B3708C"/>
     <w:rsid w:val="00B370C3"/>
     <w:rsid w:val="00B372A0"/>
     <w:rsid w:val="00B376E2"/>
     <w:rsid w:val="00B37B78"/>
     <w:rsid w:val="00B37FA3"/>
     <w:rsid w:val="00B406BF"/>
     <w:rsid w:val="00B40D63"/>
     <w:rsid w:val="00B40DEF"/>
     <w:rsid w:val="00B41108"/>
+    <w:rsid w:val="00B418A3"/>
     <w:rsid w:val="00B41C7E"/>
     <w:rsid w:val="00B41E8E"/>
     <w:rsid w:val="00B41FE6"/>
     <w:rsid w:val="00B422D4"/>
     <w:rsid w:val="00B422E3"/>
     <w:rsid w:val="00B42497"/>
     <w:rsid w:val="00B42780"/>
     <w:rsid w:val="00B42EF7"/>
     <w:rsid w:val="00B43897"/>
     <w:rsid w:val="00B449D0"/>
     <w:rsid w:val="00B44A5C"/>
     <w:rsid w:val="00B44F43"/>
     <w:rsid w:val="00B4502D"/>
     <w:rsid w:val="00B4519A"/>
     <w:rsid w:val="00B45323"/>
     <w:rsid w:val="00B453B8"/>
     <w:rsid w:val="00B453EA"/>
     <w:rsid w:val="00B4541E"/>
     <w:rsid w:val="00B459BE"/>
     <w:rsid w:val="00B463B3"/>
     <w:rsid w:val="00B463C5"/>
     <w:rsid w:val="00B466EE"/>
     <w:rsid w:val="00B4691E"/>
     <w:rsid w:val="00B46CF6"/>
     <w:rsid w:val="00B472BF"/>
@@ -28947,91 +30141,93 @@
     <w:rsid w:val="00B57D54"/>
     <w:rsid w:val="00B602BF"/>
     <w:rsid w:val="00B60336"/>
     <w:rsid w:val="00B604D2"/>
     <w:rsid w:val="00B6089F"/>
     <w:rsid w:val="00B61013"/>
     <w:rsid w:val="00B610DF"/>
     <w:rsid w:val="00B6142D"/>
     <w:rsid w:val="00B61797"/>
     <w:rsid w:val="00B61816"/>
     <w:rsid w:val="00B61BE1"/>
     <w:rsid w:val="00B61C2F"/>
     <w:rsid w:val="00B620A6"/>
     <w:rsid w:val="00B620FB"/>
     <w:rsid w:val="00B6330C"/>
     <w:rsid w:val="00B6621D"/>
     <w:rsid w:val="00B663B9"/>
     <w:rsid w:val="00B66E96"/>
     <w:rsid w:val="00B6788D"/>
     <w:rsid w:val="00B678F4"/>
     <w:rsid w:val="00B67A91"/>
     <w:rsid w:val="00B67FBE"/>
     <w:rsid w:val="00B7012C"/>
     <w:rsid w:val="00B703E5"/>
     <w:rsid w:val="00B70475"/>
+    <w:rsid w:val="00B705BC"/>
     <w:rsid w:val="00B70724"/>
     <w:rsid w:val="00B70B64"/>
     <w:rsid w:val="00B70D52"/>
     <w:rsid w:val="00B711BF"/>
     <w:rsid w:val="00B714D1"/>
     <w:rsid w:val="00B7179F"/>
     <w:rsid w:val="00B71870"/>
     <w:rsid w:val="00B72520"/>
     <w:rsid w:val="00B725A0"/>
     <w:rsid w:val="00B727BD"/>
     <w:rsid w:val="00B72D24"/>
     <w:rsid w:val="00B72E89"/>
     <w:rsid w:val="00B73249"/>
     <w:rsid w:val="00B7558B"/>
     <w:rsid w:val="00B75659"/>
     <w:rsid w:val="00B75B2D"/>
     <w:rsid w:val="00B7630C"/>
     <w:rsid w:val="00B7643A"/>
     <w:rsid w:val="00B76BF2"/>
     <w:rsid w:val="00B772D6"/>
     <w:rsid w:val="00B77301"/>
     <w:rsid w:val="00B773A2"/>
     <w:rsid w:val="00B77C56"/>
     <w:rsid w:val="00B802F1"/>
     <w:rsid w:val="00B8054C"/>
     <w:rsid w:val="00B806FE"/>
     <w:rsid w:val="00B8082C"/>
     <w:rsid w:val="00B8091C"/>
     <w:rsid w:val="00B8091F"/>
     <w:rsid w:val="00B80BB0"/>
     <w:rsid w:val="00B80E5D"/>
     <w:rsid w:val="00B80E68"/>
     <w:rsid w:val="00B814EE"/>
     <w:rsid w:val="00B81717"/>
     <w:rsid w:val="00B81768"/>
     <w:rsid w:val="00B81E6A"/>
     <w:rsid w:val="00B83247"/>
     <w:rsid w:val="00B83298"/>
     <w:rsid w:val="00B8363B"/>
     <w:rsid w:val="00B83E08"/>
     <w:rsid w:val="00B83F4E"/>
+    <w:rsid w:val="00B84149"/>
     <w:rsid w:val="00B847A9"/>
     <w:rsid w:val="00B847FD"/>
     <w:rsid w:val="00B8535E"/>
     <w:rsid w:val="00B856EB"/>
     <w:rsid w:val="00B868E0"/>
     <w:rsid w:val="00B86989"/>
     <w:rsid w:val="00B86BC2"/>
     <w:rsid w:val="00B86E98"/>
     <w:rsid w:val="00B87141"/>
     <w:rsid w:val="00B87EE0"/>
     <w:rsid w:val="00B8FD45"/>
     <w:rsid w:val="00B90016"/>
     <w:rsid w:val="00B905DF"/>
     <w:rsid w:val="00B905EB"/>
     <w:rsid w:val="00B90876"/>
     <w:rsid w:val="00B909DD"/>
     <w:rsid w:val="00B90BCD"/>
     <w:rsid w:val="00B91234"/>
     <w:rsid w:val="00B91955"/>
     <w:rsid w:val="00B91CE8"/>
     <w:rsid w:val="00B922BC"/>
     <w:rsid w:val="00B924ED"/>
     <w:rsid w:val="00B92A41"/>
     <w:rsid w:val="00B92A68"/>
     <w:rsid w:val="00B9331D"/>
@@ -29043,133 +30239,137 @@
     <w:rsid w:val="00B94576"/>
     <w:rsid w:val="00B94645"/>
     <w:rsid w:val="00B94C1A"/>
     <w:rsid w:val="00B95835"/>
     <w:rsid w:val="00B95E74"/>
     <w:rsid w:val="00B96206"/>
     <w:rsid w:val="00B966E8"/>
     <w:rsid w:val="00B96932"/>
     <w:rsid w:val="00B96B8B"/>
     <w:rsid w:val="00B970DA"/>
     <w:rsid w:val="00B97467"/>
     <w:rsid w:val="00B97470"/>
     <w:rsid w:val="00B974A2"/>
     <w:rsid w:val="00B975B2"/>
     <w:rsid w:val="00B97B60"/>
     <w:rsid w:val="00BA02B0"/>
     <w:rsid w:val="00BA039C"/>
     <w:rsid w:val="00BA06DE"/>
     <w:rsid w:val="00BA0B3E"/>
     <w:rsid w:val="00BA1079"/>
     <w:rsid w:val="00BA1D7B"/>
     <w:rsid w:val="00BA2722"/>
     <w:rsid w:val="00BA2841"/>
     <w:rsid w:val="00BA2CC0"/>
     <w:rsid w:val="00BA2EB7"/>
+    <w:rsid w:val="00BA3239"/>
     <w:rsid w:val="00BA35A9"/>
     <w:rsid w:val="00BA370D"/>
     <w:rsid w:val="00BA3B8C"/>
     <w:rsid w:val="00BA432D"/>
     <w:rsid w:val="00BA45BA"/>
     <w:rsid w:val="00BA4BDD"/>
     <w:rsid w:val="00BA51ED"/>
     <w:rsid w:val="00BA56E3"/>
+    <w:rsid w:val="00BA626F"/>
     <w:rsid w:val="00BA653E"/>
     <w:rsid w:val="00BA6654"/>
     <w:rsid w:val="00BA6DE9"/>
     <w:rsid w:val="00BA6EA7"/>
     <w:rsid w:val="00BA70BD"/>
     <w:rsid w:val="00BA7975"/>
     <w:rsid w:val="00BA7A5B"/>
     <w:rsid w:val="00BA7CDA"/>
     <w:rsid w:val="00BA7EDF"/>
     <w:rsid w:val="00BB05CB"/>
     <w:rsid w:val="00BB07A1"/>
     <w:rsid w:val="00BB0E23"/>
     <w:rsid w:val="00BB0EBB"/>
     <w:rsid w:val="00BB11D8"/>
     <w:rsid w:val="00BB12E0"/>
     <w:rsid w:val="00BB148B"/>
     <w:rsid w:val="00BB1A51"/>
     <w:rsid w:val="00BB1C71"/>
     <w:rsid w:val="00BB23C2"/>
     <w:rsid w:val="00BB24FB"/>
     <w:rsid w:val="00BB2997"/>
     <w:rsid w:val="00BB2A5B"/>
     <w:rsid w:val="00BB2C76"/>
     <w:rsid w:val="00BB305A"/>
     <w:rsid w:val="00BB30B6"/>
     <w:rsid w:val="00BB3112"/>
     <w:rsid w:val="00BB31A4"/>
     <w:rsid w:val="00BB31B8"/>
     <w:rsid w:val="00BB32A2"/>
     <w:rsid w:val="00BB3445"/>
     <w:rsid w:val="00BB344B"/>
     <w:rsid w:val="00BB467C"/>
     <w:rsid w:val="00BB4E8B"/>
+    <w:rsid w:val="00BB4FD6"/>
     <w:rsid w:val="00BB5F89"/>
     <w:rsid w:val="00BB6135"/>
     <w:rsid w:val="00BB6461"/>
     <w:rsid w:val="00BB6EC0"/>
     <w:rsid w:val="00BB719D"/>
     <w:rsid w:val="00BB73D9"/>
     <w:rsid w:val="00BB773E"/>
     <w:rsid w:val="00BB7758"/>
     <w:rsid w:val="00BB7CA0"/>
     <w:rsid w:val="00BC0B74"/>
     <w:rsid w:val="00BC19DD"/>
     <w:rsid w:val="00BC1FC5"/>
     <w:rsid w:val="00BC2040"/>
     <w:rsid w:val="00BC20B4"/>
     <w:rsid w:val="00BC248F"/>
     <w:rsid w:val="00BC2649"/>
     <w:rsid w:val="00BC2731"/>
     <w:rsid w:val="00BC3215"/>
     <w:rsid w:val="00BC3336"/>
     <w:rsid w:val="00BC3B85"/>
     <w:rsid w:val="00BC4215"/>
     <w:rsid w:val="00BC5069"/>
     <w:rsid w:val="00BC5076"/>
     <w:rsid w:val="00BC5552"/>
     <w:rsid w:val="00BC64AB"/>
     <w:rsid w:val="00BC70A9"/>
     <w:rsid w:val="00BC7321"/>
     <w:rsid w:val="00BD04A2"/>
     <w:rsid w:val="00BD098B"/>
     <w:rsid w:val="00BD0BEA"/>
     <w:rsid w:val="00BD1125"/>
     <w:rsid w:val="00BD1318"/>
     <w:rsid w:val="00BD165F"/>
     <w:rsid w:val="00BD2229"/>
     <w:rsid w:val="00BD2562"/>
     <w:rsid w:val="00BD28D3"/>
     <w:rsid w:val="00BD4638"/>
     <w:rsid w:val="00BD4A0F"/>
     <w:rsid w:val="00BD4B34"/>
     <w:rsid w:val="00BD4C74"/>
     <w:rsid w:val="00BD4D94"/>
     <w:rsid w:val="00BD4FF0"/>
+    <w:rsid w:val="00BD5153"/>
     <w:rsid w:val="00BD5349"/>
     <w:rsid w:val="00BD5438"/>
     <w:rsid w:val="00BD57D5"/>
     <w:rsid w:val="00BD5862"/>
     <w:rsid w:val="00BD592F"/>
     <w:rsid w:val="00BD59E2"/>
     <w:rsid w:val="00BD6855"/>
     <w:rsid w:val="00BD78CA"/>
     <w:rsid w:val="00BE067D"/>
     <w:rsid w:val="00BE0A6E"/>
     <w:rsid w:val="00BE0ADC"/>
     <w:rsid w:val="00BE0DEC"/>
     <w:rsid w:val="00BE1371"/>
     <w:rsid w:val="00BE1731"/>
     <w:rsid w:val="00BE2098"/>
     <w:rsid w:val="00BE23AA"/>
     <w:rsid w:val="00BE2653"/>
     <w:rsid w:val="00BE321A"/>
     <w:rsid w:val="00BE33B3"/>
     <w:rsid w:val="00BE39EF"/>
     <w:rsid w:val="00BE3ACE"/>
     <w:rsid w:val="00BE455F"/>
     <w:rsid w:val="00BE4701"/>
     <w:rsid w:val="00BE476A"/>
     <w:rsid w:val="00BE4799"/>
@@ -29209,150 +30409,155 @@
     <w:rsid w:val="00BF704C"/>
     <w:rsid w:val="00BF714C"/>
     <w:rsid w:val="00BF77FC"/>
     <w:rsid w:val="00C00343"/>
     <w:rsid w:val="00C007ED"/>
     <w:rsid w:val="00C01228"/>
     <w:rsid w:val="00C0182F"/>
     <w:rsid w:val="00C0236F"/>
     <w:rsid w:val="00C02A9C"/>
     <w:rsid w:val="00C02D52"/>
     <w:rsid w:val="00C02F15"/>
     <w:rsid w:val="00C0303C"/>
     <w:rsid w:val="00C030D2"/>
     <w:rsid w:val="00C03408"/>
     <w:rsid w:val="00C03B17"/>
     <w:rsid w:val="00C04235"/>
     <w:rsid w:val="00C046DA"/>
     <w:rsid w:val="00C04A03"/>
     <w:rsid w:val="00C05477"/>
     <w:rsid w:val="00C059E2"/>
     <w:rsid w:val="00C0616C"/>
     <w:rsid w:val="00C061EF"/>
     <w:rsid w:val="00C0624A"/>
     <w:rsid w:val="00C0649D"/>
     <w:rsid w:val="00C0669F"/>
+    <w:rsid w:val="00C06C6D"/>
     <w:rsid w:val="00C06F00"/>
     <w:rsid w:val="00C07CC3"/>
     <w:rsid w:val="00C07EED"/>
     <w:rsid w:val="00C10C8B"/>
     <w:rsid w:val="00C10C9F"/>
     <w:rsid w:val="00C10DC8"/>
     <w:rsid w:val="00C10DF6"/>
     <w:rsid w:val="00C113C3"/>
     <w:rsid w:val="00C11984"/>
     <w:rsid w:val="00C11A6B"/>
     <w:rsid w:val="00C11BC8"/>
     <w:rsid w:val="00C11E72"/>
     <w:rsid w:val="00C123C4"/>
     <w:rsid w:val="00C127EE"/>
     <w:rsid w:val="00C130F8"/>
     <w:rsid w:val="00C1332A"/>
     <w:rsid w:val="00C134F8"/>
     <w:rsid w:val="00C14488"/>
     <w:rsid w:val="00C14A0B"/>
     <w:rsid w:val="00C14A76"/>
     <w:rsid w:val="00C14E77"/>
     <w:rsid w:val="00C15025"/>
     <w:rsid w:val="00C158A7"/>
     <w:rsid w:val="00C15906"/>
     <w:rsid w:val="00C15CDD"/>
     <w:rsid w:val="00C15EC6"/>
     <w:rsid w:val="00C16427"/>
     <w:rsid w:val="00C16677"/>
     <w:rsid w:val="00C16FAD"/>
     <w:rsid w:val="00C17287"/>
     <w:rsid w:val="00C17585"/>
     <w:rsid w:val="00C176B0"/>
     <w:rsid w:val="00C17853"/>
     <w:rsid w:val="00C17943"/>
     <w:rsid w:val="00C202CC"/>
     <w:rsid w:val="00C2043E"/>
     <w:rsid w:val="00C20A05"/>
     <w:rsid w:val="00C2194C"/>
     <w:rsid w:val="00C21EE0"/>
     <w:rsid w:val="00C222B8"/>
+    <w:rsid w:val="00C225B5"/>
     <w:rsid w:val="00C22CDB"/>
     <w:rsid w:val="00C22D70"/>
     <w:rsid w:val="00C22D87"/>
     <w:rsid w:val="00C22D8A"/>
     <w:rsid w:val="00C23124"/>
     <w:rsid w:val="00C239F8"/>
     <w:rsid w:val="00C23CA8"/>
     <w:rsid w:val="00C242EC"/>
     <w:rsid w:val="00C2437B"/>
     <w:rsid w:val="00C24E72"/>
     <w:rsid w:val="00C251BD"/>
     <w:rsid w:val="00C25B1E"/>
     <w:rsid w:val="00C25B56"/>
     <w:rsid w:val="00C25EA4"/>
     <w:rsid w:val="00C265E7"/>
     <w:rsid w:val="00C26693"/>
     <w:rsid w:val="00C269B5"/>
+    <w:rsid w:val="00C26AA4"/>
     <w:rsid w:val="00C26D30"/>
     <w:rsid w:val="00C26E61"/>
     <w:rsid w:val="00C27182"/>
     <w:rsid w:val="00C271A4"/>
     <w:rsid w:val="00C2729E"/>
     <w:rsid w:val="00C27826"/>
     <w:rsid w:val="00C27BD3"/>
     <w:rsid w:val="00C3022A"/>
     <w:rsid w:val="00C306A3"/>
     <w:rsid w:val="00C30762"/>
     <w:rsid w:val="00C309C5"/>
     <w:rsid w:val="00C31767"/>
     <w:rsid w:val="00C322D5"/>
     <w:rsid w:val="00C32ADD"/>
     <w:rsid w:val="00C33051"/>
     <w:rsid w:val="00C332BA"/>
     <w:rsid w:val="00C332F7"/>
+    <w:rsid w:val="00C332FA"/>
     <w:rsid w:val="00C3346F"/>
     <w:rsid w:val="00C3348E"/>
     <w:rsid w:val="00C33B19"/>
     <w:rsid w:val="00C341F6"/>
     <w:rsid w:val="00C34259"/>
     <w:rsid w:val="00C349D2"/>
     <w:rsid w:val="00C34AFF"/>
     <w:rsid w:val="00C34D31"/>
     <w:rsid w:val="00C354C6"/>
     <w:rsid w:val="00C35CFF"/>
     <w:rsid w:val="00C35F15"/>
     <w:rsid w:val="00C361C7"/>
     <w:rsid w:val="00C3666D"/>
     <w:rsid w:val="00C36F27"/>
     <w:rsid w:val="00C36FFA"/>
     <w:rsid w:val="00C374AA"/>
     <w:rsid w:val="00C377BB"/>
     <w:rsid w:val="00C40317"/>
     <w:rsid w:val="00C40B05"/>
     <w:rsid w:val="00C40BA4"/>
     <w:rsid w:val="00C40CE5"/>
     <w:rsid w:val="00C4158F"/>
     <w:rsid w:val="00C41D54"/>
     <w:rsid w:val="00C41DA7"/>
     <w:rsid w:val="00C41DEE"/>
     <w:rsid w:val="00C41E96"/>
+    <w:rsid w:val="00C41EBA"/>
     <w:rsid w:val="00C42086"/>
     <w:rsid w:val="00C42313"/>
     <w:rsid w:val="00C4299A"/>
     <w:rsid w:val="00C42CED"/>
     <w:rsid w:val="00C440C0"/>
     <w:rsid w:val="00C44AC9"/>
     <w:rsid w:val="00C44B8C"/>
     <w:rsid w:val="00C45A82"/>
     <w:rsid w:val="00C4616C"/>
     <w:rsid w:val="00C4632F"/>
     <w:rsid w:val="00C46878"/>
     <w:rsid w:val="00C4692A"/>
     <w:rsid w:val="00C46ADB"/>
     <w:rsid w:val="00C47008"/>
     <w:rsid w:val="00C4727E"/>
     <w:rsid w:val="00C47674"/>
     <w:rsid w:val="00C47B79"/>
     <w:rsid w:val="00C502C3"/>
     <w:rsid w:val="00C509AA"/>
     <w:rsid w:val="00C50F7C"/>
     <w:rsid w:val="00C5128D"/>
     <w:rsid w:val="00C515ED"/>
     <w:rsid w:val="00C517C7"/>
     <w:rsid w:val="00C51B27"/>
     <w:rsid w:val="00C51B8B"/>
@@ -29396,95 +30601,98 @@
     <w:rsid w:val="00C64D2D"/>
     <w:rsid w:val="00C64F2A"/>
     <w:rsid w:val="00C654CD"/>
     <w:rsid w:val="00C6558C"/>
     <w:rsid w:val="00C65DD7"/>
     <w:rsid w:val="00C66AD8"/>
     <w:rsid w:val="00C675A2"/>
     <w:rsid w:val="00C67719"/>
     <w:rsid w:val="00C67CD8"/>
     <w:rsid w:val="00C67CDF"/>
     <w:rsid w:val="00C67F8B"/>
     <w:rsid w:val="00C70EB1"/>
     <w:rsid w:val="00C70FF4"/>
     <w:rsid w:val="00C71805"/>
     <w:rsid w:val="00C71F57"/>
     <w:rsid w:val="00C71FBF"/>
     <w:rsid w:val="00C720D3"/>
     <w:rsid w:val="00C7325C"/>
     <w:rsid w:val="00C73332"/>
     <w:rsid w:val="00C73402"/>
     <w:rsid w:val="00C73594"/>
     <w:rsid w:val="00C73BC9"/>
     <w:rsid w:val="00C74595"/>
     <w:rsid w:val="00C747FF"/>
     <w:rsid w:val="00C74D86"/>
+    <w:rsid w:val="00C74E11"/>
     <w:rsid w:val="00C7513C"/>
     <w:rsid w:val="00C7513D"/>
     <w:rsid w:val="00C75202"/>
     <w:rsid w:val="00C75B8B"/>
     <w:rsid w:val="00C76042"/>
     <w:rsid w:val="00C7661B"/>
     <w:rsid w:val="00C76B48"/>
     <w:rsid w:val="00C76D0F"/>
     <w:rsid w:val="00C76EB5"/>
     <w:rsid w:val="00C77088"/>
     <w:rsid w:val="00C773F9"/>
     <w:rsid w:val="00C7794F"/>
     <w:rsid w:val="00C80079"/>
     <w:rsid w:val="00C802A8"/>
     <w:rsid w:val="00C80440"/>
     <w:rsid w:val="00C80737"/>
     <w:rsid w:val="00C80BBE"/>
     <w:rsid w:val="00C81133"/>
     <w:rsid w:val="00C812EC"/>
     <w:rsid w:val="00C82397"/>
     <w:rsid w:val="00C826C3"/>
     <w:rsid w:val="00C836C2"/>
     <w:rsid w:val="00C83D5A"/>
     <w:rsid w:val="00C84171"/>
     <w:rsid w:val="00C841AC"/>
     <w:rsid w:val="00C847D9"/>
     <w:rsid w:val="00C84907"/>
     <w:rsid w:val="00C85478"/>
     <w:rsid w:val="00C857E6"/>
     <w:rsid w:val="00C85894"/>
     <w:rsid w:val="00C85F9F"/>
     <w:rsid w:val="00C86496"/>
     <w:rsid w:val="00C8663C"/>
     <w:rsid w:val="00C869AF"/>
     <w:rsid w:val="00C86E20"/>
+    <w:rsid w:val="00C86EA9"/>
     <w:rsid w:val="00C87591"/>
     <w:rsid w:val="00C877F7"/>
     <w:rsid w:val="00C87BB5"/>
     <w:rsid w:val="00C9001F"/>
     <w:rsid w:val="00C9040C"/>
     <w:rsid w:val="00C9072F"/>
     <w:rsid w:val="00C9097D"/>
     <w:rsid w:val="00C90C0F"/>
     <w:rsid w:val="00C90CCE"/>
     <w:rsid w:val="00C90E3F"/>
+    <w:rsid w:val="00C915BD"/>
     <w:rsid w:val="00C915FF"/>
     <w:rsid w:val="00C9222E"/>
     <w:rsid w:val="00C924E2"/>
     <w:rsid w:val="00C925C9"/>
     <w:rsid w:val="00C931ED"/>
     <w:rsid w:val="00C93284"/>
     <w:rsid w:val="00C9347C"/>
     <w:rsid w:val="00C935E8"/>
     <w:rsid w:val="00C94182"/>
     <w:rsid w:val="00C9419A"/>
     <w:rsid w:val="00C95D81"/>
     <w:rsid w:val="00C963EC"/>
     <w:rsid w:val="00C968FB"/>
     <w:rsid w:val="00C969F9"/>
     <w:rsid w:val="00C96B30"/>
     <w:rsid w:val="00C9726D"/>
     <w:rsid w:val="00C97EA9"/>
     <w:rsid w:val="00CA049D"/>
     <w:rsid w:val="00CA0B3B"/>
     <w:rsid w:val="00CA1255"/>
     <w:rsid w:val="00CA1911"/>
     <w:rsid w:val="00CA23CF"/>
     <w:rsid w:val="00CA2620"/>
     <w:rsid w:val="00CA2CF5"/>
     <w:rsid w:val="00CA2E99"/>
@@ -29531,100 +30739,103 @@
     <w:rsid w:val="00CC1A91"/>
     <w:rsid w:val="00CC1B0E"/>
     <w:rsid w:val="00CC1B6E"/>
     <w:rsid w:val="00CC1CE5"/>
     <w:rsid w:val="00CC20AA"/>
     <w:rsid w:val="00CC243C"/>
     <w:rsid w:val="00CC2806"/>
     <w:rsid w:val="00CC2E51"/>
     <w:rsid w:val="00CC389F"/>
     <w:rsid w:val="00CC437A"/>
     <w:rsid w:val="00CC44CB"/>
     <w:rsid w:val="00CC44E7"/>
     <w:rsid w:val="00CC4A10"/>
     <w:rsid w:val="00CC525A"/>
     <w:rsid w:val="00CC5572"/>
     <w:rsid w:val="00CC5731"/>
     <w:rsid w:val="00CC5ABF"/>
     <w:rsid w:val="00CC5FCC"/>
     <w:rsid w:val="00CC6878"/>
     <w:rsid w:val="00CC698B"/>
     <w:rsid w:val="00CC71E8"/>
     <w:rsid w:val="00CC744D"/>
     <w:rsid w:val="00CC7548"/>
     <w:rsid w:val="00CC76CB"/>
     <w:rsid w:val="00CC77B6"/>
+    <w:rsid w:val="00CC7959"/>
     <w:rsid w:val="00CC7E72"/>
     <w:rsid w:val="00CC7EBF"/>
     <w:rsid w:val="00CD06EC"/>
     <w:rsid w:val="00CD0F47"/>
     <w:rsid w:val="00CD109A"/>
     <w:rsid w:val="00CD1137"/>
     <w:rsid w:val="00CD23F5"/>
     <w:rsid w:val="00CD2646"/>
     <w:rsid w:val="00CD29E4"/>
     <w:rsid w:val="00CD2D68"/>
     <w:rsid w:val="00CD2DEA"/>
     <w:rsid w:val="00CD32EB"/>
     <w:rsid w:val="00CD3FCC"/>
     <w:rsid w:val="00CD42F8"/>
     <w:rsid w:val="00CD445E"/>
     <w:rsid w:val="00CD4C0B"/>
     <w:rsid w:val="00CD51DE"/>
     <w:rsid w:val="00CD5B09"/>
     <w:rsid w:val="00CD5F22"/>
     <w:rsid w:val="00CD605C"/>
     <w:rsid w:val="00CD667C"/>
     <w:rsid w:val="00CD699B"/>
     <w:rsid w:val="00CD6AC5"/>
     <w:rsid w:val="00CD6F88"/>
     <w:rsid w:val="00CD757D"/>
     <w:rsid w:val="00CD786E"/>
     <w:rsid w:val="00CD7F7D"/>
     <w:rsid w:val="00CE0082"/>
+    <w:rsid w:val="00CE0372"/>
     <w:rsid w:val="00CE128F"/>
     <w:rsid w:val="00CE12EA"/>
     <w:rsid w:val="00CE1716"/>
     <w:rsid w:val="00CE1802"/>
     <w:rsid w:val="00CE1B22"/>
     <w:rsid w:val="00CE25CC"/>
     <w:rsid w:val="00CE2BAD"/>
     <w:rsid w:val="00CE323D"/>
     <w:rsid w:val="00CE3573"/>
     <w:rsid w:val="00CE3AF5"/>
     <w:rsid w:val="00CE47C3"/>
     <w:rsid w:val="00CE48CB"/>
     <w:rsid w:val="00CE4F26"/>
     <w:rsid w:val="00CE5139"/>
     <w:rsid w:val="00CE5145"/>
     <w:rsid w:val="00CE5E4B"/>
     <w:rsid w:val="00CE5ED4"/>
     <w:rsid w:val="00CE709D"/>
     <w:rsid w:val="00CE70D6"/>
     <w:rsid w:val="00CE7BF1"/>
     <w:rsid w:val="00CE7C96"/>
     <w:rsid w:val="00CF0B13"/>
+    <w:rsid w:val="00CF0CBE"/>
     <w:rsid w:val="00CF0F9B"/>
     <w:rsid w:val="00CF119B"/>
     <w:rsid w:val="00CF1417"/>
     <w:rsid w:val="00CF1668"/>
     <w:rsid w:val="00CF1C04"/>
     <w:rsid w:val="00CF2067"/>
     <w:rsid w:val="00CF21A4"/>
     <w:rsid w:val="00CF34AF"/>
     <w:rsid w:val="00CF36EB"/>
     <w:rsid w:val="00CF3AE4"/>
     <w:rsid w:val="00CF4149"/>
     <w:rsid w:val="00CF5387"/>
     <w:rsid w:val="00CF54FD"/>
     <w:rsid w:val="00CF5678"/>
     <w:rsid w:val="00CF582F"/>
     <w:rsid w:val="00CF5CE1"/>
     <w:rsid w:val="00CF6349"/>
     <w:rsid w:val="00CF6AAD"/>
     <w:rsid w:val="00CF6D23"/>
     <w:rsid w:val="00CF6D43"/>
     <w:rsid w:val="00CF6F8E"/>
     <w:rsid w:val="00D00147"/>
     <w:rsid w:val="00D005E6"/>
     <w:rsid w:val="00D00A04"/>
     <w:rsid w:val="00D00AAC"/>
@@ -29700,50 +30911,51 @@
     <w:rsid w:val="00D23026"/>
     <w:rsid w:val="00D234FC"/>
     <w:rsid w:val="00D23D97"/>
     <w:rsid w:val="00D24649"/>
     <w:rsid w:val="00D256FB"/>
     <w:rsid w:val="00D25FA2"/>
     <w:rsid w:val="00D263CC"/>
     <w:rsid w:val="00D268A2"/>
     <w:rsid w:val="00D268EC"/>
     <w:rsid w:val="00D26C38"/>
     <w:rsid w:val="00D26DC3"/>
     <w:rsid w:val="00D278F0"/>
     <w:rsid w:val="00D27A39"/>
     <w:rsid w:val="00D27FCC"/>
     <w:rsid w:val="00D308F6"/>
     <w:rsid w:val="00D313F2"/>
     <w:rsid w:val="00D31705"/>
     <w:rsid w:val="00D3194C"/>
     <w:rsid w:val="00D31C82"/>
     <w:rsid w:val="00D32A27"/>
     <w:rsid w:val="00D32B3E"/>
     <w:rsid w:val="00D32F61"/>
     <w:rsid w:val="00D33016"/>
     <w:rsid w:val="00D33BA6"/>
     <w:rsid w:val="00D340F5"/>
+    <w:rsid w:val="00D34203"/>
     <w:rsid w:val="00D34B77"/>
     <w:rsid w:val="00D34F3D"/>
     <w:rsid w:val="00D35088"/>
     <w:rsid w:val="00D3545C"/>
     <w:rsid w:val="00D36C68"/>
     <w:rsid w:val="00D3702B"/>
     <w:rsid w:val="00D3710D"/>
     <w:rsid w:val="00D371EC"/>
     <w:rsid w:val="00D37790"/>
     <w:rsid w:val="00D37974"/>
     <w:rsid w:val="00D37A3B"/>
     <w:rsid w:val="00D404CF"/>
     <w:rsid w:val="00D405DC"/>
     <w:rsid w:val="00D4082C"/>
     <w:rsid w:val="00D4088D"/>
     <w:rsid w:val="00D409FD"/>
     <w:rsid w:val="00D41564"/>
     <w:rsid w:val="00D4165A"/>
     <w:rsid w:val="00D42223"/>
     <w:rsid w:val="00D4222F"/>
     <w:rsid w:val="00D42432"/>
     <w:rsid w:val="00D42A3E"/>
     <w:rsid w:val="00D43109"/>
     <w:rsid w:val="00D43787"/>
     <w:rsid w:val="00D437B6"/>
@@ -30038,74 +31250,76 @@
     <w:rsid w:val="00DF607E"/>
     <w:rsid w:val="00DF660C"/>
     <w:rsid w:val="00DF6DB9"/>
     <w:rsid w:val="00DF6E76"/>
     <w:rsid w:val="00DF765A"/>
     <w:rsid w:val="00E005BE"/>
     <w:rsid w:val="00E0070B"/>
     <w:rsid w:val="00E00EF6"/>
     <w:rsid w:val="00E0114B"/>
     <w:rsid w:val="00E01279"/>
     <w:rsid w:val="00E012F6"/>
     <w:rsid w:val="00E0164C"/>
     <w:rsid w:val="00E01908"/>
     <w:rsid w:val="00E01C32"/>
     <w:rsid w:val="00E01C5E"/>
     <w:rsid w:val="00E01E3B"/>
     <w:rsid w:val="00E023DC"/>
     <w:rsid w:val="00E02732"/>
     <w:rsid w:val="00E02C69"/>
     <w:rsid w:val="00E033A6"/>
     <w:rsid w:val="00E03471"/>
     <w:rsid w:val="00E036A4"/>
     <w:rsid w:val="00E03D55"/>
     <w:rsid w:val="00E041A9"/>
     <w:rsid w:val="00E04562"/>
+    <w:rsid w:val="00E04782"/>
     <w:rsid w:val="00E04B8D"/>
     <w:rsid w:val="00E04C21"/>
     <w:rsid w:val="00E04DC0"/>
     <w:rsid w:val="00E04EE6"/>
     <w:rsid w:val="00E05133"/>
     <w:rsid w:val="00E05ADF"/>
     <w:rsid w:val="00E05B48"/>
     <w:rsid w:val="00E05C2E"/>
     <w:rsid w:val="00E0604F"/>
     <w:rsid w:val="00E0627E"/>
     <w:rsid w:val="00E07C9F"/>
     <w:rsid w:val="00E07FC6"/>
     <w:rsid w:val="00E1044B"/>
     <w:rsid w:val="00E104DB"/>
     <w:rsid w:val="00E10AA9"/>
     <w:rsid w:val="00E10BBD"/>
     <w:rsid w:val="00E10D63"/>
     <w:rsid w:val="00E10DA8"/>
     <w:rsid w:val="00E115A6"/>
     <w:rsid w:val="00E117EB"/>
     <w:rsid w:val="00E119D1"/>
     <w:rsid w:val="00E11BF9"/>
     <w:rsid w:val="00E11D1A"/>
     <w:rsid w:val="00E12963"/>
+    <w:rsid w:val="00E12B30"/>
     <w:rsid w:val="00E12DEA"/>
     <w:rsid w:val="00E13A7F"/>
     <w:rsid w:val="00E14123"/>
     <w:rsid w:val="00E1445A"/>
     <w:rsid w:val="00E145FC"/>
     <w:rsid w:val="00E14F83"/>
     <w:rsid w:val="00E157C6"/>
     <w:rsid w:val="00E15847"/>
     <w:rsid w:val="00E158B3"/>
     <w:rsid w:val="00E15A73"/>
     <w:rsid w:val="00E15AAB"/>
     <w:rsid w:val="00E15B30"/>
     <w:rsid w:val="00E15CBA"/>
     <w:rsid w:val="00E15D72"/>
     <w:rsid w:val="00E15DEA"/>
     <w:rsid w:val="00E16CCF"/>
     <w:rsid w:val="00E16CDA"/>
     <w:rsid w:val="00E16D74"/>
     <w:rsid w:val="00E16DE6"/>
     <w:rsid w:val="00E16DEC"/>
     <w:rsid w:val="00E174E3"/>
     <w:rsid w:val="00E17E25"/>
     <w:rsid w:val="00E201DB"/>
     <w:rsid w:val="00E2112A"/>
     <w:rsid w:val="00E211AD"/>
@@ -30130,180 +31344,186 @@
     <w:rsid w:val="00E27F41"/>
     <w:rsid w:val="00E300A9"/>
     <w:rsid w:val="00E30621"/>
     <w:rsid w:val="00E30707"/>
     <w:rsid w:val="00E307F3"/>
     <w:rsid w:val="00E314F6"/>
     <w:rsid w:val="00E315D9"/>
     <w:rsid w:val="00E31C90"/>
     <w:rsid w:val="00E32FCA"/>
     <w:rsid w:val="00E3352F"/>
     <w:rsid w:val="00E33AC8"/>
     <w:rsid w:val="00E343F1"/>
     <w:rsid w:val="00E346D9"/>
     <w:rsid w:val="00E34AC2"/>
     <w:rsid w:val="00E34B68"/>
     <w:rsid w:val="00E353FD"/>
     <w:rsid w:val="00E35604"/>
     <w:rsid w:val="00E356F1"/>
     <w:rsid w:val="00E356F9"/>
     <w:rsid w:val="00E35A87"/>
     <w:rsid w:val="00E35C55"/>
     <w:rsid w:val="00E363F2"/>
     <w:rsid w:val="00E367FF"/>
     <w:rsid w:val="00E368F8"/>
     <w:rsid w:val="00E36E70"/>
+    <w:rsid w:val="00E37B9D"/>
     <w:rsid w:val="00E40BA6"/>
     <w:rsid w:val="00E40D27"/>
     <w:rsid w:val="00E41A44"/>
     <w:rsid w:val="00E429CC"/>
     <w:rsid w:val="00E42DD3"/>
     <w:rsid w:val="00E432CB"/>
     <w:rsid w:val="00E434C4"/>
     <w:rsid w:val="00E4454A"/>
     <w:rsid w:val="00E44645"/>
     <w:rsid w:val="00E44848"/>
     <w:rsid w:val="00E44C09"/>
     <w:rsid w:val="00E450BC"/>
     <w:rsid w:val="00E452F7"/>
     <w:rsid w:val="00E456C4"/>
     <w:rsid w:val="00E45E09"/>
     <w:rsid w:val="00E4619F"/>
     <w:rsid w:val="00E46A02"/>
     <w:rsid w:val="00E46A0F"/>
     <w:rsid w:val="00E46AC4"/>
     <w:rsid w:val="00E46D06"/>
     <w:rsid w:val="00E46EF6"/>
     <w:rsid w:val="00E46FBC"/>
     <w:rsid w:val="00E4748F"/>
     <w:rsid w:val="00E47631"/>
     <w:rsid w:val="00E47956"/>
     <w:rsid w:val="00E47AA0"/>
     <w:rsid w:val="00E5001E"/>
     <w:rsid w:val="00E502D6"/>
     <w:rsid w:val="00E503FB"/>
     <w:rsid w:val="00E50E93"/>
     <w:rsid w:val="00E50F3D"/>
     <w:rsid w:val="00E51041"/>
     <w:rsid w:val="00E51445"/>
     <w:rsid w:val="00E51465"/>
     <w:rsid w:val="00E51551"/>
     <w:rsid w:val="00E5189C"/>
     <w:rsid w:val="00E521ED"/>
     <w:rsid w:val="00E528C7"/>
     <w:rsid w:val="00E530F9"/>
     <w:rsid w:val="00E53423"/>
     <w:rsid w:val="00E5359A"/>
+    <w:rsid w:val="00E53770"/>
     <w:rsid w:val="00E544FB"/>
     <w:rsid w:val="00E56D4D"/>
     <w:rsid w:val="00E57742"/>
     <w:rsid w:val="00E57979"/>
     <w:rsid w:val="00E600AA"/>
     <w:rsid w:val="00E6038E"/>
     <w:rsid w:val="00E60489"/>
     <w:rsid w:val="00E60AE0"/>
     <w:rsid w:val="00E60DDB"/>
     <w:rsid w:val="00E60E36"/>
     <w:rsid w:val="00E6102A"/>
     <w:rsid w:val="00E6114B"/>
     <w:rsid w:val="00E6118C"/>
     <w:rsid w:val="00E6138E"/>
     <w:rsid w:val="00E613EF"/>
     <w:rsid w:val="00E615B4"/>
     <w:rsid w:val="00E615E5"/>
     <w:rsid w:val="00E61661"/>
+    <w:rsid w:val="00E61DEB"/>
     <w:rsid w:val="00E61FA2"/>
     <w:rsid w:val="00E62235"/>
     <w:rsid w:val="00E622C8"/>
     <w:rsid w:val="00E623AA"/>
     <w:rsid w:val="00E62A28"/>
     <w:rsid w:val="00E62DBF"/>
     <w:rsid w:val="00E635AE"/>
     <w:rsid w:val="00E638DE"/>
     <w:rsid w:val="00E63A42"/>
     <w:rsid w:val="00E63B01"/>
     <w:rsid w:val="00E63ED2"/>
     <w:rsid w:val="00E63FBA"/>
     <w:rsid w:val="00E647F1"/>
     <w:rsid w:val="00E64E4A"/>
     <w:rsid w:val="00E650AB"/>
     <w:rsid w:val="00E653D5"/>
     <w:rsid w:val="00E65945"/>
     <w:rsid w:val="00E6662A"/>
     <w:rsid w:val="00E6662D"/>
     <w:rsid w:val="00E666D3"/>
     <w:rsid w:val="00E66875"/>
     <w:rsid w:val="00E669DF"/>
     <w:rsid w:val="00E66A7B"/>
     <w:rsid w:val="00E66FB4"/>
     <w:rsid w:val="00E671E8"/>
     <w:rsid w:val="00E67A2E"/>
     <w:rsid w:val="00E67C4F"/>
     <w:rsid w:val="00E7041D"/>
     <w:rsid w:val="00E7092A"/>
     <w:rsid w:val="00E70B08"/>
     <w:rsid w:val="00E71071"/>
     <w:rsid w:val="00E71759"/>
     <w:rsid w:val="00E71C6C"/>
     <w:rsid w:val="00E71D7A"/>
     <w:rsid w:val="00E71EAB"/>
     <w:rsid w:val="00E71F1A"/>
     <w:rsid w:val="00E7207D"/>
     <w:rsid w:val="00E720F5"/>
     <w:rsid w:val="00E72484"/>
     <w:rsid w:val="00E72C36"/>
     <w:rsid w:val="00E72DD3"/>
     <w:rsid w:val="00E73095"/>
     <w:rsid w:val="00E737B1"/>
     <w:rsid w:val="00E73D94"/>
+    <w:rsid w:val="00E74543"/>
     <w:rsid w:val="00E745C5"/>
     <w:rsid w:val="00E74768"/>
     <w:rsid w:val="00E76211"/>
     <w:rsid w:val="00E76309"/>
     <w:rsid w:val="00E7637D"/>
     <w:rsid w:val="00E765CC"/>
     <w:rsid w:val="00E7692F"/>
     <w:rsid w:val="00E76BE1"/>
     <w:rsid w:val="00E7713A"/>
     <w:rsid w:val="00E772D3"/>
     <w:rsid w:val="00E77610"/>
     <w:rsid w:val="00E80066"/>
+    <w:rsid w:val="00E80F4B"/>
     <w:rsid w:val="00E81208"/>
     <w:rsid w:val="00E81232"/>
     <w:rsid w:val="00E8195D"/>
     <w:rsid w:val="00E81E0D"/>
     <w:rsid w:val="00E81F5E"/>
     <w:rsid w:val="00E82EFF"/>
     <w:rsid w:val="00E831CB"/>
     <w:rsid w:val="00E836EF"/>
     <w:rsid w:val="00E837B4"/>
     <w:rsid w:val="00E83C8B"/>
     <w:rsid w:val="00E83E4B"/>
     <w:rsid w:val="00E83F0F"/>
     <w:rsid w:val="00E83F8A"/>
     <w:rsid w:val="00E847BB"/>
     <w:rsid w:val="00E84927"/>
+    <w:rsid w:val="00E84DB3"/>
     <w:rsid w:val="00E84F68"/>
     <w:rsid w:val="00E85102"/>
     <w:rsid w:val="00E85643"/>
     <w:rsid w:val="00E859A0"/>
     <w:rsid w:val="00E85D31"/>
     <w:rsid w:val="00E85D67"/>
     <w:rsid w:val="00E85FCC"/>
     <w:rsid w:val="00E862FD"/>
     <w:rsid w:val="00E87318"/>
     <w:rsid w:val="00E8767C"/>
     <w:rsid w:val="00E879A7"/>
     <w:rsid w:val="00E90207"/>
     <w:rsid w:val="00E904EE"/>
     <w:rsid w:val="00E910E3"/>
     <w:rsid w:val="00E91737"/>
     <w:rsid w:val="00E919C3"/>
     <w:rsid w:val="00E91A53"/>
     <w:rsid w:val="00E91B44"/>
     <w:rsid w:val="00E924A8"/>
     <w:rsid w:val="00E924AD"/>
     <w:rsid w:val="00E924B2"/>
     <w:rsid w:val="00E926DB"/>
     <w:rsid w:val="00E92706"/>
     <w:rsid w:val="00E92BD2"/>
     <w:rsid w:val="00E92D1D"/>
@@ -30432,127 +31652,130 @@
     <w:rsid w:val="00ED7D26"/>
     <w:rsid w:val="00ED7E5A"/>
     <w:rsid w:val="00EE00BA"/>
     <w:rsid w:val="00EE0282"/>
     <w:rsid w:val="00EE028C"/>
     <w:rsid w:val="00EE0800"/>
     <w:rsid w:val="00EE0ACF"/>
     <w:rsid w:val="00EE1EB7"/>
     <w:rsid w:val="00EE2972"/>
     <w:rsid w:val="00EE346E"/>
     <w:rsid w:val="00EE35BF"/>
     <w:rsid w:val="00EE35F7"/>
     <w:rsid w:val="00EE397A"/>
     <w:rsid w:val="00EE397E"/>
     <w:rsid w:val="00EE3AE1"/>
     <w:rsid w:val="00EE3F43"/>
     <w:rsid w:val="00EE4027"/>
     <w:rsid w:val="00EE4661"/>
     <w:rsid w:val="00EE4A0F"/>
     <w:rsid w:val="00EE5157"/>
     <w:rsid w:val="00EE55A5"/>
     <w:rsid w:val="00EE56B7"/>
     <w:rsid w:val="00EE5B6B"/>
     <w:rsid w:val="00EE65EE"/>
     <w:rsid w:val="00EE6FF1"/>
+    <w:rsid w:val="00EE7A07"/>
     <w:rsid w:val="00EE7D96"/>
     <w:rsid w:val="00EF0A52"/>
     <w:rsid w:val="00EF15B2"/>
     <w:rsid w:val="00EF1EB4"/>
     <w:rsid w:val="00EF2321"/>
     <w:rsid w:val="00EF23D4"/>
     <w:rsid w:val="00EF2436"/>
     <w:rsid w:val="00EF2D60"/>
     <w:rsid w:val="00EF36DB"/>
     <w:rsid w:val="00EF3B40"/>
     <w:rsid w:val="00EF400A"/>
     <w:rsid w:val="00EF476D"/>
     <w:rsid w:val="00EF47EE"/>
     <w:rsid w:val="00EF48E6"/>
     <w:rsid w:val="00EF48EE"/>
     <w:rsid w:val="00EF4DAB"/>
     <w:rsid w:val="00EF5E08"/>
     <w:rsid w:val="00EF6117"/>
     <w:rsid w:val="00EF65E0"/>
     <w:rsid w:val="00EF6F08"/>
     <w:rsid w:val="00EF7500"/>
     <w:rsid w:val="00F00387"/>
     <w:rsid w:val="00F004FE"/>
     <w:rsid w:val="00F006BE"/>
     <w:rsid w:val="00F00B32"/>
     <w:rsid w:val="00F00C9A"/>
     <w:rsid w:val="00F018BD"/>
     <w:rsid w:val="00F01D1A"/>
     <w:rsid w:val="00F02AA7"/>
     <w:rsid w:val="00F02AB5"/>
     <w:rsid w:val="00F0327C"/>
     <w:rsid w:val="00F03785"/>
     <w:rsid w:val="00F03830"/>
     <w:rsid w:val="00F03837"/>
+    <w:rsid w:val="00F03D97"/>
     <w:rsid w:val="00F045B4"/>
     <w:rsid w:val="00F04747"/>
     <w:rsid w:val="00F052DE"/>
     <w:rsid w:val="00F056B8"/>
     <w:rsid w:val="00F05F8A"/>
     <w:rsid w:val="00F064F9"/>
     <w:rsid w:val="00F0683C"/>
     <w:rsid w:val="00F068DD"/>
     <w:rsid w:val="00F06FF7"/>
     <w:rsid w:val="00F0729A"/>
     <w:rsid w:val="00F07456"/>
     <w:rsid w:val="00F0774F"/>
     <w:rsid w:val="00F10AAE"/>
     <w:rsid w:val="00F10DA7"/>
     <w:rsid w:val="00F1112A"/>
     <w:rsid w:val="00F11F4C"/>
     <w:rsid w:val="00F12109"/>
     <w:rsid w:val="00F12361"/>
     <w:rsid w:val="00F12508"/>
     <w:rsid w:val="00F1263B"/>
     <w:rsid w:val="00F12679"/>
     <w:rsid w:val="00F13600"/>
     <w:rsid w:val="00F1395C"/>
     <w:rsid w:val="00F139F7"/>
     <w:rsid w:val="00F13A74"/>
     <w:rsid w:val="00F13F4E"/>
     <w:rsid w:val="00F14772"/>
     <w:rsid w:val="00F1490E"/>
     <w:rsid w:val="00F14B06"/>
     <w:rsid w:val="00F151AC"/>
     <w:rsid w:val="00F15225"/>
     <w:rsid w:val="00F15655"/>
     <w:rsid w:val="00F16421"/>
     <w:rsid w:val="00F16436"/>
     <w:rsid w:val="00F16C38"/>
     <w:rsid w:val="00F16D7F"/>
     <w:rsid w:val="00F171B5"/>
     <w:rsid w:val="00F1729E"/>
     <w:rsid w:val="00F177A2"/>
     <w:rsid w:val="00F17CFF"/>
     <w:rsid w:val="00F17D16"/>
     <w:rsid w:val="00F17EBF"/>
     <w:rsid w:val="00F17F54"/>
+    <w:rsid w:val="00F20693"/>
     <w:rsid w:val="00F2074A"/>
     <w:rsid w:val="00F20A0D"/>
     <w:rsid w:val="00F21202"/>
     <w:rsid w:val="00F21204"/>
     <w:rsid w:val="00F214CC"/>
     <w:rsid w:val="00F226DE"/>
     <w:rsid w:val="00F22B21"/>
     <w:rsid w:val="00F22C75"/>
     <w:rsid w:val="00F23265"/>
     <w:rsid w:val="00F23308"/>
     <w:rsid w:val="00F242B1"/>
     <w:rsid w:val="00F245A3"/>
     <w:rsid w:val="00F2470C"/>
     <w:rsid w:val="00F2471E"/>
     <w:rsid w:val="00F24887"/>
     <w:rsid w:val="00F25342"/>
     <w:rsid w:val="00F25382"/>
     <w:rsid w:val="00F2554C"/>
     <w:rsid w:val="00F2577D"/>
     <w:rsid w:val="00F25A84"/>
     <w:rsid w:val="00F2634F"/>
     <w:rsid w:val="00F263A8"/>
     <w:rsid w:val="00F26432"/>
     <w:rsid w:val="00F268D2"/>
     <w:rsid w:val="00F26A69"/>
@@ -30588,110 +31811,113 @@
     <w:rsid w:val="00F40F1D"/>
     <w:rsid w:val="00F419AB"/>
     <w:rsid w:val="00F41B3F"/>
     <w:rsid w:val="00F41D76"/>
     <w:rsid w:val="00F41EB7"/>
     <w:rsid w:val="00F42640"/>
     <w:rsid w:val="00F4292A"/>
     <w:rsid w:val="00F433CB"/>
     <w:rsid w:val="00F43A32"/>
     <w:rsid w:val="00F43CC1"/>
     <w:rsid w:val="00F441A2"/>
     <w:rsid w:val="00F450D9"/>
     <w:rsid w:val="00F4524C"/>
     <w:rsid w:val="00F4534E"/>
     <w:rsid w:val="00F456FB"/>
     <w:rsid w:val="00F45734"/>
     <w:rsid w:val="00F45D81"/>
     <w:rsid w:val="00F4619E"/>
     <w:rsid w:val="00F4641B"/>
     <w:rsid w:val="00F466B2"/>
     <w:rsid w:val="00F46BE6"/>
     <w:rsid w:val="00F46D79"/>
     <w:rsid w:val="00F4741A"/>
     <w:rsid w:val="00F4763C"/>
     <w:rsid w:val="00F47AEA"/>
+    <w:rsid w:val="00F504E6"/>
     <w:rsid w:val="00F50B4C"/>
     <w:rsid w:val="00F50D70"/>
     <w:rsid w:val="00F526D3"/>
     <w:rsid w:val="00F5282C"/>
     <w:rsid w:val="00F52DA1"/>
     <w:rsid w:val="00F5300D"/>
     <w:rsid w:val="00F530FC"/>
     <w:rsid w:val="00F534FB"/>
     <w:rsid w:val="00F535ED"/>
     <w:rsid w:val="00F53728"/>
     <w:rsid w:val="00F53868"/>
     <w:rsid w:val="00F53FF7"/>
     <w:rsid w:val="00F546A2"/>
     <w:rsid w:val="00F549EC"/>
+    <w:rsid w:val="00F54A8E"/>
     <w:rsid w:val="00F54E69"/>
     <w:rsid w:val="00F54FFD"/>
     <w:rsid w:val="00F552A1"/>
     <w:rsid w:val="00F55332"/>
     <w:rsid w:val="00F55394"/>
     <w:rsid w:val="00F55414"/>
     <w:rsid w:val="00F554FF"/>
     <w:rsid w:val="00F5567E"/>
     <w:rsid w:val="00F562B1"/>
     <w:rsid w:val="00F5661F"/>
     <w:rsid w:val="00F56971"/>
     <w:rsid w:val="00F5754F"/>
     <w:rsid w:val="00F57C19"/>
     <w:rsid w:val="00F57E61"/>
     <w:rsid w:val="00F57F0E"/>
     <w:rsid w:val="00F60661"/>
     <w:rsid w:val="00F60AB7"/>
     <w:rsid w:val="00F60FFB"/>
     <w:rsid w:val="00F61320"/>
     <w:rsid w:val="00F613D3"/>
     <w:rsid w:val="00F61A15"/>
     <w:rsid w:val="00F61C2A"/>
     <w:rsid w:val="00F626D1"/>
     <w:rsid w:val="00F62812"/>
     <w:rsid w:val="00F6306B"/>
     <w:rsid w:val="00F63223"/>
     <w:rsid w:val="00F63800"/>
     <w:rsid w:val="00F63AA4"/>
     <w:rsid w:val="00F63C46"/>
     <w:rsid w:val="00F64213"/>
     <w:rsid w:val="00F645CE"/>
     <w:rsid w:val="00F64615"/>
     <w:rsid w:val="00F64C46"/>
     <w:rsid w:val="00F655AC"/>
     <w:rsid w:val="00F65A2D"/>
     <w:rsid w:val="00F6628F"/>
     <w:rsid w:val="00F66330"/>
     <w:rsid w:val="00F6672F"/>
     <w:rsid w:val="00F668DC"/>
     <w:rsid w:val="00F70106"/>
     <w:rsid w:val="00F70789"/>
     <w:rsid w:val="00F70F77"/>
     <w:rsid w:val="00F71B9A"/>
     <w:rsid w:val="00F71DA2"/>
     <w:rsid w:val="00F72406"/>
     <w:rsid w:val="00F72C23"/>
+    <w:rsid w:val="00F7310A"/>
     <w:rsid w:val="00F73426"/>
     <w:rsid w:val="00F73C00"/>
     <w:rsid w:val="00F74203"/>
     <w:rsid w:val="00F7443B"/>
     <w:rsid w:val="00F74558"/>
     <w:rsid w:val="00F74659"/>
     <w:rsid w:val="00F7468E"/>
     <w:rsid w:val="00F746E7"/>
     <w:rsid w:val="00F74930"/>
     <w:rsid w:val="00F74C6D"/>
     <w:rsid w:val="00F758B7"/>
     <w:rsid w:val="00F758F8"/>
     <w:rsid w:val="00F75993"/>
     <w:rsid w:val="00F759A1"/>
     <w:rsid w:val="00F75C14"/>
     <w:rsid w:val="00F75D0C"/>
     <w:rsid w:val="00F76011"/>
     <w:rsid w:val="00F76341"/>
     <w:rsid w:val="00F764AD"/>
     <w:rsid w:val="00F768FD"/>
     <w:rsid w:val="00F76D3C"/>
     <w:rsid w:val="00F77091"/>
     <w:rsid w:val="00F777F6"/>
     <w:rsid w:val="00F80359"/>
     <w:rsid w:val="00F811FC"/>
@@ -30723,50 +31949,51 @@
     <w:rsid w:val="00F874CD"/>
     <w:rsid w:val="00F87634"/>
     <w:rsid w:val="00F907E6"/>
     <w:rsid w:val="00F90E72"/>
     <w:rsid w:val="00F91700"/>
     <w:rsid w:val="00F91BFF"/>
     <w:rsid w:val="00F91E57"/>
     <w:rsid w:val="00F92410"/>
     <w:rsid w:val="00F92D03"/>
     <w:rsid w:val="00F9303A"/>
     <w:rsid w:val="00F932DE"/>
     <w:rsid w:val="00F939DE"/>
     <w:rsid w:val="00F93DA7"/>
     <w:rsid w:val="00F93FF6"/>
     <w:rsid w:val="00F94209"/>
     <w:rsid w:val="00F944B2"/>
     <w:rsid w:val="00F956CA"/>
     <w:rsid w:val="00F95904"/>
     <w:rsid w:val="00F95A6D"/>
     <w:rsid w:val="00F95DDD"/>
     <w:rsid w:val="00F95F45"/>
     <w:rsid w:val="00F95FF6"/>
     <w:rsid w:val="00F960E3"/>
     <w:rsid w:val="00F96613"/>
     <w:rsid w:val="00F96664"/>
+    <w:rsid w:val="00F968FA"/>
     <w:rsid w:val="00F96AAA"/>
     <w:rsid w:val="00F96B9B"/>
     <w:rsid w:val="00F96D3E"/>
     <w:rsid w:val="00F96E97"/>
     <w:rsid w:val="00F978DA"/>
     <w:rsid w:val="00F97981"/>
     <w:rsid w:val="00F97D01"/>
     <w:rsid w:val="00F97F68"/>
     <w:rsid w:val="00F97F6D"/>
     <w:rsid w:val="00FA0570"/>
     <w:rsid w:val="00FA0A4B"/>
     <w:rsid w:val="00FA0F23"/>
     <w:rsid w:val="00FA1706"/>
     <w:rsid w:val="00FA174C"/>
     <w:rsid w:val="00FA1BE3"/>
     <w:rsid w:val="00FA1EA7"/>
     <w:rsid w:val="00FA211A"/>
     <w:rsid w:val="00FA214F"/>
     <w:rsid w:val="00FA23B0"/>
     <w:rsid w:val="00FA267F"/>
     <w:rsid w:val="00FA325B"/>
     <w:rsid w:val="00FA36BD"/>
     <w:rsid w:val="00FA3CE8"/>
     <w:rsid w:val="00FA3D6C"/>
     <w:rsid w:val="00FA43DB"/>
@@ -31000,50 +32227,51 @@
     <w:rsid w:val="05C2281C"/>
     <w:rsid w:val="05CB09C3"/>
     <w:rsid w:val="05DDB611"/>
     <w:rsid w:val="05ED8CA9"/>
     <w:rsid w:val="060BA1A1"/>
     <w:rsid w:val="060DB780"/>
     <w:rsid w:val="06162F5A"/>
     <w:rsid w:val="0616B0D0"/>
     <w:rsid w:val="061E6F9C"/>
     <w:rsid w:val="062079BC"/>
     <w:rsid w:val="062F7910"/>
     <w:rsid w:val="063E8100"/>
     <w:rsid w:val="064C856D"/>
     <w:rsid w:val="065A16DA"/>
     <w:rsid w:val="065C93B7"/>
     <w:rsid w:val="067850B9"/>
     <w:rsid w:val="0691C0B8"/>
     <w:rsid w:val="069F8B6E"/>
     <w:rsid w:val="06A17DC5"/>
     <w:rsid w:val="06B52D76"/>
     <w:rsid w:val="06C97B25"/>
     <w:rsid w:val="06D2EE2F"/>
     <w:rsid w:val="0726920D"/>
     <w:rsid w:val="075F349C"/>
     <w:rsid w:val="076431FC"/>
+    <w:rsid w:val="07670DDA"/>
     <w:rsid w:val="07711B9C"/>
     <w:rsid w:val="07AE1A6D"/>
     <w:rsid w:val="07B64714"/>
     <w:rsid w:val="07C03C06"/>
     <w:rsid w:val="07D27D10"/>
     <w:rsid w:val="07D432BA"/>
     <w:rsid w:val="07DE30C4"/>
     <w:rsid w:val="07E36A8F"/>
     <w:rsid w:val="0800DF90"/>
     <w:rsid w:val="081A25C8"/>
     <w:rsid w:val="0832C4FF"/>
     <w:rsid w:val="083363B1"/>
     <w:rsid w:val="08558F54"/>
     <w:rsid w:val="08795E5A"/>
     <w:rsid w:val="088DE5CA"/>
     <w:rsid w:val="08A4C0AA"/>
     <w:rsid w:val="08BF4E6C"/>
     <w:rsid w:val="08C249BD"/>
     <w:rsid w:val="08E4B36A"/>
     <w:rsid w:val="08EF79F0"/>
     <w:rsid w:val="09413F8D"/>
     <w:rsid w:val="094FAD45"/>
     <w:rsid w:val="095D5BEB"/>
     <w:rsid w:val="098DF036"/>
     <w:rsid w:val="09A983C1"/>
@@ -31231,71 +32459,73 @@
     <w:rsid w:val="1818E5DD"/>
     <w:rsid w:val="182F8C33"/>
     <w:rsid w:val="184C0C5F"/>
     <w:rsid w:val="185BD25D"/>
     <w:rsid w:val="186741C8"/>
     <w:rsid w:val="188FC905"/>
     <w:rsid w:val="1893F7E5"/>
     <w:rsid w:val="18A1ADB5"/>
     <w:rsid w:val="18CE6700"/>
     <w:rsid w:val="18D2BAA8"/>
     <w:rsid w:val="18D76CBA"/>
     <w:rsid w:val="18DDBBA7"/>
     <w:rsid w:val="18ED8E42"/>
     <w:rsid w:val="18F422B8"/>
     <w:rsid w:val="191207C1"/>
     <w:rsid w:val="19184BE3"/>
     <w:rsid w:val="1932688B"/>
     <w:rsid w:val="1944BC27"/>
     <w:rsid w:val="194DE70B"/>
     <w:rsid w:val="19520A78"/>
     <w:rsid w:val="19864288"/>
     <w:rsid w:val="199BB92A"/>
     <w:rsid w:val="19AB949A"/>
     <w:rsid w:val="19BA792A"/>
     <w:rsid w:val="19FEA866"/>
+    <w:rsid w:val="1A2E2FFA"/>
     <w:rsid w:val="1A444B0E"/>
     <w:rsid w:val="1A69DEBC"/>
     <w:rsid w:val="1A6BD7FE"/>
     <w:rsid w:val="1A6C121B"/>
     <w:rsid w:val="1A79DF4E"/>
     <w:rsid w:val="1A9A1C57"/>
     <w:rsid w:val="1AA6E650"/>
     <w:rsid w:val="1AD374A2"/>
     <w:rsid w:val="1AFEF514"/>
     <w:rsid w:val="1B01041A"/>
     <w:rsid w:val="1B0A5844"/>
     <w:rsid w:val="1B20313A"/>
     <w:rsid w:val="1B382F17"/>
     <w:rsid w:val="1B43204B"/>
     <w:rsid w:val="1B487E8F"/>
     <w:rsid w:val="1B7F9A66"/>
     <w:rsid w:val="1B9C9754"/>
     <w:rsid w:val="1BA1DC3F"/>
     <w:rsid w:val="1BC329D4"/>
     <w:rsid w:val="1BD132E5"/>
     <w:rsid w:val="1BEAA849"/>
+    <w:rsid w:val="1BEAF530"/>
     <w:rsid w:val="1C1E8273"/>
     <w:rsid w:val="1C49CFC1"/>
     <w:rsid w:val="1C6F4503"/>
     <w:rsid w:val="1CAF97B4"/>
     <w:rsid w:val="1CBAEE48"/>
     <w:rsid w:val="1CBDECA0"/>
     <w:rsid w:val="1CE28983"/>
     <w:rsid w:val="1D04EA52"/>
     <w:rsid w:val="1D09D69C"/>
     <w:rsid w:val="1D199962"/>
     <w:rsid w:val="1D581BD7"/>
     <w:rsid w:val="1D59810A"/>
     <w:rsid w:val="1D5F3705"/>
     <w:rsid w:val="1D75F783"/>
     <w:rsid w:val="1D810D22"/>
     <w:rsid w:val="1D962E7E"/>
     <w:rsid w:val="1DD9D84B"/>
     <w:rsid w:val="1DE181C6"/>
     <w:rsid w:val="1DFE160B"/>
     <w:rsid w:val="1E23A4D3"/>
     <w:rsid w:val="1E2806FF"/>
     <w:rsid w:val="1E4FAA5E"/>
     <w:rsid w:val="1E6A29A7"/>
     <w:rsid w:val="1E6D62F1"/>
     <w:rsid w:val="1E792FFC"/>
@@ -31303,50 +32533,51 @@
     <w:rsid w:val="1E97F43A"/>
     <w:rsid w:val="1E9F39A0"/>
     <w:rsid w:val="1EAFBBFE"/>
     <w:rsid w:val="1EB4A687"/>
     <w:rsid w:val="1EC131F4"/>
     <w:rsid w:val="1ECCB032"/>
     <w:rsid w:val="1F263524"/>
     <w:rsid w:val="1F5AA8C6"/>
     <w:rsid w:val="1F78ECD4"/>
     <w:rsid w:val="1F82D149"/>
     <w:rsid w:val="1F913886"/>
     <w:rsid w:val="1F973CE2"/>
     <w:rsid w:val="1FB24D6E"/>
     <w:rsid w:val="1FB80615"/>
     <w:rsid w:val="1FECD132"/>
     <w:rsid w:val="20018649"/>
     <w:rsid w:val="201A303C"/>
     <w:rsid w:val="20222E75"/>
     <w:rsid w:val="202E6A1C"/>
     <w:rsid w:val="203A108D"/>
     <w:rsid w:val="204E5437"/>
     <w:rsid w:val="204F6885"/>
     <w:rsid w:val="2056499D"/>
     <w:rsid w:val="206296DE"/>
     <w:rsid w:val="20A92BFC"/>
+    <w:rsid w:val="20CF1519"/>
     <w:rsid w:val="20DCA0C4"/>
     <w:rsid w:val="210E83B5"/>
     <w:rsid w:val="21100A98"/>
     <w:rsid w:val="2113E0B1"/>
     <w:rsid w:val="214E2434"/>
     <w:rsid w:val="217856AD"/>
     <w:rsid w:val="217858CA"/>
     <w:rsid w:val="2181EAFA"/>
     <w:rsid w:val="21D7773E"/>
     <w:rsid w:val="21DC28A6"/>
     <w:rsid w:val="21E323ED"/>
     <w:rsid w:val="21F4EC80"/>
     <w:rsid w:val="21FF3188"/>
     <w:rsid w:val="220D4267"/>
     <w:rsid w:val="2225F66B"/>
     <w:rsid w:val="222E9782"/>
     <w:rsid w:val="2237A76A"/>
     <w:rsid w:val="224C2D0F"/>
     <w:rsid w:val="227328CF"/>
     <w:rsid w:val="228C8333"/>
     <w:rsid w:val="2295C6B6"/>
     <w:rsid w:val="22A32641"/>
     <w:rsid w:val="22A643FA"/>
     <w:rsid w:val="22AA3353"/>
     <w:rsid w:val="22E9FC76"/>
@@ -31370,119 +32601,122 @@
     <w:rsid w:val="24572D78"/>
     <w:rsid w:val="245F0250"/>
     <w:rsid w:val="246132BD"/>
     <w:rsid w:val="247B15A3"/>
     <w:rsid w:val="2482446E"/>
     <w:rsid w:val="24867AE6"/>
     <w:rsid w:val="24F67AC7"/>
     <w:rsid w:val="24F72D98"/>
     <w:rsid w:val="2520BF9C"/>
     <w:rsid w:val="252CB9B5"/>
     <w:rsid w:val="25358EE0"/>
     <w:rsid w:val="253CEDD5"/>
     <w:rsid w:val="25450BAE"/>
     <w:rsid w:val="254F0169"/>
     <w:rsid w:val="2552578C"/>
     <w:rsid w:val="2558DEC0"/>
     <w:rsid w:val="256FEFA2"/>
     <w:rsid w:val="25785294"/>
     <w:rsid w:val="258A48AE"/>
     <w:rsid w:val="259277EB"/>
     <w:rsid w:val="25A29179"/>
     <w:rsid w:val="25CAA4F1"/>
     <w:rsid w:val="25CDCC93"/>
     <w:rsid w:val="25D6C14F"/>
     <w:rsid w:val="25E4086A"/>
+    <w:rsid w:val="25E86A54"/>
     <w:rsid w:val="25E9DC4D"/>
     <w:rsid w:val="25F36280"/>
     <w:rsid w:val="25F9F223"/>
     <w:rsid w:val="26148200"/>
     <w:rsid w:val="2616CC71"/>
     <w:rsid w:val="26172584"/>
     <w:rsid w:val="261F63E3"/>
     <w:rsid w:val="265B1B29"/>
     <w:rsid w:val="2666DB81"/>
     <w:rsid w:val="2679F985"/>
     <w:rsid w:val="26B22322"/>
     <w:rsid w:val="26B30857"/>
     <w:rsid w:val="26B6501F"/>
     <w:rsid w:val="26BC7A3E"/>
     <w:rsid w:val="26CE19BC"/>
     <w:rsid w:val="26D40371"/>
     <w:rsid w:val="26D61C72"/>
     <w:rsid w:val="272551A6"/>
     <w:rsid w:val="2731AC08"/>
     <w:rsid w:val="276DEC23"/>
     <w:rsid w:val="27703E63"/>
     <w:rsid w:val="277B75E1"/>
     <w:rsid w:val="27827566"/>
     <w:rsid w:val="278FDF5C"/>
     <w:rsid w:val="27B9E530"/>
     <w:rsid w:val="27BACF9D"/>
     <w:rsid w:val="27D92F84"/>
     <w:rsid w:val="27DE2597"/>
     <w:rsid w:val="27E3FB1C"/>
     <w:rsid w:val="27E7798B"/>
     <w:rsid w:val="27F88D24"/>
     <w:rsid w:val="28197919"/>
     <w:rsid w:val="2827FEF5"/>
     <w:rsid w:val="283A738E"/>
     <w:rsid w:val="283E34DE"/>
     <w:rsid w:val="28436FB4"/>
     <w:rsid w:val="284A68CC"/>
     <w:rsid w:val="286824B0"/>
     <w:rsid w:val="2868609F"/>
     <w:rsid w:val="2872E197"/>
     <w:rsid w:val="287746F6"/>
     <w:rsid w:val="28789501"/>
     <w:rsid w:val="28C80969"/>
     <w:rsid w:val="28CBDD3F"/>
+    <w:rsid w:val="28DC10CB"/>
     <w:rsid w:val="28F0D891"/>
     <w:rsid w:val="28F861CD"/>
     <w:rsid w:val="291A0C4F"/>
     <w:rsid w:val="291CB353"/>
     <w:rsid w:val="292E4C27"/>
     <w:rsid w:val="2933C069"/>
     <w:rsid w:val="29522419"/>
     <w:rsid w:val="29530D22"/>
     <w:rsid w:val="29566D2D"/>
     <w:rsid w:val="2957F669"/>
     <w:rsid w:val="29B0FFA9"/>
     <w:rsid w:val="29BDC49A"/>
     <w:rsid w:val="29CFD452"/>
     <w:rsid w:val="29E09667"/>
     <w:rsid w:val="2A0AB414"/>
     <w:rsid w:val="2A0EEC24"/>
     <w:rsid w:val="2A6B9946"/>
     <w:rsid w:val="2A96522F"/>
     <w:rsid w:val="2A9AD78B"/>
     <w:rsid w:val="2A9C727A"/>
     <w:rsid w:val="2AA318DA"/>
     <w:rsid w:val="2AA536EA"/>
     <w:rsid w:val="2AA8C654"/>
     <w:rsid w:val="2AAF71AE"/>
     <w:rsid w:val="2ABF6FDE"/>
+    <w:rsid w:val="2AC6AA45"/>
     <w:rsid w:val="2ACCFAC1"/>
     <w:rsid w:val="2ADD6C4A"/>
     <w:rsid w:val="2AF81CAB"/>
     <w:rsid w:val="2AF84F3A"/>
     <w:rsid w:val="2B0142BE"/>
     <w:rsid w:val="2B17F710"/>
     <w:rsid w:val="2B26911E"/>
     <w:rsid w:val="2B635D1E"/>
     <w:rsid w:val="2BC9371F"/>
     <w:rsid w:val="2BD1DD90"/>
     <w:rsid w:val="2BD57BEA"/>
     <w:rsid w:val="2BD846E7"/>
     <w:rsid w:val="2BEA2ED8"/>
     <w:rsid w:val="2BEEACBD"/>
     <w:rsid w:val="2C0CC1B5"/>
     <w:rsid w:val="2C136492"/>
     <w:rsid w:val="2C2CA7AD"/>
     <w:rsid w:val="2C426074"/>
     <w:rsid w:val="2C4CE92F"/>
     <w:rsid w:val="2C6063C5"/>
     <w:rsid w:val="2C6B819A"/>
     <w:rsid w:val="2C746BBB"/>
     <w:rsid w:val="2C834818"/>
     <w:rsid w:val="2C9FACCE"/>
     <w:rsid w:val="2CB63B85"/>
@@ -31494,50 +32728,51 @@
     <w:rsid w:val="2D58B617"/>
     <w:rsid w:val="2D5A71E6"/>
     <w:rsid w:val="2D5A7EFC"/>
     <w:rsid w:val="2D63D890"/>
     <w:rsid w:val="2D7421E0"/>
     <w:rsid w:val="2D76947B"/>
     <w:rsid w:val="2D7B124C"/>
     <w:rsid w:val="2DC5454D"/>
     <w:rsid w:val="2DDBDDF4"/>
     <w:rsid w:val="2DDDEB30"/>
     <w:rsid w:val="2DEE1E7C"/>
     <w:rsid w:val="2E3AABBA"/>
     <w:rsid w:val="2E3B7B0C"/>
     <w:rsid w:val="2E4B9814"/>
     <w:rsid w:val="2E5DC1A6"/>
     <w:rsid w:val="2EAA7DE2"/>
     <w:rsid w:val="2EB1805C"/>
     <w:rsid w:val="2EB9FF16"/>
     <w:rsid w:val="2ECE8307"/>
     <w:rsid w:val="2ED46644"/>
     <w:rsid w:val="2EDBA3FC"/>
     <w:rsid w:val="2EE00CDB"/>
     <w:rsid w:val="2EEFE08B"/>
     <w:rsid w:val="2EFE1FF2"/>
     <w:rsid w:val="2F0AB230"/>
+    <w:rsid w:val="2F0E41F0"/>
     <w:rsid w:val="2F12BF1B"/>
     <w:rsid w:val="2F934D8D"/>
     <w:rsid w:val="2F96D597"/>
     <w:rsid w:val="2FC2A02F"/>
     <w:rsid w:val="3004E424"/>
     <w:rsid w:val="30104167"/>
     <w:rsid w:val="3013DDC1"/>
     <w:rsid w:val="301CF037"/>
     <w:rsid w:val="302D1ECE"/>
     <w:rsid w:val="302E60B5"/>
     <w:rsid w:val="30434F4E"/>
     <w:rsid w:val="30966B5C"/>
     <w:rsid w:val="30C0C84B"/>
     <w:rsid w:val="30FBD880"/>
     <w:rsid w:val="314868C3"/>
     <w:rsid w:val="315FD186"/>
     <w:rsid w:val="31771113"/>
     <w:rsid w:val="319621BD"/>
     <w:rsid w:val="31983C78"/>
     <w:rsid w:val="31A231F1"/>
     <w:rsid w:val="31C1B7F0"/>
     <w:rsid w:val="31CE6625"/>
     <w:rsid w:val="31ED2880"/>
     <w:rsid w:val="31FC9B82"/>
     <w:rsid w:val="3204BE60"/>
@@ -31604,108 +32839,112 @@
     <w:rsid w:val="35FA5696"/>
     <w:rsid w:val="360F7AFB"/>
     <w:rsid w:val="36262FE4"/>
     <w:rsid w:val="36351538"/>
     <w:rsid w:val="364F95FE"/>
     <w:rsid w:val="367F2336"/>
     <w:rsid w:val="3693B532"/>
     <w:rsid w:val="36AB32BF"/>
     <w:rsid w:val="36B01CC7"/>
     <w:rsid w:val="36CC6C52"/>
     <w:rsid w:val="36E59E84"/>
     <w:rsid w:val="37280585"/>
     <w:rsid w:val="3754D14A"/>
     <w:rsid w:val="376BF5BD"/>
     <w:rsid w:val="377AA0DE"/>
     <w:rsid w:val="377F990C"/>
     <w:rsid w:val="3782E0FD"/>
     <w:rsid w:val="3794FFE1"/>
     <w:rsid w:val="37B185DD"/>
     <w:rsid w:val="37C809C2"/>
     <w:rsid w:val="37CFF748"/>
     <w:rsid w:val="37DCEABE"/>
     <w:rsid w:val="3803FEAF"/>
     <w:rsid w:val="3813EB34"/>
     <w:rsid w:val="38298836"/>
+    <w:rsid w:val="386B3937"/>
     <w:rsid w:val="386F9D59"/>
     <w:rsid w:val="387A0C7D"/>
     <w:rsid w:val="387EBC11"/>
     <w:rsid w:val="388632BE"/>
     <w:rsid w:val="3897FCBC"/>
     <w:rsid w:val="389E8881"/>
     <w:rsid w:val="389F7A6B"/>
     <w:rsid w:val="38BFA7A5"/>
     <w:rsid w:val="38DACA6A"/>
     <w:rsid w:val="38E67F04"/>
     <w:rsid w:val="38F87827"/>
     <w:rsid w:val="38FB33FE"/>
     <w:rsid w:val="3901B52B"/>
     <w:rsid w:val="391F53FD"/>
     <w:rsid w:val="39283180"/>
     <w:rsid w:val="392D3BBC"/>
     <w:rsid w:val="3945BA93"/>
     <w:rsid w:val="39487906"/>
     <w:rsid w:val="394C88C3"/>
     <w:rsid w:val="395DF7E4"/>
     <w:rsid w:val="396450D8"/>
     <w:rsid w:val="3965E979"/>
     <w:rsid w:val="397B448F"/>
     <w:rsid w:val="3982CAFE"/>
+    <w:rsid w:val="39D07379"/>
     <w:rsid w:val="39D0A490"/>
     <w:rsid w:val="39DCF1D1"/>
     <w:rsid w:val="39F4DFBA"/>
     <w:rsid w:val="39F6B1A6"/>
     <w:rsid w:val="39FC8CF7"/>
     <w:rsid w:val="39FD6F41"/>
     <w:rsid w:val="3A03187D"/>
     <w:rsid w:val="3A0A3ECA"/>
     <w:rsid w:val="3A1DC0C9"/>
     <w:rsid w:val="3A2B9081"/>
     <w:rsid w:val="3A5B7806"/>
     <w:rsid w:val="3A7997F2"/>
+    <w:rsid w:val="3A8F89C3"/>
     <w:rsid w:val="3A8FCDB0"/>
     <w:rsid w:val="3AC8C36F"/>
     <w:rsid w:val="3AF0ACCA"/>
     <w:rsid w:val="3B16735D"/>
     <w:rsid w:val="3B167A6C"/>
     <w:rsid w:val="3B1D9A28"/>
     <w:rsid w:val="3B33DD51"/>
     <w:rsid w:val="3B3B6AB0"/>
     <w:rsid w:val="3B3F7D1B"/>
     <w:rsid w:val="3B5DF6A6"/>
     <w:rsid w:val="3B60BC92"/>
     <w:rsid w:val="3B62044C"/>
     <w:rsid w:val="3B7B2012"/>
     <w:rsid w:val="3B7EDAE3"/>
     <w:rsid w:val="3B8AE16E"/>
     <w:rsid w:val="3B908694"/>
     <w:rsid w:val="3BA284E7"/>
     <w:rsid w:val="3BAC266F"/>
     <w:rsid w:val="3BC2B192"/>
     <w:rsid w:val="3BC3F7B4"/>
     <w:rsid w:val="3BC8663F"/>
     <w:rsid w:val="3BE838FB"/>
+    <w:rsid w:val="3BEFA64D"/>
     <w:rsid w:val="3BFA207A"/>
     <w:rsid w:val="3C055D0B"/>
     <w:rsid w:val="3C190C87"/>
     <w:rsid w:val="3C256315"/>
     <w:rsid w:val="3C2D07B1"/>
     <w:rsid w:val="3C4C2A6C"/>
     <w:rsid w:val="3C549001"/>
     <w:rsid w:val="3C624364"/>
     <w:rsid w:val="3C6519E7"/>
     <w:rsid w:val="3C76BA04"/>
     <w:rsid w:val="3CA2A03E"/>
     <w:rsid w:val="3CAEA362"/>
     <w:rsid w:val="3CC6CFA0"/>
     <w:rsid w:val="3D46A4E9"/>
     <w:rsid w:val="3D70B8A6"/>
     <w:rsid w:val="3D713AEE"/>
     <w:rsid w:val="3D74B295"/>
     <w:rsid w:val="3D9806BA"/>
     <w:rsid w:val="3DA890C2"/>
     <w:rsid w:val="3DAEF1FA"/>
     <w:rsid w:val="3DB492B3"/>
     <w:rsid w:val="3DDCB8CA"/>
     <w:rsid w:val="3DEB75F9"/>
     <w:rsid w:val="3E03D480"/>
     <w:rsid w:val="3E0F8318"/>
@@ -31853,50 +33092,51 @@
     <w:rsid w:val="48882F05"/>
     <w:rsid w:val="48A5744A"/>
     <w:rsid w:val="48B56454"/>
     <w:rsid w:val="48C03EC7"/>
     <w:rsid w:val="48CAB7B6"/>
     <w:rsid w:val="48D571BC"/>
     <w:rsid w:val="4904E24E"/>
     <w:rsid w:val="49075141"/>
     <w:rsid w:val="490D5121"/>
     <w:rsid w:val="4913DCE6"/>
     <w:rsid w:val="492F3887"/>
     <w:rsid w:val="49379310"/>
     <w:rsid w:val="493C14AF"/>
     <w:rsid w:val="4986CD76"/>
     <w:rsid w:val="49922A2B"/>
     <w:rsid w:val="49A1AA2D"/>
     <w:rsid w:val="49ABD2DA"/>
     <w:rsid w:val="49BC647F"/>
     <w:rsid w:val="49F58797"/>
     <w:rsid w:val="4A066651"/>
     <w:rsid w:val="4A0891D2"/>
     <w:rsid w:val="4A0B9BE8"/>
     <w:rsid w:val="4A372D11"/>
     <w:rsid w:val="4A4ACE14"/>
     <w:rsid w:val="4A565EEB"/>
+    <w:rsid w:val="4A6F0988"/>
     <w:rsid w:val="4A72A2E3"/>
     <w:rsid w:val="4A7570FD"/>
     <w:rsid w:val="4A7D3B66"/>
     <w:rsid w:val="4AB78FC0"/>
     <w:rsid w:val="4AC77E7B"/>
     <w:rsid w:val="4AD040E2"/>
     <w:rsid w:val="4AED4390"/>
     <w:rsid w:val="4B1057EF"/>
     <w:rsid w:val="4B1C5A13"/>
     <w:rsid w:val="4B311E1D"/>
     <w:rsid w:val="4B3190F9"/>
     <w:rsid w:val="4B3244B8"/>
     <w:rsid w:val="4B59D8A1"/>
     <w:rsid w:val="4B5A6096"/>
     <w:rsid w:val="4B5EBEDD"/>
     <w:rsid w:val="4B6494D6"/>
     <w:rsid w:val="4B7DDDF6"/>
     <w:rsid w:val="4B7EC3EA"/>
     <w:rsid w:val="4B9529C0"/>
     <w:rsid w:val="4B9CE38D"/>
     <w:rsid w:val="4BB3D1A6"/>
     <w:rsid w:val="4BC8D65D"/>
     <w:rsid w:val="4BCC6A23"/>
     <w:rsid w:val="4BDE11CA"/>
     <w:rsid w:val="4C01852C"/>
@@ -31936,104 +33176,108 @@
     <w:rsid w:val="4FA47838"/>
     <w:rsid w:val="4FBCEB75"/>
     <w:rsid w:val="4FDC80A5"/>
     <w:rsid w:val="4FEFCB36"/>
     <w:rsid w:val="5018E3B6"/>
     <w:rsid w:val="50344753"/>
     <w:rsid w:val="504EB420"/>
     <w:rsid w:val="505599FE"/>
     <w:rsid w:val="5076F68D"/>
     <w:rsid w:val="508B7F12"/>
     <w:rsid w:val="508E4352"/>
     <w:rsid w:val="50A78430"/>
     <w:rsid w:val="50B59488"/>
     <w:rsid w:val="50F46459"/>
     <w:rsid w:val="511A62B5"/>
     <w:rsid w:val="5128D9D5"/>
     <w:rsid w:val="512AB027"/>
     <w:rsid w:val="514B54D5"/>
     <w:rsid w:val="515CCD15"/>
     <w:rsid w:val="5184DDFC"/>
     <w:rsid w:val="51863B60"/>
     <w:rsid w:val="5186471A"/>
     <w:rsid w:val="518A24A6"/>
     <w:rsid w:val="518B2C58"/>
     <w:rsid w:val="51950EA7"/>
+    <w:rsid w:val="519A2A81"/>
     <w:rsid w:val="519B235D"/>
     <w:rsid w:val="51A23FA6"/>
     <w:rsid w:val="51A43E8A"/>
     <w:rsid w:val="51BB14EA"/>
     <w:rsid w:val="51C5DDD3"/>
     <w:rsid w:val="51DCB046"/>
     <w:rsid w:val="51ED9A83"/>
     <w:rsid w:val="5203527F"/>
     <w:rsid w:val="521BCD39"/>
+    <w:rsid w:val="522A7699"/>
     <w:rsid w:val="522F6868"/>
     <w:rsid w:val="523F7C6F"/>
     <w:rsid w:val="52651E4F"/>
     <w:rsid w:val="5274B1B6"/>
     <w:rsid w:val="527E7479"/>
     <w:rsid w:val="52949570"/>
     <w:rsid w:val="5294A77E"/>
     <w:rsid w:val="52BBEE1C"/>
     <w:rsid w:val="52BF3CBC"/>
     <w:rsid w:val="52C2D3F0"/>
     <w:rsid w:val="52C32C87"/>
     <w:rsid w:val="52CB85CF"/>
     <w:rsid w:val="52CF0067"/>
     <w:rsid w:val="52E41433"/>
     <w:rsid w:val="52E5A4EF"/>
     <w:rsid w:val="52E77F45"/>
     <w:rsid w:val="52EF7763"/>
     <w:rsid w:val="52FC0953"/>
     <w:rsid w:val="530C6F7D"/>
     <w:rsid w:val="5314A174"/>
     <w:rsid w:val="535BE9D4"/>
     <w:rsid w:val="53ACA2E4"/>
     <w:rsid w:val="53D43BF7"/>
     <w:rsid w:val="53D536AD"/>
     <w:rsid w:val="53E57ED0"/>
     <w:rsid w:val="53F3463D"/>
     <w:rsid w:val="53F5CB5B"/>
     <w:rsid w:val="5431921F"/>
     <w:rsid w:val="543CEB63"/>
     <w:rsid w:val="5440C1CE"/>
     <w:rsid w:val="544C9D71"/>
     <w:rsid w:val="544D21D8"/>
     <w:rsid w:val="5458EC72"/>
     <w:rsid w:val="549BEADD"/>
     <w:rsid w:val="54CFEF3C"/>
     <w:rsid w:val="54D2A72B"/>
     <w:rsid w:val="54D493D6"/>
     <w:rsid w:val="54D98BD2"/>
     <w:rsid w:val="54DB853D"/>
     <w:rsid w:val="54E88021"/>
     <w:rsid w:val="54FB6F69"/>
     <w:rsid w:val="5510A21B"/>
     <w:rsid w:val="55253A13"/>
     <w:rsid w:val="5561443B"/>
     <w:rsid w:val="556A41F6"/>
+    <w:rsid w:val="558033F0"/>
+    <w:rsid w:val="559A7661"/>
     <w:rsid w:val="559DE8FD"/>
     <w:rsid w:val="559FD028"/>
     <w:rsid w:val="55AF39FF"/>
     <w:rsid w:val="55C26D14"/>
     <w:rsid w:val="55E55BC7"/>
     <w:rsid w:val="56028200"/>
     <w:rsid w:val="560E8740"/>
     <w:rsid w:val="56214B1C"/>
     <w:rsid w:val="562531F9"/>
     <w:rsid w:val="562C6A62"/>
     <w:rsid w:val="56372544"/>
     <w:rsid w:val="563B0B93"/>
     <w:rsid w:val="564D6D3C"/>
     <w:rsid w:val="5663F85A"/>
     <w:rsid w:val="56788D38"/>
     <w:rsid w:val="569782F7"/>
     <w:rsid w:val="569825A7"/>
     <w:rsid w:val="569CAC0C"/>
     <w:rsid w:val="56A13C71"/>
     <w:rsid w:val="56B22317"/>
     <w:rsid w:val="56CC4DDC"/>
     <w:rsid w:val="56E7C8DE"/>
     <w:rsid w:val="57137A16"/>
     <w:rsid w:val="5717E7D2"/>
     <w:rsid w:val="57183537"/>
@@ -32204,50 +33448,51 @@
     <w:rsid w:val="64304BFE"/>
     <w:rsid w:val="64347B1D"/>
     <w:rsid w:val="6461940B"/>
     <w:rsid w:val="647430A3"/>
     <w:rsid w:val="647F3349"/>
     <w:rsid w:val="648ADF71"/>
     <w:rsid w:val="64A1A7F4"/>
     <w:rsid w:val="64BA5A96"/>
     <w:rsid w:val="64D6886C"/>
     <w:rsid w:val="653DFF26"/>
     <w:rsid w:val="654256F7"/>
     <w:rsid w:val="654625BA"/>
     <w:rsid w:val="65655E9E"/>
     <w:rsid w:val="6583509F"/>
     <w:rsid w:val="65858EC2"/>
     <w:rsid w:val="658FD5B4"/>
     <w:rsid w:val="65AE4E92"/>
     <w:rsid w:val="65CDF2F3"/>
     <w:rsid w:val="65E9C11D"/>
     <w:rsid w:val="65F17BD2"/>
     <w:rsid w:val="65FE5696"/>
     <w:rsid w:val="66116C62"/>
     <w:rsid w:val="66132B98"/>
     <w:rsid w:val="6616BE9F"/>
     <w:rsid w:val="6637D0B5"/>
+    <w:rsid w:val="663970E3"/>
     <w:rsid w:val="664F61CB"/>
     <w:rsid w:val="665E3B8F"/>
     <w:rsid w:val="66688295"/>
     <w:rsid w:val="6671D8DB"/>
     <w:rsid w:val="6678F762"/>
     <w:rsid w:val="66939F55"/>
     <w:rsid w:val="66A614E5"/>
     <w:rsid w:val="66AC0F94"/>
     <w:rsid w:val="66B9384D"/>
     <w:rsid w:val="66D76812"/>
     <w:rsid w:val="66FEDDBA"/>
     <w:rsid w:val="6714FDE6"/>
     <w:rsid w:val="6723DFC0"/>
     <w:rsid w:val="672D0B4E"/>
     <w:rsid w:val="673A54DD"/>
     <w:rsid w:val="674CF464"/>
     <w:rsid w:val="6767ECC0"/>
     <w:rsid w:val="67680966"/>
     <w:rsid w:val="67755DFD"/>
     <w:rsid w:val="67794ED5"/>
     <w:rsid w:val="679FF363"/>
     <w:rsid w:val="67AC1966"/>
     <w:rsid w:val="67C4C332"/>
     <w:rsid w:val="67CABB3E"/>
     <w:rsid w:val="67D9EBC9"/>
@@ -32340,50 +33585,51 @@
     <w:rsid w:val="6EE625FF"/>
     <w:rsid w:val="6EEB1800"/>
     <w:rsid w:val="6F409AAC"/>
     <w:rsid w:val="6F4DC942"/>
     <w:rsid w:val="6F7E678A"/>
     <w:rsid w:val="6F9BCA7E"/>
     <w:rsid w:val="701CC396"/>
     <w:rsid w:val="7033C436"/>
     <w:rsid w:val="7036EB64"/>
     <w:rsid w:val="70402BA4"/>
     <w:rsid w:val="70585259"/>
     <w:rsid w:val="70598D68"/>
     <w:rsid w:val="7073C29B"/>
     <w:rsid w:val="708FC51E"/>
     <w:rsid w:val="7094723D"/>
     <w:rsid w:val="70EAE3E3"/>
     <w:rsid w:val="70F3D14B"/>
     <w:rsid w:val="70FC27D6"/>
     <w:rsid w:val="7120AEA3"/>
     <w:rsid w:val="712B49C7"/>
     <w:rsid w:val="712EFC9A"/>
     <w:rsid w:val="7135C942"/>
     <w:rsid w:val="71373496"/>
     <w:rsid w:val="713CB27C"/>
     <w:rsid w:val="7150BA72"/>
+    <w:rsid w:val="71592DCE"/>
     <w:rsid w:val="7173D31B"/>
     <w:rsid w:val="717795A5"/>
     <w:rsid w:val="7188399C"/>
     <w:rsid w:val="71A610DC"/>
     <w:rsid w:val="71BBC617"/>
     <w:rsid w:val="71C2BA76"/>
     <w:rsid w:val="71EDE196"/>
     <w:rsid w:val="71FD98D0"/>
     <w:rsid w:val="7201831B"/>
     <w:rsid w:val="72124FEC"/>
     <w:rsid w:val="7230C903"/>
     <w:rsid w:val="7241BADE"/>
     <w:rsid w:val="7241D2C1"/>
     <w:rsid w:val="7247F827"/>
     <w:rsid w:val="724CA854"/>
     <w:rsid w:val="725AEDD3"/>
     <w:rsid w:val="7276DE37"/>
     <w:rsid w:val="727B4405"/>
     <w:rsid w:val="727FCBF9"/>
     <w:rsid w:val="728373BC"/>
     <w:rsid w:val="7287F06D"/>
     <w:rsid w:val="728D201B"/>
     <w:rsid w:val="728E07DB"/>
     <w:rsid w:val="729DE9D3"/>
     <w:rsid w:val="72B95520"/>
@@ -32574,51 +33820,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="50295465"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A3EC2478-9987-444F-B07C-7B3A162A4787}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -33926,55 +35172,94 @@
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="007D7EC6"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ui-provider">
     <w:name w:val="ui-provider"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="001546E4"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00342D64"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00342D64"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="42558871">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="634062480">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -40830,59 +42115,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <SharedWithUsers xmlns="46f7fc10-315f-4884-8231-57a9c90b9c56">
       <UserInfo>
         <DisplayName>Konopelski Snavely, Alec</DisplayName>
         <AccountId>1059</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Evans, Alisa (EHS)</DisplayName>
         <AccountId>147</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Petrik, Brittanee L. (EHS)</DisplayName>
         <AccountId>121</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Buckler, Stephanie (EHS)</DisplayName>
         <AccountId>13</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Cooper, Emily (ELD)</DisplayName>
@@ -40926,57 +42202,62 @@
       </UserInfo>
       <UserInfo>
         <DisplayName>Claire, Tommy (EHS)</DisplayName>
         <AccountId>605</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Anderson, Colleen (EHS)</DisplayName>
         <AccountId>992</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Vazquez, Emma (EHS)</DisplayName>
         <AccountId>717</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="67cbf261-e971-4a38-83b4-d85e273e70b4">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="46f7fc10-315f-4884-8231-57a9c90b9c56" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="67cbf261-e971-4a38-83b4-d85e273e70b4" xmlns:ns3="46f7fc10-315f-4884-8231-57a9c90b9c56" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3ace99816b00af7dea21e0197e7ac298" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A59D2FCE26A5CF42B73DB707666E1E83" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="40a72693bd8251e65c0fa19609a04ade">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="67cbf261-e971-4a38-83b4-d85e273e70b4" xmlns:ns3="46f7fc10-315f-4884-8231-57a9c90b9c56" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="de4f85432d66668b7f5becd6878ce78f" ns2:_="" ns3:_="">
     <xsd:import namespace="67cbf261-e971-4a38-83b4-d85e273e70b4"/>
     <xsd:import namespace="46f7fc10-315f-4884-8231-57a9c90b9c56"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -41165,160 +42446,167 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4631FE66-1B50-41D2-A411-77C48C14A4E2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="46f7fc10-315f-4884-8231-57a9c90b9c56"/>
     <ds:schemaRef ds:uri="67cbf261-e971-4a38-83b4-d85e273e70b4"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A51F3CB-50B7-4B0D-A456-81D01DD8BA16}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{908D7DFA-487F-4BE0-9647-C7EE45B032B4}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC01F4EC-E038-430E-B43A-9D59AB0DBD9C}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2349F4DE-978B-41D4-B048-7828095ABBDC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="67cbf261-e971-4a38-83b4-d85e273e70b4"/>
     <ds:schemaRef ds:uri="46f7fc10-315f-4884-8231-57a9c90b9c56"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A51F3CB-50B7-4B0D-A456-81D01DD8BA16}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
   <clbl:label id="{ea60d57e-af5b-4752-ac57-3e4f28ca11dc}" enabled="1" method="Standard" siteId="{36da45f1-dd2c-4d1f-af13-5abe46b99921}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>21656</Characters>
+  <Pages>1</Pages>
+  <Words>3929</Words>
+  <Characters>22398</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>180</Lines>
-  <Paragraphs>50</Paragraphs>
+  <Lines>186</Lines>
+  <Paragraphs>52</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25405</CharactersWithSpaces>
+  <CharactersWithSpaces>26275</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Konopelski Snavely, Alec</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_ea60d57e-af5b-4752-ac57-3e4f28ca11dc_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_ea60d57e-af5b-4752-ac57-3e4f28ca11dc_SetDate">
     <vt:lpwstr>2024-04-03T15:08:05Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_ea60d57e-af5b-4752-ac57-3e4f28ca11dc_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_ea60d57e-af5b-4752-ac57-3e4f28ca11dc_Name">
     <vt:lpwstr>ea60d57e-af5b-4752-ac57-3e4f28ca11dc</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_ea60d57e-af5b-4752-ac57-3e4f28ca11dc_SiteId">
     <vt:lpwstr>36da45f1-dd2c-4d1f-af13-5abe46b99921</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_ea60d57e-af5b-4752-ac57-3e4f28ca11dc_ActionId">
     <vt:lpwstr>a9828e4f-b684-4596-8d4d-4fcd6dcf9ebf</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_ea60d57e-af5b-4752-ac57-3e4f28ca11dc_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ContentTypeId">
     <vt:lpwstr>0x010100A59D2FCE26A5CF42B73DB707666E1E83</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="GrammarlyDocumentId">
+    <vt:lpwstr>adac28bf-9246-49a8-b941-ead4f58219ff</vt:lpwstr>
+  </property>
 </Properties>
 </file>