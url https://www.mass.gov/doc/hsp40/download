--- v0 (2025-10-20)
+++ v1 (2025-12-05)
@@ -1,55 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="21A9D04A" w14:textId="15063EB0" w:rsidR="00915172" w:rsidRDefault="00946422" w:rsidP="00BF77A9">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:kern w:val="0"/>
@@ -167,54 +162,54 @@
       <w:r w:rsidR="003E0898">
         <w:t>Overview</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="390D03BC" w14:textId="14BDB73B" w:rsidR="00C9452E" w:rsidRDefault="00C9452E" w:rsidP="00666B28">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable5Dark-Accent1"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="11875" w:type="dxa"/>
         <w:tblCellSpacing w:w="14" w:type="dxa"/>
         <w:tblLook w:val="02A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="0"/>
         <w:tblCaption w:val="Contract Overview"/>
         <w:tblDescription w:val="This table provides key details, including contact information for the Category Manager, relevant contract terms, quoting requirements, and a link to the complete vendor list."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3865"/>
         <w:gridCol w:w="8010"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="67B75A24" w14:textId="77777777" w:rsidTr="00F95BE1">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="67B75A24" w14:textId="77777777" w:rsidTr="00D61E25">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="2202"/>
+          <w:trHeight w:val="1662"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="0A4D33B9" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Category Manager Contact Information</w:t>
             </w:r>
@@ -780,118 +775,145 @@
               <w:t xml:space="preserve"> for eligible vendors on this contract.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69C38038" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="00F95BE1">
         <w:trPr>
           <w:trHeight w:val="1101"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
-          <w:p w14:paraId="79F057E1" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
+          <w:p w14:paraId="79F057E1" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00D61E25" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00136526">
+            <w:r w:rsidRPr="00D61E25">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7968" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49072243" w14:textId="77777777" w:rsidR="00F95BE1" w:rsidRPr="00136526" w:rsidRDefault="00F95BE1" w:rsidP="00F95BE1">
+          <w:p w14:paraId="49072243" w14:textId="77777777" w:rsidR="00F95BE1" w:rsidRPr="00D61E25" w:rsidRDefault="00F95BE1" w:rsidP="00F95BE1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2767E0AF">
+            <w:r w:rsidRPr="00D61E25">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">07/01/2025: Update was made to adopt a new template and streamline language and content  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14685198" w14:textId="3448DD8A" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="00F95BE1" w:rsidP="00F95BE1">
+          <w:p w14:paraId="2846E870" w14:textId="613B2DD6" w:rsidR="0064148A" w:rsidRPr="00D61E25" w:rsidRDefault="00F95BE1" w:rsidP="00F95BE1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5A09F244">
+            <w:r w:rsidRPr="00D61E25">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9/23/2025: Update was made to Category Manager contact information and vendor contact information</w:t>
             </w:r>
-            <w:r w:rsidR="00DF2D03">
+            <w:r w:rsidR="00DF2D03" w:rsidRPr="00D61E25">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                                                                        1</w:t>
             </w:r>
-            <w:r w:rsidR="001228FE">
+            <w:r w:rsidR="001228FE" w:rsidRPr="00D61E25">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>0/16/2025:  Update was made to Category Manager contact information</w:t>
+              <w:t>0/16/2025: Update was made to Category Manager contact information</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14685198" w14:textId="388D691B" w:rsidR="00D61E25" w:rsidRPr="00D61E25" w:rsidRDefault="00D61E25" w:rsidP="00F95BE1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D61E25">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10/2</w:t>
+            </w:r>
+            <w:r w:rsidR="006977E4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D61E25">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/25: Update to correct UNSPSC code</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2EE53A3B" w14:textId="3ADB882A" w:rsidR="00AC1E9E" w:rsidRPr="006E4CCA" w:rsidRDefault="00AC1E9E" w:rsidP="00F95BE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -930,51 +952,51 @@
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mass.gov/osd</w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AF7BD81" w14:textId="5971F3DE" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
+    <w:p w14:paraId="2AF7BD81" w14:textId="15472307" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Template Version: 9.0</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Page </w:t>
@@ -1006,90 +1028,57 @@
       <w:r w:rsidR="005F4220">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
-      <w:r w:rsidRPr="009E685D">
+      <w:r w:rsidR="00376788">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...32 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
+        <w:t>19</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D2DD00E" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="left" w:pos="1815"/>
           <w:tab w:val="center" w:pos="4968"/>
           <w:tab w:val="right" w:pos="9990"/>
         </w:tabs>
         <w:ind w:left="-1440" w:right="-1440"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:b/>
@@ -2803,51 +2792,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7F00C575" w14:textId="62A99286" w:rsidR="0080489C" w:rsidRDefault="0080489C">
+        <w:p w14:paraId="7F00C575" w14:textId="26F7BC40" w:rsidR="0080489C" w:rsidRDefault="0080489C">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210985985" w:history="1">
             <w:r w:rsidRPr="003D3BFA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Adding a Product</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -2865,62 +2854,69 @@
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210985985 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>16</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00B20DFE">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5BA40D0B" w14:textId="74B3FA4C" w:rsidR="0080489C" w:rsidRDefault="0080489C">
+        <w:p w14:paraId="5BA40D0B" w14:textId="74F1D87B" w:rsidR="0080489C" w:rsidRDefault="0080489C">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210985986" w:history="1">
             <w:r w:rsidRPr="003D3BFA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Environmentally Preferable Products and Services (EPPS)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -2938,51 +2934,58 @@
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210985986 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>17</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00B20DFE">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="3F953C6F" w14:textId="17286F12" w:rsidR="0080489C" w:rsidRDefault="0080489C">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
@@ -3022,51 +3025,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5B3C3534" w14:textId="13AF324A" w:rsidR="0080489C" w:rsidRDefault="0080489C">
+        <w:p w14:paraId="5B3C3534" w14:textId="6D3F9CF7" w:rsidR="0080489C" w:rsidRDefault="0080489C">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210985988" w:history="1">
             <w:r w:rsidRPr="003D3BFA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Geographical Service Area</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -3084,62 +3087,69 @@
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210985988 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>18</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D941EC">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2FD205A7" w14:textId="180A7E61" w:rsidR="0080489C" w:rsidRDefault="0080489C">
+        <w:p w14:paraId="2FD205A7" w14:textId="069E1B99" w:rsidR="0080489C" w:rsidRDefault="0080489C">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210985989" w:history="1">
             <w:r w:rsidRPr="003D3BFA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vendor List and Information</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -3157,62 +3167,65 @@
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210985989 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>19</w:t>
+              <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
+          <w:r w:rsidR="00D941EC">
+            <w:t>8</w:t>
+          </w:r>
         </w:p>
-        <w:p w14:paraId="272F9184" w14:textId="1F2124B3" w:rsidR="0080489C" w:rsidRDefault="0080489C">
+        <w:p w14:paraId="272F9184" w14:textId="1A27139D" w:rsidR="0080489C" w:rsidRDefault="0080489C">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210985990" w:history="1">
             <w:r w:rsidRPr="003D3BFA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>United Nations Standard Products and Services Code</w:t>
             </w:r>
             <w:r w:rsidRPr="003D3BFA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
@@ -3228,92 +3241,54 @@
               </w:rPr>
               <w:t xml:space="preserve"> (UNSPSC</w:t>
             </w:r>
             <w:r w:rsidRPr="003D3BFA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
             <w:r w:rsidRPr="003D3BFA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-[...39 lines deleted...]
-            </w:r>
           </w:hyperlink>
+          <w:r w:rsidR="00D941EC">
+            <w:t>19</w:t>
+          </w:r>
         </w:p>
         <w:p w14:paraId="50AC2B20" w14:textId="66EE311E" w:rsidR="005A21C6" w:rsidRDefault="00003C5E">
           <w:r>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:bCs/>
               <w:caps/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="4BCAF3C8" w14:textId="77777777" w:rsidR="00975D07" w:rsidRDefault="00975D07">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:sectPr w:rsidR="00975D07" w:rsidSect="00975D07">
@@ -3679,138 +3654,174 @@
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Patient items and hygiene products: condoms, incontinence products (diapers, briefs, under pads), medicated soap, mouth care products, sick room utensils, ostomy care products</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="786B1C71" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="002C252B" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:pStyle w:val="Head3Text"/>
         <w:ind w:left="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="402F260B" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="00A12C2C" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
+    <w:p w14:paraId="402F260B" w14:textId="43785219" w:rsidR="00EA0124" w:rsidRPr="00A12C2C" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">HSP44 contract is available to all States, U.S. territories and all associates cities, towns, counties, districts, other political subdivisions, public institutions, institutions of higher education, and all eligible entities which may use statewide contracts. </w:t>
+        <w:t>HSP44 contract is available to all States, U.S. territories and all associate</w:t>
+      </w:r>
+      <w:r w:rsidR="00D61E25">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="011762F0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cities, towns, counties, districts, other political subdivisions, public institutions, institutions of higher education, and all eligible entities which may use statewide contracts. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BD34BBC" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="00A12C2C" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
+    <w:p w14:paraId="6BD34BBC" w14:textId="2B7C8C7C" w:rsidR="00EA0124" w:rsidRPr="00A12C2C" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For more information, please see the HSP44 Request for Response (RFR) that is available on the </w:t>
       </w:r>
       <w:hyperlink r:id="rId23">
         <w:r w:rsidRPr="011762F0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Master Blanket Purchasae Order (MBPO) PO-23-1080-OSD03-SRC02-25879</w:t>
+          <w:t xml:space="preserve">Master Blanket </w:t>
+        </w:r>
+        <w:r w:rsidR="00D61E25" w:rsidRPr="011762F0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Purchase</w:t>
+        </w:r>
+        <w:r w:rsidRPr="011762F0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Order (MBPO) PO-23-1080-OSD03-SRC02-25879</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:commentRangeStart w:id="6"/>
-[...6 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="68FA877E" w14:textId="25F900CF" w:rsidR="00815201" w:rsidRDefault="00815201" w:rsidP="00815201">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C7194">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="000C7194" w:rsidRPr="000C7194">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ote:</w:t>
       </w:r>
       <w:r w:rsidRPr="00815201">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> This contract </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61E25">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>This</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00815201">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contract </w:t>
       </w:r>
       <w:r w:rsidR="00D7449E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidRPr="00815201">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be used to procure the goods or services described herein </w:t>
       </w:r>
       <w:r w:rsidRPr="00815201">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>at any dollar amount</w:t>
       </w:r>
       <w:r w:rsidRPr="00815201">
@@ -3819,136 +3830,152 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Any limitations, including for procurements involving </w:t>
       </w:r>
       <w:r w:rsidRPr="008754E5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>construction</w:t>
       </w:r>
       <w:r w:rsidRPr="00815201">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, are outlined in this Contract User Guide.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AA47DAA" w14:textId="77777777" w:rsidR="00EF0700" w:rsidRPr="00705E5A" w:rsidRDefault="00EF0700" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc194066617"/>
-      <w:bookmarkStart w:id="8" w:name="_Toc210985966"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc194066617"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc210985966"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Benefits and </w:t>
       </w:r>
       <w:r w:rsidRPr="00633557">
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>Cost</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Savings</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="0FD227D1" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc188457898"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc188457898"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc194066593"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The HSP44 Statewide Contract provides key advantages for buyers procuring medical commodities:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C4E34FA" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors may offer volume discounts, government pricing, and market share discounts to buyers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F530934" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
+    <w:p w14:paraId="2F530934" w14:textId="4ABC3546" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Market Share Discounts </w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>may be negotiated by the Eligible Entity with the vendor when the buyer agrees to purchase at least (n) % of their medical commodities from the Vendor or has a monthly dollar sales volume of at least (n) $ with the Vendor.</w:t>
+        <w:t xml:space="preserve">may be negotiated by the Eligible Entity with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00376788">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="011762F0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>endor when the buyer agrees to purchase at least (n) % of their medical commodities from the Vendor or has a monthly dollar sales volume of at least (n) $ with the Vendor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F94D414" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors provide Medicare Part B pricing on products when the Medicare Part B price is lower than the State Net Price List.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B98C1FB" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -4001,85 +4028,125 @@
       </w:r>
       <w:r w:rsidRPr="004C2C90">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>leveraging the Commonwealth’s buying power to obtain competitive pricing, including potential for additional savings through a range of Prompt Pay and Volume Discounts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AAA59A6" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="00B5689C" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
+    <w:p w14:paraId="7AAA59A6" w14:textId="192C2112" w:rsidR="00EA0124" w:rsidRPr="00B5689C" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Prompt Pay Discount (PPD)</w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, a</w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> discount given to the eligible entity if invoice is paid within a certain time period. These discounts may be found in the Vendor List and Information section below. All discounts offered will be taken in cases where the payment issue date is within the specified number of days listed by the Vendor and in accordance with the Commonwealth’s Bill Paying Policy. Payment days will be measured from the date goods are received and accepted / performance was completed OR the date an invoice is received by the Commonwealth, whichever is later to the date the payment is issued as an EFT (preferred method) or mailed by the State Treasurer. The date of payment “issue” is the date a payment is considered “paid” not the date a payment is “received” by a Contractor.</w:t>
+        <w:t xml:space="preserve"> discount given to the eligible entity if invoice is paid within a certain time period. These discounts may be found in the Vendor List and Information section below. All discounts offered will be taken in cases where the payment issue date is within the specified number of days listed by the Vendor and in accordance with the Commonwealth’s Bill Paying Policy. Payment days will be measured from the date goods are received and accepted / performance was completed OR the date an invoice is received by the Commonwealth, whichever is later</w:t>
+      </w:r>
+      <w:r w:rsidR="00376788">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="011762F0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the date the payment is issued as an EFT (preferred method) or mailed by the State Treasurer. The date of payment “issue” is the date a payment is considered “paid”</w:t>
+      </w:r>
+      <w:r w:rsidR="00376788">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="011762F0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">not the date a payment is “received” by a </w:t>
+      </w:r>
+      <w:r w:rsidR="00376788">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vendor. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="743E3BB9" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="00B5689C" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B5689C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Volume Discount</w:t>
       </w:r>
       <w:r w:rsidRPr="00B5689C">
         <w:rPr>
@@ -4266,94 +4333,94 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001147BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Improving the availability of environmentally preferable products</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79FAB35B" w14:textId="43A4E9E9" w:rsidR="005D20CA" w:rsidRDefault="005D20CA" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc210985967"/>
-      <w:bookmarkStart w:id="12" w:name="_Toc194066595"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc210985967"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc194066595"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00564A93">
+        <w:t>Contract Exclusions and Related Statewide Contracts</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="00564A93">
-        <w:t>Contract Exclusions and Related Statewide Contracts</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
-      <w:r w:rsidRPr="00564A93">
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="31A116A2" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="00011644" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc194066594"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc194066594"/>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">HSP44 is for Medical Commodities including Medical, Surgical, Urological, and Wound Care Supplies and Equipment that </w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>costs $5,000 and less per unit.</w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> For Medical Supplies and Equipment that costs more than $5,000 per unit, please utilize the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28">
+      <w:hyperlink r:id="rId24">
         <w:r w:rsidRPr="011762F0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>HSP43 Statewide Contract</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BEE224A" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="003C62B7" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
@@ -4383,146 +4450,146 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Laboratory Supplies and Equipment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
       <w:r w:rsidRPr="00E80D7D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>HSP45</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="08B62D9A" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="00E80D7D" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Prescription Drugs, Over-The-Counter Drugs, and Vaccines – </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30">
+      <w:hyperlink r:id="rId26">
         <w:r w:rsidRPr="011762F0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">MED56 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="500026CA" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Pharmaceutical Group Purchasing Organization – </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31">
+      <w:hyperlink r:id="rId27">
         <w:r w:rsidRPr="011762F0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>MED57</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43E9CB97" w14:textId="480FE874" w:rsidR="005F7C01" w:rsidRPr="00DC5CC1" w:rsidRDefault="00B77AE5" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc210985968"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc210985968"/>
       <w:r w:rsidRPr="000067FD">
         <w:t xml:space="preserve">Who </w:t>
       </w:r>
       <w:r w:rsidR="008B1C4B">
         <w:t>May</w:t>
       </w:r>
       <w:r w:rsidRPr="000067FD">
         <w:t xml:space="preserve"> Use the Contract</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
-      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="35BECEC7" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="003C62B7" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The following is a complete list of the types of organizations generally allowed to use the Operational Service Division’s (OSD's) Statewide Contracts (SWCs).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="740F7CE2" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -4689,51 +4756,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C4DCE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Non-Profit Organizations</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: UFR-certified, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="004010B8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>non-profit</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> organizations engaged in business with participating Commonwealth</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A824B0D" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
@@ -4907,426 +4974,96 @@
         </w:rPr>
         <w:t xml:space="preserve">Massachusetts </w:t>
       </w:r>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>State Purchasing Agent</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53404010" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="005C1020" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please see the standard list of Eligible Entities on our </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:anchor="eligible-entities-which-may-use-statewide-contracts">
+      <w:hyperlink r:id="rId29" w:anchor="eligible-entities-which-may-use-statewide-contracts">
         <w:r w:rsidRPr="011762F0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Eligible Entities Which May Use Statewide Contracts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> webpage.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F421623" w14:textId="14254EBC" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F80200" w:rsidP="00F80200">
-[...328 lines deleted...]
-    </w:p>
     <w:p w14:paraId="2E3A806F" w14:textId="77777777" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc194066597"/>
-      <w:bookmarkStart w:id="16" w:name="_Toc210985969"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc194066597"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc210985969"/>
       <w:r>
         <w:t>Pricing Options</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
-      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="2AC44CE8" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="00BC75FE" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Hlk193714773"/>
+      <w:bookmarkStart w:id="16" w:name="_Hlk193714773"/>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Each vendor’s price files are accessible through the public view in COMMBUYS.  Buyers can access the price files without a COMMBUYS account and without logging into COMMBUYS.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="47C73626" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="00CC5D2E" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendor Price File:</w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
@@ -5375,68 +5112,68 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> If a vendor is not honoring their discount pricing from the price file, then the buyer should contact the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_top">
         <w:r w:rsidRPr="011762F0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Category Manager</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40752FCA" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
+    <w:p w14:paraId="40752FCA" w14:textId="65177E96" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Pricing will be based on the Vendor Price File or Punch Out catalog supplied by the Vendor and accepted by OSD. Net Price for most products will be Vendor’s Acquisition Cost plus the Vendor’s Percentage Markup. Buyers can negotiate Market Share Discounts with the vendor which may further reduce the Net Price.</w:t>
+        <w:t>Pricing will be based on the Vendor Price File or Punch Out catalog supplied by the Vendor and accepted by OSD. Buyers can negotiate Market Share Discounts with the vendor which may further reduce the Net Price.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AB72602" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Add a Product:</w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
@@ -5493,385 +5230,434 @@
           <w:t>vendor information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>page, where links to all the vendors’ MBPOs are provided.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E6DD92B" w14:textId="4DCB77A0" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Quote_Response_and"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="_Toc194066598"/>
+      <w:bookmarkStart w:id="17" w:name="_Quote_Response_and"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc210985970"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc194066598"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:t>Quote Response and Requirements</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
-        <w:t>Quote Response and Requirements</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="11B91197" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc194066596"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc194066596"/>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Buyers should always reference HSP44 when requesting quotes from HSP44 Vendors. HSP44 should be referenced on all quotes and invoices. This ensures Buyers receive Statewide Contract pricing. Please note the following items when requesting and accepting quotes from vendors:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03E486E1" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="005A4CF1" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Quotes should be awarded based on best value.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="711721FA" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
+    <w:p w14:paraId="711721FA" w14:textId="7B9CC3A3" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0045606B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Proprietary products or Sole Source Vendors:</w:t>
+      </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t>Proprietary products or Sole Source Vendors:</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> At times, a product may be proprietary to a specific vendor or only available from a select or sole vendor. If that is the case, please note </w:t>
+      </w:r>
+      <w:r w:rsidR="0045606B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">this in </w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> At times, a product may be proprietary to a specific vendor or only available from a select or sole vendor. If that is the case, please note your procurement files to document your due diligence. Ordering a general product from one vendor without obtaining multiple quotes does not demonstrate “best value” or due diligence.</w:t>
+        <w:t>your procurement files to document your due diligence. Ordering a general product from one vendor without obtaining multiple quotes does not demonstrate “best value” or due diligence.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F7F7586" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="005A4CF1" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Prepayment or Pre-ship Deposits are not allowed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77CC5956" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="005A4CF1" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sales tax is not allowed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="758C3944" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="00563C91" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
+    <w:p w14:paraId="758C3944" w14:textId="5B177433" w:rsidR="00EA0124" w:rsidRPr="00563C91" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Fees and/or surcharges (including travel, fuel, delivery) are not allowed.</w:t>
+        <w:t>Fees and/or surcharges (including travel</w:t>
+      </w:r>
+      <w:r w:rsidR="0045606B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or fuel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="011762F0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) are not allowed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F7DDDD1" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="00563C91" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Any special handling fees and expedited shipping fees must be agreed upon in advance by both parties.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AB354FF" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="00540D82" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
+    <w:p w14:paraId="3AB354FF" w14:textId="6000CE4A" w:rsidR="00EA0124" w:rsidRPr="00540D82" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Payments for products or services provided must be paid within forty-five (45) days per Massachusetts Bill-Payment Policy, or sooner if a Buyer would like to utilize the Prompt Payment Discount (PPD) available. </w:t>
+        <w:t>Payments for products or services provided must be paid within forty-five (45) days per Massachusetts Bill</w:t>
+      </w:r>
+      <w:r w:rsidR="0045606B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Payment Policy, or sooner if a Buyer would like to utilize the Prompt Payment Discount (PPD) available. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CD08BB6" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="005A4CF1" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers are not required to sign additional agreements with Vendors that conflict with the Request for Response (RFR) Terms and Conditions. For more information, please see the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35">
+      <w:hyperlink r:id="rId30">
         <w:r w:rsidRPr="011762F0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Master Blanket Purchase Order (MBPO)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> which holds the HSP44 RFR and contact the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_top">
         <w:r w:rsidRPr="011762F0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Category Manager</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> if you have any questions. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="378C8D20" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="00783A49" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0045606B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Product Trials, Pilots, and Demonstrations:</w:t>
+      </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Product Trials, Pilots, and Demonstrations: </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendors may provide free sample products when the buyer is conducting product review or evaluation trials prior to purchase. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="260ECD75" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="00F50376" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F50376">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For a full description of how to complete a quote in COMMBUYS visit the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="00F50376">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Job Aids for Buyers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F50376">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> webpage, and select:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20ECCA43" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="00F50376" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F50376">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The COMMBUYS Purchase Orders section and choose Request Quotes From Vendors on Statewide Contracts job aid. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45336D7C" w14:textId="04C58DEE" w:rsidR="00ED723A" w:rsidRDefault="00ED723A" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Toc210985971"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc210985971"/>
       <w:r w:rsidRPr="00564A93">
         <w:t>Purchase</w:t>
       </w:r>
       <w:r w:rsidR="00BC5DEA" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> Options</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
-      <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w14:paraId="4406D4DF" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="00F50376" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F50376">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Purchases made through this contract will be direct, outright purchases.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F50376">
         <w:t xml:space="preserve"> </w:t>
@@ -5924,188 +5710,172 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB15C4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This contract has multiple ways of purchasing: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B1A34C0" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="003B0898" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07665271" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="00FD6C4F" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
+    <w:p w14:paraId="60B20128" w14:textId="12E51EC6" w:rsidR="00EA0124" w:rsidRPr="00653261" w:rsidRDefault="00EA0124" w:rsidP="00653261">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>G2B Punchout:</w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Buyers may purchase directly from the vendor’s eCommerce site using the Government to Business (G2B) functionality in COMMBUYS.</w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> S</w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ee the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor">
         <w:r w:rsidRPr="011762F0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor MBPO Listing</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:commentReference w:id="23"/>
+        <w:t xml:space="preserve"> for G2B Punchout-enabled vendors. </w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A COMMBUYS punchout provides the ability to purchase directly from the website of certain vendors. Buyers can “punch out” to a vendor’s online shopping website to search for and choose the desired items. Once the items are selected and checked out, the system transfers these items to COMMBUYS to complete a release requisition. </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B0898">
+    </w:p>
+    <w:p w14:paraId="26A1EA8B" w14:textId="77777777" w:rsidR="00653261" w:rsidRPr="00653261" w:rsidRDefault="00653261" w:rsidP="00653261">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B755E5D" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="001634EB" w:rsidRDefault="00EA0124" w:rsidP="001634EB">
-[...21 lines deleted...]
-    <w:p w14:paraId="27E3409C" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="005B3917" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
+    <w:p w14:paraId="27E3409C" w14:textId="5B57BDC1" w:rsidR="00EA0124" w:rsidRPr="005B3917" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B3917">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>PunchOut-</w:t>
+        <w:t>Punch</w:t>
+      </w:r>
+      <w:r w:rsidR="00653261">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3917">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ut-</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3917">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Participating Vendors:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54327BC9" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="005B3917" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -6179,114 +5949,172 @@
         <w:t>Steri-Tech Medical Innovations, L.L.C.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="776355FE" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="005B3917" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Westnet, Inc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38E6E590" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="006E4802" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
+    <w:p w14:paraId="38E6E590" w14:textId="7BA97036" w:rsidR="00EA0124" w:rsidRPr="006E4802" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please note other Vendors will be added when they establish a PunchOut catalog for COMMBUYS. Refer to “Direct Purchase” section below for access to all Vendors. </w:t>
+        <w:t>Please note other Vendors will be added when they establish a Punch</w:t>
+      </w:r>
+      <w:r w:rsidR="00653261">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="011762F0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ut catalog for COMMBUYS. Refer to “Direct Purchase” section below for access to all Vendors. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D019B8F" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="003B0898" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
+    <w:p w14:paraId="0D019B8F" w14:textId="52FE54C7" w:rsidR="00EA0124" w:rsidRPr="003B0898" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">See the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37">
+      <w:hyperlink r:id="rId32">
         <w:r w:rsidRPr="011762F0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>How to Purchase from a COMMBUYS G2B Punchout</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> job aid for more details. To set up a COMMBUYS buyer account, contact your organization’s COMMBUYS administrator. For questions about PunchOut purchasing, please contact the OSD Help Desk by email </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId38">
+        <w:t xml:space="preserve"> job aid for more details. To set up a COMMBUYS buyer account, contact your organization’s COMMBUYS </w:t>
+      </w:r>
+      <w:r w:rsidR="00653261">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="011762F0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dministrator. For questions about Punch</w:t>
+      </w:r>
+      <w:r w:rsidR="00653261">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="011762F0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ut purchasing, please contact the OSD Help Desk by email </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33">
         <w:r w:rsidRPr="011762F0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>OSDhelpdesk@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or call (888) 627-8283.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11B9730D" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="003B0898" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -6317,264 +6145,282 @@
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ee the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor">
         <w:r w:rsidRPr="011762F0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor MBPO Listing</w:t>
         </w:r>
       </w:hyperlink>
-      <w:commentRangeStart w:id="24"/>
-[...6 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for a list of eligible vendors. This option is for users with Basic Purchaser or Department Access privileges in COMMBUYS. Once the requisition is approved, a Purchase Order (PO) is generated and can be sent to the vendor. Requisitions are documents used to request goods and services. A requisition is the first document used to generate a PO. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="127F72BF" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="003B0898" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">See the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39">
+      <w:hyperlink r:id="rId34">
         <w:r w:rsidRPr="003B0898">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>How to Make a Statewide Contract Purchase in COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> job aid for more details. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E61C5A1" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
+    <w:p w14:paraId="3E61C5A1" w14:textId="1C8EA55A" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Direct Purchase of Non-Fixed Price Item ($0 Line Item) on Vendor’s MBPO:</w:t>
+        <w:t>Direct Purchase of Non-Fixed Price Item ($0 Line Item) on Vendor’s MBPO</w:t>
+      </w:r>
+      <w:r w:rsidR="00653261">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in COMMBUYS</w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Applicable to new items or bulk prices that may require customized quoting. The quoted and accepted net price remains in effect until the next update of the vendor’s price list. These additionally quoted products can be ordered from the Vendor’s catalog using the line item “non-catalog item quoted by Vendor per RFR.” </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="011762F0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Applicable to new items or bulk prices that may require customized quoting. The quoted and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="011762F0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">accepted net price remains in effect until the next update of the vendor’s price list. These additionally quoted products can be ordered from the Vendor’s catalog using the line item “non-catalog item quoted by Vendor per RFR.” </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47E78CD3" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="003B0898" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
+    <w:p w14:paraId="688C3CFF" w14:textId="77777777" w:rsidR="00653261" w:rsidRDefault="00653261" w:rsidP="00653261">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47E78CD3" w14:textId="670CEE16" w:rsidR="00EA0124" w:rsidRPr="003B0898" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ee the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor">
         <w:r w:rsidRPr="011762F0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor MBPO Listing</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for </w:t>
-[...21 lines deleted...]
-        <w:t>endor a Release Purchase Order.</w:t>
+        <w:t xml:space="preserve"> for a list of eligible vendors. The Buyer can create a Release Requisition in COMMBUYS, submit the requisition for approval in COMMBUYS, and then send the vendor a Release Purchase Order.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1912649B" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:ind w:left="360" w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">See the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40">
+      <w:hyperlink r:id="rId35">
         <w:r w:rsidRPr="003B0898">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>How to Make a Statewide Contract Purchase in COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> job aid for more details.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71AA3BA3" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="00144BEB" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Direct Quote Outside of COMMBUYS (ONLY for Eligible Entities that are not MA Executive Agencies)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ABED84C" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
+    <w:p w14:paraId="2ABED84C" w14:textId="16A8EC02" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Only items contained in HSP44 are eligible for purchase under this Statewide Contract.</w:t>
+        <w:t xml:space="preserve">Only items </w:t>
+      </w:r>
+      <w:r w:rsidR="00B56090">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>within the scope of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="011762F0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> HSP44 are eligible for purchase under this Statewide Contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="767CADA7" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="281EDBE7" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers can solicit quotes directly from multiple vendors outside of COMMBUYS by email or phone. To ensure buyer receives contract pricing, always reference HSP44 when requesting quotes and ensure HSP44 is referenced on all quotes received. </w:t>
@@ -6583,92 +6429,91 @@
     <w:p w14:paraId="42E6E6B0" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F2CC980" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All quotes should clearly indicate Free on Board (FOB) destination, with all charges for transportation and unloading prepaid by the Vendor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B11B24D" w14:textId="284CB1C5" w:rsidR="008A72A3" w:rsidRDefault="008A72A3" w:rsidP="009F6189">
-[...1 lines deleted...]
-        <w:ind w:left="720"/>
+    <w:p w14:paraId="2B11B24D" w14:textId="284CB1C5" w:rsidR="008A72A3" w:rsidRDefault="008A72A3" w:rsidP="00B56090">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> MMARS and COMMBUYS do not interface. Payment request and invoice must be reported in both MMARS and COMMBUYS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0288325A" w14:textId="32D6FF57" w:rsidR="000067FD" w:rsidRPr="000067FD" w:rsidRDefault="000067FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Extend_Beyond_(Performance"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkStart w:id="22" w:name="_Extend_Beyond_(Performance"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc210985972"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:t xml:space="preserve">Setting Up a </w:t>
       </w:r>
       <w:r w:rsidRPr="00633557">
         <w:t>COMMBUYS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Account</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="78CB2CA0" w14:textId="1B4D9B57" w:rsidR="000B5F54" w:rsidRDefault="000B5F54" w:rsidP="00FE302E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">COMMBUYS is the Commonwealth of Massachusetts' e-procurement platform, serving as a central marketplace for state agencies </w:t>
       </w:r>
       <w:r w:rsidR="00FE3CAD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and other Eligible Entities </w:t>
       </w:r>
@@ -6844,51 +6689,51 @@
       </w:r>
       <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the buyers must </w:t>
       </w:r>
       <w:r w:rsidR="0065246C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>email</w:t>
       </w:r>
       <w:r w:rsidR="00A17CD7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41" w:history="1">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidR="00B3390A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>OSD Help Desk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0065246C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or call</w:t>
@@ -6918,50 +6763,51 @@
         <w:t>888-627-8283</w:t>
       </w:r>
       <w:r w:rsidR="001468E4" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E6D23F5" w14:textId="74989048" w:rsidR="006C26B7" w:rsidRPr="00136C46" w:rsidRDefault="0005780F" w:rsidP="00FE302E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>While COMMBUYS use is not mandated for Non-Executive Agencies</w:t>
       </w:r>
       <w:r w:rsidR="00F76D22">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other Eligible Entities</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, it is highly recommended to streamline the procurement process and </w:t>
       </w:r>
       <w:r w:rsidR="00DF3644">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">assist buyers in </w:t>
@@ -6973,60 +6819,60 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mak</w:t>
       </w:r>
       <w:r w:rsidR="00DF3644">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> informed purchasing choices. Eligible entities should follow their internal guidelines for COMMBUYS use.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01DC6409" w14:textId="58CA8183" w:rsidR="004B6469" w:rsidRDefault="00AB211E" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc210985973"/>
-      <w:bookmarkStart w:id="29" w:name="_Toc194066601"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc210985973"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc194066601"/>
       <w:r w:rsidRPr="00AB211E">
         <w:t>Finding Contract Documents</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidRPr="00AB211E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="782F9C76" w14:textId="423CA7C5" w:rsidR="00AF445B" w:rsidRPr="00136C46" w:rsidRDefault="00D2137A" w:rsidP="00AF445B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers </w:t>
       </w:r>
       <w:r w:rsidR="00E3202F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -7137,96 +6983,95 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">on COMMBUYS without requiring a COMMBUYS account or logging in.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26289368" w14:textId="04AFF596" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00AB211E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>To find contract documents</w:t>
       </w:r>
       <w:r w:rsidR="00E571FB" w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in COMMBUYS</w:t>
       </w:r>
       <w:r w:rsidR="00A774B6" w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, follow these steps</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D67533E" w14:textId="709BAA7A" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00AB211E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42">
+      <w:hyperlink r:id="rId37">
         <w:r w:rsidRPr="00136C46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">home page, enter </w:t>
@@ -7601,72 +7446,72 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">within the Master Contract Record. Access them directly by </w:t>
       </w:r>
       <w:r w:rsidR="00CF04CB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ing </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidR="000F1DA7" w:rsidRPr="002E43CA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Master Blanket Purchase Order PO-23-1080-OSD03-SRC02-25879</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="44C1318A" w14:textId="46D46942" w:rsidR="003C3ABF" w:rsidRDefault="00554AF0" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="_Toc194066602"/>
-      <w:bookmarkStart w:id="31" w:name="_Toc210985974"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc194066602"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc210985974"/>
       <w:r>
         <w:t>Finding Vendor-Specific Documents</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:p w14:paraId="60A82AFB" w14:textId="075909B7" w:rsidR="00F33440" w:rsidRPr="00136C46" w:rsidRDefault="00554AF0" w:rsidP="00554AF0">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To find vendor-specific documents, including </w:t>
       </w:r>
       <w:r w:rsidR="000F1DA7">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendor’s net price files, </w:t>
       </w:r>
@@ -7933,197 +7778,198 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To view, </w:t>
       </w:r>
       <w:r w:rsidR="00BE76D0">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the desired document link.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36BC0800" w14:textId="780C2B4A" w:rsidR="003813D4" w:rsidRPr="00B6218B" w:rsidRDefault="003813D4" w:rsidP="000D7FAE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_Toc201925128"/>
-      <w:bookmarkStart w:id="33" w:name="_Toc210985975"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc201925128"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc210985975"/>
       <w:r w:rsidRPr="00B6218B">
         <w:t xml:space="preserve">Supplier Diversity </w:t>
       </w:r>
       <w:r w:rsidR="006C2DAB">
         <w:t>Office</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (SD</w:t>
       </w:r>
       <w:r w:rsidR="006C2DAB">
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:t>) Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p w14:paraId="668BC85C" w14:textId="6CF9E2B5" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="003813D4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
       <w:r w:rsidR="00EA4D16">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EE2B732" w14:textId="4A9ACBA9" w:rsidR="00FF0F69" w:rsidRDefault="00FF0F69" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Executive Departments </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> use diverse and small businesses to the extent possible based on contract terms, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44" w:history="1">
+      <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Supplier Diversity Office (SDO)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and departmental policies, laws, and regulations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40C47129" w14:textId="777E7F71" w:rsidR="00D16914" w:rsidRDefault="00D16914" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45" w:history="1">
+      <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidRPr="00556773">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Small Business Purchasing Program (SBPP)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> applies to small procurements ($250,000 or below annually), while the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46" w:history="1">
+      <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidRPr="001B046D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Supplier Diversity Program (SDP)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> applies to large procurements (over $250,000 annually). Executive Departments must consider these requirements when soliciting quotes or issuing Statements </w:t>
       </w:r>
       <w:r w:rsidR="001F7D27">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
@@ -8134,54 +7980,53 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>f Work (SOWs).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="763DAE00" w14:textId="33AFFFF4" w:rsidR="00A31A6A" w:rsidRDefault="00A4039E" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A4039E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Operational Services Division (OSD) provides a list of SDO businesses through the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47" w:history="1">
+      <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Statewide Contract Index</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A4039E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="000B307C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Refer to</w:t>
@@ -8225,55 +8070,55 @@
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and SBPP)</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tab on the index (scroll to view the tab).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57F758EA" w14:textId="3A242519" w:rsidR="00CF5EB3" w:rsidRDefault="00DD5236" w:rsidP="00CF5EB3">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Toc210985976"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc210985976"/>
       <w:r w:rsidRPr="00DD5236">
         <w:t>Supplier Diversity Program (SDP) Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w14:paraId="57E6AF7E" w14:textId="23FD8D57" w:rsidR="00DD5236" w:rsidRDefault="00DD5236" w:rsidP="00DD5236">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD5236">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please view the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7774F470" w14:textId="24C50C07" w:rsidR="007002E9" w:rsidRDefault="007002E9" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -8302,51 +8147,51 @@
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r w:rsidR="008E179F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48" w:history="1">
+      <w:hyperlink r:id="rId43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of SDP Plan Forms: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B925288" w14:textId="2C8CC15C" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="009E2D17">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
@@ -8384,55 +8229,55 @@
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3086F60C" w14:textId="140E70D3" w:rsidR="00A2036A" w:rsidRDefault="007418B6" w:rsidP="007418B6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="_Toc210985977"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc210985977"/>
       <w:r w:rsidRPr="007418B6">
         <w:t>Small Business Purchasing Program (SBPP) Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="31"/>
     </w:p>
     <w:p w14:paraId="07859058" w14:textId="229DACA8" w:rsidR="007418B6" w:rsidRDefault="003C6101" w:rsidP="007418B6">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6101">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please view the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B1D11BB" w14:textId="5E52330C" w:rsidR="003C6101" w:rsidRDefault="003C6101" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -8458,51 +8303,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
+      <w:hyperlink r:id="rId44" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
         <w:r w:rsidRPr="008F629C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of Responses to Small Procurements: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EE73878" w14:textId="685C5905" w:rsidR="008F629C" w:rsidRPr="003C6101" w:rsidRDefault="00ED6956" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
@@ -8533,192 +8378,192 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table in the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E2D17">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SDO Certification Type</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED6956">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> column.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36C87046" w14:textId="57B56541" w:rsidR="00B41726" w:rsidRDefault="00DB33F1" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_Toc210985978"/>
-      <w:bookmarkStart w:id="37" w:name="_Toc194066607"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc210985978"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc194066607"/>
       <w:r w:rsidRPr="003066B4">
+        <w:lastRenderedPageBreak/>
         <w:t>Subcontractor</w:t>
       </w:r>
       <w:r w:rsidR="000E3C80" w:rsidRPr="003066B4">
         <w:t>s</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidR="004D3A5D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="33"/>
     </w:p>
     <w:p w14:paraId="477867D8" w14:textId="05E5B09F" w:rsidR="000E3C80" w:rsidRPr="009E12A3" w:rsidRDefault="000E3C80" w:rsidP="000E3C80">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The awarded vendor’s use of subcontractors is subject to the provisions of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50" w:history="1">
+      <w:hyperlink r:id="rId45" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Commonwealth’s Terms and Conditions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51" w:history="1">
+      <w:hyperlink r:id="rId46" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Standard Contract Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, as well as other applicable terms of this </w:t>
       </w:r>
       <w:r w:rsidR="005C457B" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Statewide Contract (</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SWC</w:t>
       </w:r>
       <w:r w:rsidR="005C457B" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5256B326" w14:textId="4D19389C" w:rsidR="006D5ABC" w:rsidRDefault="00A87A58" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Toc210985979"/>
-      <w:bookmarkStart w:id="39" w:name="_Toc194066609"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc210985979"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc194066609"/>
       <w:r w:rsidRPr="00A87A58">
         <w:t>Shipping, Delivery, and Returns</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="34"/>
       <w:r w:rsidR="003B7672">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="4FD86F45" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRDefault="000F1DA7" w:rsidP="000F1DA7">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="40" w:name="_Toc194066610"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc194066610"/>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For shipping, delivery, and returns, please follow these guidelines:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D317EA9" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRPr="002E43CA" w:rsidRDefault="000F1DA7" w:rsidP="005F4220">
+    <w:p w14:paraId="3D317EA9" w14:textId="4D2FAC28" w:rsidR="000F1DA7" w:rsidRPr="002E43CA" w:rsidRDefault="000F1DA7" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>All quotations shall indicate Free on Board (FOB) destination. FOB destination means delivered and unloaded to all the Commonwealth departments, cities, towns, and political subdivisions within the Commonwealth of Massachusetts, with all charges for transportation and unloading prepaid by the vendor.</w:t>
+        <w:t>All quotations shall indicate Free on Board (FOB) destination. FOB destination means delivered and unloaded to all the departments, cities, towns, and political subdivisions within the Commonwealth of Massachusetts, with all charges for transportation and unloading prepaid by the vendor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ED4F602" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRPr="004C4D7B" w:rsidRDefault="000F1DA7" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Delivery arrangements for items that require special handling may be made by mutual agreement between the buyer and vendor. Shipping charges may be negotiated and allowed under reasonable circumstances including but not limited to rush shipping requests by the buyer. Vendors are not allowed to request an exception for shipping charges.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AEE71AF" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRPr="009B13EA" w:rsidRDefault="000F1DA7" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -8789,68 +8634,68 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB065B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Standard Delivery Cost/Changes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20B0DF18" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRDefault="000F1DA7" w:rsidP="005F4220">
+    <w:p w14:paraId="20B0DF18" w14:textId="47CBBE3D" w:rsidR="000F1DA7" w:rsidRDefault="000F1DA7" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">There is no additional charge for deliveries made within seven (7) calendar days for orders of $50.00 or more that are placed on the same day and will be shipped to the same delivery address.  Shipping can be done by the Vendor or drop shipping directly from the manufacturer or other source. </w:t>
+        <w:t xml:space="preserve">There is no charge for deliveries made within seven (7) calendar days for orders of $50.00 or more that are placed on the same day and will be shipped to the same delivery address.  Shipping can be done by the Vendor or drop shipping directly from the manufacturer or other source. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C6B4ED2" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRPr="001C3E5C" w:rsidRDefault="000F1DA7" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C3E5C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -8875,95 +8720,116 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>overnight</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or other specialty</w:t>
       </w:r>
       <w:r w:rsidRPr="001C3E5C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) Delivery</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BBBA37B" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRDefault="000F1DA7" w:rsidP="005F4220">
+    <w:p w14:paraId="722EE8DF" w14:textId="77777777" w:rsidR="00B56090" w:rsidRDefault="000F1DA7" w:rsidP="00B56090">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers may request expedited (express or overnight) delivery if the need arises. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="687B93AD" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRDefault="000F1DA7" w:rsidP="000F1DA7">
-[...12 lines deleted...]
-    <w:p w14:paraId="67DD4690" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRDefault="000F1DA7" w:rsidP="005F4220">
+    <w:p w14:paraId="687B93AD" w14:textId="34F1CBFB" w:rsidR="000F1DA7" w:rsidRPr="00B56090" w:rsidRDefault="000F1DA7" w:rsidP="00B56090">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B56090">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Buyers may agree to special charges </w:t>
+      </w:r>
+      <w:r w:rsidR="00104FBD" w:rsidRPr="00B56090">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>such as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B56090">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a delivery charge of up to $20.00 for orders under $50.00, expedited (express or overnight) delivery, hazmat fees, or other special handling. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67DD4690" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRDefault="000F1DA7" w:rsidP="005F4220">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Any special handling fees and expedited shipping fees must be agreed upon in advance by both parties.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EE8DFAD" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRDefault="000F1DA7" w:rsidP="000F1DA7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36D9AFC3" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRPr="005D6C71" w:rsidRDefault="000F1DA7" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
@@ -9001,130 +8867,129 @@
       <w:r w:rsidRPr="1B1C7C94">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers may return any item in original packaging and in saleable condition within seven (7) calendar days of receipt of order unless at the time of order the Vendor clearly stated in writing that an item was not returnable. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FDFB9E5" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRDefault="000F1DA7" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>A wrongly shipped item received in error for which the buyer notifies the Vendor within sixty (60) calendar days of receipt must be replaced, credited, or repaid by check at the option of the Buyer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14EB45E2" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRDefault="000F1DA7" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The Vendor is responsible for the shipping costs of all returns and </w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>restocking charges are not allowed under HSP44.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0330E363" w14:textId="17BADB7F" w:rsidR="004553D2" w:rsidRDefault="004553D2" w:rsidP="00633557">
+    <w:p w14:paraId="0330E363" w14:textId="4B7EC6B8" w:rsidR="004553D2" w:rsidRDefault="004553D2" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="41" w:name="_Toc210985980"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc210985980"/>
       <w:r w:rsidRPr="004553D2">
-        <w:t>Repairs and Services Warranties</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="41"/>
+        <w:t>Repairs and Service Warranties</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="37"/>
       <w:r w:rsidR="003B7672">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="36"/>
     </w:p>
-    <w:p w14:paraId="6AFFF011" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRPr="009E12A3" w:rsidRDefault="000F1DA7" w:rsidP="000F1DA7">
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="42" w:name="_Toc194066611"/>
+    <w:p w14:paraId="6AFFF011" w14:textId="599A60E7" w:rsidR="000F1DA7" w:rsidRPr="009E12A3" w:rsidRDefault="000F1DA7" w:rsidP="000F1DA7">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="_Toc194066611"/>
       <w:r w:rsidRPr="1B1C7C94">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>For repairs and services warranties, please refer to these guidelines:</w:t>
+        <w:t>For repairs and service warranties, please refer to these guidelines:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77A99C15" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRDefault="000F1DA7" w:rsidP="005F4220">
+    <w:p w14:paraId="77A99C15" w14:textId="1D5A9446" w:rsidR="000F1DA7" w:rsidRDefault="000F1DA7" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>If merited, vendors will provide warranty information on any products sold under this contract. It is understood that not all products may have a warranty and warranty coverage may differ based on product and availability.</w:t>
+        <w:t>If merited, vendors will provide warranty information on products sold under this contract. It is understood that not all products may have a warranty and warranty coverage may differ based on product and availability.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40D5BEA6" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRDefault="000F1DA7" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The warranty for the Commonwealth shall be the manufacturer’s standard warranty starting from the date of acceptance by the buyer. </w:t>
       </w:r>
     </w:p>
@@ -9133,174 +8998,232 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Refurbished and Remanufactured Equipment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A2489FA" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRPr="00662457" w:rsidRDefault="000F1DA7" w:rsidP="005F4220">
+    <w:p w14:paraId="3F98DE5D" w14:textId="27BCD8CE" w:rsidR="00443ABB" w:rsidRPr="00443ABB" w:rsidRDefault="000F1DA7" w:rsidP="00443ABB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="011762F0">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00443ABB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>In the event that refurbished or remanufactured equipment is being requested and sold, “remanufactured” or “reconditioned” is defined as products or equipment partially or fully manufactured from existing product materials where such materials are cleaned and repaired to the extent possible and reused in the new product or equipment in accordance with the original manufacturer’s specifications. All unusable parts are to be removed and replaced with new or remanufactured parts, which meet original equipment manufacturers (OEM) standards and any governing standards and/or regulations</w:t>
+        <w:t>In the event that</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00443ABB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> refurbished or remanufactured equipment is requested and sold, </w:t>
+      </w:r>
+      <w:r w:rsidR="00443ABB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00443ABB" w:rsidRPr="011762F0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ll unusable parts are to be removed and replaced with new or remanufactured parts, which meet original equipment manufacturers (OEM) standards and any governing standards and/or regulations</w:t>
+      </w:r>
+      <w:r w:rsidR="00443ABB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00443ABB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00443ABB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00443ABB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">emanufactured” or “reconditioned” is defined as products or equipment partially or fully manufactured from existing product materials where such materials are cleaned and repaired to the extent possible and reused in the new product or equipment in accordance with the original manufacturer’s specifications. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36CDF2BE" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRDefault="000F1DA7" w:rsidP="005F4220">
+    <w:p w14:paraId="36CDF2BE" w14:textId="0A60D35A" w:rsidR="000F1DA7" w:rsidRPr="00443ABB" w:rsidRDefault="000F1DA7" w:rsidP="00443ABB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="011762F0">
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00443ABB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Recalls or Notices of Defects</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15E64256" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRDefault="000F1DA7" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors are required to notify Buyers in a timely fashion about recalls, notices of defects and/or Failure to Supply, and provide an adequate opportunity to work together with the Buyers to maintain operations and resolve product availability issues.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D8B9284" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRDefault="000F1DA7" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Buyers should ensure their contact information is current and up to date with Vendors.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E80B16A" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRDefault="000F1DA7" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Buyers are NOT responsible for the costs associated with the replacement of recalled and/or defective products and equipment, or the Vendor’s Failure to Supply, and have the option of receiving a credit instead.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B09715" w14:textId="22183C37" w:rsidR="006659DA" w:rsidRDefault="00F52DB7" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="43" w:name="_Toc210985981"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc210985981"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Additional Discounts</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="39"/>
     </w:p>
     <w:p w14:paraId="5722884C" w14:textId="2C86CC2C" w:rsidR="00F52DB7" w:rsidRPr="009E12A3" w:rsidRDefault="000157ED" w:rsidP="00F52DB7">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendors in this statewide contract offer the following discounts, which </w:t>
       </w:r>
       <w:r w:rsidR="00187389">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
@@ -9373,51 +9296,51 @@
         <w:t xml:space="preserve"> A </w:t>
       </w:r>
       <w:r w:rsidR="006A0936">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">percentage </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>discount given to the buyer if the invoice is paid within a specified time, in accordance with the</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52">
+      <w:hyperlink r:id="rId47">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Commonwealth’s Bill Paying Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="000F1DA7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000F1DA7">
         <w:rPr>
@@ -9624,199 +9547,199 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or Master Contract Record MBPO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A76A16" w14:textId="7923D1A1" w:rsidR="004553D2" w:rsidRPr="00C50D01" w:rsidRDefault="00280EC3" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="44" w:name="_Toc194066612"/>
-      <w:bookmarkStart w:id="45" w:name="_Toc210985982"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc194066612"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc210985982"/>
       <w:r w:rsidRPr="003066B4">
         <w:t>Emergency Services</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
-      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="41"/>
       <w:r w:rsidR="00FE1EB2" w:rsidRPr="0011288D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="087026AC" w14:textId="4B074EB0" w:rsidR="00280EC3" w:rsidRPr="009E12A3" w:rsidRDefault="00280EC3" w:rsidP="00280EC3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors on this contract may be required to provide products or services in cases of statewide emergencies</w:t>
       </w:r>
       <w:r w:rsidR="00497BD7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007A7E73">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The</w:t>
       </w:r>
       <w:r w:rsidR="00003B08">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53" w:history="1">
+      <w:hyperlink r:id="rId48" w:history="1">
         <w:r w:rsidR="00003B08" w:rsidRPr="00003B08">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>801 CMR 21.05(3)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00003B08">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">defines emergency for procurement purposes. Visit the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54" w:history="1">
+      <w:hyperlink r:id="rId49" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Emergency Response Supplies, Services and Equipment Contact Information for Statewide Contracts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> list for emergency services related to this contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E2BA003" w14:textId="1E68B3FE" w:rsidR="00177A06" w:rsidRDefault="00177A06" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="46" w:name="_Toc194066614"/>
-      <w:bookmarkStart w:id="47" w:name="_Toc210985983"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc194066614"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc210985983"/>
       <w:r w:rsidRPr="00564A93">
         <w:t>Vendor Performance</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
-      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="43"/>
     </w:p>
     <w:p w14:paraId="56E5F7E6" w14:textId="48BF78A9" w:rsidR="00177A06" w:rsidRPr="009E12A3" w:rsidRDefault="00F0752D" w:rsidP="00177A06">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0752D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Key points concerning vendor performance are outlined below</w:t>
       </w:r>
       <w:r w:rsidR="000E7EC0" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EAD9AC7" w14:textId="51698A83" w:rsidR="00FE1EB2" w:rsidRPr="009E12A3" w:rsidRDefault="00A36AA5" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide actionable feedback on vendors for this contract to optimize performance </w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">through the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55" w:history="1">
+      <w:hyperlink r:id="rId50" w:history="1">
         <w:r w:rsidR="00387453" w:rsidRPr="001F178A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Procurated Platform</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00387453" w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C4CD8">
         <w:rPr>
@@ -9913,135 +9836,149 @@
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
       <w:r w:rsidR="00B94333">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>licable</w:t>
       </w:r>
       <w:r w:rsidR="00E8347B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vendor listed.</w:t>
       </w:r>
       <w:r w:rsidR="00116495">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12F3CD7E" w14:textId="3E573FFA" w:rsidR="0060320F" w:rsidRPr="009E12A3" w:rsidRDefault="0060320F" w:rsidP="005F4220">
+    <w:p w14:paraId="12F3CD7E" w14:textId="0DD9D231" w:rsidR="0060320F" w:rsidRPr="009E12A3" w:rsidRDefault="0060320F" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Buyers are encouraged to reach out to the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56">
+      <w:hyperlink r:id="rId51">
         <w:r w:rsidR="009B2FF0" w:rsidRPr="011762F0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Category Manager</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009B2FF0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>if vendors are not meeting their contractual obligations and buyers may be surveyed for vendor performance feedback.</w:t>
+        <w:t>if vendors are not meeting their contractual obligations</w:t>
+      </w:r>
+      <w:r w:rsidR="00443ABB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.  B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uyers may be surveyed for vendor performance feedback.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EEB944D" w14:textId="2C0339E6" w:rsidR="00EF1817" w:rsidRPr="009E12A3" w:rsidRDefault="00423FB0" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors</w:t>
       </w:r>
       <w:r w:rsidR="00EF1817" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be evaluated on their current performance and may be asked to work with the Commonwealth toward improvement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ECCA573" w14:textId="1FFE7CB8" w:rsidR="00D86662" w:rsidRPr="009E12A3" w:rsidRDefault="00D86662" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r w:rsidR="001123CE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vendor</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> performance is unacceptable but </w:t>
       </w:r>
       <w:r w:rsidR="008B4DE7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
@@ -10206,57 +10143,57 @@
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors</w:t>
       </w:r>
       <w:r w:rsidR="00471474" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> must meet all contractual requirements throughout the life of the contract, including requirements for timely and accurate report submission, to remain in good standing under the contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E4F3ADB" w14:textId="477EF2DC" w:rsidR="000E01B4" w:rsidRDefault="000E01B4" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="48" w:name="_Toc194066615"/>
-      <w:bookmarkStart w:id="49" w:name="_Toc210985984"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc194066615"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc210985984"/>
       <w:r>
         <w:t>General Procurement Guidelines and Best Practices</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
-      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="45"/>
     </w:p>
     <w:p w14:paraId="6091B2E8" w14:textId="465D2E1E" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="000E01B4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For general procurement guidelines and best practices, follow these recommendations:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="508955D5" w14:textId="27997FCC" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -10320,70 +10257,86 @@
         <w:t>No prepayment should be made for products not yet delivered or services not yet rendered.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A53C235" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No sales tax should be applied to invoices.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A4E314F" w14:textId="3DE200C1" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="005F4220">
+    <w:p w14:paraId="6A4E314F" w14:textId="6F94AA2D" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>No fees or surcharges (including travel, fuel, delivery) should be applied to invoices.</w:t>
+        <w:t>No fees or surcharges (including travel</w:t>
+      </w:r>
+      <w:r w:rsidR="00443ABB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or fuel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) should be applied to invoices.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54C69D88" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Special order fees must be agreed upon by both parties upfront.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62965195" w14:textId="0D0009D2" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="005F4220">
@@ -10402,51 +10355,51 @@
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Payments for products or services provided must be paid </w:t>
       </w:r>
       <w:r w:rsidR="0059231F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">within </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>45 days per Massachusetts Bill Payment Policy, or sooner if applying Prompt Payment Discount.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BC49F8A" w14:textId="630E694F" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="005F4220">
+    <w:p w14:paraId="3BC49F8A" w14:textId="0274391B" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Buyers are not required to sign additional agreements with vendors that conflict with the Request for Response (RFR) Terms and Conditions</w:t>
       </w:r>
       <w:r w:rsidR="00ED285F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -10463,51 +10416,51 @@
       </w:r>
       <w:r w:rsidR="00ED285F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ontact </w:t>
       </w:r>
       <w:r w:rsidR="0059140B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57">
+      <w:hyperlink r:id="rId52">
         <w:r w:rsidR="009B2FF0" w:rsidRPr="011762F0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Category Manager</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009B2FF0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for gui</w:t>
       </w:r>
       <w:r w:rsidR="00861069">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -10526,195 +10479,210 @@
     <w:p w14:paraId="012945E2" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors must notify buyers of product substitutions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18BD570A" w14:textId="46C875D9" w:rsidR="00BC5DEA" w:rsidRPr="002E2D42" w:rsidRDefault="00BC5DEA" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="50" w:name="_Toc194066616"/>
-      <w:bookmarkStart w:id="51" w:name="_Toc210985985"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc194066616"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc210985985"/>
       <w:r w:rsidRPr="002E2D42">
         <w:t>Adding a Product</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
-      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="47"/>
       <w:r w:rsidR="00DD0065" w:rsidRPr="00DD0065">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D31EA6B" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="006A3652" w:rsidRDefault="009B2FF0" w:rsidP="009B2FF0">
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="52" w:name="_Toc194066618"/>
+    <w:p w14:paraId="2E2D8E16" w14:textId="77777777" w:rsidR="00443ABB" w:rsidRDefault="009B2FF0" w:rsidP="009B2FF0">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="_Toc194066618"/>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">If a product cannot be found in the Vendor’s price sheet or PunchOut catalog, it is recommended to contact the Vendor directly to inquire if it is available for purchase on this contract. If the product meets the Contract’s established specifications and scope, the Vendor may be able to add it to their product offerings, without approval by OSD. Contract users should always reference HSP44 when contacting Vendors to ensure they are receiving contract pricing. Quotes should be awarded based on best value. The quoted and accepted net price remains in effect until the next update of the price </w:t>
+        <w:t xml:space="preserve">If a product cannot be found in the Vendor’s price sheet or PunchOut catalog, it is recommended to contact the Vendor directly to inquire if it is available for purchase on this contract. If the product </w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">list. These additionally quoted products can be ordered from the vendor’s catalog using the line item “non-catalog item quoted by vendor per RFR”. Please contact the </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId58">
+        <w:t xml:space="preserve">meets the Contract’s established specifications and scope, the Vendor may be able to add it to their product offerings, without approval by OSD. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D31EA6B" w14:textId="17EED9B4" w:rsidR="009B2FF0" w:rsidRPr="006A3652" w:rsidRDefault="009B2FF0" w:rsidP="009B2FF0">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="011762F0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contract users should always reference HSP44 when contacting Vendors to ensure they are receiving contract pricing. Quotes should be awarded based on best value. The quoted and accepted net price remains in effect until the next update of the price list. These additionally quoted products can be ordered from the vendor’s catalog using the line item “non-catalog item quoted by vendor per RFR”. Please contact the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53">
         <w:r w:rsidRPr="011762F0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Category Manager</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for guidance on this. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="287EE5A1" w14:textId="114A3765" w:rsidR="00EF4D38" w:rsidRDefault="00EF4D38" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="53" w:name="_Toc210985986"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc210985986"/>
       <w:r w:rsidRPr="00D40F23">
         <w:t xml:space="preserve">Environmentally Preferable Products </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="52"/>
+      <w:bookmarkEnd w:id="48"/>
       <w:r w:rsidR="00C73C16">
         <w:t>and Services</w:t>
       </w:r>
       <w:r w:rsidR="000702C6">
         <w:t xml:space="preserve"> (EPPS)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="49"/>
       <w:r w:rsidR="00131479">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="348FBDED" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRDefault="009B2FF0" w:rsidP="009B2FF0">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="54" w:name="_Memorandum_of_Understanding"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="54"/>
+      <w:bookmarkStart w:id="50" w:name="_Memorandum_of_Understanding"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc194066619"/>
+      <w:bookmarkEnd w:id="50"/>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>This contract provides environmentally preferable options wherever possible (e.g., reusable options, options with reduced toxins, options that provide reduced fuel usage, or provide other environmental benefits). To find more sustainable medical supplies and equipment, request products that meet one or more of the following:  </w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="097603B8" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRDefault="009B2FF0" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4678418A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Are </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59">
+      <w:hyperlink r:id="rId54">
         <w:r w:rsidRPr="4678418A">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Practice Green Health Approved</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="4678418A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (which means products meet their </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60">
+      <w:hyperlink r:id="rId55">
         <w:r w:rsidRPr="4678418A">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Standardized Healthcare Criteria</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="4678418A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>) </w:t>
       </w:r>
       <w:r w:rsidRPr="4678418A">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t> </w:t>
@@ -10729,51 +10697,51 @@
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4678418A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>For Medical Products: Meet the standards established by </w:t>
       </w:r>
       <w:r w:rsidRPr="4678418A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61">
+      <w:hyperlink r:id="rId56">
         <w:r w:rsidRPr="4678418A">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>HealthCare Without Harm’s Safer Medical Products</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="4678418A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="4678418A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -10793,94 +10761,94 @@
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DDB6603" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRDefault="009B2FF0" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4678418A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">For Gloves: Meet the standards established by </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62">
+      <w:hyperlink r:id="rId57">
         <w:r w:rsidRPr="4678418A">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>HealthCare Without Harm’s Sustainable Glove Criteria</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="4678418A">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24E56592" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRDefault="009B2FF0" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Are reusable (see Practice Greenhealth and Healthcare Without Harm’s guidance </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63">
+      <w:hyperlink r:id="rId58">
         <w:r w:rsidRPr="011762F0">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Transition from Single-Use Disposables to Reusables</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -10935,164 +10903,165 @@
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>Are remanufactured, meaning that the product has been rebuilt or restored and required to meet all original equipment manufacturers’ requirements. Remanufactured products may offer significant savings while providing equivalent product form and function.   </w:t>
       </w:r>
       <w:r w:rsidRPr="4678418A">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C306F0B" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRDefault="009B2FF0" w:rsidP="009B2FF0">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5920C366" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRDefault="009B2FF0" w:rsidP="009B2FF0">
+    <w:p w14:paraId="5920C366" w14:textId="48D95497" w:rsidR="009B2FF0" w:rsidRDefault="009B2FF0" w:rsidP="009B2FF0">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Practice Green Health and HealthCare Without Harm are two non-profit organizations that work to make identification of sustainable products easier for healthcare product purchasers. </w:t>
+        <w:t xml:space="preserve">Practice Green Health and HealthCare Without Harm work to make identification of sustainable products easier for healthcare product purchasers. </w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58F5080E" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="000F760A" w:rsidRDefault="009B2FF0" w:rsidP="009B2FF0">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F760A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Learn More:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F760A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Explore the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64" w:history="1">
+      <w:hyperlink r:id="rId59" w:history="1">
         <w:r w:rsidRPr="000F760A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Environmentally Preferable Products (EPP) Procurement Program</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000F760A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and discover detailed guidance in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65" w:history="1">
+      <w:hyperlink r:id="rId60" w:history="1">
         <w:r w:rsidRPr="000F760A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>EPP Products and Services Guide</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000F760A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="401E5311" w14:textId="10360EED" w:rsidR="004C38FD" w:rsidRPr="002E2D42" w:rsidRDefault="004C38FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="56" w:name="_Toc194066620"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc194066620"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc210985987"/>
+      <w:bookmarkEnd w:id="51"/>
       <w:r w:rsidRPr="003066B4">
+        <w:lastRenderedPageBreak/>
         <w:t>Instructions for</w:t>
       </w:r>
       <w:r w:rsidR="00BA483E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA483E" w:rsidRPr="00BA483E">
         <w:t>Massachusetts Management Accounting and Reporting System (MMARS)</w:t>
       </w:r>
       <w:r w:rsidRPr="003066B4">
         <w:t xml:space="preserve"> Users</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="56"/>
-      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:bookmarkEnd w:id="53"/>
     </w:p>
     <w:p w14:paraId="7E58B0D1" w14:textId="1A6F9C5B" w:rsidR="00266475" w:rsidRDefault="006F493B" w:rsidP="00DC48F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F493B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">When placing orders with a contractor, </w:t>
       </w:r>
       <w:r w:rsidR="00BD68D3" w:rsidRPr="00E006A5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -11140,64 +11109,64 @@
       <w:r w:rsidR="009B2FF0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006F493B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in the Agreement ID field in MMARS for encumbrances related to purchases from Statewide Contracts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="58" w:name="_Contract_Summary"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="64" w:name="_Frequently_Purchased_Items"/>
+      <w:bookmarkStart w:id="54" w:name="_Contract_Summary"/>
+      <w:bookmarkStart w:id="55" w:name="_Who_Can_Use_2"/>
+      <w:bookmarkStart w:id="56" w:name="_Find_Bid/Contract_Documents"/>
+      <w:bookmarkStart w:id="57" w:name="_Who_Can_Use_3"/>
+      <w:bookmarkStart w:id="58" w:name="_Contract_Categories_3"/>
+      <w:bookmarkStart w:id="59" w:name="_Additional_Information/FAQs_3"/>
+      <w:bookmarkStart w:id="60" w:name="_Frequently_Purchased_Items"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
-      <w:bookmarkEnd w:id="61"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="64"/>
       <w:r w:rsidR="00376AED" w:rsidRPr="00D27BA2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please address all inquiries regarding</w:t>
       </w:r>
       <w:r w:rsidR="00376AED">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00376AED" w:rsidRPr="00E006A5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MMARS</w:t>
       </w:r>
       <w:r w:rsidR="00376AED" w:rsidRPr="00D27BA2">
         <w:rPr>
@@ -11205,51 +11174,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> technical support and job aids </w:t>
       </w:r>
       <w:r w:rsidR="000E68EE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">by emailing </w:t>
       </w:r>
       <w:r w:rsidR="003764F5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00417EA8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66" w:history="1">
+      <w:hyperlink r:id="rId61" w:history="1">
         <w:r w:rsidR="003764F5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Comptroller Help Desk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A63214">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00417EA8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00E9505D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>by</w:t>
@@ -11272,133 +11241,132 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>617-973-2468</w:t>
       </w:r>
       <w:r w:rsidR="00417EA8" w:rsidRPr="00E006A5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A63214">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="292CC82B" w14:textId="570B910E" w:rsidR="009B2FF0" w:rsidRPr="002E2D42" w:rsidRDefault="009B2FF0" w:rsidP="009B2FF0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="65" w:name="_Toc210985988"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc210985988"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Geographical Service Area</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="61"/>
     </w:p>
     <w:p w14:paraId="3997CE2A" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRDefault="009B2FF0" w:rsidP="009B2FF0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendor</w:t>
       </w:r>
       <w:r w:rsidRPr="00806E61">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s will be able to provide the requested service(s) throughout the Commonwealth.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71C99DDE" w14:textId="77777777" w:rsidR="00266475" w:rsidRDefault="00266475" w:rsidP="00266475">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:sectPr w:rsidR="00266475" w:rsidSect="003E7DC2">
-          <w:footerReference w:type="first" r:id="rId67"/>
+          <w:footerReference w:type="first" r:id="rId62"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66F6F6D9" w14:textId="572D18D1" w:rsidR="00E51057" w:rsidRPr="00ED150D" w:rsidRDefault="00E51057" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:u w:val="double"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="66" w:name="_Appendix_A:_Vendor"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="72" w:name="_Toc210985989"/>
+      <w:bookmarkStart w:id="62" w:name="_Appendix_A:_Vendor"/>
+      <w:bookmarkStart w:id="63" w:name="_Vendor_Specific_Information"/>
+      <w:bookmarkStart w:id="64" w:name="_Vendor_Information*"/>
+      <w:bookmarkStart w:id="65" w:name="_Vendor_List_and"/>
+      <w:bookmarkStart w:id="66" w:name="_Appendix_A:_1"/>
+      <w:bookmarkStart w:id="67" w:name="_Toc194066623"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc210985989"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
-      <w:bookmarkEnd w:id="67"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="70"/>
       <w:r w:rsidRPr="00ED150D">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vendor </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">List and </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED150D">
         <w:t>Information</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="71"/>
-      <w:bookmarkEnd w:id="72"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="68"/>
       <w:r w:rsidRPr="00B142B5">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="14269" w:type="dxa"/>
         <w:tblInd w:w="-815" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Vendor Information Table"/>
         <w:tblDescription w:val="This table includes the following column headings and information: vendor name, Master Blanket Purchase Order Number, MMARS Vendor Code, MMARS Vendor Line, Contact Person, Phone number, Email, Categories, Regions, Discounts (PPD, Dock Delivery, Other), MBE, WMBE, WBE, Vetran status, Minimum Order, and list of any other imporatant items.  "/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2520"/>
         <w:gridCol w:w="1530"/>
         <w:gridCol w:w="1170"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="1440"/>
@@ -11766,77 +11734,79 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>[Master Contract Record] [Master MBPO] (All contract documents)**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50A0A306" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r w:rsidRPr="00B0041A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC02-25879</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D9AF61F" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="3D9AF61F" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00D941EC" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B0041A">
-              <w:rPr>
+            <w:r w:rsidRPr="00D941EC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7CE0CE09" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1B1C7C94">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -11917,73 +11887,73 @@
               <w:t xml:space="preserve">617-359-7271 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B45B81C" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1B1C7C94">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69">
+            <w:hyperlink r:id="rId64">
               <w:r w:rsidRPr="1B1C7C94">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>ina.j.sang2@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="0CB4D3E8" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="10321492" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
-            <w:hyperlink r:id="rId70">
+            <w:hyperlink r:id="rId65">
               <w:r w:rsidRPr="1B1C7C94">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>sonia.castro@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="1B1C7C94">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C4BDBBC" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -12045,216 +12015,128 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B2FF0" w:rsidRPr="00ED150D" w14:paraId="52EDF6B1" w14:textId="77777777" w:rsidTr="009B2FF0">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CC5EFDA" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
-            <w:commentRangeStart w:id="73"/>
-            <w:commentRangeStart w:id="74"/>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Geriatric Medical &amp; Surgical Supply</w:t>
-            </w:r>
-[...14 lines deleted...]
-              <w:commentReference w:id="74"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="408F575C" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="408F575C" w14:textId="37DBBE7E" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r w:rsidRPr="00B0041A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-25915</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:commentRangeStart w:id="75"/>
-        <w:commentRangeStart w:id="76"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5617441B" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00874AB1" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="5617441B" w14:textId="7DF61F7F" w:rsidR="009B2FF0" w:rsidRPr="00874AB1" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="1B1C7C94">
-[...76 lines deleted...]
-            <w:hyperlink r:id="rId72">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r w:rsidRPr="1B1C7C94">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>25980</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
+          <w:p w14:paraId="559C97EC" w14:textId="4ED86257" w:rsidR="009B2FF0" w:rsidRDefault="009B2FF0" w:rsidP="00D941EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="737D29F3" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23BF3ABA" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
@@ -12276,51 +12158,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>781-305-3144 X350</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0651EF7B" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId73">
+            <w:hyperlink r:id="rId68">
               <w:r w:rsidRPr="011762F0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>jj.pistoor@gerimed.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="011762F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="105CECC5" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
@@ -12391,86 +12273,86 @@
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E1DBAD9" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>McKesson Medical-Surgical Government Solutions LLC (MMSGS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2595C271" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="2595C271" w14:textId="3630CF80" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r w:rsidRPr="00B0041A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-25934</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D5137F2" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="7D5137F2" w14:textId="48CFD54E" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r w:rsidRPr="00B0041A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>25978</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FDC4962" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
@@ -12495,51 +12377,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>904-790-9210</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="356BEC73" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId76">
+            <w:hyperlink r:id="rId71">
               <w:r w:rsidRPr="011762F0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>zack.newsome@mckesson.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="011762F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="085AD2F8" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
@@ -12610,85 +12492,85 @@
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46DF2755" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Medline Industries, Inc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79F4C097" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="79F4C097" w14:textId="3AE6443D" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r w:rsidRPr="00B0041A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-25878</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D8D6375" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="3D8D6375" w14:textId="656C17A6" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r w:rsidRPr="00B0041A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>25979</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="742D4A0E" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1B1C7C94">
@@ -12713,51 +12595,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1B1C7C94">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>847-643-3672</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08F1496D" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId79">
+            <w:hyperlink r:id="rId74">
               <w:r w:rsidRPr="1B1C7C94">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>cplotz@medline.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="1B1C7C94">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="58585B"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
@@ -12829,60 +12711,60 @@
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6489631F" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>MedSupply Corp.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05AC9653" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="05AC9653" w14:textId="3DC0ABB0" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r w:rsidRPr="00B0041A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-25914</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="490F9D82" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -12930,51 +12812,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>248-597-9004</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="080EF0BF" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r w:rsidRPr="00E34FBD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>tmirza@med-supply.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40368496" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="011762F0">
@@ -13040,86 +12922,86 @@
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="160F699D" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Steri-Tech Medical Innovations LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68536A73" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="68536A73" w14:textId="3C5543FF" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId82">
+            <w:hyperlink r:id="rId77">
               <w:r w:rsidRPr="011762F0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-25896</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6327A361" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="6327A361" w14:textId="76DFE8D2" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r w:rsidRPr="00B0041A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>29007</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02B3A5C5" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1B1C7C94">
@@ -13144,51 +13026,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>987-677-7887</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="196DD187" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId84">
+            <w:hyperlink r:id="rId79">
               <w:r w:rsidRPr="1B1C7C94">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>jorge@steritechmed.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="1B1C7C94">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="250BD4A1" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
@@ -13262,60 +13144,60 @@
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6DA7A354" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Trans Med USA Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5331CFBD" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="5331CFBD" w14:textId="2F07A791" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r w:rsidRPr="00B0041A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01</w:t>
               </w:r>
               <w:r w:rsidRPr="00B0041A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>-25877</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
@@ -13372,51 +13254,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>978-649-1970</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2251A14A" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId86">
+            <w:hyperlink r:id="rId81">
               <w:r w:rsidRPr="011762F0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>darius@transmed-usa.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="011762F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30A54590" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
@@ -13473,108 +13355,99 @@
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B2FF0" w:rsidRPr="00ED150D" w14:paraId="44C3289F" w14:textId="77777777" w:rsidTr="009B2FF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="716563F3" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:commentRangeStart w:id="77"/>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Westnet Inc.</w:t>
-            </w:r>
-[...6 lines deleted...]
-              <w:commentReference w:id="77"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59B84F6C" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="59B84F6C" w14:textId="7487BDC5" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r w:rsidRPr="00641745">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-25916</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0ECBBCAD" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="0ECBBCAD" w14:textId="7A61CD4B" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r w:rsidRPr="00B0041A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>25977</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3911F58A" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
@@ -13599,51 +13472,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>781-828-7772</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D224198" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId89">
+            <w:hyperlink r:id="rId84">
               <w:r w:rsidRPr="011762F0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>tmclean@westnetmed.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="011762F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="363B3A2A" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
@@ -13695,372 +13568,175 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="387CC61A" w14:textId="43B83474" w:rsidR="00304C6F" w:rsidRDefault="00275216" w:rsidP="009B2FF0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="78" w:name="_Appendix_A:_[add"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="78"/>
+      <w:bookmarkStart w:id="69" w:name="_Appendix_A:_[add"/>
+      <w:bookmarkStart w:id="70" w:name="_Toc210985990"/>
+      <w:bookmarkStart w:id="71" w:name="_Toc194066624"/>
+      <w:bookmarkEnd w:id="69"/>
       <w:r w:rsidRPr="00275216">
         <w:lastRenderedPageBreak/>
         <w:t>United Nations Standard Products and Services Code</w:t>
       </w:r>
       <w:r w:rsidR="00F0545F" w:rsidRPr="00F0545F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00275216">
         <w:t xml:space="preserve"> (UNSPSC</w:t>
       </w:r>
       <w:r w:rsidR="00F0545F" w:rsidRPr="00F0545F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00275216">
         <w:t>)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="79"/>
+      <w:bookmarkEnd w:id="70"/>
       <w:r w:rsidR="00F0545F" w:rsidRPr="00E23F4C">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="80"/>
+      <w:bookmarkEnd w:id="71"/>
     </w:p>
     <w:p w14:paraId="59BFD38A" w14:textId="5D3E8D1B" w:rsidR="00E53E55" w:rsidRDefault="00D119CD" w:rsidP="00304C6F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D119CD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">UNSPSC </w:t>
       </w:r>
       <w:r w:rsidR="00E53E55" w:rsidRPr="00E53E55">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidR="009B2FF0" w:rsidRPr="009B2FF0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>HSP44</w:t>
       </w:r>
       <w:r w:rsidR="009B2FF0">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B85F581" w14:textId="664E1CC2" w:rsidR="00931DF2" w:rsidRPr="009B2FF0" w:rsidRDefault="009B2FF0" w:rsidP="009B2FF0">
-[...1 lines deleted...]
-        <w:t>42000000 - Medical Equipment and Accessories and Supplies</w:t>
+    <w:p w14:paraId="50D2EC25" w14:textId="77777777" w:rsidR="00D941EC" w:rsidRPr="00D941EC" w:rsidRDefault="00D941EC" w:rsidP="00D941EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D941EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>42190000 - Medical facility products</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="6B85F581" w14:textId="3AAE829A" w:rsidR="00931DF2" w:rsidRPr="009B2FF0" w:rsidRDefault="00931DF2" w:rsidP="00D941EC"/>
     <w:sectPr w:rsidR="00931DF2" w:rsidRPr="009B2FF0" w:rsidSect="008A4943">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="864" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-[...205 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="032CA187" w14:textId="77777777" w:rsidR="00E17779" w:rsidRDefault="00E17779" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="225E29AA" w14:textId="77777777" w:rsidR="00CD1253" w:rsidRDefault="00CD1253" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="623D5856" w14:textId="77777777" w:rsidR="00E17779" w:rsidRDefault="00E17779"/>
+    <w:p w14:paraId="11711A67" w14:textId="77777777" w:rsidR="00CD1253" w:rsidRDefault="00CD1253"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B405C4B" w14:textId="77777777" w:rsidR="00E17779" w:rsidRDefault="00E17779" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="3CD14011" w14:textId="77777777" w:rsidR="00CD1253" w:rsidRDefault="00CD1253" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F218196" w14:textId="77777777" w:rsidR="00E17779" w:rsidRDefault="00E17779"/>
+    <w:p w14:paraId="42939CE0" w14:textId="77777777" w:rsidR="00CD1253" w:rsidRDefault="00CD1253"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="52D57155" w14:textId="77777777" w:rsidR="00E17779" w:rsidRDefault="00E17779">
+    <w:p w14:paraId="00C0635C" w14:textId="77777777" w:rsidR="00CD1253" w:rsidRDefault="00CD1253">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -14497,51 +14173,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="0F41475B" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
+            <v:group w14:anchorId="786E47D9" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACLuFgyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dS8Mw&#10;EH8X/B/CCb651MaPrS4bMhQGg4FzjD0ezdkUm0tJ4lr31xtB8PF+3zdfjq4TJwqx9azhdlKAIK69&#10;abnRsH9/vZmCiAnZYOeZNHxThOXi8mKOlfEDv9FplxqRQzhWqMGm1FdSxtqSwzjxPXHmPnxwmPIZ&#10;GmkCDjncdbIsigfpsOXcYLGnlaX6c/flNBwP7eZcpkYdtuplsHfnsJquN1pfX43PTyASjelf/Ode&#10;mzxfqVlZzu4fFfz+lAGQix8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAi7hYMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiIwxayQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNZrMVkW3TIguCoKC2Ih7TzZgsbiZLErurv945CD0Ob973+NbbOQziiCn3kTSoRQUC&#10;qYu2J6fhbX9/dQsiF0PWDJFQww9m2G7Oz9amsXGiVzzuihMModwYDb6UsZEydx6DyYs4InH2GVMw&#10;hc/kpE1mYngYZF1VNzKYnnjBmxFbj93X7jswZd8+H6b334/rR/LzU9+6hO5F68uL+W4FouBcTs//&#10;7QerYamUWtaqZglWYh2Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIiMMWskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="29F8E603" w14:textId="77777777" w:rsidR="0019409E" w:rsidRPr="00E365B8" w:rsidRDefault="0019409E" w:rsidP="00E365B8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
@@ -14991,51 +14667,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="2224524E" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
+            <v:group w14:anchorId="786F5E3D" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHD+pxxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mnUtVbZGEVEQhEJVpMfH5nWzdPOyJNHd+uubQsHjMDPfMItVbxtxIx9qxwom4wwE&#10;cel0zZWC82n3PAcRIrLGxjEp+KEAq+XgaYGFdh1/0O0YK5EgHApUYGJsCylDachiGLuWOHlfzluM&#10;SfpKao9dgttG5ln2Ki3WnBYMtrQxVH4fr1bB56U+3PNYTS/v021nXu5+M98flBoN+/UbiEh9fIT/&#10;23utIJ/B35f0A+TyFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAcP6nHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpMtFcwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSgMx&#10;EIbvQt8hTMGbzbaIyNq0yEJBUFBbEY/TzTRZ3EyWJHZXn945CB6Hf/5v5ltvp9CrM6XcRTawXFSg&#10;iNtoO3YG3g67q1tQuSBb7COTgW/KsN3MLtZY2zjyK533xSmBcK7RgC9lqLXOraeAeREHYslOMQUs&#10;MianbcJR4KHXq6q60QE7lgseB2o8tZ/7ryCUQ/N8HN9/Pq4f2U9PXeMSuRdjLufT/R2oQlP5X/5r&#10;P1gDK3lWXMQD9OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqTLRXMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="14F7B0CA" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRDefault="00AC1E9E"/>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
@@ -15361,73 +15037,73 @@
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4D920BE9" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="4C2A9F3F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="76DFCE92" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1EE5572A" w14:textId="77777777" w:rsidR="00E17779" w:rsidRDefault="00E17779" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="36F66C89" w14:textId="77777777" w:rsidR="00CD1253" w:rsidRDefault="00CD1253" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F4D9DEE" w14:textId="77777777" w:rsidR="00E17779" w:rsidRDefault="00E17779"/>
+    <w:p w14:paraId="26AE9465" w14:textId="77777777" w:rsidR="00CD1253" w:rsidRDefault="00CD1253"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="72ED375C" w14:textId="77777777" w:rsidR="00E17779" w:rsidRDefault="00E17779" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="46D997CE" w14:textId="77777777" w:rsidR="00CD1253" w:rsidRDefault="00CD1253" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1171A7A1" w14:textId="77777777" w:rsidR="00E17779" w:rsidRDefault="00E17779"/>
+    <w:p w14:paraId="24A1A6B5" w14:textId="77777777" w:rsidR="00CD1253" w:rsidRDefault="00CD1253"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="253FFAD0" w14:textId="77777777" w:rsidR="00E17779" w:rsidRDefault="00E17779">
+    <w:p w14:paraId="5BA848EF" w14:textId="77777777" w:rsidR="00CD1253" w:rsidRDefault="00CD1253">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7A9B9F4D" w14:textId="519FEDEC" w:rsidR="00886F53" w:rsidRPr="00D02B79" w:rsidRDefault="00196519" w:rsidP="007A023C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="10365"/>
       </w:tabs>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r>
@@ -15667,51 +15343,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="361F6C2C" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="0348371C" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1020B730" w14:textId="1B04F90A" w:rsidR="00886F53" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
       <w:rPr>
         <w:sz w:val="10"/>
@@ -16014,51 +15690,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="7DAA39C8" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="26DA2755" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C7967846"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16929,51 +16605,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29F67225"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A2E0D600"/>
+    <w:tmpl w:val="28522F56"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -17586,147 +17262,147 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49435D3A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B7804CC0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A08BDDB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A1CCAF70"/>
     <w:lvl w:ilvl="0" w:tplc="45FE7DFA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6178A9CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -18321,63 +17997,55 @@
   <w:num w:numId="15" w16cid:durableId="2108498306">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1526821401">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="773786529">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1615557764">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="31812843">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1310553039">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="509762962">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="21"/>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:writeProtection w:recommended="1"/>
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackFormatting/>
   <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -18771,50 +18439,51 @@
     <w:rsid w:val="000F5FBB"/>
     <w:rsid w:val="000F62E1"/>
     <w:rsid w:val="000F64F5"/>
     <w:rsid w:val="000F68FF"/>
     <w:rsid w:val="000F6984"/>
     <w:rsid w:val="000F6D47"/>
     <w:rsid w:val="000F6F89"/>
     <w:rsid w:val="000F7115"/>
     <w:rsid w:val="000F71D5"/>
     <w:rsid w:val="00100083"/>
     <w:rsid w:val="001003A9"/>
     <w:rsid w:val="001009D0"/>
     <w:rsid w:val="001013F1"/>
     <w:rsid w:val="00101487"/>
     <w:rsid w:val="001015DD"/>
     <w:rsid w:val="00101B86"/>
     <w:rsid w:val="00102025"/>
     <w:rsid w:val="0010203C"/>
     <w:rsid w:val="00102B24"/>
     <w:rsid w:val="00103706"/>
     <w:rsid w:val="0010402C"/>
     <w:rsid w:val="0010470D"/>
     <w:rsid w:val="00104817"/>
     <w:rsid w:val="00104B58"/>
     <w:rsid w:val="00104D69"/>
+    <w:rsid w:val="00104FBD"/>
     <w:rsid w:val="00105069"/>
     <w:rsid w:val="0010521E"/>
     <w:rsid w:val="00105274"/>
     <w:rsid w:val="00105721"/>
     <w:rsid w:val="001063FA"/>
     <w:rsid w:val="001065F9"/>
     <w:rsid w:val="00106F6D"/>
     <w:rsid w:val="001073B2"/>
     <w:rsid w:val="0011048B"/>
     <w:rsid w:val="0011060A"/>
     <w:rsid w:val="00111113"/>
     <w:rsid w:val="0011136C"/>
     <w:rsid w:val="00111D01"/>
     <w:rsid w:val="00112067"/>
     <w:rsid w:val="00112124"/>
     <w:rsid w:val="001123CE"/>
     <w:rsid w:val="0011288D"/>
     <w:rsid w:val="001136A0"/>
     <w:rsid w:val="00113C29"/>
     <w:rsid w:val="00113CF8"/>
     <w:rsid w:val="00113FE7"/>
     <w:rsid w:val="001148FB"/>
     <w:rsid w:val="00115CE6"/>
     <w:rsid w:val="0011605C"/>
     <w:rsid w:val="00116495"/>
@@ -19718,50 +19387,51 @@
     <w:rsid w:val="00366D61"/>
     <w:rsid w:val="003672E8"/>
     <w:rsid w:val="00370537"/>
     <w:rsid w:val="003707F3"/>
     <w:rsid w:val="00370A05"/>
     <w:rsid w:val="00370D1A"/>
     <w:rsid w:val="00370F13"/>
     <w:rsid w:val="00371919"/>
     <w:rsid w:val="0037198B"/>
     <w:rsid w:val="003721CD"/>
     <w:rsid w:val="00372EB8"/>
     <w:rsid w:val="003730C6"/>
     <w:rsid w:val="00373614"/>
     <w:rsid w:val="00373A87"/>
     <w:rsid w:val="00373CB9"/>
     <w:rsid w:val="00374035"/>
     <w:rsid w:val="003741AB"/>
     <w:rsid w:val="0037434A"/>
     <w:rsid w:val="00374685"/>
     <w:rsid w:val="003746E9"/>
     <w:rsid w:val="003754BC"/>
     <w:rsid w:val="003758F9"/>
     <w:rsid w:val="00375BAD"/>
     <w:rsid w:val="003764F5"/>
     <w:rsid w:val="0037670C"/>
+    <w:rsid w:val="00376788"/>
     <w:rsid w:val="00376AED"/>
     <w:rsid w:val="00376E2C"/>
     <w:rsid w:val="00380DD8"/>
     <w:rsid w:val="003813D4"/>
     <w:rsid w:val="003814F8"/>
     <w:rsid w:val="0038177E"/>
     <w:rsid w:val="00381CF5"/>
     <w:rsid w:val="00381D7E"/>
     <w:rsid w:val="0038240E"/>
     <w:rsid w:val="00382B53"/>
     <w:rsid w:val="00382F54"/>
     <w:rsid w:val="00384045"/>
     <w:rsid w:val="0038418A"/>
     <w:rsid w:val="00384506"/>
     <w:rsid w:val="0038507D"/>
     <w:rsid w:val="003850AA"/>
     <w:rsid w:val="00385C3B"/>
     <w:rsid w:val="00385D99"/>
     <w:rsid w:val="0038653F"/>
     <w:rsid w:val="00386995"/>
     <w:rsid w:val="003869AF"/>
     <w:rsid w:val="00386BE1"/>
     <w:rsid w:val="00387453"/>
     <w:rsid w:val="003878F6"/>
     <w:rsid w:val="00387FB4"/>
@@ -20032,81 +19702,83 @@
     <w:rsid w:val="00434CA6"/>
     <w:rsid w:val="00435270"/>
     <w:rsid w:val="00435716"/>
     <w:rsid w:val="004357E8"/>
     <w:rsid w:val="00435C46"/>
     <w:rsid w:val="00435DA6"/>
     <w:rsid w:val="00435E08"/>
     <w:rsid w:val="00436AAA"/>
     <w:rsid w:val="004370DA"/>
     <w:rsid w:val="0043720D"/>
     <w:rsid w:val="0044056C"/>
     <w:rsid w:val="00440CA2"/>
     <w:rsid w:val="00440DBE"/>
     <w:rsid w:val="00441612"/>
     <w:rsid w:val="00441883"/>
     <w:rsid w:val="00441AE2"/>
     <w:rsid w:val="00441C35"/>
     <w:rsid w:val="00441CA5"/>
     <w:rsid w:val="00441D53"/>
     <w:rsid w:val="0044257F"/>
     <w:rsid w:val="00442B03"/>
     <w:rsid w:val="00442EFA"/>
     <w:rsid w:val="00442EFC"/>
     <w:rsid w:val="00442F68"/>
     <w:rsid w:val="00443224"/>
+    <w:rsid w:val="00443ABB"/>
     <w:rsid w:val="004441DA"/>
     <w:rsid w:val="00444819"/>
     <w:rsid w:val="00444C0B"/>
     <w:rsid w:val="00444D12"/>
     <w:rsid w:val="004454C6"/>
     <w:rsid w:val="00445A39"/>
     <w:rsid w:val="00445B77"/>
     <w:rsid w:val="00445C84"/>
     <w:rsid w:val="004466B5"/>
     <w:rsid w:val="00446821"/>
     <w:rsid w:val="00446880"/>
     <w:rsid w:val="00446F5D"/>
     <w:rsid w:val="00447266"/>
     <w:rsid w:val="004477E9"/>
     <w:rsid w:val="00447CEA"/>
     <w:rsid w:val="00450135"/>
     <w:rsid w:val="004504A1"/>
     <w:rsid w:val="004508ED"/>
     <w:rsid w:val="0045097F"/>
     <w:rsid w:val="004517CD"/>
     <w:rsid w:val="00451F2D"/>
     <w:rsid w:val="0045231F"/>
     <w:rsid w:val="004525F4"/>
     <w:rsid w:val="00452A75"/>
     <w:rsid w:val="0045374F"/>
     <w:rsid w:val="004537FC"/>
     <w:rsid w:val="0045437F"/>
     <w:rsid w:val="004553B6"/>
     <w:rsid w:val="004553D2"/>
     <w:rsid w:val="00455920"/>
     <w:rsid w:val="00455A03"/>
+    <w:rsid w:val="0045606B"/>
     <w:rsid w:val="0045665D"/>
     <w:rsid w:val="00456A03"/>
     <w:rsid w:val="0045734E"/>
     <w:rsid w:val="00457696"/>
     <w:rsid w:val="00457819"/>
     <w:rsid w:val="00457E8C"/>
     <w:rsid w:val="004614BC"/>
     <w:rsid w:val="0046167D"/>
     <w:rsid w:val="004619F8"/>
     <w:rsid w:val="00462146"/>
     <w:rsid w:val="0046224A"/>
     <w:rsid w:val="004626EE"/>
     <w:rsid w:val="0046300D"/>
     <w:rsid w:val="0046341C"/>
     <w:rsid w:val="0046359E"/>
     <w:rsid w:val="00463A6E"/>
     <w:rsid w:val="00463B01"/>
     <w:rsid w:val="00464727"/>
     <w:rsid w:val="00464ABE"/>
     <w:rsid w:val="00464D67"/>
     <w:rsid w:val="00464E48"/>
     <w:rsid w:val="00465403"/>
     <w:rsid w:val="0046557B"/>
     <w:rsid w:val="004656E9"/>
     <w:rsid w:val="00465821"/>
@@ -20834,50 +20506,51 @@
     <w:rsid w:val="00644015"/>
     <w:rsid w:val="00644B19"/>
     <w:rsid w:val="00645098"/>
     <w:rsid w:val="006457D8"/>
     <w:rsid w:val="006458BD"/>
     <w:rsid w:val="006460EF"/>
     <w:rsid w:val="00646704"/>
     <w:rsid w:val="00646AC9"/>
     <w:rsid w:val="00646EF9"/>
     <w:rsid w:val="00647608"/>
     <w:rsid w:val="006477A3"/>
     <w:rsid w:val="00647A75"/>
     <w:rsid w:val="006506B2"/>
     <w:rsid w:val="00651112"/>
     <w:rsid w:val="006514CA"/>
     <w:rsid w:val="00651E56"/>
     <w:rsid w:val="006523FD"/>
     <w:rsid w:val="0065246C"/>
     <w:rsid w:val="00652494"/>
     <w:rsid w:val="00652750"/>
     <w:rsid w:val="0065298B"/>
     <w:rsid w:val="00652A1E"/>
     <w:rsid w:val="00652A5E"/>
     <w:rsid w:val="00652EDE"/>
     <w:rsid w:val="0065311E"/>
+    <w:rsid w:val="00653261"/>
     <w:rsid w:val="00653396"/>
     <w:rsid w:val="006533D9"/>
     <w:rsid w:val="00653585"/>
     <w:rsid w:val="00653677"/>
     <w:rsid w:val="006541F2"/>
     <w:rsid w:val="00654736"/>
     <w:rsid w:val="00654805"/>
     <w:rsid w:val="00654B0F"/>
     <w:rsid w:val="006556A0"/>
     <w:rsid w:val="00655D1B"/>
     <w:rsid w:val="00655E85"/>
     <w:rsid w:val="006560EC"/>
     <w:rsid w:val="0065643E"/>
     <w:rsid w:val="0065666A"/>
     <w:rsid w:val="0065693F"/>
     <w:rsid w:val="00656C95"/>
     <w:rsid w:val="0065740E"/>
     <w:rsid w:val="00657679"/>
     <w:rsid w:val="006576AB"/>
     <w:rsid w:val="00657B01"/>
     <w:rsid w:val="00657B85"/>
     <w:rsid w:val="00657D21"/>
     <w:rsid w:val="0066070F"/>
     <w:rsid w:val="00660A24"/>
     <w:rsid w:val="00661A2B"/>
@@ -20977,50 +20650,51 @@
     <w:rsid w:val="0069162F"/>
     <w:rsid w:val="006919A9"/>
     <w:rsid w:val="0069219E"/>
     <w:rsid w:val="00692551"/>
     <w:rsid w:val="00692813"/>
     <w:rsid w:val="00692D2C"/>
     <w:rsid w:val="00693338"/>
     <w:rsid w:val="0069357D"/>
     <w:rsid w:val="00693B8C"/>
     <w:rsid w:val="00694011"/>
     <w:rsid w:val="006940F3"/>
     <w:rsid w:val="00694493"/>
     <w:rsid w:val="00694AE3"/>
     <w:rsid w:val="006954D4"/>
     <w:rsid w:val="00695950"/>
     <w:rsid w:val="00695CED"/>
     <w:rsid w:val="00696433"/>
     <w:rsid w:val="006964B4"/>
     <w:rsid w:val="006966BC"/>
     <w:rsid w:val="0069689C"/>
     <w:rsid w:val="00696A5E"/>
     <w:rsid w:val="00696F91"/>
     <w:rsid w:val="00696FE8"/>
     <w:rsid w:val="00697069"/>
     <w:rsid w:val="006973D1"/>
+    <w:rsid w:val="006977E4"/>
     <w:rsid w:val="00697BC9"/>
     <w:rsid w:val="006A072A"/>
     <w:rsid w:val="006A0753"/>
     <w:rsid w:val="006A0936"/>
     <w:rsid w:val="006A0CB7"/>
     <w:rsid w:val="006A14CE"/>
     <w:rsid w:val="006A15FA"/>
     <w:rsid w:val="006A1692"/>
     <w:rsid w:val="006A17CD"/>
     <w:rsid w:val="006A210F"/>
     <w:rsid w:val="006A2327"/>
     <w:rsid w:val="006A2926"/>
     <w:rsid w:val="006A2A51"/>
     <w:rsid w:val="006A2B29"/>
     <w:rsid w:val="006A3129"/>
     <w:rsid w:val="006A3176"/>
     <w:rsid w:val="006A31EE"/>
     <w:rsid w:val="006A37B8"/>
     <w:rsid w:val="006A386C"/>
     <w:rsid w:val="006A3A90"/>
     <w:rsid w:val="006A3C83"/>
     <w:rsid w:val="006A3DBB"/>
     <w:rsid w:val="006A4017"/>
     <w:rsid w:val="006A40C5"/>
     <w:rsid w:val="006A4A2A"/>
@@ -22054,50 +21728,51 @@
     <w:rsid w:val="00960159"/>
     <w:rsid w:val="009603FA"/>
     <w:rsid w:val="00960D6F"/>
     <w:rsid w:val="009613D0"/>
     <w:rsid w:val="0096166C"/>
     <w:rsid w:val="009622A3"/>
     <w:rsid w:val="00962788"/>
     <w:rsid w:val="0096287A"/>
     <w:rsid w:val="009634DF"/>
     <w:rsid w:val="00964094"/>
     <w:rsid w:val="00964CD3"/>
     <w:rsid w:val="00965999"/>
     <w:rsid w:val="009659C4"/>
     <w:rsid w:val="009660C1"/>
     <w:rsid w:val="0096635F"/>
     <w:rsid w:val="00967071"/>
     <w:rsid w:val="00967930"/>
     <w:rsid w:val="009710B3"/>
     <w:rsid w:val="00971241"/>
     <w:rsid w:val="00971966"/>
     <w:rsid w:val="00971F06"/>
     <w:rsid w:val="0097232E"/>
     <w:rsid w:val="00972400"/>
     <w:rsid w:val="009724FF"/>
     <w:rsid w:val="0097276B"/>
+    <w:rsid w:val="00972C64"/>
     <w:rsid w:val="00972F58"/>
     <w:rsid w:val="00973573"/>
     <w:rsid w:val="00973CD6"/>
     <w:rsid w:val="009742BB"/>
     <w:rsid w:val="00974D8C"/>
     <w:rsid w:val="00975D07"/>
     <w:rsid w:val="00976226"/>
     <w:rsid w:val="009771D1"/>
     <w:rsid w:val="0097763B"/>
     <w:rsid w:val="009801A9"/>
     <w:rsid w:val="00980306"/>
     <w:rsid w:val="0098057D"/>
     <w:rsid w:val="00980B57"/>
     <w:rsid w:val="009812F9"/>
     <w:rsid w:val="00981648"/>
     <w:rsid w:val="00981F83"/>
     <w:rsid w:val="00981FCA"/>
     <w:rsid w:val="009823DC"/>
     <w:rsid w:val="0098311C"/>
     <w:rsid w:val="00984154"/>
     <w:rsid w:val="00984B4D"/>
     <w:rsid w:val="00984B63"/>
     <w:rsid w:val="009851E3"/>
     <w:rsid w:val="00985758"/>
     <w:rsid w:val="009863AE"/>
@@ -22658,50 +22333,51 @@
     <w:rsid w:val="00B1327D"/>
     <w:rsid w:val="00B14286"/>
     <w:rsid w:val="00B142B5"/>
     <w:rsid w:val="00B142C7"/>
     <w:rsid w:val="00B1436C"/>
     <w:rsid w:val="00B14C59"/>
     <w:rsid w:val="00B151E2"/>
     <w:rsid w:val="00B15265"/>
     <w:rsid w:val="00B152BF"/>
     <w:rsid w:val="00B154E5"/>
     <w:rsid w:val="00B15794"/>
     <w:rsid w:val="00B15B3F"/>
     <w:rsid w:val="00B15B48"/>
     <w:rsid w:val="00B16931"/>
     <w:rsid w:val="00B16A2E"/>
     <w:rsid w:val="00B16A8E"/>
     <w:rsid w:val="00B16D23"/>
     <w:rsid w:val="00B17154"/>
     <w:rsid w:val="00B171F7"/>
     <w:rsid w:val="00B17711"/>
     <w:rsid w:val="00B1797E"/>
     <w:rsid w:val="00B17B22"/>
     <w:rsid w:val="00B203B5"/>
     <w:rsid w:val="00B2049E"/>
     <w:rsid w:val="00B20511"/>
+    <w:rsid w:val="00B20DFE"/>
     <w:rsid w:val="00B20F7B"/>
     <w:rsid w:val="00B2154F"/>
     <w:rsid w:val="00B21A5B"/>
     <w:rsid w:val="00B21B46"/>
     <w:rsid w:val="00B22304"/>
     <w:rsid w:val="00B22C90"/>
     <w:rsid w:val="00B22CBA"/>
     <w:rsid w:val="00B22DEF"/>
     <w:rsid w:val="00B240ED"/>
     <w:rsid w:val="00B24470"/>
     <w:rsid w:val="00B24699"/>
     <w:rsid w:val="00B24883"/>
     <w:rsid w:val="00B257BB"/>
     <w:rsid w:val="00B25BD5"/>
     <w:rsid w:val="00B26056"/>
     <w:rsid w:val="00B26332"/>
     <w:rsid w:val="00B264A7"/>
     <w:rsid w:val="00B2661C"/>
     <w:rsid w:val="00B267D5"/>
     <w:rsid w:val="00B26BDC"/>
     <w:rsid w:val="00B27F78"/>
     <w:rsid w:val="00B30371"/>
     <w:rsid w:val="00B30488"/>
     <w:rsid w:val="00B30A6A"/>
     <w:rsid w:val="00B30E0D"/>
@@ -22748,50 +22424,51 @@
     <w:rsid w:val="00B4512B"/>
     <w:rsid w:val="00B454CA"/>
     <w:rsid w:val="00B45644"/>
     <w:rsid w:val="00B45EF5"/>
     <w:rsid w:val="00B465DF"/>
     <w:rsid w:val="00B46675"/>
     <w:rsid w:val="00B47A8E"/>
     <w:rsid w:val="00B50291"/>
     <w:rsid w:val="00B502B9"/>
     <w:rsid w:val="00B50593"/>
     <w:rsid w:val="00B50603"/>
     <w:rsid w:val="00B51763"/>
     <w:rsid w:val="00B51900"/>
     <w:rsid w:val="00B519E1"/>
     <w:rsid w:val="00B51A5C"/>
     <w:rsid w:val="00B52440"/>
     <w:rsid w:val="00B525B7"/>
     <w:rsid w:val="00B52817"/>
     <w:rsid w:val="00B536E2"/>
     <w:rsid w:val="00B537BE"/>
     <w:rsid w:val="00B549FA"/>
     <w:rsid w:val="00B54C97"/>
     <w:rsid w:val="00B54EDF"/>
     <w:rsid w:val="00B550C7"/>
     <w:rsid w:val="00B55A6F"/>
+    <w:rsid w:val="00B56090"/>
     <w:rsid w:val="00B564C1"/>
     <w:rsid w:val="00B5782C"/>
     <w:rsid w:val="00B57D6D"/>
     <w:rsid w:val="00B57DAE"/>
     <w:rsid w:val="00B60DEF"/>
     <w:rsid w:val="00B6139A"/>
     <w:rsid w:val="00B614C1"/>
     <w:rsid w:val="00B61741"/>
     <w:rsid w:val="00B61764"/>
     <w:rsid w:val="00B61978"/>
     <w:rsid w:val="00B61A77"/>
     <w:rsid w:val="00B61ACA"/>
     <w:rsid w:val="00B61BA9"/>
     <w:rsid w:val="00B61D1E"/>
     <w:rsid w:val="00B620E2"/>
     <w:rsid w:val="00B6210E"/>
     <w:rsid w:val="00B6218B"/>
     <w:rsid w:val="00B62320"/>
     <w:rsid w:val="00B62566"/>
     <w:rsid w:val="00B63060"/>
     <w:rsid w:val="00B631EE"/>
     <w:rsid w:val="00B6325A"/>
     <w:rsid w:val="00B632E9"/>
     <w:rsid w:val="00B634C1"/>
     <w:rsid w:val="00B6354D"/>
@@ -23327,50 +23004,51 @@
     <w:rsid w:val="00CB7F39"/>
     <w:rsid w:val="00CC0BE2"/>
     <w:rsid w:val="00CC1B02"/>
     <w:rsid w:val="00CC2001"/>
     <w:rsid w:val="00CC258E"/>
     <w:rsid w:val="00CC2B3B"/>
     <w:rsid w:val="00CC2BB3"/>
     <w:rsid w:val="00CC2D61"/>
     <w:rsid w:val="00CC3014"/>
     <w:rsid w:val="00CC30F2"/>
     <w:rsid w:val="00CC3513"/>
     <w:rsid w:val="00CC367A"/>
     <w:rsid w:val="00CC38BA"/>
     <w:rsid w:val="00CC4601"/>
     <w:rsid w:val="00CC4BF2"/>
     <w:rsid w:val="00CC514F"/>
     <w:rsid w:val="00CC5EC6"/>
     <w:rsid w:val="00CC6282"/>
     <w:rsid w:val="00CC69E7"/>
     <w:rsid w:val="00CC6BEF"/>
     <w:rsid w:val="00CD00FD"/>
     <w:rsid w:val="00CD023C"/>
     <w:rsid w:val="00CD0547"/>
     <w:rsid w:val="00CD0682"/>
     <w:rsid w:val="00CD0F08"/>
+    <w:rsid w:val="00CD1253"/>
     <w:rsid w:val="00CD1DB1"/>
     <w:rsid w:val="00CD20D0"/>
     <w:rsid w:val="00CD2D00"/>
     <w:rsid w:val="00CD3492"/>
     <w:rsid w:val="00CD35FB"/>
     <w:rsid w:val="00CD45D6"/>
     <w:rsid w:val="00CD46C5"/>
     <w:rsid w:val="00CD4CC6"/>
     <w:rsid w:val="00CD588E"/>
     <w:rsid w:val="00CD594C"/>
     <w:rsid w:val="00CD5979"/>
     <w:rsid w:val="00CD629E"/>
     <w:rsid w:val="00CD6AC7"/>
     <w:rsid w:val="00CD70F4"/>
     <w:rsid w:val="00CD74E6"/>
     <w:rsid w:val="00CD7705"/>
     <w:rsid w:val="00CE04A0"/>
     <w:rsid w:val="00CE0613"/>
     <w:rsid w:val="00CE0810"/>
     <w:rsid w:val="00CE096F"/>
     <w:rsid w:val="00CE0BD2"/>
     <w:rsid w:val="00CE0D61"/>
     <w:rsid w:val="00CE16B5"/>
     <w:rsid w:val="00CE19AA"/>
     <w:rsid w:val="00CE1D99"/>
@@ -23531,61 +23209,63 @@
     <w:rsid w:val="00D46323"/>
     <w:rsid w:val="00D4659E"/>
     <w:rsid w:val="00D47118"/>
     <w:rsid w:val="00D47408"/>
     <w:rsid w:val="00D5048A"/>
     <w:rsid w:val="00D50C28"/>
     <w:rsid w:val="00D51754"/>
     <w:rsid w:val="00D51D8D"/>
     <w:rsid w:val="00D5235C"/>
     <w:rsid w:val="00D5248D"/>
     <w:rsid w:val="00D52BC4"/>
     <w:rsid w:val="00D52DB7"/>
     <w:rsid w:val="00D52DED"/>
     <w:rsid w:val="00D53B2A"/>
     <w:rsid w:val="00D540A5"/>
     <w:rsid w:val="00D542F2"/>
     <w:rsid w:val="00D5430D"/>
     <w:rsid w:val="00D55329"/>
     <w:rsid w:val="00D553C4"/>
     <w:rsid w:val="00D555A8"/>
     <w:rsid w:val="00D55714"/>
     <w:rsid w:val="00D55B10"/>
     <w:rsid w:val="00D55E65"/>
     <w:rsid w:val="00D56433"/>
     <w:rsid w:val="00D565C4"/>
+    <w:rsid w:val="00D566C8"/>
     <w:rsid w:val="00D56E71"/>
     <w:rsid w:val="00D573CE"/>
     <w:rsid w:val="00D57678"/>
     <w:rsid w:val="00D57708"/>
     <w:rsid w:val="00D57BB3"/>
     <w:rsid w:val="00D602B5"/>
     <w:rsid w:val="00D6084E"/>
     <w:rsid w:val="00D60A15"/>
     <w:rsid w:val="00D61651"/>
     <w:rsid w:val="00D618B6"/>
     <w:rsid w:val="00D61CD3"/>
+    <w:rsid w:val="00D61E25"/>
     <w:rsid w:val="00D62685"/>
     <w:rsid w:val="00D62D0E"/>
     <w:rsid w:val="00D630A7"/>
     <w:rsid w:val="00D63489"/>
     <w:rsid w:val="00D63D33"/>
     <w:rsid w:val="00D640AC"/>
     <w:rsid w:val="00D64268"/>
     <w:rsid w:val="00D643AB"/>
     <w:rsid w:val="00D64585"/>
     <w:rsid w:val="00D64597"/>
     <w:rsid w:val="00D64780"/>
     <w:rsid w:val="00D64AE0"/>
     <w:rsid w:val="00D651C2"/>
     <w:rsid w:val="00D65DCC"/>
     <w:rsid w:val="00D66FF8"/>
     <w:rsid w:val="00D670DC"/>
     <w:rsid w:val="00D67246"/>
     <w:rsid w:val="00D67492"/>
     <w:rsid w:val="00D70F9F"/>
     <w:rsid w:val="00D71133"/>
     <w:rsid w:val="00D720E6"/>
     <w:rsid w:val="00D7224A"/>
     <w:rsid w:val="00D72A2A"/>
     <w:rsid w:val="00D72AAA"/>
     <w:rsid w:val="00D72ACD"/>
@@ -23622,50 +23302,51 @@
     <w:rsid w:val="00D83279"/>
     <w:rsid w:val="00D83D98"/>
     <w:rsid w:val="00D83FC2"/>
     <w:rsid w:val="00D843BE"/>
     <w:rsid w:val="00D845F7"/>
     <w:rsid w:val="00D8473D"/>
     <w:rsid w:val="00D84B15"/>
     <w:rsid w:val="00D84EDE"/>
     <w:rsid w:val="00D85935"/>
     <w:rsid w:val="00D85A66"/>
     <w:rsid w:val="00D86065"/>
     <w:rsid w:val="00D86662"/>
     <w:rsid w:val="00D86C52"/>
     <w:rsid w:val="00D871E4"/>
     <w:rsid w:val="00D87B58"/>
     <w:rsid w:val="00D87B92"/>
     <w:rsid w:val="00D87DAC"/>
     <w:rsid w:val="00D87E6F"/>
     <w:rsid w:val="00D912C6"/>
     <w:rsid w:val="00D915B3"/>
     <w:rsid w:val="00D91C4D"/>
     <w:rsid w:val="00D92EE3"/>
     <w:rsid w:val="00D92F35"/>
     <w:rsid w:val="00D93081"/>
     <w:rsid w:val="00D93B0C"/>
+    <w:rsid w:val="00D941EC"/>
     <w:rsid w:val="00D94492"/>
     <w:rsid w:val="00D949FE"/>
     <w:rsid w:val="00D94FED"/>
     <w:rsid w:val="00D95373"/>
     <w:rsid w:val="00D95579"/>
     <w:rsid w:val="00D958F1"/>
     <w:rsid w:val="00D95C7F"/>
     <w:rsid w:val="00D9648C"/>
     <w:rsid w:val="00D96BC1"/>
     <w:rsid w:val="00D96DA2"/>
     <w:rsid w:val="00D96F3B"/>
     <w:rsid w:val="00D972A1"/>
     <w:rsid w:val="00D9746C"/>
     <w:rsid w:val="00D97551"/>
     <w:rsid w:val="00D9774C"/>
     <w:rsid w:val="00DA0204"/>
     <w:rsid w:val="00DA030C"/>
     <w:rsid w:val="00DA0C01"/>
     <w:rsid w:val="00DA0DAA"/>
     <w:rsid w:val="00DA1973"/>
     <w:rsid w:val="00DA1E2F"/>
     <w:rsid w:val="00DA1EA5"/>
     <w:rsid w:val="00DA2039"/>
     <w:rsid w:val="00DA28D8"/>
     <w:rsid w:val="00DA2CC8"/>
@@ -24088,50 +23769,51 @@
     <w:rsid w:val="00EB6EE8"/>
     <w:rsid w:val="00EC00E9"/>
     <w:rsid w:val="00EC03A8"/>
     <w:rsid w:val="00EC0435"/>
     <w:rsid w:val="00EC04C3"/>
     <w:rsid w:val="00EC0842"/>
     <w:rsid w:val="00EC09EE"/>
     <w:rsid w:val="00EC1F0E"/>
     <w:rsid w:val="00EC215D"/>
     <w:rsid w:val="00EC21AD"/>
     <w:rsid w:val="00EC24DF"/>
     <w:rsid w:val="00EC2629"/>
     <w:rsid w:val="00EC2941"/>
     <w:rsid w:val="00EC2BCB"/>
     <w:rsid w:val="00EC3441"/>
     <w:rsid w:val="00EC3762"/>
     <w:rsid w:val="00EC4044"/>
     <w:rsid w:val="00EC4AE8"/>
     <w:rsid w:val="00EC4E45"/>
     <w:rsid w:val="00EC551F"/>
     <w:rsid w:val="00EC67F3"/>
     <w:rsid w:val="00EC6B4D"/>
     <w:rsid w:val="00EC6C90"/>
     <w:rsid w:val="00EC6D1C"/>
     <w:rsid w:val="00EC73CF"/>
+    <w:rsid w:val="00ED0FAE"/>
     <w:rsid w:val="00ED150D"/>
     <w:rsid w:val="00ED195A"/>
     <w:rsid w:val="00ED1C51"/>
     <w:rsid w:val="00ED2378"/>
     <w:rsid w:val="00ED285F"/>
     <w:rsid w:val="00ED2E9B"/>
     <w:rsid w:val="00ED4906"/>
     <w:rsid w:val="00ED563B"/>
     <w:rsid w:val="00ED58C2"/>
     <w:rsid w:val="00ED62F8"/>
     <w:rsid w:val="00ED64A8"/>
     <w:rsid w:val="00ED6547"/>
     <w:rsid w:val="00ED6956"/>
     <w:rsid w:val="00ED723A"/>
     <w:rsid w:val="00ED7312"/>
     <w:rsid w:val="00ED7B35"/>
     <w:rsid w:val="00EE0DAF"/>
     <w:rsid w:val="00EE0E1F"/>
     <w:rsid w:val="00EE0F92"/>
     <w:rsid w:val="00EE1935"/>
     <w:rsid w:val="00EE1EF6"/>
     <w:rsid w:val="00EE285C"/>
     <w:rsid w:val="00EE2B08"/>
     <w:rsid w:val="00EE2B25"/>
     <w:rsid w:val="00EE2E5E"/>
@@ -29343,50 +29025,62 @@
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1249997784">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1251550960">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1277297143">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1298299054">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -30045,56 +29739,57 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2136943964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hsp43/download" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2021-10/HAN%20Resusables%20Oct%202021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC02-25879&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorge@steritechmed.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tmclean@westnetmed.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-purchase-from-a-commbuys-g2b-punchout/download" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amanda.ferdinand@mass.gov" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25934&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cplotz@medline.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hsp43/download" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/med56/download" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC02-25879" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC02-25879&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amanda.ferdinand@mass.gov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tina.j.sang2@mass.gov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25878&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25980&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25914&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25877&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tina.j.sang2@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/statewide-contract-benefits-and-eligible-entities" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://greenhealthapproved.org/greenhealth-approved-products" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2023-12/HCWH%20glove%20guidance%20Dec.%202023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25978&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-29007&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25977&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC02-25879&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hsp43/download" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/osd-training" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amanda.ferdinand@mass.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/med57/download" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2020-07/Standardized%20environmental%20criteria%20%28Sustainable%20procurement%20guide_%20Annex%206%29.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jj.pistoor@gerimed.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25979&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tmirza@med-supply.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:darius@transmed-usa.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zack.newsome@mckesson.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25915&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hsp45/download" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25916&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2024-08/Safer%20medical%20products%20criteria%20August%202020.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25896&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/med56/download" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hsp43/download" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC02-25879&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jj.pistoor@gerimed.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tmclean@westnetmed.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-purchase-from-a-commbuys-g2b-punchout/download" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tina.j.sang2@mass.gov" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2021-10/HAN%20Resusables%20Oct%202021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cplotz@medline.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorge@steritechmed.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hsp43/download" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/med57/download" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC02-25879" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2024-08/Safer%20medical%20products%20criteria%20August%202020.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tina.j.sang2@mass.gov" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25934&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25896&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amanda.ferdinand@mass.gov" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25878&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25877&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tina.j.sang2@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hsp45/download" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC02-25879&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25980&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://greenhealthapproved.org/greenhealth-approved-products" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25978&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25914&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25977&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC02-25879&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2023-12/HCWH%20glove%20guidance%20Dec.%202023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/osd-training" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tina.j.sang2@mass.gov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25979&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-29007&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:darius@transmed-usa.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2020-07/Standardized%20environmental%20criteria%20%28Sustainable%20procurement%20guide_%20Annex%206%29.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tmirza@med-supply.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zack.newsome@mckesson.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/statewide-contract-benefits-and-eligible-entities" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hsp43/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25915&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25916&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -30375,65 +30070,59 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0c40c71eb45016cd4244ce3126ed5c8e">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b6ea81047b344181ee716fe9b46053cf" ns2:_="" ns3:_="">
     <xsd:import namespace="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -30624,132 +30313,138 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="07049b86-902b-4773-b7aa-1fd847dfddb9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6257BE8-801D-4188-9FC0-837CFF471B28}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>20</Pages>
-[...1 lines deleted...]
-  <Characters>36868</Characters>
+  <Pages>19</Pages>
+  <Words>6221</Words>
+  <Characters>35464</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
-  <Lines>307</Lines>
-  <Paragraphs>86</Paragraphs>
+  <Lines>295</Lines>
+  <Paragraphs>83</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Products and Services Contract User Guide Template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>43250</CharactersWithSpaces>
+  <CharactersWithSpaces>41602</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="480" baseType="variant">
       <vt:variant>
         <vt:i4>3342415</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>342</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.sec.state.ma.us/divisions/cis/download/maps/County_Map.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2424926</vt:i4>
       </vt:variant>
       <vt:variant>